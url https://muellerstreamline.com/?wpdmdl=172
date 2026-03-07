--- v0 (2025-10-07)
+++ v1 (2026-03-07)
@@ -1,71 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Marketing\Price Lists\Website-ExcelFiles\Tube\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{03E6A4A0-7A2F-4278-92C3-8685AF32D4AE}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A90A595A-8F20-4764-AB98-786B1B434A6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11205" xr2:uid="{361BF190-E8D6-44E7-AF37-A3F65039957E}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0E2117D9-59A5-4C15-B22B-A9DAC0339930}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$K$17</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="K17" i="1" l="1"/>
   <c r="G17" i="1"/>
   <c r="K16" i="1"/>
   <c r="G16" i="1"/>
   <c r="K15" i="1"/>
   <c r="G15" i="1"/>
   <c r="K14" i="1"/>
   <c r="G14" i="1"/>
   <c r="K13" i="1"/>
   <c r="G13" i="1"/>
   <c r="K12" i="1"/>
   <c r="G12" i="1"/>
   <c r="K11" i="1"/>
   <c r="G11" i="1"/>
   <c r="K10" i="1"/>
   <c r="G10" i="1"/>
   <c r="K9" i="1"/>
   <c r="G9" i="1"/>
@@ -78,60 +89,60 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="73">
   <si>
     <r>
       <t>STREAMLINE</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>®</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> HIGH PERFORMANCE TUBING</t>
     </r>
   </si>
   <si>
-    <t>UW HPT0425</t>
+    <t>UW HPT0126a</t>
   </si>
   <si>
     <t>Mueller Streamline Co., Memphis, TN</t>
   </si>
   <si>
-    <t>Effective Apr 28th, 2025</t>
-[...2 lines deleted...]
-    <t>(Supersedes UW UW XHPT0524)</t>
+    <t>Effective Jan 29th, 2026</t>
+  </si>
+  <si>
+    <t>(Supersedes UW HPT0425)</t>
   </si>
   <si>
     <t>Multiplier:</t>
   </si>
   <si>
     <t>The issuance of this price list is not an offer to sell the goods listed herein at the prices stated.</t>
   </si>
   <si>
     <t>Extra High Performance Tube (XHP) 130 Bar</t>
   </si>
   <si>
     <t>Copper Iron Tube - Alloy C19400</t>
   </si>
   <si>
     <t>XHP 130 Tubing  is rated to continuous operating pressure of 130 Bar / 1885 psi</t>
   </si>
   <si>
     <t>Part Nbr</t>
   </si>
   <si>
     <t>Part Group</t>
   </si>
   <si>
     <t>Part Description</t>
   </si>
@@ -298,122 +309,120 @@
     <t>2 1/8</t>
   </si>
   <si>
     <t>685768428657</t>
   </si>
   <si>
     <t>130X24020</t>
   </si>
   <si>
     <t>2 5/8OD X20 ACR XHP130</t>
   </si>
   <si>
     <t>5.473</t>
   </si>
   <si>
     <t>2 5/8</t>
   </si>
   <si>
     <t>685768450771</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="6">
+  <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.0000_);_(* \(#,##0.0000\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="165" formatCode="0.0%"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="169" formatCode="&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
@@ -443,69 +452,69 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -584,261 +593,246 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="6">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="49">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="5" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="5" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="14" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="14" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="169" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="6">
+  <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
-    <cellStyle name="Currency 4" xfId="5" xr:uid="{F6870BBE-9FE7-4E63-9502-89FA53954602}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 6" xfId="4" xr:uid="{B9EF091C-4FA4-40EB-B9D6-D98CDBB21798}"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -846,51 +840,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -957,65 +951,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1036,652 +1030,684 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E7F51E00-7CED-49B1-ABBD-72A5AD6CA366}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5DF9054-D4A1-412D-92FE-8C30CDFF6FCE}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AP23"/>
+  <dimension ref="A1:Q17"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C11" sqref="C11"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F7" sqref="F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.85546875" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="9.5703125" customWidth="1"/>
+    <col min="1" max="1" width="12.140625" customWidth="1"/>
+    <col min="3" max="3" width="23.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="13.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="K1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="K2" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="K3" s="5" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="7"/>
       <c r="K4" s="8" t="s">
         <v>6</v>
       </c>
+      <c r="N4" s="9"/>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A5" s="9" t="s">
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="10"/>
-[...8 lines deleted...]
-      <c r="K5" s="12"/>
+      <c r="B5" s="11"/>
+      <c r="C5" s="12"/>
+      <c r="D5" s="12"/>
+      <c r="E5" s="12"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="13"/>
+      <c r="M5" s="14"/>
+      <c r="N5" s="14"/>
     </row>
-    <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="13" t="s">
+    <row r="6" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="14"/>
-[...2 lines deleted...]
-      <c r="E6" s="16" t="s">
+      <c r="B6" s="16"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="F6" s="16"/>
-[...4 lines deleted...]
-      <c r="K6" s="17"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+      <c r="K6" s="19"/>
+      <c r="L6" s="14"/>
+      <c r="M6" s="14"/>
+      <c r="N6" s="20"/>
+      <c r="O6" s="20"/>
     </row>
-    <row r="7" spans="1:11" s="24" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="18" t="s">
+    <row r="7" spans="1:17" s="27" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="19" t="s">
+      <c r="B7" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="20" t="s">
+      <c r="C7" s="23" t="s">
         <v>12</v>
       </c>
-      <c r="D7" s="21" t="s">
+      <c r="D7" s="24" t="s">
         <v>13</v>
       </c>
-      <c r="E7" s="21" t="s">
+      <c r="E7" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="F7" s="21" t="s">
+      <c r="F7" s="24" t="s">
         <v>15</v>
       </c>
-      <c r="G7" s="21" t="s">
+      <c r="G7" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H7" s="21" t="s">
+      <c r="H7" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="21" t="s">
+      <c r="I7" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="J7" s="22" t="s">
+      <c r="J7" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="K7" s="23" t="s">
+      <c r="K7" s="26" t="s">
         <v>20</v>
       </c>
+      <c r="N7" s="28"/>
+      <c r="O7" s="28"/>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A8" s="25" t="s">
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="26" t="s">
+      <c r="B8" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="27" t="s">
+      <c r="C8" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="D8" s="28" t="s">
+      <c r="D8" s="32" t="s">
         <v>24</v>
       </c>
-      <c r="E8" s="28" t="s">
+      <c r="E8" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="F8" s="29">
+      <c r="F8" s="33">
         <v>500</v>
       </c>
-      <c r="G8" s="29">
+      <c r="G8" s="33">
         <f>+F8</f>
         <v>500</v>
       </c>
-      <c r="H8" s="30" t="s">
+      <c r="H8" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="I8" s="31" t="s">
+      <c r="I8" s="35" t="s">
         <v>27</v>
       </c>
-      <c r="J8" s="32">
-[...2 lines deleted...]
-      <c r="K8" s="33">
+      <c r="J8" s="36">
+        <v>6.21</v>
+      </c>
+      <c r="K8" s="37">
         <f t="shared" ref="K8:K17" si="0">+J8*$B$4</f>
         <v>0</v>
       </c>
+      <c r="L8" s="14"/>
+      <c r="M8" s="14"/>
+      <c r="N8" s="38"/>
+      <c r="O8" s="20"/>
+      <c r="Q8" s="39"/>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A9" s="25" t="s">
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="29" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="26" t="s">
+      <c r="B9" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="27" t="s">
+      <c r="C9" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="D9" s="28" t="s">
+      <c r="D9" s="32" t="s">
         <v>30</v>
       </c>
-      <c r="E9" s="28" t="s">
+      <c r="E9" s="32" t="s">
         <v>31</v>
       </c>
-      <c r="F9" s="29">
+      <c r="F9" s="33">
         <v>500</v>
       </c>
-      <c r="G9" s="29">
+      <c r="G9" s="33">
         <f t="shared" ref="G9:G17" si="1">+F9</f>
         <v>500</v>
       </c>
-      <c r="H9" s="30" t="s">
+      <c r="H9" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="I9" s="31" t="s">
+      <c r="I9" s="35" t="s">
         <v>32</v>
       </c>
-      <c r="J9" s="32">
-[...2 lines deleted...]
-      <c r="K9" s="33">
+      <c r="J9" s="36">
+        <v>11.07</v>
+      </c>
+      <c r="K9" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
+      <c r="L9" s="14"/>
+      <c r="M9" s="14"/>
+      <c r="N9" s="38"/>
+      <c r="O9" s="20"/>
+      <c r="Q9" s="39"/>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A10" s="25" t="s">
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="29" t="s">
         <v>33</v>
       </c>
-      <c r="B10" s="26" t="s">
+      <c r="B10" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="C10" s="27" t="s">
+      <c r="C10" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="D10" s="28" t="s">
+      <c r="D10" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="E10" s="28" t="s">
+      <c r="E10" s="32" t="s">
         <v>36</v>
       </c>
-      <c r="F10" s="29">
+      <c r="F10" s="33">
         <v>500</v>
       </c>
-      <c r="G10" s="29">
+      <c r="G10" s="33">
         <f t="shared" si="1"/>
         <v>500</v>
       </c>
-      <c r="H10" s="30" t="s">
+      <c r="H10" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="I10" s="31" t="s">
+      <c r="I10" s="35" t="s">
         <v>37</v>
       </c>
-      <c r="J10" s="32">
-[...2 lines deleted...]
-      <c r="K10" s="33">
+      <c r="J10" s="36">
+        <v>13.1</v>
+      </c>
+      <c r="K10" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
+      <c r="L10" s="14"/>
+      <c r="M10" s="14"/>
+      <c r="N10" s="38"/>
+      <c r="O10" s="20"/>
+      <c r="Q10" s="39"/>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A11" s="25" t="s">
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="B11" s="26" t="s">
+      <c r="B11" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="C11" s="27" t="s">
+      <c r="C11" s="31" t="s">
         <v>39</v>
       </c>
-      <c r="D11" s="28" t="s">
+      <c r="D11" s="32" t="s">
         <v>40</v>
       </c>
-      <c r="E11" s="28" t="s">
+      <c r="E11" s="32" t="s">
         <v>41</v>
       </c>
-      <c r="F11" s="29">
+      <c r="F11" s="33">
         <v>200</v>
       </c>
-      <c r="G11" s="29">
+      <c r="G11" s="33">
         <f t="shared" si="1"/>
         <v>200</v>
       </c>
-      <c r="H11" s="30" t="s">
+      <c r="H11" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="I11" s="31" t="s">
+      <c r="I11" s="35" t="s">
         <v>42</v>
       </c>
-      <c r="J11" s="32">
-[...2 lines deleted...]
-      <c r="K11" s="33">
+      <c r="J11" s="36">
+        <v>18.95</v>
+      </c>
+      <c r="K11" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
+      <c r="L11" s="14"/>
+      <c r="M11" s="14"/>
+      <c r="N11" s="38"/>
+      <c r="O11" s="20"/>
+      <c r="Q11" s="39"/>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A12" s="25" t="s">
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A12" s="29" t="s">
         <v>43</v>
       </c>
-      <c r="B12" s="26" t="s">
+      <c r="B12" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="27" t="s">
+      <c r="C12" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="D12" s="28" t="s">
+      <c r="D12" s="32" t="s">
         <v>45</v>
       </c>
-      <c r="E12" s="28" t="s">
+      <c r="E12" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="F12" s="29">
+      <c r="F12" s="33">
         <v>200</v>
       </c>
-      <c r="G12" s="29">
+      <c r="G12" s="33">
         <f t="shared" si="1"/>
         <v>200</v>
       </c>
-      <c r="H12" s="30" t="s">
+      <c r="H12" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="I12" s="31" t="s">
+      <c r="I12" s="35" t="s">
         <v>47</v>
       </c>
-      <c r="J12" s="32">
-[...2 lines deleted...]
-      <c r="K12" s="33">
+      <c r="J12" s="36">
+        <v>25.74</v>
+      </c>
+      <c r="K12" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
+      <c r="L12" s="14"/>
+      <c r="M12" s="14"/>
+      <c r="N12" s="38"/>
+      <c r="O12" s="20"/>
+      <c r="Q12" s="39"/>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A13" s="25" t="s">
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A13" s="29" t="s">
         <v>48</v>
       </c>
-      <c r="B13" s="26" t="s">
+      <c r="B13" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="C13" s="27" t="s">
+      <c r="C13" s="31" t="s">
         <v>49</v>
       </c>
-      <c r="D13" s="28" t="s">
+      <c r="D13" s="32" t="s">
         <v>50</v>
       </c>
-      <c r="E13" s="28" t="s">
+      <c r="E13" s="32" t="s">
         <v>51</v>
       </c>
-      <c r="F13" s="29">
+      <c r="F13" s="33">
         <v>100</v>
       </c>
-      <c r="G13" s="29">
+      <c r="G13" s="33">
         <f t="shared" si="1"/>
         <v>100</v>
       </c>
-      <c r="H13" s="30" t="s">
+      <c r="H13" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="I13" s="31" t="s">
+      <c r="I13" s="35" t="s">
         <v>52</v>
       </c>
-      <c r="J13" s="32">
-[...2 lines deleted...]
-      <c r="K13" s="33">
+      <c r="J13" s="36">
+        <v>39.4</v>
+      </c>
+      <c r="K13" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
+      <c r="L13" s="14"/>
+      <c r="M13" s="14"/>
+      <c r="N13" s="38"/>
+      <c r="O13" s="20"/>
+      <c r="Q13" s="39"/>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A14" s="25" t="s">
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A14" s="29" t="s">
         <v>53</v>
       </c>
-      <c r="B14" s="26" t="s">
+      <c r="B14" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="27" t="s">
+      <c r="C14" s="31" t="s">
         <v>54</v>
       </c>
-      <c r="D14" s="28" t="s">
+      <c r="D14" s="32" t="s">
         <v>55</v>
       </c>
-      <c r="E14" s="28" t="s">
+      <c r="E14" s="32" t="s">
         <v>56</v>
       </c>
-      <c r="F14" s="29">
+      <c r="F14" s="33">
         <v>100</v>
       </c>
-      <c r="G14" s="29">
+      <c r="G14" s="33">
         <f t="shared" si="1"/>
         <v>100</v>
       </c>
-      <c r="H14" s="30" t="s">
+      <c r="H14" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="I14" s="31" t="s">
+      <c r="I14" s="35" t="s">
         <v>57</v>
       </c>
-      <c r="J14" s="32">
-[...2 lines deleted...]
-      <c r="K14" s="33">
+      <c r="J14" s="36">
+        <v>56.52</v>
+      </c>
+      <c r="K14" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
+      <c r="L14" s="14"/>
+      <c r="M14" s="14"/>
+      <c r="N14" s="38"/>
+      <c r="O14" s="20"/>
+      <c r="Q14" s="39"/>
     </row>
-    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="25" t="s">
+    <row r="15" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="29" t="s">
         <v>58</v>
       </c>
-      <c r="B15" s="26" t="s">
+      <c r="B15" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="C15" s="27" t="s">
+      <c r="C15" s="31" t="s">
         <v>59</v>
       </c>
-      <c r="D15" s="28" t="s">
+      <c r="D15" s="32" t="s">
         <v>60</v>
       </c>
-      <c r="E15" s="28" t="s">
+      <c r="E15" s="32" t="s">
         <v>61</v>
       </c>
-      <c r="F15" s="29">
+      <c r="F15" s="33">
         <v>100</v>
       </c>
-      <c r="G15" s="29">
+      <c r="G15" s="33">
         <f t="shared" si="1"/>
         <v>100</v>
       </c>
-      <c r="H15" s="30" t="s">
+      <c r="H15" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="I15" s="31" t="s">
+      <c r="I15" s="35" t="s">
         <v>62</v>
       </c>
-      <c r="J15" s="32">
-[...2 lines deleted...]
-      <c r="K15" s="33">
+      <c r="J15" s="36">
+        <v>75.87</v>
+      </c>
+      <c r="K15" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
+      <c r="L15" s="14"/>
+      <c r="M15" s="14"/>
+      <c r="N15" s="38"/>
+      <c r="O15" s="20"/>
+      <c r="Q15" s="39"/>
     </row>
-    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="25" t="s">
+    <row r="16" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29" t="s">
         <v>63</v>
       </c>
-      <c r="B16" s="26" t="s">
+      <c r="B16" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="C16" s="27" t="s">
+      <c r="C16" s="31" t="s">
         <v>64</v>
       </c>
-      <c r="D16" s="28" t="s">
+      <c r="D16" s="32" t="s">
         <v>65</v>
       </c>
-      <c r="E16" s="28" t="s">
+      <c r="E16" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F16" s="29">
+      <c r="F16" s="33">
         <v>20</v>
       </c>
-      <c r="G16" s="29">
+      <c r="G16" s="33">
         <f t="shared" si="1"/>
         <v>20</v>
       </c>
-      <c r="H16" s="30" t="s">
+      <c r="H16" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="I16" s="31" t="s">
+      <c r="I16" s="35" t="s">
         <v>67</v>
       </c>
-      <c r="J16" s="32">
-[...2 lines deleted...]
-      <c r="K16" s="33">
+      <c r="J16" s="36">
+        <v>127.97</v>
+      </c>
+      <c r="K16" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
+      <c r="L16" s="14"/>
+      <c r="M16" s="14"/>
+      <c r="N16" s="38"/>
+      <c r="O16" s="20"/>
+      <c r="Q16" s="39"/>
     </row>
-    <row r="17" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="34" t="s">
+    <row r="17" spans="1:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="40" t="s">
         <v>68</v>
       </c>
-      <c r="B17" s="35" t="s">
+      <c r="B17" s="41" t="s">
         <v>22</v>
       </c>
-      <c r="C17" s="36" t="s">
+      <c r="C17" s="42" t="s">
         <v>69</v>
       </c>
-      <c r="D17" s="37" t="s">
+      <c r="D17" s="43" t="s">
         <v>70</v>
       </c>
-      <c r="E17" s="37" t="s">
+      <c r="E17" s="43" t="s">
         <v>71</v>
       </c>
-      <c r="F17" s="38">
+      <c r="F17" s="44">
         <v>20</v>
       </c>
-      <c r="G17" s="38">
+      <c r="G17" s="44">
         <f t="shared" si="1"/>
         <v>20</v>
       </c>
-      <c r="H17" s="39" t="s">
+      <c r="H17" s="45" t="s">
         <v>26</v>
       </c>
-      <c r="I17" s="40" t="s">
+      <c r="I17" s="46" t="s">
         <v>72</v>
       </c>
-      <c r="J17" s="41">
-[...2 lines deleted...]
-      <c r="K17" s="42">
+      <c r="J17" s="47">
+        <v>199.6</v>
+      </c>
+      <c r="K17" s="48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-[...37 lines deleted...]
-      <c r="B23" s="44"/>
+      <c r="L17" s="14"/>
+      <c r="M17" s="14"/>
+      <c r="N17" s="38"/>
+      <c r="O17" s="20"/>
+      <c r="Q17" s="39"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="E6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="landscape" r:id="rId1"/>
+  <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <customProperties>
     <customPr name="GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <argus-direct-storage xmlns="urn:argus-direct-storage:queries"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C33AB598-6B7F-4DA6-A8C5-AF80ACCEF20F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A3CFC58-D30E-459C-8FB4-F4535879F7CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="urn:argus-direct-storage:queries"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Thompson, Paul</dc:creator>
+  <dc:creator>Thompson, Paul O</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>