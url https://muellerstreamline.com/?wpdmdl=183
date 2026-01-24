--- v0 (2025-10-16)
+++ v1 (2026-01-24)
@@ -1,83 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\List Prices\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jrwantz\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\8WR1O11R\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F7C06ECB-3720-4450-A0A1-A29D877ED1B2}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBB97824-85B5-4415-89D8-4FFB3DE4EFE8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="8070" xr2:uid="{09C71D6F-5147-4533-B704-3E6FE2A3CCAB}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{09C71D6F-5147-4533-B704-3E6FE2A3CCAB}"/>
   </bookViews>
   <sheets>
-    <sheet name="UW PRS0925" sheetId="1" r:id="rId1"/>
+    <sheet name="UW PRS1225" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="K383" i="1" l="1"/>
+  <c r="K382" i="1"/>
   <c r="K384" i="1" l="1"/>
   <c r="K385" i="1"/>
   <c r="K386" i="1"/>
   <c r="K387" i="1"/>
   <c r="K388" i="1"/>
   <c r="K389" i="1"/>
   <c r="K390" i="1"/>
   <c r="K391" i="1"/>
-  <c r="K382" i="1"/>
-  <c r="K383" i="1"/>
   <c r="K9" i="1" l="1"/>
   <c r="K381" i="1" l="1"/>
   <c r="K380" i="1"/>
   <c r="K379" i="1"/>
   <c r="K378" i="1"/>
   <c r="K377" i="1"/>
   <c r="K376" i="1"/>
   <c r="K375" i="1"/>
   <c r="K374" i="1"/>
   <c r="K373" i="1"/>
   <c r="K372" i="1"/>
   <c r="K371" i="1"/>
   <c r="K370" i="1"/>
   <c r="K369" i="1"/>
   <c r="K368" i="1"/>
   <c r="K367" i="1"/>
   <c r="K366" i="1"/>
   <c r="K365" i="1"/>
   <c r="K364" i="1"/>
   <c r="K363" i="1"/>
   <c r="K362" i="1"/>
   <c r="K361" i="1"/>
   <c r="K360" i="1"/>
   <c r="K359" i="1"/>
   <c r="K358" i="1"/>
@@ -411,51 +422,51 @@
   <c r="K30" i="1"/>
   <c r="K29" i="1"/>
   <c r="K28" i="1"/>
   <c r="K27" i="1"/>
   <c r="K26" i="1"/>
   <c r="K25" i="1"/>
   <c r="K24" i="1"/>
   <c r="K23" i="1"/>
   <c r="K22" i="1"/>
   <c r="K21" i="1"/>
   <c r="K20" i="1"/>
   <c r="K19" i="1"/>
   <c r="K18" i="1"/>
   <c r="K17" i="1"/>
   <c r="K16" i="1"/>
   <c r="K15" i="1"/>
   <c r="K14" i="1"/>
   <c r="K13" i="1"/>
   <c r="K12" i="1"/>
   <c r="K11" i="1"/>
   <c r="K10" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1568" uniqueCount="599">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1567" uniqueCount="598">
   <si>
     <t>STREAMLINE® COPPER FITTINGS - PRESS</t>
   </si>
   <si>
     <t>Mueller Streamline Co., Memphis, TN</t>
   </si>
   <si>
     <t>The issuance of this price list is not an offer to sell the goods listed herein at the prices stated.</t>
   </si>
   <si>
     <t>Press Fitting Multiplier:</t>
   </si>
   <si>
     <t>Valve Multiplier:</t>
   </si>
   <si>
     <t>Part#</t>
   </si>
   <si>
     <t>Prtgrp</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
@@ -2246,101 +2257,74 @@
   <si>
     <t>117-728PV</t>
   </si>
   <si>
     <t>685768448389</t>
   </si>
   <si>
     <t>117-729PV</t>
   </si>
   <si>
     <t>685768448396</t>
   </si>
   <si>
     <t>117-730PV</t>
   </si>
   <si>
     <t>685768448402</t>
   </si>
   <si>
     <t>117-731PV</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
-    <t xml:space="preserve"> UW PRS0925</t>
-[...31 lines deleted...]
-    </r>
+    <t xml:space="preserve"> UW PRS1225</t>
+  </si>
+  <si>
+    <t>Effective December 16, 2025</t>
+  </si>
+  <si>
+    <t>(Supersedes UW PRS0925)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="9">
+  <numFmts count="8">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
-    <numFmt numFmtId="166" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
-[...2 lines deleted...]
-    <numFmt numFmtId="169" formatCode="#,##0.000"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="167" formatCode="_(&quot;$&quot;* #,##0.0000_);_(&quot;$&quot;* \(#,##0.0000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="168" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2393,65 +2377,50 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...13 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -2463,238 +2432,231 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="8" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="53">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="4"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="9" fontId="10" fillId="0" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="6" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="11" fillId="0" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="11" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="11" fillId="0" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="11" fillId="0" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="10" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="11" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="2" borderId="1" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="12" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="14" fillId="2" borderId="1" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="14" fillId="2" borderId="1" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="14" fillId="2" borderId="1" xfId="13" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="14" fillId="2" borderId="1" xfId="13" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="14" fillId="2" borderId="1" xfId="12" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="43" fontId="6" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="44" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="14">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 3" xfId="5" xr:uid="{D4254927-DFE5-45FA-8DF8-32D2F01A250F}"/>
     <cellStyle name="Comma 50" xfId="8" xr:uid="{B328DA58-F38F-4BFE-84B5-B4EE5A893A66}"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Currency 19" xfId="9" xr:uid="{AB7D403D-C765-480B-AEF3-35316DF17283}"/>
     <cellStyle name="Currency 23 2" xfId="13" xr:uid="{B5D78CD4-3492-421A-A656-6FF8F1F77E8A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 17 10" xfId="3" xr:uid="{F3CCA530-1382-4253-B1F3-2E68A0648D75}"/>
     <cellStyle name="Normal 182" xfId="6" xr:uid="{89898767-83C2-44F2-BC89-51C1E90B81EC}"/>
     <cellStyle name="Normal 187 2" xfId="11" xr:uid="{D7A17144-9175-464E-870B-29C766D59A8F}"/>
     <cellStyle name="Normal 188" xfId="10" xr:uid="{59A2824F-E6C0-47EA-85DF-CA4F2C8F83B6}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{CF1E2206-6B99-48CB-B182-4F5ADA0B03D5}"/>
     <cellStyle name="Normal_vtmp34865384" xfId="12" xr:uid="{68FC1C9F-E468-47C9-B991-690A39549864}"/>
     <cellStyle name="Percent 37" xfId="7" xr:uid="{CB84C91B-5113-496A-AC8E-7F17468EA454}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2756,51 +2718,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2898,186 +2860,185 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8801F8DE-AE23-4910-B3CC-DD5259703EC2}">
   <dimension ref="A1:K391"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="8" topLeftCell="A377" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="J73" sqref="J73"/>
+      <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.69921875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.5" style="4" customWidth="1"/>
-    <col min="2" max="2" width="9.1640625" style="4" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="7.1640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.19921875" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.19921875" style="22" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="29.69921875" style="36" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="7.69921875" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="7.19921875" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6.5" style="4" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="11.6640625" style="4" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="12.58203125" style="4" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.69921875" style="4" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.09765625" style="4" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="12.59765625" style="4" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="12" style="4" customWidth="1"/>
-    <col min="12" max="16384" width="8.6640625" style="4"/>
+    <col min="12" max="12" width="8.296875" style="4" customWidth="1"/>
+    <col min="13" max="16384" width="8.69921875" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="D1" s="51"/>
+    <row r="1" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A1" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="46"/>
+      <c r="C1" s="46"/>
+      <c r="D1" s="46"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="2"/>
       <c r="K1" s="3" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A2" s="52" t="s">
-[...3 lines deleted...]
-      <c r="C2" s="52"/>
+      <c r="A2" s="47" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="47"/>
+      <c r="C2" s="47"/>
       <c r="D2" s="5"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="2"/>
       <c r="K2" s="7" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A3" s="8"/>
       <c r="B3" s="9"/>
       <c r="C3" s="10"/>
       <c r="D3" s="5"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="2"/>
       <c r="K3" s="7" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A4" s="8"/>
       <c r="B4" s="9"/>
       <c r="C4" s="10"/>
       <c r="D4" s="5"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="2"/>
       <c r="K4" s="11" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:11" ht="14.5" x14ac:dyDescent="0.45">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A5" s="2"/>
       <c r="B5" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="13">
         <v>0</v>
       </c>
       <c r="D5" s="12"/>
       <c r="E5" s="15"/>
       <c r="F5" s="15"/>
       <c r="G5" s="15"/>
-      <c r="H5" s="45"/>
-[...4 lines deleted...]
-      </c>
+      <c r="H5" s="15"/>
+      <c r="I5" s="15"/>
+      <c r="J5" s="15"/>
+      <c r="K5" s="15"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A6" s="2"/>
       <c r="B6" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="49">
+      <c r="C6" s="45">
         <v>0</v>
       </c>
       <c r="D6" s="14"/>
       <c r="E6" s="15"/>
       <c r="F6" s="15"/>
       <c r="G6" s="15"/>
       <c r="H6" s="15"/>
       <c r="I6" s="15"/>
       <c r="J6" s="16"/>
       <c r="K6" s="2"/>
     </row>
-    <row r="7" spans="1:11" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="17"/>
       <c r="B7" s="17"/>
       <c r="C7" s="18"/>
       <c r="D7" s="19"/>
       <c r="E7" s="17"/>
       <c r="F7" s="17"/>
       <c r="G7" s="17"/>
       <c r="H7" s="17"/>
       <c r="I7" s="17"/>
       <c r="J7" s="20"/>
     </row>
     <row r="8" spans="1:11" s="22" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="21" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="21" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="21" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="21" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="21" t="s">
@@ -3108,13480 +3069,13480 @@
       </c>
       <c r="B9" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="26">
         <v>10</v>
       </c>
       <c r="F9" s="26">
         <v>400</v>
       </c>
       <c r="G9" s="26">
         <v>14400</v>
       </c>
       <c r="H9" s="27">
         <v>685768395263</v>
       </c>
       <c r="I9" s="28">
         <v>9.7000000000000003E-2</v>
       </c>
-      <c r="J9" s="50">
-        <v>8.83</v>
+      <c r="J9" s="29">
+        <v>7.55</v>
       </c>
       <c r="K9" s="30">
         <f>ROUND($C$5*J9,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A10" s="23" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="26">
         <v>10</v>
       </c>
       <c r="F10" s="26">
         <v>200</v>
       </c>
       <c r="G10" s="26">
         <v>5400</v>
       </c>
       <c r="H10" s="27">
         <v>685768395270</v>
       </c>
       <c r="I10" s="28">
         <v>0.154</v>
       </c>
-      <c r="J10" s="50">
-        <v>10.36</v>
+      <c r="J10" s="29">
+        <v>8.8699999999999992</v>
       </c>
       <c r="K10" s="30">
         <f t="shared" ref="K10:K72" si="0">ROUND($C$5*J10,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A11" s="23" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="26">
         <v>5</v>
       </c>
       <c r="F11" s="26">
         <v>140</v>
       </c>
       <c r="G11" s="26">
         <v>3600</v>
       </c>
       <c r="H11" s="27">
         <v>685768395287</v>
       </c>
       <c r="I11" s="28">
         <v>0.20899999999999999</v>
       </c>
-      <c r="J11" s="50">
-        <v>32.94</v>
+      <c r="J11" s="29">
+        <v>28.2</v>
       </c>
       <c r="K11" s="30">
         <f>ROUND($C$5*J11,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A12" s="23" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="26">
         <v>1</v>
       </c>
       <c r="F12" s="26">
         <v>70</v>
       </c>
       <c r="G12" s="26">
         <v>1800</v>
       </c>
       <c r="H12" s="27">
         <v>685768395294</v>
       </c>
       <c r="I12" s="28">
         <v>0.28799999999999998</v>
       </c>
-      <c r="J12" s="50">
-        <v>45.91</v>
+      <c r="J12" s="29">
+        <v>39.299999999999997</v>
       </c>
       <c r="K12" s="30">
         <f>ROUND($C$5*J12,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A13" s="23" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="26">
         <v>1</v>
       </c>
       <c r="F13" s="26">
         <v>40</v>
       </c>
       <c r="G13" s="26">
         <v>900</v>
       </c>
       <c r="H13" s="27">
         <v>685768395300</v>
       </c>
       <c r="I13" s="28">
         <v>0.58199999999999996</v>
       </c>
-      <c r="J13" s="50">
-        <v>73.599999999999994</v>
+      <c r="J13" s="29">
+        <v>63</v>
       </c>
       <c r="K13" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="26">
         <v>1</v>
       </c>
       <c r="F14" s="26">
         <v>25</v>
       </c>
       <c r="G14" s="26">
         <v>720</v>
       </c>
       <c r="H14" s="27">
         <v>685768395317</v>
       </c>
       <c r="I14" s="28">
         <v>0.81399999999999995</v>
       </c>
-      <c r="J14" s="50">
-        <v>102.08</v>
+      <c r="J14" s="29">
+        <v>87.38</v>
       </c>
       <c r="K14" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A15" s="23" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="26">
         <v>1</v>
       </c>
       <c r="F15" s="26">
         <v>16</v>
       </c>
       <c r="G15" s="26">
         <v>864</v>
       </c>
       <c r="H15" s="27">
         <v>685768399230</v>
       </c>
       <c r="I15" s="28">
         <v>1.7403999999999999</v>
       </c>
-      <c r="J15" s="50">
-        <v>223.24</v>
+      <c r="J15" s="29">
+        <v>191.1</v>
       </c>
       <c r="K15" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A16" s="23" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E16" s="26">
         <v>1</v>
       </c>
       <c r="F16" s="26">
         <v>12</v>
       </c>
       <c r="G16" s="26">
         <v>648</v>
       </c>
       <c r="H16" s="27">
         <v>685768399247</v>
       </c>
       <c r="I16" s="28">
         <v>2.2709000000000001</v>
       </c>
-      <c r="J16" s="50">
-        <v>312.85000000000002</v>
+      <c r="J16" s="29">
+        <v>267.81</v>
       </c>
       <c r="K16" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A17" s="23" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E17" s="26">
         <v>1</v>
       </c>
       <c r="F17" s="26">
         <v>6</v>
       </c>
       <c r="G17" s="26">
         <v>324</v>
       </c>
       <c r="H17" s="27">
         <v>685768399254</v>
       </c>
       <c r="I17" s="28">
         <v>4.1106999999999996</v>
       </c>
-      <c r="J17" s="50">
-        <v>442.83</v>
+      <c r="J17" s="29">
+        <v>379.08</v>
       </c>
       <c r="K17" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A18" s="23" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D18" s="25" t="s">
         <v>38</v>
       </c>
       <c r="E18" s="26">
         <v>10</v>
       </c>
       <c r="F18" s="26">
         <v>450</v>
       </c>
       <c r="G18" s="26">
         <v>12800</v>
       </c>
       <c r="H18" s="27">
         <v>685768395683</v>
       </c>
       <c r="I18" s="28">
         <v>8.9700000000000002E-2</v>
       </c>
-      <c r="J18" s="50">
-        <v>6.96</v>
+      <c r="J18" s="29">
+        <v>5.96</v>
       </c>
       <c r="K18" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A19" s="23" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="25" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="26">
         <v>10</v>
       </c>
       <c r="F19" s="26">
         <v>260</v>
       </c>
       <c r="G19" s="26">
         <v>5400</v>
       </c>
       <c r="H19" s="27">
         <v>685768395690</v>
       </c>
       <c r="I19" s="28">
         <v>0.14499999999999999</v>
       </c>
-      <c r="J19" s="50">
-        <v>9.86</v>
+      <c r="J19" s="29">
+        <v>8.44</v>
       </c>
       <c r="K19" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A20" s="23" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="25" t="s">
         <v>38</v>
       </c>
       <c r="E20" s="26">
         <v>5</v>
       </c>
       <c r="F20" s="26">
         <v>140</v>
       </c>
       <c r="G20" s="26">
         <v>3600</v>
       </c>
       <c r="H20" s="27">
         <v>685768395706</v>
       </c>
       <c r="I20" s="28">
         <v>0.20399999999999999</v>
       </c>
-      <c r="J20" s="50">
-        <v>32.130000000000003</v>
+      <c r="J20" s="29">
+        <v>27.5</v>
       </c>
       <c r="K20" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A21" s="23" t="s">
         <v>41</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D21" s="25" t="s">
         <v>38</v>
       </c>
       <c r="E21" s="26">
         <v>1</v>
       </c>
       <c r="F21" s="26">
         <v>70</v>
       </c>
       <c r="G21" s="26">
         <v>1800</v>
       </c>
       <c r="H21" s="27">
         <v>685768395713</v>
       </c>
       <c r="I21" s="28">
         <v>0.27600000000000002</v>
       </c>
-      <c r="J21" s="50">
-        <v>45.95</v>
+      <c r="J21" s="29">
+        <v>39.340000000000003</v>
       </c>
       <c r="K21" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A22" s="23" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D22" s="25" t="s">
         <v>38</v>
       </c>
       <c r="E22" s="26">
         <v>1</v>
       </c>
       <c r="F22" s="26">
         <v>40</v>
       </c>
       <c r="G22" s="26">
         <v>1280</v>
       </c>
       <c r="H22" s="27">
         <v>685768395720</v>
       </c>
       <c r="I22" s="28">
         <v>0.56000000000000005</v>
       </c>
-      <c r="J22" s="50">
-        <v>69.48</v>
+      <c r="J22" s="29">
+        <v>59.47</v>
       </c>
       <c r="K22" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A23" s="23" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C23" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D23" s="25" t="s">
         <v>38</v>
       </c>
       <c r="E23" s="26">
         <v>1</v>
       </c>
       <c r="F23" s="26">
         <v>25</v>
       </c>
       <c r="G23" s="26">
         <v>720</v>
       </c>
       <c r="H23" s="27">
         <v>685768395737</v>
       </c>
       <c r="I23" s="28">
         <v>0.79900000000000004</v>
       </c>
-      <c r="J23" s="50">
-        <v>104.08</v>
+      <c r="J23" s="29">
+        <v>89.09</v>
       </c>
       <c r="K23" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A24" s="23" t="s">
         <v>44</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D24" s="25" t="s">
         <v>38</v>
       </c>
       <c r="E24" s="26">
         <v>1</v>
       </c>
       <c r="F24" s="26">
         <v>18</v>
       </c>
       <c r="G24" s="26">
         <v>972</v>
       </c>
       <c r="H24" s="27">
         <v>685768399261</v>
       </c>
       <c r="I24" s="28">
         <v>1.5671999999999999</v>
       </c>
-      <c r="J24" s="50">
-        <v>272.3</v>
+      <c r="J24" s="29">
+        <v>233.1</v>
       </c>
       <c r="K24" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A25" s="23" t="s">
         <v>45</v>
       </c>
       <c r="B25" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D25" s="25" t="s">
         <v>38</v>
       </c>
       <c r="E25" s="26">
         <v>1</v>
       </c>
       <c r="F25" s="26">
         <v>12</v>
       </c>
       <c r="G25" s="26">
         <v>648</v>
       </c>
       <c r="H25" s="27">
         <v>685768399278</v>
       </c>
       <c r="I25" s="28">
         <v>2.3243</v>
       </c>
-      <c r="J25" s="50">
-        <v>393.88</v>
+      <c r="J25" s="29">
+        <v>337.17</v>
       </c>
       <c r="K25" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A26" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B26" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D26" s="25" t="s">
         <v>38</v>
       </c>
       <c r="E26" s="26">
         <v>1</v>
       </c>
       <c r="F26" s="26">
         <v>6</v>
       </c>
       <c r="G26" s="26">
         <v>324</v>
       </c>
       <c r="H26" s="27">
         <v>685768399285</v>
       </c>
       <c r="I26" s="28">
         <v>3.956</v>
       </c>
-      <c r="J26" s="50">
-        <v>497.6</v>
+      <c r="J26" s="29">
+        <v>425.97</v>
       </c>
       <c r="K26" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A27" s="23" t="s">
         <v>47</v>
       </c>
       <c r="B27" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D27" s="25" t="s">
         <v>48</v>
       </c>
       <c r="E27" s="26">
         <v>10</v>
       </c>
       <c r="F27" s="26">
         <v>350</v>
       </c>
       <c r="G27" s="26">
         <v>9600</v>
       </c>
       <c r="H27" s="27">
         <v>685768395355</v>
       </c>
       <c r="I27" s="28">
         <v>0.11749999999999999</v>
       </c>
-      <c r="J27" s="50">
-        <v>7.3</v>
+      <c r="J27" s="29">
+        <v>6.25</v>
       </c>
       <c r="K27" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A28" s="23" t="s">
         <v>49</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="25" t="s">
         <v>48</v>
       </c>
       <c r="E28" s="26">
         <v>10</v>
       </c>
       <c r="F28" s="26">
         <v>180</v>
       </c>
       <c r="G28" s="26">
         <v>0</v>
       </c>
       <c r="H28" s="27">
         <v>685768420866</v>
       </c>
       <c r="I28" s="28">
         <v>0.17499999999999999</v>
       </c>
-      <c r="J28" s="50">
-        <v>11.76</v>
+      <c r="J28" s="29">
+        <v>10.07</v>
       </c>
       <c r="K28" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A29" s="23" t="s">
         <v>50</v>
       </c>
       <c r="B29" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C29" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D29" s="25" t="s">
         <v>48</v>
       </c>
       <c r="E29" s="26">
         <v>5</v>
       </c>
       <c r="F29" s="26">
         <v>100</v>
       </c>
       <c r="G29" s="26">
         <v>0</v>
       </c>
       <c r="H29" s="27">
         <v>685768420873</v>
       </c>
       <c r="I29" s="28">
         <v>0.27600000000000002</v>
       </c>
-      <c r="J29" s="50">
-        <v>23.46</v>
+      <c r="J29" s="29">
+        <v>20.079999999999998</v>
       </c>
       <c r="K29" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A30" s="23" t="s">
         <v>51</v>
       </c>
       <c r="B30" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C30" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D30" s="25" t="s">
         <v>48</v>
       </c>
       <c r="E30" s="26">
         <v>1</v>
       </c>
       <c r="F30" s="26">
         <v>55</v>
       </c>
       <c r="G30" s="26">
         <v>0</v>
       </c>
       <c r="H30" s="27">
         <v>685768420880</v>
       </c>
       <c r="I30" s="28">
         <v>0.35199999999999998</v>
       </c>
-      <c r="J30" s="50">
-        <v>46</v>
+      <c r="J30" s="29">
+        <v>39.380000000000003</v>
       </c>
       <c r="K30" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A31" s="23" t="s">
         <v>52</v>
       </c>
       <c r="B31" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D31" s="25" t="s">
         <v>48</v>
       </c>
       <c r="E31" s="26">
         <v>1</v>
       </c>
       <c r="F31" s="26">
         <v>35</v>
       </c>
       <c r="G31" s="26">
         <v>0</v>
       </c>
       <c r="H31" s="27">
         <v>685768420897</v>
       </c>
       <c r="I31" s="28">
         <v>0.627</v>
       </c>
-      <c r="J31" s="50">
-        <v>86.03</v>
+      <c r="J31" s="29">
+        <v>73.64</v>
       </c>
       <c r="K31" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A32" s="23" t="s">
         <v>53</v>
       </c>
       <c r="B32" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C32" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D32" s="25" t="s">
         <v>48</v>
       </c>
       <c r="E32" s="26">
         <v>1</v>
       </c>
       <c r="F32" s="26">
         <v>18</v>
       </c>
       <c r="G32" s="26">
         <v>0</v>
       </c>
       <c r="H32" s="27">
         <v>685768420903</v>
       </c>
       <c r="I32" s="28">
         <v>1.069</v>
       </c>
-      <c r="J32" s="50">
-        <v>120.76</v>
+      <c r="J32" s="29">
+        <v>103.38</v>
       </c>
       <c r="K32" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A33" s="23" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C33" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D33" s="25" t="s">
         <v>54</v>
       </c>
       <c r="E33" s="26">
         <v>10</v>
       </c>
       <c r="F33" s="26">
         <v>350</v>
       </c>
       <c r="G33" s="26">
         <v>9600</v>
       </c>
       <c r="H33" s="27">
         <v>685768395355</v>
       </c>
       <c r="I33" s="28">
         <v>0.11749999999999999</v>
       </c>
-      <c r="J33" s="50">
-        <v>7.3</v>
+      <c r="J33" s="29">
+        <v>6.25</v>
       </c>
       <c r="K33" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A34" s="23" t="s">
         <v>55</v>
       </c>
       <c r="B34" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C34" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D34" s="25" t="s">
         <v>54</v>
       </c>
       <c r="E34" s="26">
         <v>10</v>
       </c>
       <c r="F34" s="26">
         <v>180</v>
       </c>
       <c r="G34" s="26">
         <v>5400</v>
       </c>
       <c r="H34" s="27">
         <v>685768395362</v>
       </c>
       <c r="I34" s="28">
         <v>0.1993</v>
       </c>
-      <c r="J34" s="50">
-        <v>12.04</v>
+      <c r="J34" s="29">
+        <v>10.3</v>
       </c>
       <c r="K34" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A35" s="23" t="s">
         <v>56</v>
       </c>
       <c r="B35" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C35" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D35" s="25" t="s">
         <v>54</v>
       </c>
       <c r="E35" s="26">
         <v>5</v>
       </c>
       <c r="F35" s="26">
         <v>100</v>
       </c>
       <c r="G35" s="26">
         <v>3600</v>
       </c>
       <c r="H35" s="27">
         <v>685768395379</v>
       </c>
       <c r="I35" s="28">
         <v>0.28789999999999999</v>
       </c>
-      <c r="J35" s="50">
-        <v>24.58</v>
+      <c r="J35" s="29">
+        <v>21.04</v>
       </c>
       <c r="K35" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A36" s="23" t="s">
         <v>57</v>
       </c>
       <c r="B36" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C36" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D36" s="25" t="s">
         <v>54</v>
       </c>
       <c r="E36" s="26">
         <v>1</v>
       </c>
       <c r="F36" s="26">
         <v>55</v>
       </c>
       <c r="G36" s="26">
         <v>1600</v>
       </c>
       <c r="H36" s="27">
         <v>685768395324</v>
       </c>
       <c r="I36" s="28">
         <v>0.40479999999999999</v>
       </c>
-      <c r="J36" s="50">
-        <v>50.01</v>
+      <c r="J36" s="29">
+        <v>42.81</v>
       </c>
       <c r="K36" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A37" s="23" t="s">
         <v>58</v>
       </c>
       <c r="B37" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C37" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="25" t="s">
         <v>54</v>
       </c>
       <c r="E37" s="26">
         <v>1</v>
       </c>
       <c r="F37" s="26">
         <v>35</v>
       </c>
       <c r="G37" s="26">
         <v>900</v>
       </c>
       <c r="H37" s="27">
         <v>685768395331</v>
       </c>
       <c r="I37" s="28">
         <v>0.7903</v>
       </c>
-      <c r="J37" s="50">
-        <v>92.79</v>
+      <c r="J37" s="29">
+        <v>79.430000000000007</v>
       </c>
       <c r="K37" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A38" s="23" t="s">
         <v>59</v>
       </c>
       <c r="B38" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C38" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D38" s="25" t="s">
         <v>54</v>
       </c>
       <c r="E38" s="26">
         <v>1</v>
       </c>
       <c r="F38" s="26">
         <v>18</v>
       </c>
       <c r="G38" s="26">
         <v>540</v>
       </c>
       <c r="H38" s="27">
         <v>685768395348</v>
       </c>
       <c r="I38" s="28">
         <v>1.2077</v>
       </c>
-      <c r="J38" s="50">
-        <v>128.91</v>
+      <c r="J38" s="29">
+        <v>110.35</v>
       </c>
       <c r="K38" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A39" s="23" t="s">
         <v>60</v>
       </c>
       <c r="B39" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="25" t="s">
         <v>54</v>
       </c>
       <c r="E39" s="26">
         <v>1</v>
       </c>
       <c r="F39" s="26">
         <v>12</v>
       </c>
       <c r="G39" s="26">
         <v>648</v>
       </c>
       <c r="H39" s="27">
         <v>685768399155</v>
       </c>
       <c r="I39" s="28">
         <v>2.0950000000000002</v>
       </c>
-      <c r="J39" s="50">
-        <v>331.49</v>
+      <c r="J39" s="29">
+        <v>283.77</v>
       </c>
       <c r="K39" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A40" s="23" t="s">
         <v>61</v>
       </c>
       <c r="B40" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C40" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D40" s="25" t="s">
         <v>54</v>
       </c>
       <c r="E40" s="26">
         <v>1</v>
       </c>
       <c r="F40" s="26">
         <v>9</v>
       </c>
       <c r="G40" s="26">
         <v>486</v>
       </c>
       <c r="H40" s="27">
         <v>685768399162</v>
       </c>
       <c r="I40" s="28">
         <v>2.1012</v>
       </c>
-      <c r="J40" s="50">
-        <v>417.06</v>
+      <c r="J40" s="29">
+        <v>357.02</v>
       </c>
       <c r="K40" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A41" s="23" t="s">
         <v>62</v>
       </c>
       <c r="B41" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D41" s="25" t="s">
         <v>54</v>
       </c>
       <c r="E41" s="26">
         <v>1</v>
       </c>
       <c r="F41" s="26">
         <v>4</v>
       </c>
       <c r="G41" s="26">
         <v>216</v>
       </c>
       <c r="H41" s="27">
         <v>685768399179</v>
       </c>
       <c r="I41" s="28">
         <v>5.6174999999999997</v>
       </c>
-      <c r="J41" s="50">
-        <v>515.95000000000005</v>
+      <c r="J41" s="29">
+        <v>441.68</v>
       </c>
       <c r="K41" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A42" s="23" t="s">
         <v>63</v>
       </c>
       <c r="B42" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C42" s="25" t="s">
         <v>64</v>
       </c>
       <c r="D42" s="25" t="s">
         <v>65</v>
       </c>
       <c r="E42" s="26">
         <v>15</v>
       </c>
       <c r="F42" s="26">
         <v>240</v>
       </c>
       <c r="G42" s="26">
         <v>17280</v>
       </c>
       <c r="H42" s="27">
         <v>685768405825</v>
       </c>
       <c r="I42" s="28">
         <v>0.19309999999999999</v>
       </c>
-      <c r="J42" s="50">
-        <v>17.68</v>
+      <c r="J42" s="29">
+        <v>15.13</v>
       </c>
       <c r="K42" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A43" s="23" t="s">
         <v>66</v>
       </c>
       <c r="B43" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C43" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D43" s="25" t="s">
         <v>65</v>
       </c>
       <c r="E43" s="26">
         <v>10</v>
       </c>
       <c r="F43" s="26">
         <v>120</v>
       </c>
       <c r="G43" s="26">
         <v>8640</v>
       </c>
       <c r="H43" s="27">
         <v>685768405832</v>
       </c>
       <c r="I43" s="28">
         <v>0.29830000000000001</v>
       </c>
-      <c r="J43" s="50">
-        <v>40.74</v>
+      <c r="J43" s="29">
+        <v>34.869999999999997</v>
       </c>
       <c r="K43" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A44" s="23" t="s">
         <v>68</v>
       </c>
       <c r="B44" s="24">
         <v>5800</v>
       </c>
       <c r="C44" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D44" s="25" t="s">
         <v>69</v>
       </c>
       <c r="E44" s="26">
         <v>10</v>
       </c>
       <c r="F44" s="26">
         <v>400</v>
       </c>
       <c r="G44" s="26">
         <v>9600</v>
       </c>
       <c r="H44" s="27">
         <v>685768395775</v>
       </c>
       <c r="I44" s="28">
         <v>0.10979999999999999</v>
       </c>
-      <c r="J44" s="50">
-        <v>7.08</v>
+      <c r="J44" s="29">
+        <v>6.06</v>
       </c>
       <c r="K44" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A45" s="23" t="s">
         <v>70</v>
       </c>
       <c r="B45" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C45" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D45" s="25" t="s">
         <v>69</v>
       </c>
       <c r="E45" s="26">
         <v>10</v>
       </c>
       <c r="F45" s="26">
         <v>200</v>
       </c>
       <c r="G45" s="26">
         <v>0</v>
       </c>
       <c r="H45" s="27">
         <v>685768420910</v>
       </c>
       <c r="I45" s="28">
         <v>0.16600000000000001</v>
       </c>
-      <c r="J45" s="50">
-        <v>12.25</v>
+      <c r="J45" s="29">
+        <v>10.49</v>
       </c>
       <c r="K45" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A46" s="23" t="s">
         <v>71</v>
       </c>
       <c r="B46" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C46" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D46" s="25" t="s">
         <v>69</v>
       </c>
       <c r="E46" s="26">
         <v>5</v>
       </c>
       <c r="F46" s="26">
         <v>100</v>
       </c>
       <c r="G46" s="26">
         <v>0</v>
       </c>
       <c r="H46" s="27">
         <v>685768420927</v>
       </c>
       <c r="I46" s="28">
         <v>0.26900000000000002</v>
       </c>
-      <c r="J46" s="50">
-        <v>27.99</v>
+      <c r="J46" s="29">
+        <v>23.96</v>
       </c>
       <c r="K46" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A47" s="23" t="s">
         <v>72</v>
       </c>
       <c r="B47" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D47" s="25" t="s">
         <v>69</v>
       </c>
       <c r="E47" s="26">
         <v>1</v>
       </c>
       <c r="F47" s="26">
         <v>55</v>
       </c>
       <c r="G47" s="26">
         <v>0</v>
       </c>
       <c r="H47" s="27">
         <v>685768420934</v>
       </c>
       <c r="I47" s="28">
         <v>0.35199999999999998</v>
       </c>
-      <c r="J47" s="50">
-        <v>50.06</v>
+      <c r="J47" s="29">
+        <v>42.86</v>
       </c>
       <c r="K47" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A48" s="23" t="s">
         <v>73</v>
       </c>
       <c r="B48" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C48" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D48" s="25" t="s">
         <v>69</v>
       </c>
       <c r="E48" s="26">
         <v>1</v>
       </c>
       <c r="F48" s="26">
         <v>35</v>
       </c>
       <c r="G48" s="26">
         <v>0</v>
       </c>
       <c r="H48" s="27">
         <v>685768420941</v>
       </c>
       <c r="I48" s="28">
         <v>0.64300000000000002</v>
       </c>
-      <c r="J48" s="50">
-        <v>91.01</v>
+      <c r="J48" s="29">
+        <v>77.91</v>
       </c>
       <c r="K48" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A49" s="23" t="s">
         <v>74</v>
       </c>
       <c r="B49" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C49" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D49" s="25" t="s">
         <v>69</v>
       </c>
       <c r="E49" s="26">
         <v>1</v>
       </c>
       <c r="F49" s="26">
         <v>20</v>
       </c>
       <c r="G49" s="26">
         <v>0</v>
       </c>
       <c r="H49" s="27">
         <v>685768420958</v>
       </c>
       <c r="I49" s="28">
         <v>1.0349999999999999</v>
       </c>
-      <c r="J49" s="50">
-        <v>126.44</v>
+      <c r="J49" s="29">
+        <v>108.24</v>
       </c>
       <c r="K49" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A50" s="23" t="s">
         <v>68</v>
       </c>
       <c r="B50" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C50" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D50" s="25" t="s">
         <v>75</v>
       </c>
       <c r="E50" s="26">
         <v>10</v>
       </c>
       <c r="F50" s="26">
         <v>400</v>
       </c>
       <c r="G50" s="26">
         <v>9600</v>
       </c>
       <c r="H50" s="27">
         <v>685768395775</v>
       </c>
       <c r="I50" s="28">
         <v>0.10979999999999999</v>
       </c>
-      <c r="J50" s="50">
-        <v>7.08</v>
+      <c r="J50" s="29">
+        <v>6.06</v>
       </c>
       <c r="K50" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A51" s="23" t="s">
         <v>76</v>
       </c>
       <c r="B51" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C51" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D51" s="25" t="s">
         <v>75</v>
       </c>
       <c r="E51" s="26">
         <v>10</v>
       </c>
       <c r="F51" s="26">
         <v>200</v>
       </c>
       <c r="G51" s="26">
         <v>5400</v>
       </c>
       <c r="H51" s="27">
         <v>685768395782</v>
       </c>
       <c r="I51" s="28">
         <v>0.186</v>
       </c>
-      <c r="J51" s="50">
-        <v>12.79</v>
+      <c r="J51" s="29">
+        <v>10.95</v>
       </c>
       <c r="K51" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A52" s="23" t="s">
         <v>77</v>
       </c>
       <c r="B52" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C52" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D52" s="25" t="s">
         <v>75</v>
       </c>
       <c r="E52" s="26">
         <v>5</v>
       </c>
       <c r="F52" s="26">
         <v>100</v>
       </c>
       <c r="G52" s="26">
         <v>3600</v>
       </c>
       <c r="H52" s="27">
         <v>685768395799</v>
       </c>
       <c r="I52" s="28">
         <v>0.27460000000000001</v>
       </c>
-      <c r="J52" s="50">
-        <v>29.83</v>
+      <c r="J52" s="29">
+        <v>25.53</v>
       </c>
       <c r="K52" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A53" s="23" t="s">
         <v>78</v>
       </c>
       <c r="B53" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C53" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D53" s="25" t="s">
         <v>75</v>
       </c>
       <c r="E53" s="26">
         <v>1</v>
       </c>
       <c r="F53" s="26">
         <v>55</v>
       </c>
       <c r="G53" s="26">
         <v>960</v>
       </c>
       <c r="H53" s="27">
         <v>685768395744</v>
       </c>
       <c r="I53" s="28">
         <v>0.41270000000000001</v>
       </c>
-      <c r="J53" s="50">
-        <v>53.36</v>
+      <c r="J53" s="29">
+        <v>45.68</v>
       </c>
       <c r="K53" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A54" s="23" t="s">
         <v>79</v>
       </c>
       <c r="B54" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C54" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D54" s="25" t="s">
         <v>75</v>
       </c>
       <c r="E54" s="26">
         <v>1</v>
       </c>
       <c r="F54" s="26">
         <v>35</v>
       </c>
       <c r="G54" s="26">
         <v>640</v>
       </c>
       <c r="H54" s="27">
         <v>685768395751</v>
       </c>
       <c r="I54" s="28">
         <v>0.76429999999999998</v>
       </c>
-      <c r="J54" s="50">
-        <v>101.79</v>
+      <c r="J54" s="29">
+        <v>87.13</v>
       </c>
       <c r="K54" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A55" s="23" t="s">
         <v>80</v>
       </c>
       <c r="B55" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D55" s="25" t="s">
         <v>75</v>
       </c>
       <c r="E55" s="26">
         <v>1</v>
       </c>
       <c r="F55" s="26">
         <v>20</v>
       </c>
       <c r="G55" s="26">
         <v>320</v>
       </c>
       <c r="H55" s="27">
         <v>685768395768</v>
       </c>
       <c r="I55" s="28">
         <v>1.1591</v>
       </c>
-      <c r="J55" s="50">
-        <v>139.88</v>
+      <c r="J55" s="29">
+        <v>119.74</v>
       </c>
       <c r="K55" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A56" s="23" t="s">
         <v>81</v>
       </c>
       <c r="B56" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C56" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D56" s="25" t="s">
         <v>75</v>
       </c>
       <c r="E56" s="26">
         <v>1</v>
       </c>
       <c r="F56" s="26">
         <v>14</v>
       </c>
       <c r="G56" s="26">
         <v>756</v>
       </c>
       <c r="H56" s="27">
         <v>685768399186</v>
       </c>
       <c r="I56" s="28">
         <v>2.0506000000000002</v>
       </c>
-      <c r="J56" s="50">
-        <v>371.23</v>
+      <c r="J56" s="29">
+        <v>317.79000000000002</v>
       </c>
       <c r="K56" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A57" s="23" t="s">
         <v>82</v>
       </c>
       <c r="B57" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C57" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D57" s="25" t="s">
         <v>75</v>
       </c>
       <c r="E57" s="26">
         <v>1</v>
       </c>
       <c r="F57" s="26">
         <v>9</v>
       </c>
       <c r="G57" s="26">
         <v>486</v>
       </c>
       <c r="H57" s="27">
         <v>685768399193</v>
       </c>
       <c r="I57" s="28">
         <v>3.0388999999999999</v>
       </c>
-      <c r="J57" s="50">
-        <v>431.68</v>
+      <c r="J57" s="29">
+        <v>369.53</v>
       </c>
       <c r="K57" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A58" s="23" t="s">
         <v>83</v>
       </c>
       <c r="B58" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C58" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D58" s="25" t="s">
         <v>75</v>
       </c>
       <c r="E58" s="26">
         <v>1</v>
       </c>
       <c r="F58" s="26">
         <v>4</v>
       </c>
       <c r="G58" s="26">
         <v>216</v>
       </c>
       <c r="H58" s="27">
         <v>685768399209</v>
       </c>
       <c r="I58" s="28">
         <v>5.6974999999999998</v>
       </c>
-      <c r="J58" s="50">
-        <v>549.70000000000005</v>
+      <c r="J58" s="29">
+        <v>470.57</v>
       </c>
       <c r="K58" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A59" s="23" t="s">
         <v>84</v>
       </c>
       <c r="B59" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C59" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D59" s="25" t="s">
         <v>85</v>
       </c>
       <c r="E59" s="26">
         <v>5</v>
       </c>
       <c r="F59" s="26">
         <v>100</v>
       </c>
       <c r="G59" s="26">
         <v>3600</v>
       </c>
       <c r="H59" s="27">
         <v>685768394990</v>
       </c>
       <c r="I59" s="28">
         <v>0.25059999999999999</v>
       </c>
-      <c r="J59" s="50">
-        <v>36.03</v>
+      <c r="J59" s="29">
+        <v>30.84</v>
       </c>
       <c r="K59" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A60" s="23" t="s">
         <v>86</v>
       </c>
       <c r="B60" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C60" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D60" s="25" t="s">
         <v>85</v>
       </c>
       <c r="E60" s="26">
         <v>5</v>
       </c>
       <c r="F60" s="26">
         <v>60</v>
       </c>
       <c r="G60" s="26">
         <v>1800</v>
       </c>
       <c r="H60" s="27">
         <v>685768395003</v>
       </c>
       <c r="I60" s="28">
         <v>0.441</v>
       </c>
-      <c r="J60" s="50">
-        <v>74.81</v>
+      <c r="J60" s="29">
+        <v>64.040000000000006</v>
       </c>
       <c r="K60" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A61" s="23" t="s">
         <v>87</v>
       </c>
       <c r="B61" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C61" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D61" s="25" t="s">
         <v>88</v>
       </c>
       <c r="E61" s="26">
         <v>5</v>
       </c>
       <c r="F61" s="26">
         <v>200</v>
       </c>
       <c r="G61" s="26">
         <v>14400</v>
       </c>
       <c r="H61" s="27">
         <v>685768394402</v>
       </c>
       <c r="I61" s="28">
         <v>0.22819999999999999</v>
       </c>
-      <c r="J61" s="50">
-        <v>25.93</v>
+      <c r="J61" s="29">
+        <v>22.19</v>
       </c>
       <c r="K61" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A62" s="23" t="s">
         <v>89</v>
       </c>
       <c r="B62" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C62" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D62" s="25" t="s">
         <v>88</v>
       </c>
       <c r="E62" s="26">
         <v>5</v>
       </c>
       <c r="F62" s="26">
         <v>120</v>
       </c>
       <c r="G62" s="26">
         <v>8640</v>
       </c>
       <c r="H62" s="27">
         <v>685768394709</v>
       </c>
       <c r="I62" s="28">
         <v>0.36649999999999999</v>
       </c>
-      <c r="J62" s="50">
-        <v>40.78</v>
+      <c r="J62" s="29">
+        <v>34.909999999999997</v>
       </c>
       <c r="K62" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A63" s="23" t="s">
         <v>90</v>
       </c>
       <c r="B63" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C63" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D63" s="25" t="s">
         <v>88</v>
       </c>
       <c r="E63" s="26">
         <v>1</v>
       </c>
       <c r="F63" s="26">
         <v>60</v>
       </c>
       <c r="G63" s="26">
         <v>1920</v>
       </c>
       <c r="H63" s="27">
         <v>685768394419</v>
       </c>
       <c r="I63" s="28">
         <v>0.54790000000000005</v>
       </c>
-      <c r="J63" s="50">
-        <v>71.010000000000005</v>
+      <c r="J63" s="29">
+        <v>60.79</v>
       </c>
       <c r="K63" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A64" s="23" t="s">
         <v>91</v>
       </c>
       <c r="B64" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C64" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D64" s="25" t="s">
         <v>88</v>
       </c>
       <c r="E64" s="26">
         <v>1</v>
       </c>
       <c r="F64" s="26">
         <v>45</v>
       </c>
       <c r="G64" s="26">
         <v>3240</v>
       </c>
       <c r="H64" s="27">
         <v>685768394426</v>
       </c>
       <c r="I64" s="28">
         <v>0.73709999999999998</v>
       </c>
-      <c r="J64" s="50">
-        <v>112.69</v>
+      <c r="J64" s="29">
+        <v>96.47</v>
       </c>
       <c r="K64" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A65" s="23" t="s">
         <v>92</v>
       </c>
       <c r="B65" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C65" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D65" s="25" t="s">
         <v>88</v>
       </c>
       <c r="E65" s="26">
         <v>1</v>
       </c>
       <c r="F65" s="26">
         <v>25</v>
       </c>
       <c r="G65" s="26">
         <v>1800</v>
       </c>
       <c r="H65" s="27">
         <v>685768394433</v>
       </c>
       <c r="I65" s="28">
         <v>1.3353999999999999</v>
       </c>
-      <c r="J65" s="50">
-        <v>147.31</v>
+      <c r="J65" s="29">
+        <v>126.11</v>
       </c>
       <c r="K65" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A66" s="23" t="s">
         <v>93</v>
       </c>
       <c r="B66" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C66" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D66" s="25" t="s">
         <v>88</v>
       </c>
       <c r="E66" s="26">
         <v>1</v>
       </c>
       <c r="F66" s="26">
         <v>15</v>
       </c>
       <c r="G66" s="26">
         <v>1080</v>
       </c>
       <c r="H66" s="27">
         <v>685768394440</v>
       </c>
       <c r="I66" s="28">
         <v>1.9782999999999999</v>
       </c>
-      <c r="J66" s="50">
-        <v>233.84</v>
+      <c r="J66" s="29">
+        <v>200.18</v>
       </c>
       <c r="K66" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A67" s="23" t="s">
         <v>94</v>
       </c>
       <c r="B67" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C67" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D67" s="25" t="s">
         <v>95</v>
       </c>
       <c r="E67" s="26">
         <v>5</v>
       </c>
       <c r="F67" s="26">
         <v>200</v>
       </c>
       <c r="G67" s="26">
         <v>14400</v>
       </c>
       <c r="H67" s="27">
         <v>685768394457</v>
       </c>
       <c r="I67" s="28">
         <v>0.22819999999999999</v>
       </c>
-      <c r="J67" s="50">
-        <v>38.979999999999997</v>
+      <c r="J67" s="29">
+        <v>33.36</v>
       </c>
       <c r="K67" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A68" s="23" t="s">
         <v>96</v>
       </c>
       <c r="B68" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C68" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D68" s="25" t="s">
         <v>95</v>
       </c>
       <c r="E68" s="26">
         <v>5</v>
       </c>
       <c r="F68" s="26">
         <v>120</v>
       </c>
       <c r="G68" s="26">
         <v>8640</v>
       </c>
       <c r="H68" s="27">
         <v>685768394617</v>
       </c>
       <c r="I68" s="28">
         <v>0.39350000000000002</v>
       </c>
-      <c r="J68" s="50">
-        <v>62.28</v>
+      <c r="J68" s="29">
+        <v>53.31</v>
       </c>
       <c r="K68" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A69" s="23" t="s">
         <v>97</v>
       </c>
       <c r="B69" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C69" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D69" s="25" t="s">
         <v>95</v>
       </c>
       <c r="E69" s="26">
         <v>1</v>
       </c>
       <c r="F69" s="26">
         <v>65</v>
       </c>
       <c r="G69" s="26">
         <v>4680</v>
       </c>
       <c r="H69" s="27">
         <v>685768394464</v>
       </c>
       <c r="I69" s="28">
         <v>0.59699999999999998</v>
       </c>
-      <c r="J69" s="50">
-        <v>93.85</v>
+      <c r="J69" s="29">
+        <v>80.34</v>
       </c>
       <c r="K69" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A70" s="23" t="s">
         <v>98</v>
       </c>
       <c r="B70" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C70" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D70" s="25" t="s">
         <v>95</v>
       </c>
       <c r="E70" s="26">
         <v>1</v>
       </c>
       <c r="F70" s="26">
         <v>45</v>
       </c>
       <c r="G70" s="26">
         <v>3240</v>
       </c>
       <c r="H70" s="27">
         <v>685768394471</v>
       </c>
       <c r="I70" s="28">
         <v>0.81089999999999995</v>
       </c>
-      <c r="J70" s="50">
-        <v>126.54</v>
+      <c r="J70" s="29">
+        <v>108.32</v>
       </c>
       <c r="K70" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A71" s="23" t="s">
         <v>99</v>
       </c>
       <c r="B71" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C71" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D71" s="25" t="s">
         <v>95</v>
       </c>
       <c r="E71" s="26">
         <v>1</v>
       </c>
       <c r="F71" s="26">
         <v>25</v>
       </c>
       <c r="G71" s="26">
         <v>1800</v>
       </c>
       <c r="H71" s="27">
         <v>685768394488</v>
       </c>
       <c r="I71" s="28">
         <v>1.4218</v>
       </c>
-      <c r="J71" s="50">
-        <v>173.03</v>
+      <c r="J71" s="29">
+        <v>148.12</v>
       </c>
       <c r="K71" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A72" s="23" t="s">
         <v>100</v>
       </c>
       <c r="B72" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C72" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D72" s="25" t="s">
         <v>95</v>
       </c>
       <c r="E72" s="26">
         <v>1</v>
       </c>
       <c r="F72" s="26">
         <v>15</v>
       </c>
       <c r="G72" s="26">
         <v>1080</v>
       </c>
       <c r="H72" s="27">
         <v>685768394495</v>
       </c>
       <c r="I72" s="28">
         <v>2.1198000000000001</v>
       </c>
-      <c r="J72" s="50">
-        <v>244.38</v>
+      <c r="J72" s="29">
+        <v>209.2</v>
       </c>
       <c r="K72" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A73" s="23" t="s">
         <v>101</v>
       </c>
       <c r="B73" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C73" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D73" s="25" t="s">
         <v>102</v>
       </c>
       <c r="E73" s="26">
         <v>10</v>
       </c>
       <c r="F73" s="26">
         <v>550</v>
       </c>
       <c r="G73" s="26">
         <v>16000</v>
       </c>
       <c r="H73" s="27">
         <v>685768395508</v>
       </c>
       <c r="I73" s="28">
         <v>8.0600000000000005E-2</v>
       </c>
-      <c r="J73" s="50">
-        <v>6.58</v>
+      <c r="J73" s="29">
+        <v>5.63</v>
       </c>
       <c r="K73" s="30">
         <f t="shared" ref="K73:K136" si="1">ROUND($C$5*J73,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A74" s="23" t="s">
         <v>103</v>
       </c>
       <c r="B74" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C74" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D74" s="25" t="s">
         <v>102</v>
       </c>
       <c r="E74" s="26">
         <v>10</v>
       </c>
       <c r="F74" s="26">
         <v>260</v>
       </c>
       <c r="G74" s="26">
         <v>5400</v>
       </c>
       <c r="H74" s="27">
         <v>685768395515</v>
       </c>
       <c r="I74" s="28">
         <v>0.13039999999999999</v>
       </c>
-      <c r="J74" s="50">
-        <v>9.9499999999999993</v>
+      <c r="J74" s="29">
+        <v>8.52</v>
       </c>
       <c r="K74" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A75" s="23" t="s">
         <v>104</v>
       </c>
       <c r="B75" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C75" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D75" s="25" t="s">
         <v>102</v>
       </c>
       <c r="E75" s="26">
         <v>5</v>
       </c>
       <c r="F75" s="26">
         <v>170</v>
       </c>
       <c r="G75" s="26">
         <v>5400</v>
       </c>
       <c r="H75" s="27">
         <v>685768395522</v>
       </c>
       <c r="I75" s="28">
         <v>0.16439999999999999</v>
       </c>
-      <c r="J75" s="50">
-        <v>19.940000000000001</v>
+      <c r="J75" s="29">
+        <v>17.07</v>
       </c>
       <c r="K75" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A76" s="23" t="s">
         <v>105</v>
       </c>
       <c r="B76" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C76" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D76" s="25" t="s">
         <v>102</v>
       </c>
       <c r="E76" s="26">
         <v>1</v>
       </c>
       <c r="F76" s="26">
         <v>80</v>
       </c>
       <c r="G76" s="26">
         <v>1920</v>
       </c>
       <c r="H76" s="27">
         <v>685768395539</v>
       </c>
       <c r="I76" s="28">
         <v>0.21809999999999999</v>
       </c>
-      <c r="J76" s="50">
-        <v>24.71</v>
+      <c r="J76" s="29">
+        <v>21.16</v>
       </c>
       <c r="K76" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A77" s="23" t="s">
         <v>106</v>
       </c>
       <c r="B77" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C77" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D77" s="25" t="s">
         <v>102</v>
       </c>
       <c r="E77" s="26">
         <v>1</v>
       </c>
       <c r="F77" s="26">
         <v>50</v>
       </c>
       <c r="G77" s="26">
         <v>900</v>
       </c>
       <c r="H77" s="27">
         <v>685768395546</v>
       </c>
       <c r="I77" s="28">
         <v>0.46200000000000002</v>
       </c>
-      <c r="J77" s="50">
-        <v>45.05</v>
+      <c r="J77" s="29">
+        <v>38.56</v>
       </c>
       <c r="K77" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A78" s="23" t="s">
         <v>107</v>
       </c>
       <c r="B78" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C78" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D78" s="25" t="s">
         <v>102</v>
       </c>
       <c r="E78" s="26">
         <v>1</v>
       </c>
       <c r="F78" s="26">
         <v>35</v>
       </c>
       <c r="G78" s="26">
         <v>900</v>
       </c>
       <c r="H78" s="27">
         <v>685768395553</v>
       </c>
       <c r="I78" s="28">
         <v>0.60780000000000001</v>
       </c>
-      <c r="J78" s="50">
-        <v>57.48</v>
+      <c r="J78" s="29">
+        <v>49.2</v>
       </c>
       <c r="K78" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A79" s="23" t="s">
         <v>108</v>
       </c>
       <c r="B79" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C79" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D79" s="25" t="s">
         <v>102</v>
       </c>
       <c r="E79" s="26">
         <v>1</v>
       </c>
       <c r="F79" s="26">
         <v>32</v>
       </c>
       <c r="G79" s="26">
         <v>1728</v>
       </c>
       <c r="H79" s="27">
         <v>685768399322</v>
       </c>
       <c r="I79" s="28">
         <v>1.0864</v>
       </c>
-      <c r="J79" s="50">
-        <v>163.59</v>
+      <c r="J79" s="29">
+        <v>140.04</v>
       </c>
       <c r="K79" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A80" s="23" t="s">
         <v>109</v>
       </c>
       <c r="B80" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C80" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D80" s="25" t="s">
         <v>102</v>
       </c>
       <c r="E80" s="26">
         <v>1</v>
       </c>
       <c r="F80" s="26">
         <v>18</v>
       </c>
       <c r="G80" s="26">
         <v>972</v>
       </c>
       <c r="H80" s="27">
         <v>685768399339</v>
       </c>
       <c r="I80" s="28">
         <v>1.4507000000000001</v>
       </c>
-      <c r="J80" s="50">
-        <v>208.28</v>
+      <c r="J80" s="29">
+        <v>178.29</v>
       </c>
       <c r="K80" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A81" s="23" t="s">
         <v>110</v>
       </c>
       <c r="B81" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C81" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D81" s="25" t="s">
         <v>102</v>
       </c>
       <c r="E81" s="26">
         <v>1</v>
       </c>
       <c r="F81" s="26">
         <v>12</v>
       </c>
       <c r="G81" s="26">
         <v>648</v>
       </c>
       <c r="H81" s="27">
         <v>685768399346</v>
       </c>
       <c r="I81" s="28">
         <v>2.4258000000000002</v>
       </c>
-      <c r="J81" s="50">
-        <v>294.73</v>
+      <c r="J81" s="29">
+        <v>252.3</v>
       </c>
       <c r="K81" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A82" s="23" t="s">
         <v>111</v>
       </c>
       <c r="B82" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C82" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D82" s="25" t="s">
         <v>112</v>
       </c>
       <c r="E82" s="26">
         <v>10</v>
       </c>
       <c r="F82" s="26">
         <v>450</v>
       </c>
       <c r="G82" s="26">
         <v>16000</v>
       </c>
       <c r="H82" s="27">
         <v>685768395447</v>
       </c>
       <c r="I82" s="28">
         <v>8.0600000000000005E-2</v>
       </c>
-      <c r="J82" s="50">
-        <v>16.239999999999998</v>
+      <c r="J82" s="29">
+        <v>13.9</v>
       </c>
       <c r="K82" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A83" s="23" t="s">
         <v>113</v>
       </c>
       <c r="B83" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C83" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D83" s="25" t="s">
         <v>112</v>
       </c>
       <c r="E83" s="26">
         <v>10</v>
       </c>
       <c r="F83" s="26">
         <v>260</v>
       </c>
       <c r="G83" s="26">
         <v>5400</v>
       </c>
       <c r="H83" s="27">
         <v>685768395454</v>
       </c>
       <c r="I83" s="28">
         <v>0.13039999999999999</v>
       </c>
-      <c r="J83" s="50">
-        <v>21.34</v>
+      <c r="J83" s="29">
+        <v>18.27</v>
       </c>
       <c r="K83" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A84" s="23" t="s">
         <v>114</v>
       </c>
       <c r="B84" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C84" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D84" s="25" t="s">
         <v>112</v>
       </c>
       <c r="E84" s="26">
         <v>5</v>
       </c>
       <c r="F84" s="26">
         <v>170</v>
       </c>
       <c r="G84" s="26">
         <v>5400</v>
       </c>
       <c r="H84" s="27">
         <v>685768395461</v>
       </c>
       <c r="I84" s="28">
         <v>0.16439999999999999</v>
       </c>
-      <c r="J84" s="50">
-        <v>27.11</v>
+      <c r="J84" s="29">
+        <v>23.21</v>
       </c>
       <c r="K84" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A85" s="23" t="s">
         <v>115</v>
       </c>
       <c r="B85" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C85" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D85" s="25" t="s">
         <v>112</v>
       </c>
       <c r="E85" s="26">
         <v>1</v>
       </c>
       <c r="F85" s="26">
         <v>80</v>
       </c>
       <c r="G85" s="26">
         <v>1920</v>
       </c>
       <c r="H85" s="27">
         <v>685768395478</v>
       </c>
       <c r="I85" s="28">
         <v>0.21809999999999999</v>
       </c>
-      <c r="J85" s="50">
-        <v>40.5</v>
+      <c r="J85" s="29">
+        <v>34.67</v>
       </c>
       <c r="K85" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A86" s="23" t="s">
         <v>116</v>
       </c>
       <c r="B86" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C86" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D86" s="25" t="s">
         <v>112</v>
       </c>
       <c r="E86" s="26">
         <v>1</v>
       </c>
       <c r="F86" s="26">
         <v>50</v>
       </c>
       <c r="G86" s="26">
         <v>1080</v>
       </c>
       <c r="H86" s="27">
         <v>685768395485</v>
       </c>
       <c r="I86" s="28">
         <v>0.46200000000000002</v>
       </c>
-      <c r="J86" s="50">
-        <v>61.19</v>
+      <c r="J86" s="29">
+        <v>52.38</v>
       </c>
       <c r="K86" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A87" s="23" t="s">
         <v>117</v>
       </c>
       <c r="B87" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C87" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D87" s="25" t="s">
         <v>112</v>
       </c>
       <c r="E87" s="26">
         <v>1</v>
       </c>
       <c r="F87" s="26">
         <v>35</v>
       </c>
       <c r="G87" s="26">
         <v>900</v>
       </c>
       <c r="H87" s="27">
         <v>685768395492</v>
       </c>
       <c r="I87" s="28">
         <v>0.60780000000000001</v>
       </c>
-      <c r="J87" s="50">
-        <v>69.88</v>
+      <c r="J87" s="29">
+        <v>59.82</v>
       </c>
       <c r="K87" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A88" s="23" t="s">
         <v>118</v>
       </c>
       <c r="B88" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C88" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D88" s="25" t="s">
         <v>112</v>
       </c>
       <c r="E88" s="26">
         <v>1</v>
       </c>
       <c r="F88" s="26">
         <v>32</v>
       </c>
       <c r="G88" s="26">
         <v>1728</v>
       </c>
       <c r="H88" s="27">
         <v>685768401490</v>
       </c>
       <c r="I88" s="28">
         <v>1.0864</v>
       </c>
-      <c r="J88" s="50">
-        <v>165.83</v>
+      <c r="J88" s="29">
+        <v>141.94999999999999</v>
       </c>
       <c r="K88" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A89" s="23" t="s">
         <v>119</v>
       </c>
       <c r="B89" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C89" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D89" s="25" t="s">
         <v>112</v>
       </c>
       <c r="E89" s="26">
         <v>1</v>
       </c>
       <c r="F89" s="26">
         <v>18</v>
       </c>
       <c r="G89" s="26">
         <v>972</v>
       </c>
       <c r="H89" s="27">
         <v>685768401506</v>
       </c>
       <c r="I89" s="28">
         <v>1.4507000000000001</v>
       </c>
-      <c r="J89" s="50">
-        <v>214.11</v>
+      <c r="J89" s="29">
+        <v>183.29</v>
       </c>
       <c r="K89" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A90" s="23" t="s">
         <v>120</v>
       </c>
       <c r="B90" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C90" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D90" s="25" t="s">
         <v>112</v>
       </c>
       <c r="E90" s="26">
         <v>1</v>
       </c>
       <c r="F90" s="26">
         <v>12</v>
       </c>
       <c r="G90" s="26">
         <v>648</v>
       </c>
       <c r="H90" s="27">
         <v>685768401513</v>
       </c>
       <c r="I90" s="28">
         <v>2.4258000000000002</v>
       </c>
-      <c r="J90" s="50">
-        <v>294.29000000000002</v>
+      <c r="J90" s="29">
+        <v>251.92</v>
       </c>
       <c r="K90" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A91" s="23" t="s">
         <v>121</v>
       </c>
       <c r="B91" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C91" s="25" t="s">
         <v>64</v>
       </c>
       <c r="D91" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E91" s="26">
         <v>10</v>
       </c>
       <c r="F91" s="26">
         <v>300</v>
       </c>
       <c r="G91" s="26">
         <v>9600</v>
       </c>
       <c r="H91" s="27">
         <v>685768395010</v>
       </c>
       <c r="I91" s="28">
         <v>0.1237</v>
       </c>
-      <c r="J91" s="50">
-        <v>30.06</v>
+      <c r="J91" s="29">
+        <v>25.73</v>
       </c>
       <c r="K91" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A92" s="23" t="s">
         <v>123</v>
       </c>
       <c r="B92" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C92" s="25" t="s">
         <v>124</v>
       </c>
       <c r="D92" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E92" s="26">
         <v>10</v>
       </c>
       <c r="F92" s="26">
         <v>200</v>
       </c>
       <c r="G92" s="26">
         <v>14400</v>
       </c>
       <c r="H92" s="27">
         <v>685768405351</v>
       </c>
       <c r="I92" s="28">
         <v>0.15820000000000001</v>
       </c>
-      <c r="J92" s="50">
-        <v>55.43</v>
+      <c r="J92" s="29">
+        <v>47.45</v>
       </c>
       <c r="K92" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A93" s="23" t="s">
         <v>125</v>
       </c>
       <c r="B93" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C93" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D93" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E93" s="26">
         <v>10</v>
       </c>
       <c r="F93" s="26">
         <v>200</v>
       </c>
       <c r="G93" s="26">
         <v>14400</v>
       </c>
       <c r="H93" s="27">
         <v>685768395027</v>
       </c>
       <c r="I93" s="28">
         <v>0.17829999999999999</v>
       </c>
-      <c r="J93" s="50">
-        <v>35.11</v>
+      <c r="J93" s="29">
+        <v>30.06</v>
       </c>
       <c r="K93" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A94" s="23" t="s">
         <v>126</v>
       </c>
       <c r="B94" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C94" s="25" t="s">
         <v>127</v>
       </c>
       <c r="D94" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E94" s="26">
         <v>1</v>
       </c>
       <c r="F94" s="26">
         <v>100</v>
       </c>
       <c r="G94" s="26">
         <v>7200</v>
       </c>
       <c r="H94" s="27">
         <v>685768405375</v>
       </c>
       <c r="I94" s="28">
         <v>0.20530000000000001</v>
       </c>
-      <c r="J94" s="50">
-        <v>125.95</v>
+      <c r="J94" s="29">
+        <v>107.82</v>
       </c>
       <c r="K94" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A95" s="23" t="s">
         <v>128</v>
       </c>
       <c r="B95" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C95" s="25" t="s">
         <v>129</v>
       </c>
       <c r="D95" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E95" s="26">
         <v>1</v>
       </c>
       <c r="F95" s="26">
         <v>80</v>
       </c>
       <c r="G95" s="26">
         <v>5760</v>
       </c>
       <c r="H95" s="27">
         <v>685768405368</v>
       </c>
       <c r="I95" s="28">
         <v>0.24060000000000001</v>
       </c>
-      <c r="J95" s="50">
-        <v>78.790000000000006</v>
+      <c r="J95" s="29">
+        <v>67.45</v>
       </c>
       <c r="K95" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A96" s="23" t="s">
         <v>130</v>
       </c>
       <c r="B96" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C96" s="25" t="s">
         <v>131</v>
       </c>
       <c r="D96" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E96" s="26">
         <v>1</v>
       </c>
       <c r="F96" s="26">
         <v>80</v>
       </c>
       <c r="G96" s="26">
         <v>3200</v>
       </c>
       <c r="H96" s="27">
         <v>685768395034</v>
       </c>
       <c r="I96" s="28">
         <v>0.22739999999999999</v>
       </c>
-      <c r="J96" s="50">
-        <v>50.86</v>
+      <c r="J96" s="29">
+        <v>43.54</v>
       </c>
       <c r="K96" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A97" s="23" t="s">
         <v>132</v>
       </c>
       <c r="B97" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C97" s="25" t="s">
         <v>133</v>
       </c>
       <c r="D97" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E97" s="26">
         <v>1</v>
       </c>
       <c r="F97" s="26">
         <v>70</v>
       </c>
       <c r="G97" s="26">
         <v>5040</v>
       </c>
       <c r="H97" s="27">
         <v>685768405405</v>
       </c>
       <c r="I97" s="28">
         <v>0.37069999999999997</v>
       </c>
-      <c r="J97" s="50">
-        <v>167.96</v>
+      <c r="J97" s="29">
+        <v>143.78</v>
       </c>
       <c r="K97" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A98" s="23" t="s">
         <v>134</v>
       </c>
       <c r="B98" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C98" s="25" t="s">
         <v>135</v>
       </c>
       <c r="D98" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E98" s="26">
         <v>1</v>
       </c>
       <c r="F98" s="26">
         <v>70</v>
       </c>
       <c r="G98" s="26">
         <v>5040</v>
       </c>
       <c r="H98" s="27">
         <v>685768405399</v>
       </c>
       <c r="I98" s="28">
         <v>0.39090000000000003</v>
       </c>
-      <c r="J98" s="50">
-        <v>94.15</v>
+      <c r="J98" s="29">
+        <v>80.599999999999994</v>
       </c>
       <c r="K98" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A99" s="23" t="s">
         <v>136</v>
       </c>
       <c r="B99" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C99" s="25" t="s">
         <v>137</v>
       </c>
       <c r="D99" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E99" s="26">
         <v>1</v>
       </c>
       <c r="F99" s="26">
         <v>70</v>
       </c>
       <c r="G99" s="26">
         <v>5040</v>
       </c>
       <c r="H99" s="27">
         <v>685768395041</v>
       </c>
       <c r="I99" s="28">
         <v>0.37909999999999999</v>
       </c>
-      <c r="J99" s="50">
-        <v>84.53</v>
+      <c r="J99" s="29">
+        <v>72.36</v>
       </c>
       <c r="K99" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A100" s="23" t="s">
         <v>138</v>
       </c>
       <c r="B100" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C100" s="25" t="s">
         <v>139</v>
       </c>
       <c r="D100" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E100" s="26">
         <v>1</v>
       </c>
       <c r="F100" s="26">
         <v>60</v>
       </c>
       <c r="G100" s="26">
         <v>4320</v>
       </c>
       <c r="H100" s="27">
         <v>685768405382</v>
       </c>
       <c r="I100" s="28">
         <v>0.38840000000000002</v>
       </c>
-      <c r="J100" s="50">
-        <v>74.84</v>
+      <c r="J100" s="29">
+        <v>64.06</v>
       </c>
       <c r="K100" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A101" s="23" t="s">
         <v>140</v>
       </c>
       <c r="B101" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C101" s="25" t="s">
         <v>141</v>
       </c>
       <c r="D101" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E101" s="26">
         <v>1</v>
       </c>
       <c r="F101" s="26">
         <v>50</v>
       </c>
       <c r="G101" s="26">
         <v>3600</v>
       </c>
       <c r="H101" s="27">
         <v>685768405429</v>
       </c>
       <c r="I101" s="28">
         <v>0.54859999999999998</v>
       </c>
-      <c r="J101" s="50">
-        <v>227.95</v>
+      <c r="J101" s="29">
+        <v>195.14</v>
       </c>
       <c r="K101" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A102" s="23" t="s">
         <v>142</v>
       </c>
       <c r="B102" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C102" s="25" t="s">
         <v>143</v>
       </c>
       <c r="D102" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E102" s="26">
         <v>1</v>
       </c>
       <c r="F102" s="26">
         <v>50</v>
       </c>
       <c r="G102" s="26">
         <v>3600</v>
       </c>
       <c r="H102" s="27">
         <v>685768405412</v>
       </c>
       <c r="I102" s="28">
         <v>0.54510000000000003</v>
       </c>
-      <c r="J102" s="50">
-        <v>89.54</v>
+      <c r="J102" s="29">
+        <v>76.650000000000006</v>
       </c>
       <c r="K102" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A103" s="23" t="s">
         <v>144</v>
       </c>
       <c r="B103" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C103" s="25" t="s">
         <v>145</v>
       </c>
       <c r="D103" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E103" s="26">
         <v>1</v>
       </c>
       <c r="F103" s="26">
         <v>50</v>
       </c>
       <c r="G103" s="26">
         <v>900</v>
       </c>
       <c r="H103" s="27">
         <v>685768395072</v>
       </c>
       <c r="I103" s="28">
         <v>0.46600000000000003</v>
       </c>
-      <c r="J103" s="50">
-        <v>130.35</v>
+      <c r="J103" s="29">
+        <v>111.59</v>
       </c>
       <c r="K103" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A104" s="23" t="s">
         <v>146</v>
       </c>
       <c r="B104" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C104" s="25" t="s">
         <v>147</v>
       </c>
       <c r="D104" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E104" s="26">
         <v>1</v>
       </c>
       <c r="F104" s="26">
         <v>40</v>
       </c>
       <c r="G104" s="26">
         <v>900</v>
       </c>
       <c r="H104" s="27">
         <v>685768395065</v>
       </c>
       <c r="I104" s="28">
         <v>0.54569999999999996</v>
       </c>
-      <c r="J104" s="50">
-        <v>108.48</v>
+      <c r="J104" s="29">
+        <v>92.86</v>
       </c>
       <c r="K104" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A105" s="23" t="s">
         <v>148</v>
       </c>
       <c r="B105" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C105" s="25" t="s">
         <v>149</v>
       </c>
       <c r="D105" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E105" s="26">
         <v>1</v>
       </c>
       <c r="F105" s="26">
         <v>40</v>
       </c>
       <c r="G105" s="26">
         <v>900</v>
       </c>
       <c r="H105" s="27">
         <v>685768395058</v>
       </c>
       <c r="I105" s="28">
         <v>0.63700000000000001</v>
       </c>
-      <c r="J105" s="50">
-        <v>84.25</v>
+      <c r="J105" s="29">
+        <v>72.12</v>
       </c>
       <c r="K105" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A106" s="23" t="s">
         <v>150</v>
       </c>
       <c r="B106" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C106" s="25" t="s">
         <v>151</v>
       </c>
       <c r="D106" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E106" s="26">
         <v>1</v>
       </c>
       <c r="F106" s="26">
         <v>40</v>
       </c>
       <c r="G106" s="26">
         <v>2160</v>
       </c>
       <c r="H106" s="27">
         <v>685768401810</v>
       </c>
       <c r="I106" s="28">
         <v>0.99070000000000003</v>
       </c>
-      <c r="J106" s="50">
-        <v>332.85</v>
+      <c r="J106" s="29">
+        <v>284.93</v>
       </c>
       <c r="K106" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A107" s="23" t="s">
         <v>152</v>
       </c>
       <c r="B107" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C107" s="25" t="s">
         <v>153</v>
       </c>
       <c r="D107" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E107" s="26">
         <v>1</v>
       </c>
       <c r="F107" s="26">
         <v>40</v>
       </c>
       <c r="G107" s="26">
         <v>2160</v>
       </c>
       <c r="H107" s="27">
         <v>685768401452</v>
       </c>
       <c r="I107" s="28">
         <v>0.99619999999999997</v>
       </c>
-      <c r="J107" s="50">
-        <v>346.08</v>
+      <c r="J107" s="29">
+        <v>296.26</v>
       </c>
       <c r="K107" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A108" s="23" t="s">
         <v>154</v>
       </c>
       <c r="B108" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C108" s="25" t="s">
         <v>155</v>
       </c>
       <c r="D108" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E108" s="26">
         <v>1</v>
       </c>
       <c r="F108" s="26">
         <v>40</v>
       </c>
       <c r="G108" s="26">
         <v>2160</v>
       </c>
       <c r="H108" s="27">
         <v>685768401445</v>
       </c>
       <c r="I108" s="28">
         <v>1.0871</v>
       </c>
-      <c r="J108" s="50">
-        <v>349.7</v>
+      <c r="J108" s="29">
+        <v>299.36</v>
       </c>
       <c r="K108" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A109" s="23" t="s">
         <v>156</v>
       </c>
       <c r="B109" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C109" s="25" t="s">
         <v>157</v>
       </c>
       <c r="D109" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E109" s="26">
         <v>1</v>
       </c>
       <c r="F109" s="26">
         <v>30</v>
       </c>
       <c r="G109" s="26">
         <v>1620</v>
       </c>
       <c r="H109" s="27">
         <v>685768401438</v>
       </c>
       <c r="I109" s="28">
         <v>1.1557999999999999</v>
       </c>
-      <c r="J109" s="50">
-        <v>333.09</v>
+      <c r="J109" s="29">
+        <v>285.14</v>
       </c>
       <c r="K109" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A110" s="23" t="s">
         <v>158</v>
       </c>
       <c r="B110" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C110" s="25" t="s">
         <v>159</v>
       </c>
       <c r="D110" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E110" s="26">
         <v>1</v>
       </c>
       <c r="F110" s="26">
         <v>24</v>
       </c>
       <c r="G110" s="26">
         <v>1296</v>
       </c>
       <c r="H110" s="27">
         <v>685768401483</v>
       </c>
       <c r="I110" s="28">
         <v>1.5707</v>
       </c>
-      <c r="J110" s="50">
-        <v>386.94</v>
+      <c r="J110" s="29">
+        <v>331.24</v>
       </c>
       <c r="K110" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A111" s="23" t="s">
         <v>160</v>
       </c>
       <c r="B111" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C111" s="25" t="s">
         <v>161</v>
       </c>
       <c r="D111" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E111" s="26">
         <v>1</v>
       </c>
       <c r="F111" s="26">
         <v>24</v>
       </c>
       <c r="G111" s="26">
         <v>1296</v>
       </c>
       <c r="H111" s="27">
         <v>685768401476</v>
       </c>
       <c r="I111" s="28">
         <v>1.5790999999999999</v>
       </c>
-      <c r="J111" s="50">
-        <v>387.91</v>
+      <c r="J111" s="29">
+        <v>332.07</v>
       </c>
       <c r="K111" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A112" s="23" t="s">
         <v>162</v>
       </c>
       <c r="B112" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C112" s="25" t="s">
         <v>163</v>
       </c>
       <c r="D112" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E112" s="26">
         <v>1</v>
       </c>
       <c r="F112" s="26">
         <v>24</v>
       </c>
       <c r="G112" s="26">
         <v>1296</v>
       </c>
       <c r="H112" s="27">
         <v>685768401469</v>
       </c>
       <c r="I112" s="28">
         <v>1.7338</v>
       </c>
-      <c r="J112" s="50">
-        <v>454.79</v>
+      <c r="J112" s="29">
+        <v>389.32</v>
       </c>
       <c r="K112" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A113" s="23" t="s">
         <v>164</v>
       </c>
       <c r="B113" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C113" s="25" t="s">
         <v>165</v>
       </c>
       <c r="D113" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E113" s="26">
         <v>1</v>
       </c>
       <c r="F113" s="26">
         <v>10</v>
       </c>
       <c r="G113" s="26">
         <v>540</v>
       </c>
       <c r="H113" s="27">
         <v>685768401544</v>
       </c>
       <c r="I113" s="28">
         <v>2.4695</v>
       </c>
-      <c r="J113" s="50">
-        <v>482.44</v>
+      <c r="J113" s="29">
+        <v>412.99</v>
       </c>
       <c r="K113" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A114" s="23" t="s">
         <v>166</v>
       </c>
       <c r="B114" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C114" s="25" t="s">
         <v>167</v>
       </c>
       <c r="D114" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E114" s="26">
         <v>1</v>
       </c>
       <c r="F114" s="26">
         <v>10</v>
       </c>
       <c r="G114" s="26">
         <v>540</v>
       </c>
       <c r="H114" s="27">
         <v>685768401537</v>
       </c>
       <c r="I114" s="28">
         <v>2.6680999999999999</v>
       </c>
-      <c r="J114" s="50">
-        <v>532.61</v>
+      <c r="J114" s="29">
+        <v>455.94</v>
       </c>
       <c r="K114" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A115" s="23" t="s">
         <v>168</v>
       </c>
       <c r="B115" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C115" s="25" t="s">
         <v>169</v>
       </c>
       <c r="D115" s="25" t="s">
         <v>122</v>
       </c>
       <c r="E115" s="26">
         <v>1</v>
       </c>
       <c r="F115" s="26">
         <v>10</v>
       </c>
       <c r="G115" s="26">
         <v>540</v>
       </c>
       <c r="H115" s="27">
         <v>685768401520</v>
       </c>
       <c r="I115" s="28">
         <v>2.7923</v>
       </c>
-      <c r="J115" s="50">
-        <v>586.38</v>
+      <c r="J115" s="29">
+        <v>501.96</v>
       </c>
       <c r="K115" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A116" s="23" t="s">
         <v>170</v>
       </c>
       <c r="B116" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C116" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D116" s="25" t="s">
         <v>171</v>
       </c>
       <c r="E116" s="26">
         <v>5</v>
       </c>
       <c r="F116" s="26">
         <v>250</v>
       </c>
       <c r="G116" s="26">
         <v>18000</v>
       </c>
       <c r="H116" s="27">
         <v>685768405696</v>
       </c>
       <c r="I116" s="28">
         <v>0.13150000000000001</v>
       </c>
-      <c r="J116" s="50">
-        <v>49.86</v>
+      <c r="J116" s="29">
+        <v>42.68</v>
       </c>
       <c r="K116" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A117" s="23" t="s">
         <v>172</v>
       </c>
       <c r="B117" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C117" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D117" s="25" t="s">
         <v>171</v>
       </c>
       <c r="E117" s="26">
         <v>5</v>
       </c>
       <c r="F117" s="26">
         <v>150</v>
       </c>
       <c r="G117" s="26">
         <v>10800</v>
       </c>
       <c r="H117" s="27">
         <v>685768405702</v>
       </c>
       <c r="I117" s="28">
         <v>0.20330000000000001</v>
       </c>
-      <c r="J117" s="50">
-        <v>54.95</v>
+      <c r="J117" s="29">
+        <v>47.04</v>
       </c>
       <c r="K117" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A118" s="23" t="s">
         <v>173</v>
       </c>
       <c r="B118" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C118" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D118" s="25" t="s">
         <v>171</v>
       </c>
       <c r="E118" s="26">
         <v>5</v>
       </c>
       <c r="F118" s="26">
         <v>100</v>
       </c>
       <c r="G118" s="26">
         <v>7200</v>
       </c>
       <c r="H118" s="27">
         <v>685768405719</v>
       </c>
       <c r="I118" s="28">
         <v>0.2994</v>
       </c>
-      <c r="J118" s="50">
-        <v>69.41</v>
+      <c r="J118" s="29">
+        <v>59.42</v>
       </c>
       <c r="K118" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A119" s="23" t="s">
         <v>174</v>
       </c>
       <c r="B119" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C119" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D119" s="25" t="s">
         <v>171</v>
       </c>
       <c r="E119" s="26">
         <v>1</v>
       </c>
       <c r="F119" s="26">
         <v>60</v>
       </c>
       <c r="G119" s="26">
         <v>4320</v>
       </c>
       <c r="H119" s="27">
         <v>685768405726</v>
       </c>
       <c r="I119" s="28">
         <v>0.38400000000000001</v>
       </c>
-      <c r="J119" s="50">
-        <v>86.3</v>
+      <c r="J119" s="29">
+        <v>73.88</v>
       </c>
       <c r="K119" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A120" s="23" t="s">
         <v>175</v>
       </c>
       <c r="B120" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C120" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D120" s="25" t="s">
         <v>171</v>
       </c>
       <c r="E120" s="26">
         <v>1</v>
       </c>
       <c r="F120" s="26">
         <v>40</v>
       </c>
       <c r="G120" s="26">
         <v>2880</v>
       </c>
       <c r="H120" s="27">
         <v>685768405733</v>
       </c>
       <c r="I120" s="28">
         <v>0.69930000000000003</v>
       </c>
-      <c r="J120" s="50">
-        <v>124.96</v>
+      <c r="J120" s="29">
+        <v>106.97</v>
       </c>
       <c r="K120" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A121" s="23" t="s">
         <v>176</v>
       </c>
       <c r="B121" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C121" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D121" s="25" t="s">
         <v>171</v>
       </c>
       <c r="E121" s="26">
         <v>1</v>
       </c>
       <c r="F121" s="26">
         <v>27</v>
       </c>
       <c r="G121" s="26">
         <v>1944</v>
       </c>
       <c r="H121" s="27">
         <v>685768405740</v>
       </c>
       <c r="I121" s="28">
         <v>0.9456</v>
       </c>
-      <c r="J121" s="50">
-        <v>152.96</v>
+      <c r="J121" s="29">
+        <v>130.94</v>
       </c>
       <c r="K121" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A122" s="23" t="s">
         <v>177</v>
       </c>
       <c r="B122" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C122" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D122" s="25" t="s">
         <v>178</v>
       </c>
       <c r="E122" s="26">
         <v>10</v>
       </c>
       <c r="F122" s="26">
         <v>200</v>
       </c>
       <c r="G122" s="26">
         <v>14400</v>
       </c>
       <c r="H122" s="27">
         <v>685768394976</v>
       </c>
       <c r="I122" s="28">
         <v>0.21010000000000001</v>
       </c>
-      <c r="J122" s="50">
-        <v>49.6</v>
+      <c r="J122" s="29">
+        <v>42.46</v>
       </c>
       <c r="K122" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A123" s="23" t="s">
         <v>179</v>
       </c>
       <c r="B123" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C123" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D123" s="25" t="s">
         <v>180</v>
       </c>
       <c r="E123" s="26">
         <v>10</v>
       </c>
       <c r="F123" s="26">
         <v>100</v>
       </c>
       <c r="G123" s="26">
         <v>7200</v>
       </c>
       <c r="H123" s="27">
         <v>685768394983</v>
       </c>
       <c r="I123" s="28">
         <v>0.39439999999999997</v>
       </c>
-      <c r="J123" s="50">
-        <v>61.65</v>
+      <c r="J123" s="29">
+        <v>52.78</v>
       </c>
       <c r="K123" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A124" s="23" t="s">
         <v>181</v>
       </c>
       <c r="B124" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C124" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D124" s="25" t="s">
         <v>182</v>
       </c>
       <c r="E124" s="26">
         <v>10</v>
       </c>
       <c r="F124" s="26">
         <v>250</v>
       </c>
       <c r="G124" s="26">
         <v>18000</v>
       </c>
       <c r="H124" s="27">
         <v>685768406150</v>
       </c>
       <c r="I124" s="28">
         <v>0.15329999999999999</v>
       </c>
-      <c r="J124" s="50">
-        <v>55.18</v>
+      <c r="J124" s="29">
+        <v>47.23</v>
       </c>
       <c r="K124" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A125" s="23" t="s">
         <v>183</v>
       </c>
       <c r="B125" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C125" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D125" s="25" t="s">
         <v>182</v>
       </c>
       <c r="E125" s="26">
         <v>10</v>
       </c>
       <c r="F125" s="26">
         <v>100</v>
       </c>
       <c r="G125" s="26">
         <v>7200</v>
       </c>
       <c r="H125" s="27">
         <v>685768406167</v>
       </c>
       <c r="I125" s="28">
         <v>0.308</v>
       </c>
-      <c r="J125" s="50">
-        <v>68.14</v>
+      <c r="J125" s="29">
+        <v>58.33</v>
       </c>
       <c r="K125" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A126" s="23" t="s">
         <v>184</v>
       </c>
       <c r="B126" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C126" s="25" t="s">
         <v>64</v>
       </c>
       <c r="D126" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E126" s="26">
         <v>10</v>
       </c>
       <c r="F126" s="26">
         <v>400</v>
       </c>
       <c r="G126" s="26">
         <v>9600</v>
       </c>
       <c r="H126" s="27">
         <v>685768394624</v>
       </c>
       <c r="I126" s="28">
         <v>0.1076</v>
       </c>
-      <c r="J126" s="50">
-        <v>7.74</v>
+      <c r="J126" s="29">
+        <v>6.62</v>
       </c>
       <c r="K126" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A127" s="23" t="s">
         <v>186</v>
       </c>
       <c r="B127" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C127" s="25" t="s">
         <v>124</v>
       </c>
       <c r="D127" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E127" s="26">
         <v>10</v>
       </c>
       <c r="F127" s="26">
         <v>300</v>
       </c>
       <c r="G127" s="26">
         <v>6400</v>
       </c>
       <c r="H127" s="27">
         <v>685768394648</v>
       </c>
       <c r="I127" s="28">
         <v>0.13370000000000001</v>
       </c>
-      <c r="J127" s="50">
-        <v>19.98</v>
+      <c r="J127" s="29">
+        <v>17.100000000000001</v>
       </c>
       <c r="K127" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A128" s="23" t="s">
         <v>187</v>
       </c>
       <c r="B128" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C128" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D128" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E128" s="26">
         <v>10</v>
       </c>
       <c r="F128" s="26">
         <v>240</v>
       </c>
       <c r="G128" s="26">
         <v>5400</v>
       </c>
       <c r="H128" s="27">
         <v>685768394631</v>
       </c>
       <c r="I128" s="28">
         <v>0.15049999999999999</v>
       </c>
-      <c r="J128" s="50">
-        <v>20.36</v>
+      <c r="J128" s="29">
+        <v>17.43</v>
       </c>
       <c r="K128" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A129" s="23" t="s">
         <v>188</v>
       </c>
       <c r="B129" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C129" s="25" t="s">
         <v>127</v>
       </c>
       <c r="D129" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E129" s="26">
         <v>5</v>
       </c>
       <c r="F129" s="26">
         <v>180</v>
       </c>
       <c r="G129" s="26">
         <v>12960</v>
       </c>
       <c r="H129" s="27">
         <v>685768401841</v>
       </c>
       <c r="I129" s="28">
         <v>0.16750000000000001</v>
       </c>
-      <c r="J129" s="50">
-        <v>22.79</v>
+      <c r="J129" s="29">
+        <v>19.510000000000002</v>
       </c>
       <c r="K129" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A130" s="23" t="s">
         <v>189</v>
       </c>
       <c r="B130" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C130" s="25" t="s">
         <v>129</v>
       </c>
       <c r="D130" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E130" s="26">
         <v>5</v>
       </c>
       <c r="F130" s="26">
         <v>170</v>
       </c>
       <c r="G130" s="26">
         <v>12240</v>
       </c>
       <c r="H130" s="27">
         <v>685768401834</v>
       </c>
       <c r="I130" s="28">
         <v>0.1966</v>
       </c>
-      <c r="J130" s="50">
-        <v>23.61</v>
+      <c r="J130" s="29">
+        <v>20.21</v>
       </c>
       <c r="K130" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A131" s="23" t="s">
         <v>190</v>
       </c>
       <c r="B131" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C131" s="25" t="s">
         <v>131</v>
       </c>
       <c r="D131" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E131" s="26">
         <v>5</v>
       </c>
       <c r="F131" s="26">
         <v>150</v>
       </c>
       <c r="G131" s="26">
         <v>1800</v>
       </c>
       <c r="H131" s="27">
         <v>685768394655</v>
       </c>
       <c r="I131" s="28">
         <v>0.18559999999999999</v>
       </c>
-      <c r="J131" s="50">
-        <v>26.59</v>
+      <c r="J131" s="29">
+        <v>22.76</v>
       </c>
       <c r="K131" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A132" s="23" t="s">
         <v>191</v>
       </c>
       <c r="B132" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C132" s="25" t="s">
         <v>133</v>
       </c>
       <c r="D132" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E132" s="26">
         <v>5</v>
       </c>
       <c r="F132" s="26">
         <v>130</v>
       </c>
       <c r="G132" s="26">
         <v>9360</v>
       </c>
       <c r="H132" s="27">
         <v>685768401865</v>
       </c>
       <c r="I132" s="28">
         <v>0.26869999999999999</v>
       </c>
-      <c r="J132" s="50">
-        <v>65.36</v>
+      <c r="J132" s="29">
+        <v>55.95</v>
       </c>
       <c r="K132" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A133" s="23" t="s">
         <v>192</v>
       </c>
       <c r="B133" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C133" s="25" t="s">
         <v>135</v>
       </c>
       <c r="D133" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E133" s="26">
         <v>1</v>
       </c>
       <c r="F133" s="26">
         <v>70</v>
       </c>
       <c r="G133" s="26">
         <v>5040</v>
       </c>
       <c r="H133" s="27">
         <v>685768401858</v>
       </c>
       <c r="I133" s="28">
         <v>0.2757</v>
       </c>
-      <c r="J133" s="50">
-        <v>39.479999999999997</v>
+      <c r="J133" s="29">
+        <v>33.79</v>
       </c>
       <c r="K133" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A134" s="23" t="s">
         <v>193</v>
       </c>
       <c r="B134" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C134" s="25" t="s">
         <v>137</v>
       </c>
       <c r="D134" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E134" s="26">
         <v>1</v>
       </c>
       <c r="F134" s="26">
         <v>70</v>
       </c>
       <c r="G134" s="26">
         <v>1800</v>
       </c>
       <c r="H134" s="27">
         <v>685768394679</v>
       </c>
       <c r="I134" s="28">
         <v>0.29609999999999997</v>
       </c>
-      <c r="J134" s="50">
-        <v>38.99</v>
+      <c r="J134" s="29">
+        <v>33.380000000000003</v>
       </c>
       <c r="K134" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A135" s="23" t="s">
         <v>194</v>
       </c>
       <c r="B135" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C135" s="25" t="s">
         <v>139</v>
       </c>
       <c r="D135" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E135" s="26">
         <v>1</v>
       </c>
       <c r="F135" s="26">
         <v>70</v>
       </c>
       <c r="G135" s="26">
         <v>1800</v>
       </c>
       <c r="H135" s="27">
         <v>685768394662</v>
       </c>
       <c r="I135" s="28">
         <v>0.29210000000000003</v>
       </c>
-      <c r="J135" s="50">
-        <v>39.24</v>
+      <c r="J135" s="29">
+        <v>33.590000000000003</v>
       </c>
       <c r="K135" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A136" s="23" t="s">
         <v>195</v>
       </c>
       <c r="B136" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C136" s="25" t="s">
         <v>141</v>
       </c>
       <c r="D136" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E136" s="26">
         <v>1</v>
       </c>
       <c r="F136" s="26">
         <v>50</v>
       </c>
       <c r="G136" s="26">
         <v>3600</v>
       </c>
       <c r="H136" s="27">
         <v>685768401889</v>
       </c>
       <c r="I136" s="28">
         <v>0.45379999999999998</v>
       </c>
-      <c r="J136" s="50">
-        <v>83.28</v>
+      <c r="J136" s="29">
+        <v>71.290000000000006</v>
       </c>
       <c r="K136" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A137" s="23" t="s">
         <v>196</v>
       </c>
       <c r="B137" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C137" s="25" t="s">
         <v>143</v>
       </c>
       <c r="D137" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E137" s="26">
         <v>1</v>
       </c>
       <c r="F137" s="26">
         <v>50</v>
       </c>
       <c r="G137" s="26">
         <v>3600</v>
       </c>
       <c r="H137" s="27">
         <v>685768401872</v>
       </c>
       <c r="I137" s="28">
         <v>0.45800000000000002</v>
       </c>
-      <c r="J137" s="50">
-        <v>82.59</v>
+      <c r="J137" s="29">
+        <v>70.7</v>
       </c>
       <c r="K137" s="30">
         <f t="shared" ref="K137:K200" si="2">ROUND($C$5*J137,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A138" s="23" t="s">
         <v>197</v>
       </c>
       <c r="B138" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C138" s="25" t="s">
         <v>145</v>
       </c>
       <c r="D138" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E138" s="26">
         <v>1</v>
       </c>
       <c r="F138" s="26">
         <v>50</v>
       </c>
       <c r="G138" s="26">
         <v>1600</v>
       </c>
       <c r="H138" s="27">
         <v>685768394693</v>
       </c>
       <c r="I138" s="28">
         <v>0.4587</v>
       </c>
-      <c r="J138" s="50">
-        <v>44.21</v>
+      <c r="J138" s="29">
+        <v>37.85</v>
       </c>
       <c r="K138" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A139" s="23" t="s">
         <v>198</v>
       </c>
       <c r="B139" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C139" s="25" t="s">
         <v>147</v>
       </c>
       <c r="D139" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E139" s="26">
         <v>1</v>
       </c>
       <c r="F139" s="26">
         <v>50</v>
       </c>
       <c r="G139" s="26">
         <v>3600</v>
       </c>
       <c r="H139" s="27">
         <v>685768405528</v>
       </c>
       <c r="I139" s="28">
         <v>0.4602</v>
       </c>
-      <c r="J139" s="50">
-        <v>54.09</v>
+      <c r="J139" s="29">
+        <v>46.3</v>
       </c>
       <c r="K139" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A140" s="23" t="s">
         <v>199</v>
       </c>
       <c r="B140" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C140" s="25" t="s">
         <v>149</v>
       </c>
       <c r="D140" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E140" s="26">
         <v>1</v>
       </c>
       <c r="F140" s="26">
         <v>40</v>
       </c>
       <c r="G140" s="26">
         <v>900</v>
       </c>
       <c r="H140" s="27">
         <v>685768394686</v>
       </c>
       <c r="I140" s="28">
         <v>0.54600000000000004</v>
       </c>
-      <c r="J140" s="50">
-        <v>52.6</v>
+      <c r="J140" s="29">
+        <v>45.03</v>
       </c>
       <c r="K140" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A141" s="23" t="s">
         <v>200</v>
       </c>
       <c r="B141" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C141" s="25" t="s">
         <v>151</v>
       </c>
       <c r="D141" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E141" s="26">
         <v>1</v>
       </c>
       <c r="F141" s="26">
         <v>40</v>
       </c>
       <c r="G141" s="26">
         <v>2160</v>
       </c>
       <c r="H141" s="27">
         <v>685768405542</v>
       </c>
       <c r="I141" s="28">
         <v>0.79649999999999999</v>
       </c>
-      <c r="J141" s="50">
-        <v>172.89</v>
+      <c r="J141" s="29">
+        <v>148</v>
       </c>
       <c r="K141" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A142" s="23" t="s">
         <v>201</v>
       </c>
       <c r="B142" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C142" s="25" t="s">
         <v>153</v>
       </c>
       <c r="D142" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E142" s="26">
         <v>1</v>
       </c>
       <c r="F142" s="26">
         <v>40</v>
       </c>
       <c r="G142" s="26">
         <v>2160</v>
       </c>
       <c r="H142" s="27">
         <v>685768405535</v>
       </c>
       <c r="I142" s="28">
         <v>0.79830000000000001</v>
       </c>
-      <c r="J142" s="50">
-        <v>242.9</v>
+      <c r="J142" s="29">
+        <v>207.93</v>
       </c>
       <c r="K142" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A143" s="23" t="s">
         <v>202</v>
       </c>
       <c r="B143" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C143" s="25" t="s">
         <v>155</v>
       </c>
       <c r="D143" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E143" s="26">
         <v>1</v>
       </c>
       <c r="F143" s="26">
         <v>40</v>
       </c>
       <c r="G143" s="26">
         <v>2160</v>
       </c>
       <c r="H143" s="27">
         <v>685768398943</v>
       </c>
       <c r="I143" s="28">
         <v>0.87690000000000001</v>
       </c>
-      <c r="J143" s="50">
-        <v>244.35</v>
+      <c r="J143" s="29">
+        <v>209.17</v>
       </c>
       <c r="K143" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A144" s="23" t="s">
         <v>203</v>
       </c>
       <c r="B144" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C144" s="25" t="s">
         <v>157</v>
       </c>
       <c r="D144" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E144" s="26">
         <v>1</v>
       </c>
       <c r="F144" s="26">
         <v>35</v>
       </c>
       <c r="G144" s="26">
         <v>1890</v>
       </c>
       <c r="H144" s="27">
         <v>685768398936</v>
       </c>
       <c r="I144" s="28">
         <v>0.90459999999999996</v>
       </c>
-      <c r="J144" s="50">
-        <v>210.1</v>
+      <c r="J144" s="29">
+        <v>179.86</v>
       </c>
       <c r="K144" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A145" s="23" t="s">
         <v>204</v>
       </c>
       <c r="B145" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C145" s="25" t="s">
         <v>205</v>
       </c>
       <c r="D145" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E145" s="26">
         <v>1</v>
       </c>
       <c r="F145" s="26">
         <v>25</v>
       </c>
       <c r="G145" s="26">
         <v>1350</v>
       </c>
       <c r="H145" s="27">
         <v>685768405559</v>
       </c>
       <c r="I145" s="28">
         <v>1.1069</v>
       </c>
-      <c r="J145" s="50">
-        <v>281.25</v>
+      <c r="J145" s="29">
+        <v>240.76</v>
       </c>
       <c r="K145" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A146" s="23" t="s">
         <v>206</v>
       </c>
       <c r="B146" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C146" s="25" t="s">
         <v>159</v>
       </c>
       <c r="D146" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E146" s="26">
         <v>1</v>
       </c>
       <c r="F146" s="26">
         <v>24</v>
       </c>
       <c r="G146" s="26">
         <v>1296</v>
       </c>
       <c r="H146" s="27">
         <v>685768398974</v>
       </c>
       <c r="I146" s="28">
         <v>1.2088000000000001</v>
       </c>
-      <c r="J146" s="50">
-        <v>267.29000000000002</v>
+      <c r="J146" s="29">
+        <v>228.81</v>
       </c>
       <c r="K146" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A147" s="23" t="s">
         <v>207</v>
       </c>
       <c r="B147" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C147" s="25" t="s">
         <v>161</v>
       </c>
       <c r="D147" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E147" s="26">
         <v>1</v>
       </c>
       <c r="F147" s="26">
         <v>24</v>
       </c>
       <c r="G147" s="26">
         <v>1296</v>
       </c>
       <c r="H147" s="27">
         <v>685768398967</v>
       </c>
       <c r="I147" s="28">
         <v>1.2095</v>
       </c>
-      <c r="J147" s="50">
-        <v>260.14</v>
+      <c r="J147" s="29">
+        <v>222.69</v>
       </c>
       <c r="K147" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A148" s="23" t="s">
         <v>208</v>
       </c>
       <c r="B148" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C148" s="25" t="s">
         <v>163</v>
       </c>
       <c r="D148" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E148" s="26">
         <v>1</v>
       </c>
       <c r="F148" s="26">
         <v>24</v>
       </c>
       <c r="G148" s="26">
         <v>1296</v>
       </c>
       <c r="H148" s="27">
         <v>685768398950</v>
       </c>
       <c r="I148" s="28">
         <v>1.3835999999999999</v>
       </c>
-      <c r="J148" s="50">
-        <v>267.95999999999998</v>
+      <c r="J148" s="29">
+        <v>229.39</v>
       </c>
       <c r="K148" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A149" s="23" t="s">
         <v>209</v>
       </c>
       <c r="B149" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C149" s="25" t="s">
         <v>165</v>
       </c>
       <c r="D149" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E149" s="26">
         <v>1</v>
       </c>
       <c r="F149" s="26">
         <v>12</v>
       </c>
       <c r="G149" s="26">
         <v>648</v>
       </c>
       <c r="H149" s="27">
         <v>685768399001</v>
       </c>
       <c r="I149" s="28">
         <v>2.3325</v>
       </c>
-      <c r="J149" s="50">
-        <v>299.38</v>
+      <c r="J149" s="29">
+        <v>256.27999999999997</v>
       </c>
       <c r="K149" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A150" s="23" t="s">
         <v>210</v>
       </c>
       <c r="B150" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C150" s="25" t="s">
         <v>167</v>
       </c>
       <c r="D150" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E150" s="26">
         <v>1</v>
       </c>
       <c r="F150" s="26">
         <v>10</v>
       </c>
       <c r="G150" s="26">
         <v>540</v>
       </c>
       <c r="H150" s="27">
         <v>685768398998</v>
       </c>
       <c r="I150" s="28">
         <v>2.4409999999999998</v>
       </c>
-      <c r="J150" s="50">
-        <v>327.08999999999997</v>
+      <c r="J150" s="29">
+        <v>280</v>
       </c>
       <c r="K150" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A151" s="23" t="s">
         <v>211</v>
       </c>
       <c r="B151" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C151" s="25" t="s">
         <v>169</v>
       </c>
       <c r="D151" s="25" t="s">
         <v>185</v>
       </c>
       <c r="E151" s="26">
         <v>1</v>
       </c>
       <c r="F151" s="26">
         <v>10</v>
       </c>
       <c r="G151" s="26">
         <v>540</v>
       </c>
       <c r="H151" s="27">
         <v>685768398981</v>
       </c>
       <c r="I151" s="28">
         <v>2.5154999999999998</v>
       </c>
-      <c r="J151" s="50">
-        <v>345.68</v>
+      <c r="J151" s="29">
+        <v>295.91000000000003</v>
       </c>
       <c r="K151" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A152" s="23" t="s">
         <v>212</v>
       </c>
       <c r="B152" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C152" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D152" s="25" t="s">
         <v>213</v>
       </c>
       <c r="E152" s="26">
         <v>10</v>
       </c>
       <c r="F152" s="26">
         <v>300</v>
       </c>
       <c r="G152" s="26">
         <v>8320</v>
       </c>
       <c r="H152" s="27">
         <v>685768394549</v>
       </c>
       <c r="I152" s="28">
         <v>0.1012</v>
       </c>
-      <c r="J152" s="50">
-        <v>10.53</v>
+      <c r="J152" s="29">
+        <v>9.01</v>
       </c>
       <c r="K152" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A153" s="23" t="s">
         <v>214</v>
       </c>
       <c r="B153" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C153" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D153" s="25" t="s">
         <v>213</v>
       </c>
       <c r="E153" s="26">
         <v>10</v>
       </c>
       <c r="F153" s="26">
         <v>150</v>
       </c>
       <c r="G153" s="26">
         <v>9450</v>
       </c>
       <c r="H153" s="27">
         <v>685768394501</v>
       </c>
       <c r="I153" s="28">
         <v>0.17150000000000001</v>
       </c>
-      <c r="J153" s="50">
-        <v>16.38</v>
+      <c r="J153" s="29">
+        <v>14.02</v>
       </c>
       <c r="K153" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A154" s="23" t="s">
         <v>215</v>
       </c>
       <c r="B154" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C154" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D154" s="25" t="s">
         <v>213</v>
       </c>
       <c r="E154" s="26">
         <v>10</v>
       </c>
       <c r="F154" s="26">
         <v>180</v>
       </c>
       <c r="G154" s="26">
         <v>3840</v>
       </c>
       <c r="H154" s="27">
         <v>685768394518</v>
       </c>
       <c r="I154" s="28">
         <v>0.24970000000000001</v>
       </c>
-      <c r="J154" s="50">
-        <v>31.3</v>
+      <c r="J154" s="29">
+        <v>26.79</v>
       </c>
       <c r="K154" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A155" s="23" t="s">
         <v>216</v>
       </c>
       <c r="B155" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C155" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D155" s="25" t="s">
         <v>213</v>
       </c>
       <c r="E155" s="26">
         <v>1</v>
       </c>
       <c r="F155" s="26">
         <v>80</v>
       </c>
       <c r="G155" s="26">
         <v>2560</v>
       </c>
       <c r="H155" s="27">
         <v>685768394570</v>
       </c>
       <c r="I155" s="28">
         <v>0.34510000000000002</v>
       </c>
-      <c r="J155" s="50">
-        <v>69.11</v>
+      <c r="J155" s="29">
+        <v>59.16</v>
       </c>
       <c r="K155" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A156" s="23" t="s">
         <v>217</v>
       </c>
       <c r="B156" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C156" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D156" s="25" t="s">
         <v>213</v>
       </c>
       <c r="E156" s="26">
         <v>1</v>
       </c>
       <c r="F156" s="26">
         <v>55</v>
       </c>
       <c r="G156" s="26">
         <v>960</v>
       </c>
       <c r="H156" s="27">
         <v>685768394594</v>
       </c>
       <c r="I156" s="28">
         <v>0.52700000000000002</v>
       </c>
-      <c r="J156" s="50">
-        <v>96.79</v>
+      <c r="J156" s="29">
+        <v>82.85</v>
       </c>
       <c r="K156" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A157" s="23" t="s">
         <v>218</v>
       </c>
       <c r="B157" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C157" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D157" s="25" t="s">
         <v>213</v>
       </c>
       <c r="E157" s="26">
         <v>1</v>
       </c>
       <c r="F157" s="26">
         <v>40</v>
       </c>
       <c r="G157" s="26">
         <v>768</v>
       </c>
       <c r="H157" s="27">
         <v>685768394525</v>
       </c>
       <c r="I157" s="28">
         <v>0.78300000000000003</v>
       </c>
-      <c r="J157" s="50">
-        <v>161.11000000000001</v>
+      <c r="J157" s="29">
+        <v>137.91999999999999</v>
       </c>
       <c r="K157" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A158" s="23" t="s">
         <v>219</v>
       </c>
       <c r="B158" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C158" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D158" s="25" t="s">
         <v>213</v>
       </c>
       <c r="E158" s="26">
         <v>1</v>
       </c>
       <c r="F158" s="26">
         <v>36</v>
       </c>
       <c r="G158" s="26">
         <v>1944</v>
       </c>
       <c r="H158" s="27">
         <v>685768406631</v>
       </c>
       <c r="I158" s="28">
         <v>1.2494000000000001</v>
       </c>
-      <c r="J158" s="50">
-        <v>381.4</v>
+      <c r="J158" s="29">
+        <v>326.5</v>
       </c>
       <c r="K158" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A159" s="23" t="s">
         <v>220</v>
       </c>
       <c r="B159" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C159" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D159" s="25" t="s">
         <v>213</v>
       </c>
       <c r="E159" s="26">
         <v>1</v>
       </c>
       <c r="F159" s="26">
         <v>24</v>
       </c>
       <c r="G159" s="26">
         <v>1296</v>
       </c>
       <c r="H159" s="27">
         <v>685768405511</v>
       </c>
       <c r="I159" s="28">
         <v>1.8542000000000001</v>
       </c>
-      <c r="J159" s="50">
-        <v>624.61</v>
+      <c r="J159" s="29">
+        <v>534.70000000000005</v>
       </c>
       <c r="K159" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A160" s="23" t="s">
         <v>221</v>
       </c>
       <c r="B160" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C160" s="25" t="s">
         <v>222</v>
       </c>
       <c r="D160" s="25" t="s">
         <v>223</v>
       </c>
       <c r="E160" s="26">
         <v>10</v>
       </c>
       <c r="F160" s="26">
         <v>300</v>
       </c>
       <c r="G160" s="26">
         <v>9450</v>
       </c>
       <c r="H160" s="27">
         <v>685768405474</v>
       </c>
       <c r="I160" s="28">
         <v>7.1400000000000005E-2</v>
       </c>
-      <c r="J160" s="50">
-        <v>11.44</v>
+      <c r="J160" s="29">
+        <v>9.7899999999999991</v>
       </c>
       <c r="K160" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A161" s="23" t="s">
         <v>224</v>
       </c>
       <c r="B161" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C161" s="25" t="s">
         <v>225</v>
       </c>
       <c r="D161" s="25" t="s">
         <v>223</v>
       </c>
       <c r="E161" s="26">
         <v>10</v>
       </c>
       <c r="F161" s="26">
         <v>180</v>
       </c>
       <c r="G161" s="26">
         <v>6400</v>
       </c>
       <c r="H161" s="27">
         <v>685768394532</v>
       </c>
       <c r="I161" s="28">
         <v>0.14979999999999999</v>
       </c>
-      <c r="J161" s="50">
-        <v>22.25</v>
+      <c r="J161" s="29">
+        <v>19.05</v>
       </c>
       <c r="K161" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A162" s="23" t="s">
         <v>226</v>
       </c>
       <c r="B162" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C162" s="25" t="s">
         <v>64</v>
       </c>
       <c r="D162" s="25" t="s">
         <v>223</v>
       </c>
       <c r="E162" s="26">
         <v>10</v>
       </c>
       <c r="F162" s="26">
         <v>180</v>
       </c>
       <c r="G162" s="26">
         <v>8320</v>
       </c>
       <c r="H162" s="27">
         <v>685768394556</v>
       </c>
       <c r="I162" s="28">
         <v>0.16550000000000001</v>
       </c>
-      <c r="J162" s="50">
-        <v>16.28</v>
+      <c r="J162" s="29">
+        <v>13.93</v>
       </c>
       <c r="K162" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A163" s="23" t="s">
         <v>227</v>
       </c>
       <c r="B163" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C163" s="25" t="s">
         <v>124</v>
       </c>
       <c r="D163" s="25" t="s">
         <v>223</v>
       </c>
       <c r="E163" s="26">
         <v>10</v>
       </c>
       <c r="F163" s="26">
         <v>120</v>
       </c>
       <c r="G163" s="26">
         <v>7560</v>
       </c>
       <c r="H163" s="27">
         <v>685768405498</v>
       </c>
       <c r="I163" s="28">
         <v>0.28610000000000002</v>
       </c>
-      <c r="J163" s="50">
-        <v>57.45</v>
+      <c r="J163" s="29">
+        <v>49.18</v>
       </c>
       <c r="K163" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A164" s="23" t="s">
         <v>228</v>
       </c>
       <c r="B164" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C164" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D164" s="25" t="s">
         <v>223</v>
       </c>
       <c r="E164" s="26">
         <v>10</v>
       </c>
       <c r="F164" s="26">
         <v>200</v>
       </c>
       <c r="G164" s="26">
         <v>5120</v>
       </c>
       <c r="H164" s="27">
         <v>685768394563</v>
       </c>
       <c r="I164" s="28">
         <v>0.22470000000000001</v>
       </c>
-      <c r="J164" s="50">
-        <v>58.33</v>
+      <c r="J164" s="29">
+        <v>49.93</v>
       </c>
       <c r="K164" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A165" s="23" t="s">
         <v>229</v>
       </c>
       <c r="B165" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C165" s="25" t="s">
         <v>230</v>
       </c>
       <c r="D165" s="25" t="s">
         <v>223</v>
       </c>
       <c r="E165" s="26">
         <v>10</v>
       </c>
       <c r="F165" s="26">
         <v>60</v>
       </c>
       <c r="G165" s="26">
         <v>3780</v>
       </c>
       <c r="H165" s="27">
         <v>685768405481</v>
       </c>
       <c r="I165" s="28">
         <v>0.46089999999999998</v>
       </c>
-      <c r="J165" s="50">
-        <v>60.04</v>
+      <c r="J165" s="29">
+        <v>51.39</v>
       </c>
       <c r="K165" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A166" s="23" t="s">
         <v>231</v>
       </c>
       <c r="B166" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C166" s="25" t="s">
         <v>131</v>
       </c>
       <c r="D166" s="25" t="s">
         <v>223</v>
       </c>
       <c r="E166" s="26">
         <v>1</v>
       </c>
       <c r="F166" s="26">
         <v>100</v>
       </c>
       <c r="G166" s="26">
         <v>3200</v>
       </c>
       <c r="H166" s="27">
         <v>685768394587</v>
       </c>
       <c r="I166" s="28">
         <v>0.28920000000000001</v>
       </c>
-      <c r="J166" s="50">
-        <v>69.75</v>
+      <c r="J166" s="29">
+        <v>59.71</v>
       </c>
       <c r="K166" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A167" s="23" t="s">
         <v>232</v>
       </c>
       <c r="B167" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C167" s="25" t="s">
         <v>233</v>
       </c>
       <c r="D167" s="25" t="s">
         <v>223</v>
       </c>
       <c r="E167" s="26">
         <v>1</v>
       </c>
       <c r="F167" s="26">
         <v>70</v>
       </c>
       <c r="G167" s="26">
         <v>5040</v>
       </c>
       <c r="H167" s="27">
         <v>685768405504</v>
       </c>
       <c r="I167" s="28">
         <v>0.62</v>
       </c>
-      <c r="J167" s="50">
-        <v>94.13</v>
+      <c r="J167" s="29">
+        <v>80.58</v>
       </c>
       <c r="K167" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A168" s="23" t="s">
         <v>234</v>
       </c>
       <c r="B168" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C168" s="25" t="s">
         <v>139</v>
       </c>
       <c r="D168" s="25" t="s">
         <v>223</v>
       </c>
       <c r="E168" s="26">
         <v>1</v>
       </c>
       <c r="F168" s="26">
         <v>70</v>
       </c>
       <c r="G168" s="26">
         <v>5040</v>
       </c>
       <c r="H168" s="27">
         <v>685768394600</v>
       </c>
       <c r="I168" s="28">
         <v>0.46310000000000001</v>
       </c>
-      <c r="J168" s="50">
-        <v>98.18</v>
+      <c r="J168" s="29">
+        <v>84.04</v>
       </c>
       <c r="K168" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A169" s="23" t="s">
         <v>235</v>
       </c>
       <c r="B169" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C169" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D169" s="25" t="s">
         <v>236</v>
       </c>
       <c r="E169" s="26">
         <v>10</v>
       </c>
       <c r="F169" s="26">
         <v>300</v>
       </c>
       <c r="G169" s="26">
         <v>9600</v>
       </c>
       <c r="H169" s="27">
         <v>685768394716</v>
       </c>
       <c r="I169" s="28">
         <v>0.1074</v>
       </c>
-      <c r="J169" s="50">
-        <v>8.44</v>
+      <c r="J169" s="29">
+        <v>7.22</v>
       </c>
       <c r="K169" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A170" s="23" t="s">
         <v>237</v>
       </c>
       <c r="B170" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C170" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D170" s="25" t="s">
         <v>236</v>
       </c>
       <c r="E170" s="26">
         <v>10</v>
       </c>
       <c r="F170" s="26">
         <v>160</v>
       </c>
       <c r="G170" s="26">
         <v>3840</v>
       </c>
       <c r="H170" s="27">
         <v>685768394723</v>
       </c>
       <c r="I170" s="28">
         <v>0.19089999999999999</v>
       </c>
-      <c r="J170" s="50">
-        <v>15.11</v>
+      <c r="J170" s="29">
+        <v>12.94</v>
       </c>
       <c r="K170" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A171" s="23" t="s">
         <v>238</v>
       </c>
       <c r="B171" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C171" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D171" s="25" t="s">
         <v>236</v>
       </c>
       <c r="E171" s="26">
         <v>10</v>
       </c>
       <c r="F171" s="26">
         <v>160</v>
       </c>
       <c r="G171" s="26">
         <v>3840</v>
       </c>
       <c r="H171" s="27">
         <v>685768394730</v>
       </c>
       <c r="I171" s="28">
         <v>0.28460000000000002</v>
       </c>
-      <c r="J171" s="50">
-        <v>28.18</v>
+      <c r="J171" s="29">
+        <v>24.12</v>
       </c>
       <c r="K171" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A172" s="23" t="s">
         <v>239</v>
       </c>
       <c r="B172" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C172" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D172" s="25" t="s">
         <v>236</v>
       </c>
       <c r="E172" s="26">
         <v>1</v>
       </c>
       <c r="F172" s="26">
         <v>100</v>
       </c>
       <c r="G172" s="26">
         <v>3200</v>
       </c>
       <c r="H172" s="27">
         <v>685768394747</v>
       </c>
       <c r="I172" s="28">
         <v>0.36680000000000001</v>
       </c>
-      <c r="J172" s="50">
-        <v>58.11</v>
+      <c r="J172" s="29">
+        <v>49.75</v>
       </c>
       <c r="K172" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A173" s="23" t="s">
         <v>240</v>
       </c>
       <c r="B173" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C173" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D173" s="25" t="s">
         <v>236</v>
       </c>
       <c r="E173" s="26">
         <v>1</v>
       </c>
       <c r="F173" s="26">
         <v>50</v>
       </c>
       <c r="G173" s="26">
         <v>1280</v>
       </c>
       <c r="H173" s="27">
         <v>685768394761</v>
       </c>
       <c r="I173" s="28">
         <v>0.62680000000000002</v>
       </c>
-      <c r="J173" s="50">
-        <v>81.45</v>
+      <c r="J173" s="29">
+        <v>69.72</v>
       </c>
       <c r="K173" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A174" s="23" t="s">
         <v>241</v>
       </c>
       <c r="B174" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C174" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D174" s="25" t="s">
         <v>236</v>
       </c>
       <c r="E174" s="26">
         <v>1</v>
       </c>
       <c r="F174" s="26">
         <v>35</v>
       </c>
       <c r="G174" s="26">
         <v>640</v>
       </c>
       <c r="H174" s="27">
         <v>685768394778</v>
       </c>
       <c r="I174" s="28">
         <v>0.89549999999999996</v>
       </c>
-      <c r="J174" s="50">
-        <v>156.72999999999999</v>
+      <c r="J174" s="29">
+        <v>134.16</v>
       </c>
       <c r="K174" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A175" s="23" t="s">
         <v>242</v>
       </c>
       <c r="B175" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C175" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D175" s="25" t="s">
         <v>236</v>
       </c>
       <c r="E175" s="26">
         <v>1</v>
       </c>
       <c r="F175" s="26">
         <v>28</v>
       </c>
       <c r="G175" s="26">
         <v>1512</v>
       </c>
       <c r="H175" s="27">
         <v>685768398912</v>
       </c>
       <c r="I175" s="28">
         <v>1.6189</v>
       </c>
-      <c r="J175" s="50">
-        <v>337.86</v>
+      <c r="J175" s="29">
+        <v>289.23</v>
       </c>
       <c r="K175" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A176" s="23" t="s">
         <v>243</v>
       </c>
       <c r="B176" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C176" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D176" s="25" t="s">
         <v>236</v>
       </c>
       <c r="E176" s="26">
         <v>1</v>
       </c>
       <c r="F176" s="26">
         <v>18</v>
       </c>
       <c r="G176" s="26">
         <v>972</v>
       </c>
       <c r="H176" s="27">
         <v>685768398929</v>
       </c>
       <c r="I176" s="28">
         <v>2.2322000000000002</v>
       </c>
-      <c r="J176" s="50">
-        <v>425.06</v>
+      <c r="J176" s="29">
+        <v>363.87</v>
       </c>
       <c r="K176" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A177" s="23" t="s">
         <v>244</v>
       </c>
       <c r="B177" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C177" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D177" s="25" t="s">
         <v>236</v>
       </c>
       <c r="E177" s="26">
         <v>1</v>
       </c>
       <c r="F177" s="26">
         <v>12</v>
       </c>
       <c r="G177" s="26">
         <v>648</v>
       </c>
       <c r="H177" s="27">
         <v>685768398905</v>
       </c>
       <c r="I177" s="28">
         <v>3.8319000000000001</v>
       </c>
-      <c r="J177" s="50">
-        <v>519.85</v>
+      <c r="J177" s="29">
+        <v>445.02</v>
       </c>
       <c r="K177" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A178" s="23" t="s">
         <v>245</v>
       </c>
       <c r="B178" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C178" s="25" t="s">
         <v>222</v>
       </c>
       <c r="D178" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E178" s="26">
         <v>10</v>
       </c>
       <c r="F178" s="26">
         <v>300</v>
       </c>
       <c r="G178" s="26">
         <v>18900</v>
       </c>
       <c r="H178" s="27">
         <v>685768405436</v>
       </c>
       <c r="I178" s="28">
         <v>9.1300000000000006E-2</v>
       </c>
-      <c r="J178" s="50">
-        <v>13.66</v>
+      <c r="J178" s="29">
+        <v>11.7</v>
       </c>
       <c r="K178" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A179" s="23" t="s">
         <v>247</v>
       </c>
       <c r="B179" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C179" s="25" t="s">
         <v>225</v>
       </c>
       <c r="D179" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E179" s="26">
         <v>10</v>
       </c>
       <c r="F179" s="26">
         <v>180</v>
       </c>
       <c r="G179" s="26">
         <v>3840</v>
       </c>
       <c r="H179" s="27">
         <v>685768394785</v>
       </c>
       <c r="I179" s="28">
         <v>0.19070000000000001</v>
       </c>
-      <c r="J179" s="50">
-        <v>17.649999999999999</v>
+      <c r="J179" s="29">
+        <v>15.11</v>
       </c>
       <c r="K179" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A180" s="23" t="s">
         <v>248</v>
       </c>
       <c r="B180" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C180" s="25" t="s">
         <v>64</v>
       </c>
       <c r="D180" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E180" s="26">
         <v>10</v>
       </c>
       <c r="F180" s="26">
         <v>180</v>
       </c>
       <c r="G180" s="26">
         <v>8320</v>
       </c>
       <c r="H180" s="27">
         <v>685768394792</v>
       </c>
       <c r="I180" s="28">
         <v>0.16700000000000001</v>
       </c>
-      <c r="J180" s="50">
-        <v>18.489999999999998</v>
+      <c r="J180" s="29">
+        <v>15.83</v>
       </c>
       <c r="K180" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A181" s="23" t="s">
         <v>249</v>
       </c>
       <c r="B181" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C181" s="25" t="s">
         <v>250</v>
       </c>
       <c r="D181" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E181" s="26">
         <v>10</v>
       </c>
       <c r="F181" s="26">
         <v>120</v>
       </c>
       <c r="G181" s="26">
         <v>14400</v>
       </c>
       <c r="H181" s="27">
         <v>685768405443</v>
       </c>
       <c r="I181" s="28">
         <v>0.30230000000000001</v>
       </c>
-      <c r="J181" s="50">
-        <v>42.08</v>
+      <c r="J181" s="29">
+        <v>36.020000000000003</v>
       </c>
       <c r="K181" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A182" s="23" t="s">
         <v>251</v>
       </c>
       <c r="B182" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C182" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D182" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E182" s="26">
         <v>10</v>
       </c>
       <c r="F182" s="26">
         <v>180</v>
       </c>
       <c r="G182" s="26">
         <v>5120</v>
       </c>
       <c r="H182" s="27">
         <v>685768394815</v>
       </c>
       <c r="I182" s="28">
         <v>0.24279999999999999</v>
       </c>
-      <c r="J182" s="50">
-        <v>46.39</v>
+      <c r="J182" s="29">
+        <v>39.71</v>
       </c>
       <c r="K182" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A183" s="23" t="s">
         <v>252</v>
       </c>
       <c r="B183" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C183" s="25" t="s">
         <v>230</v>
       </c>
       <c r="D183" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E183" s="26">
         <v>10</v>
       </c>
       <c r="F183" s="26">
         <v>100</v>
       </c>
       <c r="G183" s="26">
         <v>3200</v>
       </c>
       <c r="H183" s="27">
         <v>685768394808</v>
       </c>
       <c r="I183" s="28">
         <v>0.4521</v>
       </c>
-      <c r="J183" s="50">
-        <v>58.76</v>
+      <c r="J183" s="29">
+        <v>50.3</v>
       </c>
       <c r="K183" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A184" s="23" t="s">
         <v>253</v>
       </c>
       <c r="B184" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C184" s="25" t="s">
         <v>131</v>
       </c>
       <c r="D184" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E184" s="26">
         <v>1</v>
       </c>
       <c r="F184" s="26">
         <v>95</v>
       </c>
       <c r="G184" s="26">
         <v>3200</v>
       </c>
       <c r="H184" s="27">
         <v>685768394754</v>
       </c>
       <c r="I184" s="28">
         <v>0.3453</v>
       </c>
-      <c r="J184" s="50">
-        <v>63.91</v>
+      <c r="J184" s="29">
+        <v>54.71</v>
       </c>
       <c r="K184" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A185" s="23" t="s">
         <v>254</v>
       </c>
       <c r="B185" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C185" s="25" t="s">
         <v>233</v>
       </c>
       <c r="D185" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E185" s="26">
         <v>1</v>
       </c>
       <c r="F185" s="26">
         <v>75</v>
       </c>
       <c r="G185" s="26">
         <v>5400</v>
       </c>
       <c r="H185" s="27">
         <v>685768394822</v>
       </c>
       <c r="I185" s="28">
         <v>0.59350000000000003</v>
       </c>
-      <c r="J185" s="50">
-        <v>68.23</v>
+      <c r="J185" s="29">
+        <v>58.4</v>
       </c>
       <c r="K185" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A186" s="23" t="s">
         <v>255</v>
       </c>
       <c r="B186" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C186" s="25" t="s">
         <v>139</v>
       </c>
       <c r="D186" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E186" s="26">
         <v>1</v>
       </c>
       <c r="F186" s="26">
         <v>55</v>
       </c>
       <c r="G186" s="26">
         <v>3960</v>
       </c>
       <c r="H186" s="27">
         <v>685768395089</v>
       </c>
       <c r="I186" s="28">
         <v>0.59150000000000003</v>
       </c>
-      <c r="J186" s="50">
-        <v>85.71</v>
+      <c r="J186" s="29">
+        <v>73.37</v>
       </c>
       <c r="K186" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A187" s="23" t="s">
         <v>256</v>
       </c>
       <c r="B187" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C187" s="25" t="s">
         <v>257</v>
       </c>
       <c r="D187" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E187" s="26">
         <v>1</v>
       </c>
       <c r="F187" s="26">
         <v>40</v>
       </c>
       <c r="G187" s="26">
         <v>2880</v>
       </c>
       <c r="H187" s="27">
         <v>685768405450</v>
       </c>
       <c r="I187" s="28">
         <v>1.0053000000000001</v>
       </c>
-      <c r="J187" s="50">
-        <v>187.59</v>
+      <c r="J187" s="29">
+        <v>160.58000000000001</v>
       </c>
       <c r="K187" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A188" s="23" t="s">
         <v>258</v>
       </c>
       <c r="B188" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C188" s="25" t="s">
         <v>149</v>
       </c>
       <c r="D188" s="25" t="s">
         <v>246</v>
       </c>
       <c r="E188" s="26">
         <v>1</v>
       </c>
       <c r="F188" s="26">
         <v>40</v>
       </c>
       <c r="G188" s="26">
         <v>2880</v>
       </c>
       <c r="H188" s="27">
         <v>685768405467</v>
       </c>
       <c r="I188" s="28">
         <v>0.91739999999999999</v>
       </c>
-      <c r="J188" s="50">
-        <v>155.6</v>
+      <c r="J188" s="29">
+        <v>133.19999999999999</v>
       </c>
       <c r="K188" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A189" s="23" t="s">
         <v>259</v>
       </c>
       <c r="B189" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C189" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D189" s="25" t="s">
         <v>260</v>
       </c>
       <c r="E189" s="26">
         <v>5</v>
       </c>
       <c r="F189" s="26">
         <v>250</v>
       </c>
       <c r="G189" s="26">
         <v>15750</v>
       </c>
       <c r="H189" s="27">
         <v>685768406181</v>
       </c>
       <c r="I189" s="28">
         <v>9.2799999999999994E-2</v>
       </c>
-      <c r="J189" s="50">
-        <v>33.51</v>
+      <c r="J189" s="29">
+        <v>28.69</v>
       </c>
       <c r="K189" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A190" s="23" t="s">
         <v>261</v>
       </c>
       <c r="B190" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C190" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D190" s="25" t="s">
         <v>260</v>
       </c>
       <c r="E190" s="26">
         <v>5</v>
       </c>
       <c r="F190" s="26">
         <v>150</v>
       </c>
       <c r="G190" s="26">
         <v>9450</v>
       </c>
       <c r="H190" s="27">
         <v>685768399087</v>
       </c>
       <c r="I190" s="28">
         <v>0.1542</v>
       </c>
-      <c r="J190" s="50">
-        <v>48.46</v>
+      <c r="J190" s="29">
+        <v>41.49</v>
       </c>
       <c r="K190" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A191" s="23" t="s">
         <v>262</v>
       </c>
       <c r="B191" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C191" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D191" s="25" t="s">
         <v>260</v>
       </c>
       <c r="E191" s="26">
         <v>1</v>
       </c>
       <c r="F191" s="26">
         <v>110</v>
       </c>
       <c r="G191" s="26">
         <v>7920</v>
       </c>
       <c r="H191" s="27">
         <v>685768399100</v>
       </c>
       <c r="I191" s="28">
         <v>0.23089999999999999</v>
       </c>
-      <c r="J191" s="50">
-        <v>75.5</v>
+      <c r="J191" s="29">
+        <v>64.63</v>
       </c>
       <c r="K191" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A192" s="23" t="s">
         <v>263</v>
       </c>
       <c r="B192" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C192" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D192" s="25" t="s">
         <v>260</v>
       </c>
       <c r="E192" s="26">
         <v>1</v>
       </c>
       <c r="F192" s="26">
         <v>100</v>
       </c>
       <c r="G192" s="26">
         <v>7200</v>
       </c>
       <c r="H192" s="27">
         <v>685768399117</v>
       </c>
       <c r="I192" s="28">
         <v>0.3241</v>
       </c>
-      <c r="J192" s="50">
-        <v>126.36</v>
+      <c r="J192" s="29">
+        <v>108.17</v>
       </c>
       <c r="K192" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A193" s="23" t="s">
         <v>264</v>
       </c>
       <c r="B193" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C193" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D193" s="25" t="s">
         <v>260</v>
       </c>
       <c r="E193" s="26">
         <v>1</v>
       </c>
       <c r="F193" s="26">
         <v>55</v>
       </c>
       <c r="G193" s="26">
         <v>3960</v>
       </c>
       <c r="H193" s="27">
         <v>685768399124</v>
       </c>
       <c r="I193" s="28">
         <v>0.48649999999999999</v>
       </c>
-      <c r="J193" s="50">
-        <v>140.91</v>
+      <c r="J193" s="29">
+        <v>120.63</v>
       </c>
       <c r="K193" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A194" s="23" t="s">
         <v>265</v>
       </c>
       <c r="B194" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C194" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D194" s="25" t="s">
         <v>260</v>
       </c>
       <c r="E194" s="26">
         <v>1</v>
       </c>
       <c r="F194" s="26">
         <v>40</v>
       </c>
       <c r="G194" s="26">
         <v>2880</v>
       </c>
       <c r="H194" s="27">
         <v>685768399131</v>
       </c>
       <c r="I194" s="28">
         <v>0.75449999999999995</v>
       </c>
-      <c r="J194" s="50">
-        <v>238.65</v>
+      <c r="J194" s="29">
+        <v>204.3</v>
       </c>
       <c r="K194" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A195" s="23" t="s">
         <v>266</v>
       </c>
       <c r="B195" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C195" s="25" t="s">
         <v>225</v>
       </c>
       <c r="D195" s="25" t="s">
         <v>267</v>
       </c>
       <c r="E195" s="26">
         <v>5</v>
       </c>
       <c r="F195" s="26">
         <v>160</v>
       </c>
       <c r="G195" s="26">
         <v>7560</v>
       </c>
       <c r="H195" s="27">
         <v>685768405597</v>
       </c>
       <c r="I195" s="28">
         <v>0.1542</v>
       </c>
-      <c r="J195" s="50">
-        <v>37.299999999999997</v>
+      <c r="J195" s="29">
+        <v>31.93</v>
       </c>
       <c r="K195" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A196" s="23" t="s">
         <v>268</v>
       </c>
       <c r="B196" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C196" s="25" t="s">
         <v>64</v>
       </c>
       <c r="D196" s="25" t="s">
         <v>267</v>
       </c>
       <c r="E196" s="26">
         <v>5</v>
       </c>
       <c r="F196" s="26">
         <v>160</v>
       </c>
       <c r="G196" s="26">
         <v>11340</v>
       </c>
       <c r="H196" s="27">
         <v>685768399094</v>
       </c>
       <c r="I196" s="28">
         <v>0.15490000000000001</v>
       </c>
-      <c r="J196" s="50">
-        <v>43.15</v>
+      <c r="J196" s="29">
+        <v>36.94</v>
       </c>
       <c r="K196" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A197" s="23" t="s">
         <v>269</v>
       </c>
       <c r="B197" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C197" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D197" s="25" t="s">
         <v>267</v>
       </c>
       <c r="E197" s="26">
         <v>5</v>
       </c>
       <c r="F197" s="26">
         <v>250</v>
       </c>
       <c r="G197" s="26">
         <v>18000</v>
       </c>
       <c r="H197" s="27">
         <v>685768405627</v>
       </c>
       <c r="I197" s="28">
         <v>0.15310000000000001</v>
       </c>
-      <c r="J197" s="50">
-        <v>72.650000000000006</v>
+      <c r="J197" s="29">
+        <v>62.19</v>
       </c>
       <c r="K197" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A198" s="23" t="s">
         <v>270</v>
       </c>
       <c r="B198" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C198" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D198" s="25" t="s">
         <v>271</v>
       </c>
       <c r="E198" s="26">
         <v>5</v>
       </c>
       <c r="F198" s="26">
         <v>250</v>
       </c>
       <c r="G198" s="26">
         <v>15750</v>
       </c>
       <c r="H198" s="27">
         <v>685768399018</v>
       </c>
       <c r="I198" s="28">
         <v>9.6799999999999997E-2</v>
       </c>
-      <c r="J198" s="50">
-        <v>30.6</v>
+      <c r="J198" s="29">
+        <v>26.19</v>
       </c>
       <c r="K198" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A199" s="23" t="s">
         <v>272</v>
       </c>
       <c r="B199" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C199" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D199" s="25" t="s">
         <v>271</v>
       </c>
       <c r="E199" s="26">
         <v>5</v>
       </c>
       <c r="F199" s="26">
         <v>160</v>
       </c>
       <c r="G199" s="26">
         <v>10080</v>
       </c>
       <c r="H199" s="27">
         <v>685768399025</v>
       </c>
       <c r="I199" s="28">
         <v>0.17299999999999999</v>
       </c>
-      <c r="J199" s="50">
-        <v>51.1</v>
+      <c r="J199" s="29">
+        <v>43.74</v>
       </c>
       <c r="K199" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A200" s="23" t="s">
         <v>273</v>
       </c>
       <c r="B200" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C200" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D200" s="25" t="s">
         <v>271</v>
       </c>
       <c r="E200" s="26">
         <v>5</v>
       </c>
       <c r="F200" s="26">
         <v>100</v>
       </c>
       <c r="G200" s="26">
         <v>14400</v>
       </c>
       <c r="H200" s="27">
         <v>685768399049</v>
       </c>
       <c r="I200" s="28">
         <v>0.26979999999999998</v>
       </c>
-      <c r="J200" s="50">
-        <v>76.400000000000006</v>
+      <c r="J200" s="29">
+        <v>65.400000000000006</v>
       </c>
       <c r="K200" s="30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A201" s="23" t="s">
         <v>274</v>
       </c>
       <c r="B201" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C201" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D201" s="25" t="s">
         <v>271</v>
       </c>
       <c r="E201" s="26">
         <v>1</v>
       </c>
       <c r="F201" s="26">
         <v>100</v>
       </c>
       <c r="G201" s="26">
         <v>7200</v>
       </c>
       <c r="H201" s="27">
         <v>685768399056</v>
       </c>
       <c r="I201" s="28">
         <v>0.4052</v>
       </c>
-      <c r="J201" s="50">
-        <v>95.66</v>
+      <c r="J201" s="29">
+        <v>81.89</v>
       </c>
       <c r="K201" s="30">
         <f t="shared" ref="K201:K264" si="3">ROUND($C$5*J201,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A202" s="23" t="s">
         <v>275</v>
       </c>
       <c r="B202" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C202" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D202" s="25" t="s">
         <v>271</v>
       </c>
       <c r="E202" s="26">
         <v>1</v>
       </c>
       <c r="F202" s="26">
         <v>60</v>
       </c>
       <c r="G202" s="26">
         <v>4320</v>
       </c>
       <c r="H202" s="27">
         <v>685768399063</v>
       </c>
       <c r="I202" s="28">
         <v>0.59209999999999996</v>
       </c>
-      <c r="J202" s="50">
-        <v>142.68</v>
+      <c r="J202" s="29">
+        <v>122.14</v>
       </c>
       <c r="K202" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A203" s="23" t="s">
         <v>276</v>
       </c>
       <c r="B203" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C203" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D203" s="25" t="s">
         <v>271</v>
       </c>
       <c r="E203" s="26">
         <v>1</v>
       </c>
       <c r="F203" s="26">
         <v>40</v>
       </c>
       <c r="G203" s="26">
         <v>2880</v>
       </c>
       <c r="H203" s="27">
         <v>685768399070</v>
       </c>
       <c r="I203" s="28">
         <v>0.88600000000000001</v>
       </c>
-      <c r="J203" s="50">
-        <v>209.96</v>
+      <c r="J203" s="29">
+        <v>179.74</v>
       </c>
       <c r="K203" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A204" s="23" t="s">
         <v>277</v>
       </c>
       <c r="B204" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C204" s="25" t="s">
         <v>225</v>
       </c>
       <c r="D204" s="25" t="s">
         <v>278</v>
       </c>
       <c r="E204" s="26">
         <v>5</v>
       </c>
       <c r="F204" s="26">
         <v>200</v>
       </c>
       <c r="G204" s="26">
         <v>12600</v>
       </c>
       <c r="H204" s="27">
         <v>685768405566</v>
       </c>
       <c r="I204" s="28">
         <v>0.18049999999999999</v>
       </c>
-      <c r="J204" s="50">
-        <v>49.66</v>
+      <c r="J204" s="29">
+        <v>42.51</v>
       </c>
       <c r="K204" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A205" s="23" t="s">
         <v>279</v>
       </c>
       <c r="B205" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C205" s="25" t="s">
         <v>64</v>
       </c>
       <c r="D205" s="25" t="s">
         <v>278</v>
       </c>
       <c r="E205" s="26">
         <v>5</v>
       </c>
       <c r="F205" s="26">
         <v>200</v>
       </c>
       <c r="G205" s="26">
         <v>12600</v>
       </c>
       <c r="H205" s="27">
         <v>685768399032</v>
       </c>
       <c r="I205" s="28">
         <v>0.16439999999999999</v>
       </c>
-      <c r="J205" s="50">
-        <v>50.21</v>
+      <c r="J205" s="29">
+        <v>42.98</v>
       </c>
       <c r="K205" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A206" s="23" t="s">
         <v>280</v>
       </c>
       <c r="B206" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C206" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D206" s="25" t="s">
         <v>278</v>
       </c>
       <c r="E206" s="26">
         <v>5</v>
       </c>
       <c r="F206" s="26">
         <v>200</v>
       </c>
       <c r="G206" s="26">
         <v>14400</v>
       </c>
       <c r="H206" s="27">
         <v>685768405573</v>
       </c>
       <c r="I206" s="28">
         <v>0.20130000000000001</v>
       </c>
-      <c r="J206" s="50">
-        <v>76.84</v>
+      <c r="J206" s="29">
+        <v>65.78</v>
       </c>
       <c r="K206" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A207" s="23" t="s">
         <v>281</v>
       </c>
       <c r="B207" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C207" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D207" s="25" t="s">
         <v>282</v>
       </c>
       <c r="E207" s="26">
         <v>10</v>
       </c>
       <c r="F207" s="26">
         <v>200</v>
       </c>
       <c r="G207" s="26">
         <v>7200</v>
       </c>
       <c r="H207" s="27">
         <v>685768395560</v>
       </c>
       <c r="I207" s="28">
         <v>0.21429999999999999</v>
       </c>
-      <c r="J207" s="50">
-        <v>11.11</v>
+      <c r="J207" s="29">
+        <v>9.51</v>
       </c>
       <c r="K207" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A208" s="23" t="s">
         <v>283</v>
       </c>
       <c r="B208" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C208" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D208" s="25" t="s">
         <v>282</v>
       </c>
       <c r="E208" s="26">
         <v>10</v>
       </c>
       <c r="F208" s="26">
         <v>120</v>
       </c>
       <c r="G208" s="26">
         <v>3600</v>
       </c>
       <c r="H208" s="27">
         <v>685768395577</v>
       </c>
       <c r="I208" s="28">
         <v>0.34799999999999998</v>
       </c>
-      <c r="J208" s="50">
-        <v>19.45</v>
+      <c r="J208" s="29">
+        <v>16.649999999999999</v>
       </c>
       <c r="K208" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A209" s="23" t="s">
         <v>284</v>
       </c>
       <c r="B209" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C209" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D209" s="25" t="s">
         <v>282</v>
       </c>
       <c r="E209" s="26">
         <v>5</v>
       </c>
       <c r="F209" s="26">
         <v>70</v>
       </c>
       <c r="G209" s="26">
         <v>1800</v>
       </c>
       <c r="H209" s="27">
         <v>685768395584</v>
       </c>
       <c r="I209" s="28">
         <v>0.50880000000000003</v>
       </c>
-      <c r="J209" s="50">
-        <v>35.630000000000003</v>
+      <c r="J209" s="29">
+        <v>30.5</v>
       </c>
       <c r="K209" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A210" s="23" t="s">
         <v>285</v>
       </c>
       <c r="B210" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C210" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D210" s="25" t="s">
         <v>282</v>
       </c>
       <c r="E210" s="26">
         <v>1</v>
       </c>
       <c r="F210" s="26">
         <v>45</v>
       </c>
       <c r="G210" s="26">
         <v>900</v>
       </c>
       <c r="H210" s="27">
         <v>685768395591</v>
       </c>
       <c r="I210" s="28">
         <v>0.66279999999999994</v>
       </c>
-      <c r="J210" s="50">
-        <v>59.06</v>
+      <c r="J210" s="29">
+        <v>50.56</v>
       </c>
       <c r="K210" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A211" s="23" t="s">
         <v>286</v>
       </c>
       <c r="B211" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C211" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D211" s="25" t="s">
         <v>282</v>
       </c>
       <c r="E211" s="26">
         <v>1</v>
       </c>
       <c r="F211" s="26">
         <v>25</v>
       </c>
       <c r="G211" s="26">
         <v>720</v>
       </c>
       <c r="H211" s="27">
         <v>685768395607</v>
       </c>
       <c r="I211" s="28">
         <v>1.2201</v>
       </c>
-      <c r="J211" s="50">
-        <v>112.39</v>
+      <c r="J211" s="29">
+        <v>96.21</v>
       </c>
       <c r="K211" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A212" s="23" t="s">
         <v>287</v>
       </c>
       <c r="B212" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C212" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D212" s="25" t="s">
         <v>282</v>
       </c>
       <c r="E212" s="26">
         <v>1</v>
       </c>
       <c r="F212" s="26">
         <v>15</v>
       </c>
       <c r="G212" s="26">
         <v>360</v>
       </c>
       <c r="H212" s="27">
         <v>685768395614</v>
       </c>
       <c r="I212" s="28">
         <v>1.726</v>
       </c>
-      <c r="J212" s="50">
-        <v>138.85</v>
+      <c r="J212" s="29">
+        <v>118.86</v>
       </c>
       <c r="K212" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A213" s="23" t="s">
         <v>288</v>
       </c>
       <c r="B213" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C213" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D213" s="25" t="s">
         <v>282</v>
       </c>
       <c r="E213" s="26">
         <v>1</v>
       </c>
       <c r="F213" s="26">
         <v>10</v>
       </c>
       <c r="G213" s="26">
         <v>540</v>
       </c>
       <c r="H213" s="27">
         <v>685768399353</v>
       </c>
       <c r="I213" s="28">
         <v>2.1265999999999998</v>
       </c>
-      <c r="J213" s="50">
-        <v>417.41</v>
+      <c r="J213" s="29">
+        <v>357.32</v>
       </c>
       <c r="K213" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A214" s="23" t="s">
         <v>289</v>
       </c>
       <c r="B214" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C214" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D214" s="25" t="s">
         <v>282</v>
       </c>
       <c r="E214" s="26">
         <v>1</v>
       </c>
       <c r="F214" s="26">
         <v>7</v>
       </c>
       <c r="G214" s="26">
         <v>378</v>
       </c>
       <c r="H214" s="27">
         <v>685768399490</v>
       </c>
       <c r="I214" s="28">
         <v>3.0114999999999998</v>
       </c>
-      <c r="J214" s="50">
-        <v>511.9</v>
+      <c r="J214" s="29">
+        <v>438.21</v>
       </c>
       <c r="K214" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A215" s="23" t="s">
         <v>290</v>
       </c>
       <c r="B215" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C215" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D215" s="25" t="s">
         <v>282</v>
       </c>
       <c r="E215" s="26">
         <v>1</v>
       </c>
       <c r="F215" s="26">
         <v>4</v>
       </c>
       <c r="G215" s="26">
         <v>216</v>
       </c>
       <c r="H215" s="27">
         <v>685768399544</v>
       </c>
       <c r="I215" s="28">
         <v>5.4767999999999999</v>
       </c>
-      <c r="J215" s="50">
-        <v>732.03</v>
+      <c r="J215" s="29">
+        <v>626.65</v>
       </c>
       <c r="K215" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A216" s="23" t="s">
         <v>291</v>
       </c>
       <c r="B216" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C216" s="25" t="s">
         <v>292</v>
       </c>
       <c r="D216" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E216" s="26">
         <v>10</v>
       </c>
       <c r="F216" s="26">
         <v>140</v>
       </c>
       <c r="G216" s="26">
         <v>10080</v>
       </c>
       <c r="H216" s="27">
         <v>685768395126</v>
       </c>
       <c r="I216" s="28">
         <v>0.31819999999999998</v>
       </c>
-      <c r="J216" s="50">
-        <v>39.71</v>
+      <c r="J216" s="29">
+        <v>34</v>
       </c>
       <c r="K216" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A217" s="23" t="s">
         <v>294</v>
       </c>
       <c r="B217" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C217" s="25" t="s">
         <v>295</v>
       </c>
       <c r="D217" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E217" s="26">
         <v>5</v>
       </c>
       <c r="F217" s="26">
         <v>60</v>
       </c>
       <c r="G217" s="26">
         <v>4320</v>
       </c>
       <c r="H217" s="27">
         <v>685768405900</v>
       </c>
       <c r="I217" s="28">
         <v>0.72450000000000003</v>
       </c>
-      <c r="J217" s="50">
-        <v>57.23</v>
+      <c r="J217" s="29">
+        <v>48.99</v>
       </c>
       <c r="K217" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A218" s="23" t="s">
         <v>296</v>
       </c>
       <c r="B218" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C218" s="25" t="s">
         <v>297</v>
       </c>
       <c r="D218" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E218" s="26">
         <v>10</v>
       </c>
       <c r="F218" s="26">
         <v>150</v>
       </c>
       <c r="G218" s="26">
         <v>3600</v>
       </c>
       <c r="H218" s="27">
         <v>685768395119</v>
       </c>
       <c r="I218" s="28">
         <v>0.27729999999999999</v>
       </c>
-      <c r="J218" s="50">
-        <v>31.11</v>
+      <c r="J218" s="29">
+        <v>26.63</v>
       </c>
       <c r="K218" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A219" s="23" t="s">
         <v>298</v>
       </c>
       <c r="B219" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C219" s="25" t="s">
         <v>299</v>
       </c>
       <c r="D219" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E219" s="26">
         <v>10</v>
       </c>
       <c r="F219" s="26">
         <v>140</v>
       </c>
       <c r="G219" s="26">
         <v>10080</v>
       </c>
       <c r="H219" s="27">
         <v>685768395096</v>
       </c>
       <c r="I219" s="28">
         <v>0.29120000000000001</v>
       </c>
-      <c r="J219" s="50">
-        <v>16.989999999999998</v>
+      <c r="J219" s="29">
+        <v>14.54</v>
       </c>
       <c r="K219" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A220" s="23" t="s">
         <v>300</v>
       </c>
       <c r="B220" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C220" s="25" t="s">
         <v>301</v>
       </c>
       <c r="D220" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E220" s="26">
         <v>5</v>
       </c>
       <c r="F220" s="26">
         <v>120</v>
       </c>
       <c r="G220" s="26">
         <v>8640</v>
       </c>
       <c r="H220" s="27">
         <v>685768395102</v>
       </c>
       <c r="I220" s="28">
         <v>0.33029999999999998</v>
       </c>
-      <c r="J220" s="50">
-        <v>33.549999999999997</v>
+      <c r="J220" s="29">
+        <v>28.72</v>
       </c>
       <c r="K220" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A221" s="23" t="s">
         <v>302</v>
       </c>
       <c r="B221" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C221" s="25" t="s">
         <v>303</v>
       </c>
       <c r="D221" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E221" s="26">
         <v>5</v>
       </c>
       <c r="F221" s="26">
         <v>60</v>
       </c>
       <c r="G221" s="26">
         <v>1800</v>
       </c>
       <c r="H221" s="27">
         <v>685768395188</v>
       </c>
       <c r="I221" s="28">
         <v>0.7651</v>
       </c>
-      <c r="J221" s="50">
-        <v>64.290000000000006</v>
+      <c r="J221" s="29">
+        <v>55.03</v>
       </c>
       <c r="K221" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A222" s="23" t="s">
         <v>304</v>
       </c>
       <c r="B222" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C222" s="25" t="s">
         <v>305</v>
       </c>
       <c r="D222" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E222" s="26">
         <v>5</v>
       </c>
       <c r="F222" s="26">
         <v>80</v>
       </c>
       <c r="G222" s="26">
         <v>5760</v>
       </c>
       <c r="H222" s="27">
         <v>685768405894</v>
       </c>
       <c r="I222" s="28">
         <v>0.43769999999999998</v>
       </c>
-      <c r="J222" s="50">
-        <v>97.78</v>
+      <c r="J222" s="29">
+        <v>83.7</v>
       </c>
       <c r="K222" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A223" s="23" t="s">
         <v>306</v>
       </c>
       <c r="B223" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C223" s="25" t="s">
         <v>307</v>
       </c>
       <c r="D223" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E223" s="26">
         <v>5</v>
       </c>
       <c r="F223" s="26">
         <v>80</v>
       </c>
       <c r="G223" s="26">
         <v>5760</v>
       </c>
       <c r="H223" s="27">
         <v>685768395171</v>
       </c>
       <c r="I223" s="28">
         <v>0.48099999999999998</v>
       </c>
-      <c r="J223" s="50">
-        <v>61.65</v>
+      <c r="J223" s="29">
+        <v>52.78</v>
       </c>
       <c r="K223" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A224" s="23" t="s">
         <v>308</v>
       </c>
       <c r="B224" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C224" s="25" t="s">
         <v>309</v>
       </c>
       <c r="D224" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E224" s="26">
         <v>5</v>
       </c>
       <c r="F224" s="26">
         <v>90</v>
       </c>
       <c r="G224" s="26">
         <v>7200</v>
       </c>
       <c r="H224" s="27">
         <v>685768405887</v>
       </c>
       <c r="I224" s="28">
         <v>0.50660000000000005</v>
       </c>
-      <c r="J224" s="50">
-        <v>65.08</v>
+      <c r="J224" s="29">
+        <v>55.71</v>
       </c>
       <c r="K224" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A225" s="23" t="s">
         <v>310</v>
       </c>
       <c r="B225" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C225" s="25" t="s">
         <v>311</v>
       </c>
       <c r="D225" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E225" s="26">
         <v>5</v>
       </c>
       <c r="F225" s="26">
         <v>100</v>
       </c>
       <c r="G225" s="26">
         <v>1800</v>
       </c>
       <c r="H225" s="27">
         <v>685768395164</v>
       </c>
       <c r="I225" s="28">
         <v>0.42620000000000002</v>
       </c>
-      <c r="J225" s="50">
-        <v>57.25</v>
+      <c r="J225" s="29">
+        <v>49.01</v>
       </c>
       <c r="K225" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A226" s="23" t="s">
         <v>312</v>
       </c>
       <c r="B226" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C226" s="25" t="s">
         <v>313</v>
       </c>
       <c r="D226" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E226" s="26">
         <v>5</v>
       </c>
       <c r="F226" s="26">
         <v>70</v>
       </c>
       <c r="G226" s="26">
         <v>5040</v>
       </c>
       <c r="H226" s="27">
         <v>685768395157</v>
       </c>
       <c r="I226" s="28">
         <v>0.4819</v>
       </c>
-      <c r="J226" s="50">
-        <v>64.64</v>
+      <c r="J226" s="29">
+        <v>55.33</v>
       </c>
       <c r="K226" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A227" s="23" t="s">
         <v>314</v>
       </c>
       <c r="B227" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C227" s="25" t="s">
         <v>315</v>
       </c>
       <c r="D227" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E227" s="26">
         <v>5</v>
       </c>
       <c r="F227" s="26">
         <v>100</v>
       </c>
       <c r="G227" s="26">
         <v>1800</v>
       </c>
       <c r="H227" s="27">
         <v>685768395140</v>
       </c>
       <c r="I227" s="28">
         <v>0.40899999999999997</v>
       </c>
-      <c r="J227" s="50">
-        <v>41.53</v>
+      <c r="J227" s="29">
+        <v>35.549999999999997</v>
       </c>
       <c r="K227" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A228" s="23" t="s">
         <v>316</v>
       </c>
       <c r="B228" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C228" s="25" t="s">
         <v>317</v>
       </c>
       <c r="D228" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E228" s="26">
         <v>5</v>
       </c>
       <c r="F228" s="26">
         <v>80</v>
       </c>
       <c r="G228" s="26">
         <v>1800</v>
       </c>
       <c r="H228" s="27">
         <v>685768395133</v>
       </c>
       <c r="I228" s="28">
         <v>0.45429999999999998</v>
       </c>
-      <c r="J228" s="50">
-        <v>40.5</v>
+      <c r="J228" s="29">
+        <v>34.67</v>
       </c>
       <c r="K228" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A229" s="23" t="s">
         <v>318</v>
       </c>
       <c r="B229" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C229" s="25" t="s">
         <v>319</v>
       </c>
       <c r="D229" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E229" s="26">
         <v>1</v>
       </c>
       <c r="F229" s="26">
         <v>35</v>
       </c>
       <c r="G229" s="26">
         <v>2520</v>
       </c>
       <c r="H229" s="27">
         <v>685768406006</v>
       </c>
       <c r="I229" s="28">
         <v>1.0241</v>
       </c>
-      <c r="J229" s="50">
-        <v>111.7</v>
+      <c r="J229" s="29">
+        <v>95.62</v>
       </c>
       <c r="K229" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A230" s="23" t="s">
         <v>320</v>
       </c>
       <c r="B230" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C230" s="25" t="s">
         <v>321</v>
       </c>
       <c r="D230" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E230" s="26">
         <v>1</v>
       </c>
       <c r="F230" s="26">
         <v>40</v>
       </c>
       <c r="G230" s="26">
         <v>2880</v>
       </c>
       <c r="H230" s="27">
         <v>685768406013</v>
       </c>
       <c r="I230" s="28">
         <v>0.80889999999999995</v>
       </c>
-      <c r="J230" s="50">
-        <v>122.85</v>
+      <c r="J230" s="29">
+        <v>105.17</v>
       </c>
       <c r="K230" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A231" s="23" t="s">
         <v>322</v>
       </c>
       <c r="B231" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C231" s="25" t="s">
         <v>323</v>
       </c>
       <c r="D231" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E231" s="26">
         <v>1</v>
       </c>
       <c r="F231" s="26">
         <v>50</v>
       </c>
       <c r="G231" s="26">
         <v>3600</v>
       </c>
       <c r="H231" s="27">
         <v>685768405993</v>
       </c>
       <c r="I231" s="28">
         <v>0.65269999999999995</v>
       </c>
-      <c r="J231" s="50">
-        <v>97.2</v>
+      <c r="J231" s="29">
+        <v>83.21</v>
       </c>
       <c r="K231" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A232" s="23" t="s">
         <v>324</v>
       </c>
       <c r="B232" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C232" s="25" t="s">
         <v>325</v>
       </c>
       <c r="D232" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E232" s="26">
         <v>1</v>
       </c>
       <c r="F232" s="26">
         <v>50</v>
       </c>
       <c r="G232" s="26">
         <v>3600</v>
       </c>
       <c r="H232" s="27">
         <v>685768405986</v>
       </c>
       <c r="I232" s="28">
         <v>0.73040000000000005</v>
       </c>
-      <c r="J232" s="50">
-        <v>107.21</v>
+      <c r="J232" s="29">
+        <v>91.78</v>
       </c>
       <c r="K232" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A233" s="23" t="s">
         <v>326</v>
       </c>
       <c r="B233" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C233" s="25" t="s">
         <v>327</v>
       </c>
       <c r="D233" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E233" s="26">
         <v>1</v>
       </c>
       <c r="F233" s="26">
         <v>50</v>
       </c>
       <c r="G233" s="26">
         <v>3600</v>
       </c>
       <c r="H233" s="27">
         <v>685768405979</v>
       </c>
       <c r="I233" s="28">
         <v>0.77929999999999999</v>
       </c>
-      <c r="J233" s="50">
-        <v>111.49</v>
+      <c r="J233" s="29">
+        <v>95.44</v>
       </c>
       <c r="K233" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A234" s="23" t="s">
         <v>328</v>
       </c>
       <c r="B234" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C234" s="25" t="s">
         <v>329</v>
       </c>
       <c r="D234" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E234" s="26">
         <v>1</v>
       </c>
       <c r="F234" s="26">
         <v>40</v>
       </c>
       <c r="G234" s="26">
         <v>2880</v>
       </c>
       <c r="H234" s="27">
         <v>685768405962</v>
       </c>
       <c r="I234" s="28">
         <v>0.8548</v>
       </c>
-      <c r="J234" s="50">
-        <v>98.65</v>
+      <c r="J234" s="29">
+        <v>84.45</v>
       </c>
       <c r="K234" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A235" s="23" t="s">
         <v>330</v>
       </c>
       <c r="B235" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C235" s="25" t="s">
         <v>331</v>
       </c>
       <c r="D235" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E235" s="26">
         <v>1</v>
       </c>
       <c r="F235" s="26">
         <v>50</v>
       </c>
       <c r="G235" s="26">
         <v>3600</v>
       </c>
       <c r="H235" s="27">
         <v>685768405955</v>
       </c>
       <c r="I235" s="28">
         <v>0.65310000000000001</v>
       </c>
-      <c r="J235" s="50">
-        <v>76.489999999999995</v>
+      <c r="J235" s="29">
+        <v>65.48</v>
       </c>
       <c r="K235" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A236" s="23" t="s">
         <v>332</v>
       </c>
       <c r="B236" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C236" s="25" t="s">
         <v>333</v>
       </c>
       <c r="D236" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E236" s="26">
         <v>1</v>
       </c>
       <c r="F236" s="26">
         <v>45</v>
       </c>
       <c r="G236" s="26">
         <v>3240</v>
       </c>
       <c r="H236" s="27">
         <v>685768405948</v>
       </c>
       <c r="I236" s="28">
         <v>0.70330000000000004</v>
       </c>
-      <c r="J236" s="50">
-        <v>61.25</v>
+      <c r="J236" s="29">
+        <v>52.43</v>
       </c>
       <c r="K236" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A237" s="23" t="s">
         <v>334</v>
       </c>
       <c r="B237" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C237" s="25" t="s">
         <v>335</v>
       </c>
       <c r="D237" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E237" s="26">
         <v>1</v>
       </c>
       <c r="F237" s="26">
         <v>50</v>
       </c>
       <c r="G237" s="26">
         <v>3600</v>
       </c>
       <c r="H237" s="27">
         <v>685768405931</v>
       </c>
       <c r="I237" s="28">
         <v>0.75170000000000003</v>
       </c>
-      <c r="J237" s="50">
-        <v>67.19</v>
+      <c r="J237" s="29">
+        <v>57.52</v>
       </c>
       <c r="K237" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A238" s="23" t="s">
         <v>336</v>
       </c>
       <c r="B238" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C238" s="25" t="s">
         <v>337</v>
       </c>
       <c r="D238" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E238" s="26">
         <v>1</v>
       </c>
       <c r="F238" s="26">
         <v>40</v>
       </c>
       <c r="G238" s="26">
         <v>2880</v>
       </c>
       <c r="H238" s="27">
         <v>685768405924</v>
       </c>
       <c r="I238" s="28">
         <v>0.83979999999999999</v>
       </c>
-      <c r="J238" s="50">
-        <v>175.18</v>
+      <c r="J238" s="29">
+        <v>149.96</v>
       </c>
       <c r="K238" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A239" s="23" t="s">
         <v>338</v>
       </c>
       <c r="B239" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C239" s="25" t="s">
         <v>339</v>
       </c>
       <c r="D239" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E239" s="26">
         <v>1</v>
       </c>
       <c r="F239" s="26">
         <v>60</v>
       </c>
       <c r="G239" s="26">
         <v>4320</v>
       </c>
       <c r="H239" s="27">
         <v>685768404163</v>
       </c>
       <c r="I239" s="28">
         <v>0.45119999999999999</v>
       </c>
-      <c r="J239" s="50">
-        <v>51.39</v>
+      <c r="J239" s="29">
+        <v>43.99</v>
       </c>
       <c r="K239" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A240" s="23" t="s">
         <v>340</v>
       </c>
       <c r="B240" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C240" s="25" t="s">
         <v>341</v>
       </c>
       <c r="D240" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E240" s="26">
         <v>1</v>
       </c>
       <c r="F240" s="26">
         <v>55</v>
       </c>
       <c r="G240" s="26">
         <v>3960</v>
       </c>
       <c r="H240" s="27">
         <v>685768405917</v>
       </c>
       <c r="I240" s="28">
         <v>0.50309999999999999</v>
       </c>
-      <c r="J240" s="50">
-        <v>54.03</v>
+      <c r="J240" s="29">
+        <v>46.25</v>
       </c>
       <c r="K240" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A241" s="23" t="s">
         <v>342</v>
       </c>
       <c r="B241" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C241" s="25" t="s">
         <v>343</v>
       </c>
       <c r="D241" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E241" s="26">
         <v>1</v>
       </c>
       <c r="F241" s="26">
         <v>50</v>
       </c>
       <c r="G241" s="26">
         <v>1280</v>
       </c>
       <c r="H241" s="27">
         <v>685768395195</v>
       </c>
       <c r="I241" s="28">
         <v>0.56520000000000004</v>
       </c>
-      <c r="J241" s="50">
-        <v>58.26</v>
+      <c r="J241" s="29">
+        <v>49.88</v>
       </c>
       <c r="K241" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A242" s="23" t="s">
         <v>344</v>
       </c>
       <c r="B242" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C242" s="25" t="s">
         <v>345</v>
       </c>
       <c r="D242" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E242" s="26">
         <v>1</v>
       </c>
       <c r="F242" s="26">
         <v>25</v>
       </c>
       <c r="G242" s="26">
         <v>1800</v>
       </c>
       <c r="H242" s="27">
         <v>685768406587</v>
       </c>
       <c r="I242" s="28">
         <v>1.4812000000000001</v>
       </c>
-      <c r="J242" s="50">
-        <v>156.05000000000001</v>
+      <c r="J242" s="29">
+        <v>133.59</v>
       </c>
       <c r="K242" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A243" s="23" t="s">
         <v>346</v>
       </c>
       <c r="B243" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C243" s="25" t="s">
         <v>347</v>
       </c>
       <c r="D243" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E243" s="26">
         <v>1</v>
       </c>
       <c r="F243" s="26">
         <v>30</v>
       </c>
       <c r="G243" s="26">
         <v>2160</v>
       </c>
       <c r="H243" s="27">
         <v>685768406570</v>
       </c>
       <c r="I243" s="28">
         <v>1.0382</v>
       </c>
-      <c r="J243" s="50">
-        <v>139.44</v>
+      <c r="J243" s="29">
+        <v>119.36</v>
       </c>
       <c r="K243" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A244" s="23" t="s">
         <v>348</v>
       </c>
       <c r="B244" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C244" s="25" t="s">
         <v>349</v>
       </c>
       <c r="D244" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E244" s="26">
         <v>1</v>
       </c>
       <c r="F244" s="26">
         <v>30</v>
       </c>
       <c r="G244" s="26">
         <v>2160</v>
       </c>
       <c r="H244" s="27">
         <v>685768406082</v>
       </c>
       <c r="I244" s="28">
         <v>1.0844</v>
       </c>
-      <c r="J244" s="50">
-        <v>150.54</v>
+      <c r="J244" s="29">
+        <v>128.87</v>
       </c>
       <c r="K244" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A245" s="23" t="s">
         <v>350</v>
       </c>
       <c r="B245" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C245" s="25" t="s">
         <v>351</v>
       </c>
       <c r="D245" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E245" s="26">
         <v>1</v>
       </c>
       <c r="F245" s="26">
         <v>30</v>
       </c>
       <c r="G245" s="26">
         <v>2160</v>
       </c>
       <c r="H245" s="27">
         <v>685768406075</v>
       </c>
       <c r="I245" s="28">
         <v>1.1491</v>
       </c>
-      <c r="J245" s="50">
-        <v>171.24</v>
+      <c r="J245" s="29">
+        <v>146.59</v>
       </c>
       <c r="K245" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A246" s="23" t="s">
         <v>352</v>
       </c>
       <c r="B246" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C246" s="25" t="s">
         <v>353</v>
       </c>
       <c r="D246" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E246" s="26">
         <v>1</v>
       </c>
       <c r="F246" s="26">
         <v>25</v>
       </c>
       <c r="G246" s="26">
         <v>1800</v>
       </c>
       <c r="H246" s="27">
         <v>685768406068</v>
       </c>
       <c r="I246" s="28">
         <v>1.4611000000000001</v>
       </c>
-      <c r="J246" s="50">
-        <v>187.81</v>
+      <c r="J246" s="29">
+        <v>160.78</v>
       </c>
       <c r="K246" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A247" s="23" t="s">
         <v>354</v>
       </c>
       <c r="B247" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C247" s="25" t="s">
         <v>355</v>
       </c>
       <c r="D247" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E247" s="26">
         <v>1</v>
       </c>
       <c r="F247" s="26">
         <v>35</v>
       </c>
       <c r="G247" s="26">
         <v>2520</v>
       </c>
       <c r="H247" s="27">
         <v>685768406051</v>
       </c>
       <c r="I247" s="28">
         <v>1.1077999999999999</v>
       </c>
-      <c r="J247" s="50">
-        <v>131.63999999999999</v>
+      <c r="J247" s="29">
+        <v>112.69</v>
       </c>
       <c r="K247" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A248" s="23" t="s">
         <v>356</v>
       </c>
       <c r="B248" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C248" s="25" t="s">
         <v>357</v>
       </c>
       <c r="D248" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E248" s="26">
         <v>1</v>
       </c>
       <c r="F248" s="26">
         <v>30</v>
       </c>
       <c r="G248" s="26">
         <v>2160</v>
       </c>
       <c r="H248" s="27">
         <v>685768406044</v>
       </c>
       <c r="I248" s="28">
         <v>1.1752</v>
       </c>
-      <c r="J248" s="50">
-        <v>152.63</v>
+      <c r="J248" s="29">
+        <v>130.65</v>
       </c>
       <c r="K248" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A249" s="23" t="s">
         <v>358</v>
       </c>
       <c r="B249" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C249" s="25" t="s">
         <v>359</v>
       </c>
       <c r="D249" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E249" s="26">
         <v>1</v>
       </c>
       <c r="F249" s="26">
         <v>30</v>
       </c>
       <c r="G249" s="26">
         <v>2160</v>
       </c>
       <c r="H249" s="27">
         <v>685768406037</v>
       </c>
       <c r="I249" s="28">
         <v>1.2430000000000001</v>
       </c>
-      <c r="J249" s="50">
-        <v>112.74</v>
+      <c r="J249" s="29">
+        <v>96.51</v>
       </c>
       <c r="K249" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A250" s="23" t="s">
         <v>360</v>
       </c>
       <c r="B250" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C250" s="25" t="s">
         <v>361</v>
       </c>
       <c r="D250" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E250" s="26">
         <v>1</v>
       </c>
       <c r="F250" s="26">
         <v>40</v>
       </c>
       <c r="G250" s="26">
         <v>900</v>
       </c>
       <c r="H250" s="27">
         <v>685768395225</v>
       </c>
       <c r="I250" s="28">
         <v>0.75060000000000004</v>
       </c>
-      <c r="J250" s="50">
-        <v>121.95</v>
+      <c r="J250" s="29">
+        <v>104.39</v>
       </c>
       <c r="K250" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A251" s="23" t="s">
         <v>362</v>
       </c>
       <c r="B251" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C251" s="25" t="s">
         <v>363</v>
       </c>
       <c r="D251" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E251" s="26">
         <v>1</v>
       </c>
       <c r="F251" s="26">
         <v>35</v>
       </c>
       <c r="G251" s="26">
         <v>900</v>
       </c>
       <c r="H251" s="27">
         <v>685768395218</v>
       </c>
       <c r="I251" s="28">
         <v>0.84089999999999998</v>
       </c>
-      <c r="J251" s="50">
-        <v>99.85</v>
+      <c r="J251" s="29">
+        <v>85.48</v>
       </c>
       <c r="K251" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A252" s="23" t="s">
         <v>364</v>
       </c>
       <c r="B252" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C252" s="25" t="s">
         <v>365</v>
       </c>
       <c r="D252" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E252" s="26">
         <v>1</v>
       </c>
       <c r="F252" s="26">
         <v>35</v>
       </c>
       <c r="G252" s="26">
         <v>900</v>
       </c>
       <c r="H252" s="27">
         <v>685768395201</v>
       </c>
       <c r="I252" s="28">
         <v>0.91739999999999999</v>
       </c>
-      <c r="J252" s="50">
-        <v>103.61</v>
+      <c r="J252" s="29">
+        <v>88.7</v>
       </c>
       <c r="K252" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A253" s="23" t="s">
         <v>366</v>
       </c>
       <c r="B253" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C253" s="25" t="s">
         <v>367</v>
       </c>
       <c r="D253" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E253" s="26">
         <v>1</v>
       </c>
       <c r="F253" s="26">
         <v>30</v>
       </c>
       <c r="G253" s="26">
         <v>2160</v>
       </c>
       <c r="H253" s="27">
         <v>685768406020</v>
       </c>
       <c r="I253" s="28">
         <v>1.0639000000000001</v>
       </c>
-      <c r="J253" s="50">
-        <v>111.25</v>
+      <c r="J253" s="29">
+        <v>95.24</v>
       </c>
       <c r="K253" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A254" s="23" t="s">
         <v>368</v>
       </c>
       <c r="B254" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C254" s="25" t="s">
         <v>369</v>
       </c>
       <c r="D254" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E254" s="26">
         <v>1</v>
       </c>
       <c r="F254" s="26">
         <v>15</v>
       </c>
       <c r="G254" s="26">
         <v>1080</v>
       </c>
       <c r="H254" s="27">
         <v>685768406624</v>
       </c>
       <c r="I254" s="28">
         <v>2.1061000000000001</v>
       </c>
-      <c r="J254" s="50">
-        <v>246.6</v>
+      <c r="J254" s="29">
+        <v>211.1</v>
       </c>
       <c r="K254" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A255" s="23" t="s">
         <v>370</v>
       </c>
       <c r="B255" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C255" s="25" t="s">
         <v>371</v>
       </c>
       <c r="D255" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E255" s="26">
         <v>1</v>
       </c>
       <c r="F255" s="26">
         <v>15</v>
       </c>
       <c r="G255" s="26">
         <v>1080</v>
       </c>
       <c r="H255" s="27">
         <v>685768406617</v>
       </c>
       <c r="I255" s="28">
         <v>2.1151</v>
       </c>
-      <c r="J255" s="50">
-        <v>267.5</v>
+      <c r="J255" s="29">
+        <v>228.99</v>
       </c>
       <c r="K255" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A256" s="23" t="s">
         <v>372</v>
       </c>
       <c r="B256" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C256" s="25" t="s">
         <v>373</v>
       </c>
       <c r="D256" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E256" s="26">
         <v>1</v>
       </c>
       <c r="F256" s="26">
         <v>20</v>
       </c>
       <c r="G256" s="26">
         <v>1440</v>
       </c>
       <c r="H256" s="27">
         <v>685768406600</v>
       </c>
       <c r="I256" s="28">
         <v>1.6117999999999999</v>
       </c>
-      <c r="J256" s="50">
-        <v>176.94</v>
+      <c r="J256" s="29">
+        <v>151.47</v>
       </c>
       <c r="K256" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A257" s="23" t="s">
         <v>374</v>
       </c>
       <c r="B257" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C257" s="25" t="s">
         <v>375</v>
       </c>
       <c r="D257" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E257" s="26">
         <v>1</v>
       </c>
       <c r="F257" s="26">
         <v>15</v>
       </c>
       <c r="G257" s="26">
         <v>1080</v>
       </c>
       <c r="H257" s="27">
         <v>685768406594</v>
       </c>
       <c r="I257" s="28">
         <v>2.0899000000000001</v>
       </c>
-      <c r="J257" s="50">
-        <v>252.3</v>
+      <c r="J257" s="29">
+        <v>215.98</v>
       </c>
       <c r="K257" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A258" s="23" t="s">
         <v>376</v>
       </c>
       <c r="B258" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C258" s="25" t="s">
         <v>377</v>
       </c>
       <c r="D258" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E258" s="26">
         <v>1</v>
       </c>
       <c r="F258" s="26">
         <v>20</v>
       </c>
       <c r="G258" s="26">
         <v>1440</v>
       </c>
       <c r="H258" s="27">
         <v>685768406310</v>
       </c>
       <c r="I258" s="28">
         <v>1.7266999999999999</v>
       </c>
-      <c r="J258" s="50">
-        <v>250.79</v>
+      <c r="J258" s="29">
+        <v>214.69</v>
       </c>
       <c r="K258" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A259" s="23" t="s">
         <v>378</v>
       </c>
       <c r="B259" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C259" s="25" t="s">
         <v>379</v>
       </c>
       <c r="D259" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E259" s="26">
         <v>1</v>
       </c>
       <c r="F259" s="26">
         <v>20</v>
       </c>
       <c r="G259" s="26">
         <v>1440</v>
       </c>
       <c r="H259" s="27">
         <v>685768406303</v>
       </c>
       <c r="I259" s="28">
         <v>1.7041999999999999</v>
       </c>
-      <c r="J259" s="50">
-        <v>215.05</v>
+      <c r="J259" s="29">
+        <v>184.09</v>
       </c>
       <c r="K259" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A260" s="23" t="s">
         <v>380</v>
       </c>
       <c r="B260" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C260" s="25" t="s">
         <v>381</v>
       </c>
       <c r="D260" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E260" s="26">
         <v>1</v>
       </c>
       <c r="F260" s="26">
         <v>20</v>
       </c>
       <c r="G260" s="26">
         <v>1440</v>
       </c>
       <c r="H260" s="27">
         <v>685768406297</v>
       </c>
       <c r="I260" s="28">
         <v>1.7303999999999999</v>
       </c>
-      <c r="J260" s="50">
-        <v>212.31</v>
+      <c r="J260" s="29">
+        <v>181.75</v>
       </c>
       <c r="K260" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A261" s="23" t="s">
         <v>382</v>
       </c>
       <c r="B261" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C261" s="25" t="s">
         <v>383</v>
       </c>
       <c r="D261" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E261" s="26">
         <v>1</v>
       </c>
       <c r="F261" s="26">
         <v>20</v>
       </c>
       <c r="G261" s="26">
         <v>1440</v>
       </c>
       <c r="H261" s="27">
         <v>685768406280</v>
       </c>
       <c r="I261" s="28">
         <v>1.8283</v>
       </c>
-      <c r="J261" s="50">
-        <v>219.28</v>
+      <c r="J261" s="29">
+        <v>187.71</v>
       </c>
       <c r="K261" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A262" s="23" t="s">
         <v>384</v>
       </c>
       <c r="B262" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C262" s="25" t="s">
         <v>385</v>
       </c>
       <c r="D262" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E262" s="26">
         <v>1</v>
       </c>
       <c r="F262" s="26">
         <v>16</v>
       </c>
       <c r="G262" s="26">
         <v>1152</v>
       </c>
       <c r="H262" s="27">
         <v>685768406273</v>
       </c>
       <c r="I262" s="28">
         <v>1.9675</v>
       </c>
-      <c r="J262" s="50">
-        <v>222.31</v>
+      <c r="J262" s="29">
+        <v>190.31</v>
       </c>
       <c r="K262" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A263" s="23" t="s">
         <v>386</v>
       </c>
       <c r="B263" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C263" s="25" t="s">
         <v>387</v>
       </c>
       <c r="D263" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E263" s="26">
         <v>1</v>
       </c>
       <c r="F263" s="26">
         <v>16</v>
       </c>
       <c r="G263" s="26">
         <v>1152</v>
       </c>
       <c r="H263" s="27">
         <v>685768406266</v>
       </c>
       <c r="I263" s="28">
         <v>2.1898</v>
       </c>
-      <c r="J263" s="50">
-        <v>206.98</v>
+      <c r="J263" s="29">
+        <v>177.18</v>
       </c>
       <c r="K263" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A264" s="23" t="s">
         <v>388</v>
       </c>
       <c r="B264" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C264" s="25" t="s">
         <v>389</v>
       </c>
       <c r="D264" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E264" s="26">
         <v>1</v>
       </c>
       <c r="F264" s="26">
         <v>25</v>
       </c>
       <c r="G264" s="26">
         <v>1800</v>
       </c>
       <c r="H264" s="27">
         <v>685768404170</v>
       </c>
       <c r="I264" s="28">
         <v>0.98560000000000003</v>
       </c>
-      <c r="J264" s="50">
-        <v>192.18</v>
+      <c r="J264" s="29">
+        <v>164.51</v>
       </c>
       <c r="K264" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A265" s="23" t="s">
         <v>390</v>
       </c>
       <c r="B265" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C265" s="25" t="s">
         <v>391</v>
       </c>
       <c r="D265" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E265" s="26">
         <v>1</v>
       </c>
       <c r="F265" s="26">
         <v>25</v>
       </c>
       <c r="G265" s="26">
         <v>1800</v>
       </c>
       <c r="H265" s="27">
         <v>685768406259</v>
       </c>
       <c r="I265" s="28">
         <v>1.1951000000000001</v>
       </c>
-      <c r="J265" s="50">
-        <v>162.47999999999999</v>
+      <c r="J265" s="29">
+        <v>139.09</v>
       </c>
       <c r="K265" s="30">
         <f t="shared" ref="K265:K328" si="4">ROUND($C$5*J265,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A266" s="23" t="s">
         <v>392</v>
       </c>
       <c r="B266" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C266" s="25" t="s">
         <v>393</v>
       </c>
       <c r="D266" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E266" s="26">
         <v>1</v>
       </c>
       <c r="F266" s="26">
         <v>23</v>
       </c>
       <c r="G266" s="26">
         <v>360</v>
       </c>
       <c r="H266" s="27">
         <v>685768395256</v>
       </c>
       <c r="I266" s="28">
         <v>1.2815000000000001</v>
       </c>
-      <c r="J266" s="50">
-        <v>167.93</v>
+      <c r="J266" s="29">
+        <v>143.75</v>
       </c>
       <c r="K266" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A267" s="23" t="s">
         <v>394</v>
       </c>
       <c r="B267" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C267" s="25" t="s">
         <v>395</v>
       </c>
       <c r="D267" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E267" s="26">
         <v>1</v>
       </c>
       <c r="F267" s="26">
         <v>20</v>
       </c>
       <c r="G267" s="26">
         <v>1440</v>
       </c>
       <c r="H267" s="27">
         <v>685768395249</v>
       </c>
       <c r="I267" s="28">
         <v>1.3343</v>
       </c>
-      <c r="J267" s="50">
-        <v>171.11</v>
+      <c r="J267" s="29">
+        <v>146.47999999999999</v>
       </c>
       <c r="K267" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A268" s="23" t="s">
         <v>396</v>
       </c>
       <c r="B268" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C268" s="25" t="s">
         <v>397</v>
       </c>
       <c r="D268" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E268" s="26">
         <v>1</v>
       </c>
       <c r="F268" s="26">
         <v>16</v>
       </c>
       <c r="G268" s="26">
         <v>360</v>
       </c>
       <c r="H268" s="27">
         <v>685768395232</v>
       </c>
       <c r="I268" s="28">
         <v>1.5265</v>
       </c>
-      <c r="J268" s="50">
-        <v>128.65</v>
+      <c r="J268" s="29">
+        <v>110.13</v>
       </c>
       <c r="K268" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A269" s="23" t="s">
         <v>398</v>
       </c>
       <c r="B269" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C269" s="25" t="s">
         <v>399</v>
       </c>
       <c r="D269" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E269" s="26">
         <v>1</v>
       </c>
       <c r="F269" s="26">
         <v>10</v>
       </c>
       <c r="G269" s="26">
         <v>540</v>
       </c>
       <c r="H269" s="27">
         <v>685768406563</v>
       </c>
       <c r="I269" s="28">
         <v>3.3357999999999999</v>
       </c>
-      <c r="J269" s="50">
-        <v>676</v>
+      <c r="J269" s="29">
+        <v>578.69000000000005</v>
       </c>
       <c r="K269" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A270" s="23" t="s">
         <v>400</v>
       </c>
       <c r="B270" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C270" s="25" t="s">
         <v>401</v>
       </c>
       <c r="D270" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E270" s="26">
         <v>1</v>
       </c>
       <c r="F270" s="26">
         <v>10</v>
       </c>
       <c r="G270" s="26">
         <v>540</v>
       </c>
       <c r="H270" s="27">
         <v>685768406556</v>
       </c>
       <c r="I270" s="28">
         <v>3.3327</v>
       </c>
-      <c r="J270" s="50">
-        <v>642.91</v>
+      <c r="J270" s="29">
+        <v>550.36</v>
       </c>
       <c r="K270" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A271" s="23" t="s">
         <v>402</v>
       </c>
       <c r="B271" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C271" s="25" t="s">
         <v>403</v>
       </c>
       <c r="D271" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E271" s="26">
         <v>1</v>
       </c>
       <c r="F271" s="26">
         <v>8</v>
       </c>
       <c r="G271" s="26">
         <v>432</v>
       </c>
       <c r="H271" s="27">
         <v>685768406549</v>
       </c>
       <c r="I271" s="28">
         <v>3.3452999999999999</v>
       </c>
-      <c r="J271" s="50">
-        <v>650.54999999999995</v>
+      <c r="J271" s="29">
+        <v>556.9</v>
       </c>
       <c r="K271" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A272" s="23" t="s">
         <v>404</v>
       </c>
       <c r="B272" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C272" s="25" t="s">
         <v>405</v>
       </c>
       <c r="D272" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E272" s="26">
         <v>1</v>
       </c>
       <c r="F272" s="26">
         <v>10</v>
       </c>
       <c r="G272" s="26">
         <v>540</v>
       </c>
       <c r="H272" s="27">
         <v>685768406372</v>
       </c>
       <c r="I272" s="28">
         <v>3.0958999999999999</v>
       </c>
-      <c r="J272" s="50">
-        <v>749.78</v>
+      <c r="J272" s="29">
+        <v>641.84</v>
       </c>
       <c r="K272" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A273" s="23" t="s">
         <v>406</v>
       </c>
       <c r="B273" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C273" s="25" t="s">
         <v>407</v>
       </c>
       <c r="D273" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E273" s="26">
         <v>1</v>
       </c>
       <c r="F273" s="26">
         <v>8</v>
       </c>
       <c r="G273" s="26">
         <v>432</v>
       </c>
       <c r="H273" s="27">
         <v>685768406365</v>
       </c>
       <c r="I273" s="28">
         <v>3.4670999999999998</v>
       </c>
-      <c r="J273" s="50">
-        <v>597.44000000000005</v>
+      <c r="J273" s="29">
+        <v>511.43</v>
       </c>
       <c r="K273" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A274" s="23" t="s">
         <v>408</v>
       </c>
       <c r="B274" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C274" s="25" t="s">
         <v>409</v>
       </c>
       <c r="D274" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E274" s="26">
         <v>1</v>
       </c>
       <c r="F274" s="26">
         <v>15</v>
       </c>
       <c r="G274" s="26">
         <v>810</v>
       </c>
       <c r="H274" s="27">
         <v>685768406358</v>
       </c>
       <c r="I274" s="28">
         <v>2.5388999999999999</v>
       </c>
-      <c r="J274" s="50">
-        <v>628.16</v>
+      <c r="J274" s="29">
+        <v>537.74</v>
       </c>
       <c r="K274" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A275" s="23" t="s">
         <v>410</v>
       </c>
       <c r="B275" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C275" s="25" t="s">
         <v>411</v>
       </c>
       <c r="D275" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E275" s="26">
         <v>1</v>
       </c>
       <c r="F275" s="26">
         <v>15</v>
       </c>
       <c r="G275" s="26">
         <v>810</v>
       </c>
       <c r="H275" s="27">
         <v>685768406341</v>
       </c>
       <c r="I275" s="28">
         <v>2.6040999999999999</v>
       </c>
-      <c r="J275" s="50">
-        <v>591.46</v>
+      <c r="J275" s="29">
+        <v>506.32</v>
       </c>
       <c r="K275" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A276" s="23" t="s">
         <v>412</v>
       </c>
       <c r="B276" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C276" s="25" t="s">
         <v>413</v>
       </c>
       <c r="D276" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E276" s="26">
         <v>1</v>
       </c>
       <c r="F276" s="26">
         <v>12</v>
       </c>
       <c r="G276" s="26">
         <v>648</v>
       </c>
       <c r="H276" s="27">
         <v>685768406334</v>
       </c>
       <c r="I276" s="28">
         <v>2.8883999999999999</v>
       </c>
-      <c r="J276" s="50">
-        <v>555.4</v>
+      <c r="J276" s="29">
+        <v>475.45</v>
       </c>
       <c r="K276" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A277" s="23" t="s">
         <v>414</v>
       </c>
       <c r="B277" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C277" s="25" t="s">
         <v>415</v>
       </c>
       <c r="D277" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E277" s="26">
         <v>1</v>
       </c>
       <c r="F277" s="26">
         <v>10</v>
       </c>
       <c r="G277" s="26">
         <v>540</v>
       </c>
       <c r="H277" s="27">
         <v>685768399421</v>
       </c>
       <c r="I277" s="28">
         <v>3.0602999999999998</v>
       </c>
-      <c r="J277" s="50">
-        <v>487.94</v>
+      <c r="J277" s="29">
+        <v>417.7</v>
       </c>
       <c r="K277" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A278" s="23" t="s">
         <v>416</v>
       </c>
       <c r="B278" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C278" s="25" t="s">
         <v>417</v>
       </c>
       <c r="D278" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E278" s="26">
         <v>1</v>
       </c>
       <c r="F278" s="26">
         <v>10</v>
       </c>
       <c r="G278" s="26">
         <v>540</v>
       </c>
       <c r="H278" s="27">
         <v>685768406327</v>
       </c>
       <c r="I278" s="28">
         <v>3.4315000000000002</v>
       </c>
-      <c r="J278" s="50">
-        <v>628.49</v>
+      <c r="J278" s="29">
+        <v>538.01</v>
       </c>
       <c r="K278" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A279" s="23" t="s">
         <v>418</v>
       </c>
       <c r="B279" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C279" s="25" t="s">
         <v>419</v>
       </c>
       <c r="D279" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E279" s="26">
         <v>1</v>
       </c>
       <c r="F279" s="26">
         <v>18</v>
       </c>
       <c r="G279" s="26">
         <v>972</v>
       </c>
       <c r="H279" s="27">
         <v>685768399414</v>
       </c>
       <c r="I279" s="28">
         <v>1.5232000000000001</v>
       </c>
-      <c r="J279" s="50">
-        <v>556.41</v>
+      <c r="J279" s="29">
+        <v>476.31</v>
       </c>
       <c r="K279" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A280" s="23" t="s">
         <v>420</v>
       </c>
       <c r="B280" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C280" s="25" t="s">
         <v>421</v>
       </c>
       <c r="D280" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E280" s="26">
         <v>1</v>
       </c>
       <c r="F280" s="26">
         <v>18</v>
       </c>
       <c r="G280" s="26">
         <v>972</v>
       </c>
       <c r="H280" s="27">
         <v>685768399407</v>
       </c>
       <c r="I280" s="28">
         <v>1.6383000000000001</v>
       </c>
-      <c r="J280" s="50">
-        <v>590.51</v>
+      <c r="J280" s="29">
+        <v>505.51</v>
       </c>
       <c r="K280" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A281" s="23" t="s">
         <v>422</v>
       </c>
       <c r="B281" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C281" s="25" t="s">
         <v>423</v>
       </c>
       <c r="D281" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E281" s="26">
         <v>1</v>
       </c>
       <c r="F281" s="26">
         <v>16</v>
       </c>
       <c r="G281" s="26">
         <v>864</v>
       </c>
       <c r="H281" s="27">
         <v>685768399391</v>
       </c>
       <c r="I281" s="28">
         <v>1.7005999999999999</v>
       </c>
-      <c r="J281" s="50">
-        <v>571.11</v>
+      <c r="J281" s="29">
+        <v>488.9</v>
       </c>
       <c r="K281" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A282" s="23" t="s">
         <v>424</v>
       </c>
       <c r="B282" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C282" s="25" t="s">
         <v>425</v>
       </c>
       <c r="D282" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E282" s="26">
         <v>1</v>
       </c>
       <c r="F282" s="26">
         <v>15</v>
       </c>
       <c r="G282" s="26">
         <v>810</v>
       </c>
       <c r="H282" s="27">
         <v>685768399384</v>
       </c>
       <c r="I282" s="28">
         <v>1.7875000000000001</v>
       </c>
-      <c r="J282" s="50">
-        <v>582.13</v>
+      <c r="J282" s="29">
+        <v>498.33</v>
       </c>
       <c r="K282" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A283" s="23" t="s">
         <v>426</v>
       </c>
       <c r="B283" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C283" s="25" t="s">
         <v>427</v>
       </c>
       <c r="D283" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E283" s="26">
         <v>1</v>
       </c>
       <c r="F283" s="26">
         <v>12</v>
       </c>
       <c r="G283" s="26">
         <v>648</v>
       </c>
       <c r="H283" s="27">
         <v>685768399377</v>
       </c>
       <c r="I283" s="28">
         <v>1.9221999999999999</v>
       </c>
-      <c r="J283" s="50">
-        <v>556.24</v>
+      <c r="J283" s="29">
+        <v>476.16</v>
       </c>
       <c r="K283" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A284" s="23" t="s">
         <v>428</v>
       </c>
       <c r="B284" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C284" s="25" t="s">
         <v>429</v>
       </c>
       <c r="D284" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E284" s="26">
         <v>1</v>
       </c>
       <c r="F284" s="26">
         <v>12</v>
       </c>
       <c r="G284" s="26">
         <v>648</v>
       </c>
       <c r="H284" s="27">
         <v>685768399360</v>
       </c>
       <c r="I284" s="28">
         <v>2.1269999999999998</v>
       </c>
-      <c r="J284" s="50">
-        <v>490.34</v>
+      <c r="J284" s="29">
+        <v>419.75</v>
       </c>
       <c r="K284" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A285" s="23" t="s">
         <v>430</v>
       </c>
       <c r="B285" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C285" s="25" t="s">
         <v>431</v>
       </c>
       <c r="D285" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E285" s="26">
         <v>1</v>
       </c>
       <c r="F285" s="26">
         <v>6</v>
       </c>
       <c r="G285" s="26">
         <v>324</v>
       </c>
       <c r="H285" s="27">
         <v>685768406464</v>
       </c>
       <c r="I285" s="28">
         <v>4.6780999999999997</v>
       </c>
-      <c r="J285" s="50">
-        <v>627.74</v>
+      <c r="J285" s="29">
+        <v>537.37</v>
       </c>
       <c r="K285" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A286" s="23" t="s">
         <v>432</v>
       </c>
       <c r="B286" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C286" s="25" t="s">
         <v>433</v>
       </c>
       <c r="D286" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E286" s="26">
         <v>1</v>
       </c>
       <c r="F286" s="26">
         <v>7</v>
       </c>
       <c r="G286" s="26">
         <v>378</v>
       </c>
       <c r="H286" s="27">
         <v>685768406457</v>
       </c>
       <c r="I286" s="28">
         <v>4.6805000000000003</v>
       </c>
-      <c r="J286" s="50">
-        <v>664.94</v>
+      <c r="J286" s="29">
+        <v>569.22</v>
       </c>
       <c r="K286" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A287" s="23" t="s">
         <v>434</v>
       </c>
       <c r="B287" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C287" s="25" t="s">
         <v>435</v>
       </c>
       <c r="D287" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E287" s="26">
         <v>1</v>
       </c>
       <c r="F287" s="26">
         <v>6</v>
       </c>
       <c r="G287" s="26">
         <v>324</v>
       </c>
       <c r="H287" s="27">
         <v>685768406471</v>
       </c>
       <c r="I287" s="28">
         <v>4.6878000000000002</v>
       </c>
-      <c r="J287" s="50">
-        <v>814.84</v>
+      <c r="J287" s="29">
+        <v>697.54</v>
       </c>
       <c r="K287" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A288" s="23" t="s">
         <v>436</v>
       </c>
       <c r="B288" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C288" s="25" t="s">
         <v>437</v>
       </c>
       <c r="D288" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E288" s="26">
         <v>1</v>
       </c>
       <c r="F288" s="26">
         <v>6</v>
       </c>
       <c r="G288" s="26">
         <v>324</v>
       </c>
       <c r="H288" s="27">
         <v>685768406440</v>
       </c>
       <c r="I288" s="28">
         <v>4.7215999999999996</v>
       </c>
-      <c r="J288" s="50">
-        <v>729.2</v>
+      <c r="J288" s="29">
+        <v>624.23</v>
       </c>
       <c r="K288" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A289" s="23" t="s">
         <v>438</v>
       </c>
       <c r="B289" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C289" s="25" t="s">
         <v>439</v>
       </c>
       <c r="D289" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E289" s="26">
         <v>1</v>
       </c>
       <c r="F289" s="26">
         <v>9</v>
       </c>
       <c r="G289" s="26">
         <v>486</v>
       </c>
       <c r="H289" s="27">
         <v>685768406419</v>
       </c>
       <c r="I289" s="28">
         <v>4.1197999999999997</v>
       </c>
-      <c r="J289" s="50">
-        <v>697.68</v>
+      <c r="J289" s="29">
+        <v>597.24</v>
       </c>
       <c r="K289" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A290" s="23" t="s">
         <v>440</v>
       </c>
       <c r="B290" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C290" s="25" t="s">
         <v>441</v>
       </c>
       <c r="D290" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E290" s="26">
         <v>1</v>
       </c>
       <c r="F290" s="26">
         <v>8</v>
       </c>
       <c r="G290" s="26">
         <v>324</v>
       </c>
       <c r="H290" s="27">
         <v>685768406426</v>
       </c>
       <c r="I290" s="28">
         <v>4.3840000000000003</v>
       </c>
-      <c r="J290" s="50">
-        <v>725.38</v>
+      <c r="J290" s="29">
+        <v>620.95000000000005</v>
       </c>
       <c r="K290" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A291" s="23" t="s">
         <v>442</v>
       </c>
       <c r="B291" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C291" s="25" t="s">
         <v>443</v>
       </c>
       <c r="D291" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E291" s="26">
         <v>1</v>
       </c>
       <c r="F291" s="26">
         <v>6</v>
       </c>
       <c r="G291" s="26">
         <v>324</v>
       </c>
       <c r="H291" s="27">
         <v>685768406433</v>
       </c>
       <c r="I291" s="28">
         <v>4.7457000000000003</v>
       </c>
-      <c r="J291" s="50">
-        <v>734.8</v>
+      <c r="J291" s="29">
+        <v>629.02</v>
       </c>
       <c r="K291" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A292" s="23" t="s">
         <v>444</v>
       </c>
       <c r="B292" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C292" s="25" t="s">
         <v>445</v>
       </c>
       <c r="D292" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E292" s="26">
         <v>1</v>
       </c>
       <c r="F292" s="26">
         <v>8</v>
       </c>
       <c r="G292" s="26">
         <v>432</v>
       </c>
       <c r="H292" s="27">
         <v>685768406396</v>
       </c>
       <c r="I292" s="28">
         <v>4.2377000000000002</v>
       </c>
-      <c r="J292" s="50">
-        <v>687.23</v>
+      <c r="J292" s="29">
+        <v>588.29999999999995</v>
       </c>
       <c r="K292" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A293" s="23" t="s">
         <v>446</v>
       </c>
       <c r="B293" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C293" s="25" t="s">
         <v>447</v>
       </c>
       <c r="D293" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E293" s="26">
         <v>1</v>
       </c>
       <c r="F293" s="26">
         <v>6</v>
       </c>
       <c r="G293" s="26">
         <v>324</v>
       </c>
       <c r="H293" s="27">
         <v>685768401551</v>
       </c>
       <c r="I293" s="28">
         <v>4.5959000000000003</v>
       </c>
-      <c r="J293" s="50">
-        <v>758.95</v>
+      <c r="J293" s="29">
+        <v>649.70000000000005</v>
       </c>
       <c r="K293" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A294" s="23" t="s">
         <v>448</v>
       </c>
       <c r="B294" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C294" s="25" t="s">
         <v>449</v>
       </c>
       <c r="D294" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E294" s="26">
         <v>1</v>
       </c>
       <c r="F294" s="26">
         <v>6</v>
       </c>
       <c r="G294" s="26">
         <v>324</v>
       </c>
       <c r="H294" s="27">
         <v>685768406402</v>
       </c>
       <c r="I294" s="28">
         <v>4.9485000000000001</v>
       </c>
-      <c r="J294" s="50">
-        <v>754.16</v>
+      <c r="J294" s="29">
+        <v>645.6</v>
       </c>
       <c r="K294" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A295" s="23" t="s">
         <v>450</v>
       </c>
       <c r="B295" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C295" s="25" t="s">
         <v>451</v>
       </c>
       <c r="D295" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E295" s="26">
         <v>1</v>
       </c>
       <c r="F295" s="26">
         <v>15</v>
       </c>
       <c r="G295" s="26">
         <v>810</v>
       </c>
       <c r="H295" s="27">
         <v>685768406389</v>
       </c>
       <c r="I295" s="28">
         <v>2.0741999999999998</v>
       </c>
-      <c r="J295" s="50">
-        <v>692.68</v>
+      <c r="J295" s="29">
+        <v>592.96</v>
       </c>
       <c r="K295" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A296" s="23" t="s">
         <v>452</v>
       </c>
       <c r="B296" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C296" s="25" t="s">
         <v>453</v>
       </c>
       <c r="D296" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E296" s="26">
         <v>1</v>
       </c>
       <c r="F296" s="26">
         <v>12</v>
       </c>
       <c r="G296" s="26">
         <v>648</v>
       </c>
       <c r="H296" s="27">
         <v>685768399438</v>
       </c>
       <c r="I296" s="28">
         <v>2.1442999999999999</v>
       </c>
-      <c r="J296" s="50">
-        <v>634.28</v>
+      <c r="J296" s="29">
+        <v>542.97</v>
       </c>
       <c r="K296" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A297" s="23" t="s">
         <v>454</v>
       </c>
       <c r="B297" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C297" s="25" t="s">
         <v>455</v>
       </c>
       <c r="D297" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E297" s="26">
         <v>1</v>
       </c>
       <c r="F297" s="26">
         <v>12</v>
       </c>
       <c r="G297" s="26">
         <v>648</v>
       </c>
       <c r="H297" s="27">
         <v>685768399445</v>
       </c>
       <c r="I297" s="28">
         <v>2.23</v>
       </c>
-      <c r="J297" s="50">
-        <v>613.44000000000005</v>
+      <c r="J297" s="29">
+        <v>525.13</v>
       </c>
       <c r="K297" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A298" s="23" t="s">
         <v>456</v>
       </c>
       <c r="B298" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C298" s="25" t="s">
         <v>457</v>
       </c>
       <c r="D298" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E298" s="26">
         <v>1</v>
       </c>
       <c r="F298" s="26">
         <v>12</v>
       </c>
       <c r="G298" s="26">
         <v>648</v>
       </c>
       <c r="H298" s="27">
         <v>685768399452</v>
       </c>
       <c r="I298" s="28">
         <v>2.3298999999999999</v>
       </c>
-      <c r="J298" s="50">
-        <v>613.44000000000005</v>
+      <c r="J298" s="29">
+        <v>525.13</v>
       </c>
       <c r="K298" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A299" s="23" t="s">
         <v>458</v>
       </c>
       <c r="B299" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C299" s="25" t="s">
         <v>459</v>
       </c>
       <c r="D299" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E299" s="26">
         <v>1</v>
       </c>
       <c r="F299" s="26">
         <v>10</v>
       </c>
       <c r="G299" s="26">
         <v>540</v>
       </c>
       <c r="H299" s="27">
         <v>685768399469</v>
       </c>
       <c r="I299" s="28">
         <v>2.5503999999999998</v>
       </c>
-      <c r="J299" s="50">
-        <v>613.44000000000005</v>
+      <c r="J299" s="29">
+        <v>525.13</v>
       </c>
       <c r="K299" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A300" s="23" t="s">
         <v>460</v>
       </c>
       <c r="B300" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C300" s="25" t="s">
         <v>461</v>
       </c>
       <c r="D300" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E300" s="26">
         <v>1</v>
       </c>
       <c r="F300" s="26">
         <v>10</v>
       </c>
       <c r="G300" s="26">
         <v>540</v>
       </c>
       <c r="H300" s="27">
         <v>685768399476</v>
       </c>
       <c r="I300" s="28">
         <v>2.7494000000000001</v>
       </c>
-      <c r="J300" s="50">
-        <v>588.9</v>
+      <c r="J300" s="29">
+        <v>504.13</v>
       </c>
       <c r="K300" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A301" s="23" t="s">
         <v>462</v>
       </c>
       <c r="B301" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C301" s="25" t="s">
         <v>463</v>
       </c>
       <c r="D301" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E301" s="26">
         <v>1</v>
       </c>
       <c r="F301" s="26">
         <v>7</v>
       </c>
       <c r="G301" s="26">
         <v>378</v>
       </c>
       <c r="H301" s="27">
         <v>685768399483</v>
       </c>
       <c r="I301" s="28">
         <v>2.6842999999999999</v>
       </c>
-      <c r="J301" s="50">
-        <v>649.70000000000005</v>
+      <c r="J301" s="29">
+        <v>556.16999999999996</v>
       </c>
       <c r="K301" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A302" s="23" t="s">
         <v>464</v>
       </c>
       <c r="B302" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C302" s="25" t="s">
         <v>465</v>
       </c>
       <c r="D302" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E302" s="26">
         <v>1</v>
       </c>
       <c r="F302" s="26">
         <v>4</v>
       </c>
       <c r="G302" s="26">
         <v>216</v>
       </c>
       <c r="H302" s="27">
         <v>685768406525</v>
       </c>
       <c r="I302" s="28">
         <v>6.9737</v>
       </c>
-      <c r="J302" s="50">
-        <v>940.8</v>
+      <c r="J302" s="29">
+        <v>805.37</v>
       </c>
       <c r="K302" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A303" s="23" t="s">
         <v>466</v>
       </c>
       <c r="B303" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C303" s="25" t="s">
         <v>467</v>
       </c>
       <c r="D303" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E303" s="26">
         <v>1</v>
       </c>
       <c r="F303" s="26">
         <v>4</v>
       </c>
       <c r="G303" s="26">
         <v>216</v>
       </c>
       <c r="H303" s="27">
         <v>685768406532</v>
       </c>
       <c r="I303" s="28">
         <v>7.8525999999999998</v>
       </c>
-      <c r="J303" s="50">
-        <v>921.89</v>
+      <c r="J303" s="29">
+        <v>789.18</v>
       </c>
       <c r="K303" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A304" s="23" t="s">
         <v>468</v>
       </c>
       <c r="B304" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C304" s="25" t="s">
         <v>469</v>
       </c>
       <c r="D304" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E304" s="26">
         <v>1</v>
       </c>
       <c r="F304" s="26">
         <v>8</v>
       </c>
       <c r="G304" s="26">
         <v>432</v>
       </c>
       <c r="H304" s="27">
         <v>685768406488</v>
       </c>
       <c r="I304" s="28">
         <v>3.4062999999999999</v>
       </c>
-      <c r="J304" s="50">
-        <v>939.4</v>
+      <c r="J304" s="29">
+        <v>804.17</v>
       </c>
       <c r="K304" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A305" s="23" t="s">
         <v>470</v>
       </c>
       <c r="B305" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C305" s="25" t="s">
         <v>471</v>
       </c>
       <c r="D305" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E305" s="26">
         <v>1</v>
       </c>
       <c r="F305" s="26">
         <v>8</v>
       </c>
       <c r="G305" s="26">
         <v>432</v>
       </c>
       <c r="H305" s="27">
         <v>685768406495</v>
       </c>
       <c r="I305" s="28">
         <v>3.4823</v>
       </c>
-      <c r="J305" s="50">
-        <v>926.9</v>
+      <c r="J305" s="29">
+        <v>793.47</v>
       </c>
       <c r="K305" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A306" s="23" t="s">
         <v>472</v>
       </c>
       <c r="B306" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C306" s="25" t="s">
         <v>473</v>
       </c>
       <c r="D306" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E306" s="26">
         <v>1</v>
       </c>
       <c r="F306" s="26">
         <v>8</v>
       </c>
       <c r="G306" s="26">
         <v>432</v>
       </c>
       <c r="H306" s="27">
         <v>685768406501</v>
       </c>
       <c r="I306" s="28">
         <v>3.6008</v>
       </c>
-      <c r="J306" s="50">
-        <v>666.06</v>
+      <c r="J306" s="29">
+        <v>570.17999999999995</v>
       </c>
       <c r="K306" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A307" s="23" t="s">
         <v>474</v>
       </c>
       <c r="B307" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C307" s="25" t="s">
         <v>475</v>
       </c>
       <c r="D307" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E307" s="26">
         <v>1</v>
       </c>
       <c r="F307" s="26">
         <v>5</v>
       </c>
       <c r="G307" s="26">
         <v>270</v>
       </c>
       <c r="H307" s="27">
         <v>685768406518</v>
       </c>
       <c r="I307" s="28">
         <v>3.8258999999999999</v>
       </c>
-      <c r="J307" s="50">
-        <v>808.84</v>
+      <c r="J307" s="29">
+        <v>692.4</v>
       </c>
       <c r="K307" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A308" s="23" t="s">
         <v>476</v>
       </c>
       <c r="B308" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C308" s="25" t="s">
         <v>477</v>
       </c>
       <c r="D308" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E308" s="26">
         <v>1</v>
       </c>
       <c r="F308" s="26">
         <v>6</v>
       </c>
       <c r="G308" s="26">
         <v>324</v>
       </c>
       <c r="H308" s="27">
         <v>685768399506</v>
       </c>
       <c r="I308" s="28">
         <v>3.9980000000000002</v>
       </c>
-      <c r="J308" s="50">
-        <v>768.84</v>
+      <c r="J308" s="29">
+        <v>658.16</v>
       </c>
       <c r="K308" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A309" s="23" t="s">
         <v>478</v>
       </c>
       <c r="B309" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C309" s="25" t="s">
         <v>479</v>
       </c>
       <c r="D309" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E309" s="26">
         <v>1</v>
       </c>
       <c r="F309" s="26">
         <v>6</v>
       </c>
       <c r="G309" s="26">
         <v>324</v>
       </c>
       <c r="H309" s="27">
         <v>685768399513</v>
       </c>
       <c r="I309" s="28">
         <v>4.2483000000000004</v>
       </c>
-      <c r="J309" s="50">
-        <v>662.6</v>
+      <c r="J309" s="29">
+        <v>567.22</v>
       </c>
       <c r="K309" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A310" s="23" t="s">
         <v>480</v>
       </c>
       <c r="B310" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C310" s="25" t="s">
         <v>481</v>
       </c>
       <c r="D310" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E310" s="26">
         <v>1</v>
       </c>
       <c r="F310" s="26">
         <v>4</v>
       </c>
       <c r="G310" s="26">
         <v>216</v>
       </c>
       <c r="H310" s="27">
         <v>685768399520</v>
       </c>
       <c r="I310" s="28">
         <v>4.7359999999999998</v>
       </c>
-      <c r="J310" s="50">
-        <v>631.35</v>
+      <c r="J310" s="29">
+        <v>540.46</v>
       </c>
       <c r="K310" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A311" s="23" t="s">
         <v>482</v>
       </c>
       <c r="B311" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C311" s="25" t="s">
         <v>483</v>
       </c>
       <c r="D311" s="25" t="s">
         <v>293</v>
       </c>
       <c r="E311" s="26">
         <v>1</v>
       </c>
       <c r="F311" s="26">
         <v>4</v>
       </c>
       <c r="G311" s="26">
         <v>216</v>
       </c>
       <c r="H311" s="27">
         <v>685768399537</v>
       </c>
       <c r="I311" s="28">
         <v>5.1510999999999996</v>
       </c>
-      <c r="J311" s="50">
-        <v>692.08</v>
+      <c r="J311" s="29">
+        <v>592.45000000000005</v>
       </c>
       <c r="K311" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A312" s="23" t="s">
         <v>484</v>
       </c>
       <c r="B312" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C312" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D312" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E312" s="26">
         <v>5</v>
       </c>
       <c r="F312" s="26">
         <v>150</v>
       </c>
       <c r="G312" s="26">
         <v>10800</v>
       </c>
       <c r="H312" s="27">
         <v>685768405580</v>
       </c>
       <c r="I312" s="28">
         <v>0.30109999999999998</v>
       </c>
-      <c r="J312" s="50">
-        <v>38.46</v>
+      <c r="J312" s="29">
+        <v>32.93</v>
       </c>
       <c r="K312" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A313" s="23" t="s">
         <v>486</v>
       </c>
       <c r="B313" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C313" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D313" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E313" s="26">
         <v>5</v>
       </c>
       <c r="F313" s="26">
         <v>80</v>
       </c>
       <c r="G313" s="26">
         <v>5760</v>
       </c>
       <c r="H313" s="27">
         <v>685768405603</v>
       </c>
       <c r="I313" s="28">
         <v>0.5071</v>
       </c>
-      <c r="J313" s="50">
-        <v>65.28</v>
+      <c r="J313" s="29">
+        <v>55.88</v>
       </c>
       <c r="K313" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A314" s="23" t="s">
         <v>487</v>
       </c>
       <c r="B314" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C314" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D314" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E314" s="26">
         <v>5</v>
       </c>
       <c r="F314" s="26">
         <v>60</v>
       </c>
       <c r="G314" s="26">
         <v>4320</v>
       </c>
       <c r="H314" s="27">
         <v>685768405634</v>
       </c>
       <c r="I314" s="28">
         <v>0.74170000000000003</v>
       </c>
-      <c r="J314" s="50">
-        <v>151.4</v>
+      <c r="J314" s="29">
+        <v>129.61000000000001</v>
       </c>
       <c r="K314" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A315" s="23" t="s">
         <v>488</v>
       </c>
       <c r="B315" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C315" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D315" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E315" s="26">
         <v>1</v>
       </c>
       <c r="F315" s="26">
         <v>40</v>
       </c>
       <c r="G315" s="26">
         <v>2880</v>
       </c>
       <c r="H315" s="27">
         <v>685768405665</v>
       </c>
       <c r="I315" s="28">
         <v>0.93840000000000001</v>
       </c>
-      <c r="J315" s="50">
-        <v>218.73</v>
+      <c r="J315" s="29">
+        <v>187.24</v>
       </c>
       <c r="K315" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A316" s="23" t="s">
         <v>489</v>
       </c>
       <c r="B316" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C316" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D316" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E316" s="26">
         <v>1</v>
       </c>
       <c r="F316" s="26">
         <v>20</v>
       </c>
       <c r="G316" s="26">
         <v>1440</v>
       </c>
       <c r="H316" s="27">
         <v>685768405689</v>
       </c>
       <c r="I316" s="28">
         <v>1.6388</v>
       </c>
-      <c r="J316" s="50">
-        <v>351.15</v>
+      <c r="J316" s="29">
+        <v>300.60000000000002</v>
       </c>
       <c r="K316" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A317" s="23" t="s">
         <v>490</v>
       </c>
       <c r="B317" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C317" s="25" t="s">
         <v>491</v>
       </c>
       <c r="D317" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E317" s="26">
         <v>5</v>
       </c>
       <c r="F317" s="26">
         <v>120</v>
       </c>
       <c r="G317" s="26">
         <v>8640</v>
       </c>
       <c r="H317" s="27">
         <v>685768405757</v>
       </c>
       <c r="I317" s="28">
         <v>0.36009999999999998</v>
       </c>
-      <c r="J317" s="50">
-        <v>53.43</v>
+      <c r="J317" s="29">
+        <v>45.73</v>
       </c>
       <c r="K317" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A318" s="23" t="s">
         <v>492</v>
       </c>
       <c r="B318" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C318" s="25" t="s">
         <v>299</v>
       </c>
       <c r="D318" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E318" s="26">
         <v>5</v>
       </c>
       <c r="F318" s="26">
         <v>100</v>
       </c>
       <c r="G318" s="26">
         <v>7200</v>
       </c>
       <c r="H318" s="27">
         <v>685768405610</v>
       </c>
       <c r="I318" s="28">
         <v>0.39439999999999997</v>
       </c>
-      <c r="J318" s="50">
-        <v>52.16</v>
+      <c r="J318" s="29">
+        <v>44.65</v>
       </c>
       <c r="K318" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A319" s="23" t="s">
         <v>493</v>
       </c>
       <c r="B319" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C319" s="25" t="s">
         <v>315</v>
       </c>
       <c r="D319" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E319" s="26">
         <v>5</v>
       </c>
       <c r="F319" s="26">
         <v>80</v>
       </c>
       <c r="G319" s="26">
         <v>5760</v>
       </c>
       <c r="H319" s="27">
         <v>685768405641</v>
       </c>
       <c r="I319" s="28">
         <v>0.4728</v>
       </c>
-      <c r="J319" s="50">
-        <v>66.739999999999995</v>
+      <c r="J319" s="29">
+        <v>57.13</v>
       </c>
       <c r="K319" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A320" s="23" t="s">
         <v>494</v>
       </c>
       <c r="B320" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C320" s="25" t="s">
         <v>317</v>
       </c>
       <c r="D320" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E320" s="26">
         <v>5</v>
       </c>
       <c r="F320" s="26">
         <v>70</v>
       </c>
       <c r="G320" s="26">
         <v>5040</v>
       </c>
       <c r="H320" s="27">
         <v>685768405658</v>
       </c>
       <c r="I320" s="28">
         <v>0.59519999999999995</v>
       </c>
-      <c r="J320" s="50">
-        <v>78.88</v>
+      <c r="J320" s="29">
+        <v>67.52</v>
       </c>
       <c r="K320" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A321" s="23" t="s">
         <v>495</v>
       </c>
       <c r="B321" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C321" s="25" t="s">
         <v>339</v>
       </c>
       <c r="D321" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E321" s="26">
         <v>1</v>
       </c>
       <c r="F321" s="26">
         <v>60</v>
       </c>
       <c r="G321" s="26">
         <v>4320</v>
       </c>
       <c r="H321" s="27">
         <v>685768405672</v>
       </c>
       <c r="I321" s="28">
         <v>0.56389999999999996</v>
       </c>
-      <c r="J321" s="50">
-        <v>91.84</v>
+      <c r="J321" s="29">
+        <v>78.62</v>
       </c>
       <c r="K321" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A322" s="23" t="s">
         <v>496</v>
       </c>
       <c r="B322" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C322" s="25" t="s">
         <v>341</v>
       </c>
       <c r="D322" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E322" s="26">
         <v>1</v>
       </c>
       <c r="F322" s="26">
         <v>50</v>
       </c>
       <c r="G322" s="26">
         <v>3600</v>
       </c>
       <c r="H322" s="27">
         <v>685768405764</v>
       </c>
       <c r="I322" s="28">
         <v>0.68820000000000003</v>
       </c>
-      <c r="J322" s="50">
-        <v>95.21</v>
+      <c r="J322" s="29">
+        <v>81.510000000000005</v>
       </c>
       <c r="K322" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A323" s="23" t="s">
         <v>497</v>
       </c>
       <c r="B323" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C323" s="25" t="s">
         <v>361</v>
       </c>
       <c r="D323" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E323" s="26">
         <v>1</v>
       </c>
       <c r="F323" s="26">
         <v>40</v>
       </c>
       <c r="G323" s="26">
         <v>768</v>
       </c>
       <c r="H323" s="27">
         <v>685768394839</v>
       </c>
       <c r="I323" s="28">
         <v>0.83140000000000003</v>
       </c>
-      <c r="J323" s="50">
-        <v>108.84</v>
+      <c r="J323" s="29">
+        <v>93.17</v>
       </c>
       <c r="K323" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A324" s="23" t="s">
         <v>498</v>
       </c>
       <c r="B324" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C324" s="25" t="s">
         <v>363</v>
       </c>
       <c r="D324" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E324" s="26">
         <v>1</v>
       </c>
       <c r="F324" s="26">
         <v>35</v>
       </c>
       <c r="G324" s="26">
         <v>2520</v>
       </c>
       <c r="H324" s="27">
         <v>685768405771</v>
       </c>
       <c r="I324" s="28">
         <v>0.94940000000000002</v>
       </c>
-      <c r="J324" s="50">
-        <v>158.11000000000001</v>
+      <c r="J324" s="29">
+        <v>135.35</v>
       </c>
       <c r="K324" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A325" s="23" t="s">
         <v>499</v>
       </c>
       <c r="B325" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C325" s="25" t="s">
         <v>389</v>
       </c>
       <c r="D325" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E325" s="26">
         <v>1</v>
       </c>
       <c r="F325" s="26">
         <v>25</v>
       </c>
       <c r="G325" s="26">
         <v>512</v>
       </c>
       <c r="H325" s="27">
         <v>685768394846</v>
       </c>
       <c r="I325" s="28">
         <v>1.0586</v>
       </c>
-      <c r="J325" s="50">
-        <v>132.53</v>
+      <c r="J325" s="29">
+        <v>113.45</v>
       </c>
       <c r="K325" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A326" s="23" t="s">
         <v>500</v>
       </c>
       <c r="B326" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C326" s="25" t="s">
         <v>391</v>
       </c>
       <c r="D326" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E326" s="26">
         <v>1</v>
       </c>
       <c r="F326" s="26">
         <v>20</v>
       </c>
       <c r="G326" s="26">
         <v>1440</v>
       </c>
       <c r="H326" s="27">
         <v>685768405788</v>
       </c>
       <c r="I326" s="28">
         <v>1.2844</v>
       </c>
-      <c r="J326" s="50">
-        <v>130.47999999999999</v>
+      <c r="J326" s="29">
+        <v>111.69</v>
       </c>
       <c r="K326" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A327" s="23" t="s">
         <v>501</v>
       </c>
       <c r="B327" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C327" s="25" t="s">
         <v>421</v>
       </c>
       <c r="D327" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E327" s="26">
         <v>1</v>
       </c>
       <c r="F327" s="26">
         <v>18</v>
       </c>
       <c r="G327" s="26">
         <v>972</v>
       </c>
       <c r="H327" s="27">
         <v>685768405801</v>
       </c>
       <c r="I327" s="28">
         <v>1.6695</v>
       </c>
-      <c r="J327" s="50">
-        <v>495.83</v>
+      <c r="J327" s="29">
+        <v>424.45</v>
       </c>
       <c r="K327" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A328" s="23" t="s">
         <v>502</v>
       </c>
       <c r="B328" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C328" s="25" t="s">
         <v>453</v>
       </c>
       <c r="D328" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E328" s="26">
         <v>1</v>
       </c>
       <c r="F328" s="26">
         <v>13</v>
       </c>
       <c r="G328" s="26">
         <v>702</v>
       </c>
       <c r="H328" s="27">
         <v>685768405795</v>
       </c>
       <c r="I328" s="28">
         <v>2.2738</v>
       </c>
-      <c r="J328" s="50">
-        <v>590.79999999999995</v>
+      <c r="J328" s="29">
+        <v>505.75</v>
       </c>
       <c r="K328" s="30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A329" s="23" t="s">
         <v>503</v>
       </c>
       <c r="B329" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C329" s="25" t="s">
         <v>471</v>
       </c>
       <c r="D329" s="25" t="s">
         <v>485</v>
       </c>
       <c r="E329" s="26">
         <v>1</v>
       </c>
       <c r="F329" s="26">
         <v>8</v>
       </c>
       <c r="G329" s="26">
         <v>432</v>
       </c>
       <c r="H329" s="27">
         <v>685768405818</v>
       </c>
       <c r="I329" s="28">
         <v>3.5528</v>
       </c>
-      <c r="J329" s="50">
-        <v>677.81</v>
+      <c r="J329" s="29">
+        <v>580.24</v>
       </c>
       <c r="K329" s="30">
         <f>ROUND($C$5*J329,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A330" s="23" t="s">
         <v>504</v>
       </c>
       <c r="B330" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C330" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D330" s="25" t="s">
         <v>505</v>
       </c>
       <c r="E330" s="26">
         <v>10</v>
       </c>
       <c r="F330" s="26">
         <v>450</v>
       </c>
       <c r="G330" s="26">
         <v>19200</v>
       </c>
       <c r="H330" s="27">
         <v>685768395386</v>
       </c>
       <c r="I330" s="28">
         <v>5.0200000000000002E-2</v>
       </c>
-      <c r="J330" s="50">
-        <v>13.94</v>
+      <c r="J330" s="29">
+        <v>11.93</v>
       </c>
       <c r="K330" s="30">
         <f t="shared" ref="K330:K380" si="5">ROUND($C$5*J330,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A331" s="23" t="s">
         <v>506</v>
       </c>
       <c r="B331" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C331" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D331" s="25" t="s">
         <v>505</v>
       </c>
       <c r="E331" s="26">
         <v>10</v>
       </c>
       <c r="F331" s="26">
         <v>450</v>
       </c>
       <c r="G331" s="26">
         <v>14400</v>
       </c>
       <c r="H331" s="27">
         <v>685768395393</v>
       </c>
       <c r="I331" s="28">
         <v>8.0199999999999994E-2</v>
       </c>
-      <c r="J331" s="50">
-        <v>23.91</v>
+      <c r="J331" s="29">
+        <v>20.47</v>
       </c>
       <c r="K331" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A332" s="23" t="s">
         <v>507</v>
       </c>
       <c r="B332" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C332" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D332" s="25" t="s">
         <v>505</v>
       </c>
       <c r="E332" s="26">
         <v>5</v>
       </c>
       <c r="F332" s="26">
         <v>250</v>
       </c>
       <c r="G332" s="26">
         <v>7200</v>
       </c>
       <c r="H332" s="27">
         <v>685768395409</v>
       </c>
       <c r="I332" s="28">
         <v>0.1038</v>
       </c>
-      <c r="J332" s="50">
-        <v>36.840000000000003</v>
+      <c r="J332" s="29">
+        <v>31.53</v>
       </c>
       <c r="K332" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A333" s="23" t="s">
         <v>508</v>
       </c>
       <c r="B333" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C333" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D333" s="25" t="s">
         <v>505</v>
       </c>
       <c r="E333" s="26">
         <v>1</v>
       </c>
       <c r="F333" s="26">
         <v>100</v>
       </c>
       <c r="G333" s="26">
         <v>3200</v>
       </c>
       <c r="H333" s="27">
         <v>685768395416</v>
       </c>
       <c r="I333" s="28">
         <v>0.14940000000000001</v>
       </c>
-      <c r="J333" s="50">
-        <v>42.39</v>
+      <c r="J333" s="29">
+        <v>36.29</v>
       </c>
       <c r="K333" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A334" s="23" t="s">
         <v>509</v>
       </c>
       <c r="B334" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C334" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D334" s="25" t="s">
         <v>505</v>
       </c>
       <c r="E334" s="26">
         <v>1</v>
       </c>
       <c r="F334" s="26">
         <v>80</v>
       </c>
       <c r="G334" s="26">
         <v>1800</v>
       </c>
       <c r="H334" s="27">
         <v>685768395423</v>
       </c>
       <c r="I334" s="28">
         <v>0.28060000000000002</v>
       </c>
-      <c r="J334" s="50">
-        <v>65.709999999999994</v>
+      <c r="J334" s="29">
+        <v>56.25</v>
       </c>
       <c r="K334" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A335" s="23" t="s">
         <v>510</v>
       </c>
       <c r="B335" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C335" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D335" s="25" t="s">
         <v>505</v>
       </c>
       <c r="E335" s="26">
         <v>1</v>
       </c>
       <c r="F335" s="26">
         <v>55</v>
       </c>
       <c r="G335" s="26">
         <v>1800</v>
       </c>
       <c r="H335" s="27">
         <v>685768395430</v>
       </c>
       <c r="I335" s="28">
         <v>0.40760000000000002</v>
       </c>
-      <c r="J335" s="50">
-        <v>79.849999999999994</v>
+      <c r="J335" s="29">
+        <v>68.36</v>
       </c>
       <c r="K335" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A336" s="23" t="s">
         <v>511</v>
       </c>
       <c r="B336" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C336" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D336" s="25" t="s">
         <v>505</v>
       </c>
       <c r="E336" s="26">
         <v>1</v>
       </c>
       <c r="F336" s="26">
         <v>40</v>
       </c>
       <c r="G336" s="26">
         <v>2160</v>
       </c>
       <c r="H336" s="27">
         <v>685768399292</v>
       </c>
       <c r="I336" s="28">
         <v>0.6825</v>
       </c>
-      <c r="J336" s="50">
-        <v>233.43</v>
+      <c r="J336" s="29">
+        <v>199.82</v>
       </c>
       <c r="K336" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A337" s="23" t="s">
         <v>512</v>
       </c>
       <c r="B337" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C337" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D337" s="25" t="s">
         <v>505</v>
       </c>
       <c r="E337" s="26">
         <v>1</v>
       </c>
       <c r="F337" s="26">
         <v>36</v>
       </c>
       <c r="G337" s="26">
         <v>1944</v>
       </c>
       <c r="H337" s="27">
         <v>685768399308</v>
       </c>
       <c r="I337" s="28">
         <v>0.97389999999999999</v>
       </c>
-      <c r="J337" s="50">
-        <v>295.48</v>
+      <c r="J337" s="29">
+        <v>252.94</v>
       </c>
       <c r="K337" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A338" s="23" t="s">
         <v>513</v>
       </c>
       <c r="B338" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C338" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D338" s="25" t="s">
         <v>505</v>
       </c>
       <c r="E338" s="26">
         <v>1</v>
       </c>
       <c r="F338" s="26">
         <v>24</v>
       </c>
       <c r="G338" s="26">
         <v>1296</v>
       </c>
       <c r="H338" s="27">
         <v>685768399315</v>
       </c>
       <c r="I338" s="28">
         <v>1.6765000000000001</v>
       </c>
-      <c r="J338" s="50">
-        <v>344.48</v>
+      <c r="J338" s="29">
+        <v>294.89</v>
       </c>
       <c r="K338" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A339" s="23" t="s">
         <v>514</v>
       </c>
       <c r="B339" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C339" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D339" s="25" t="s">
         <v>515</v>
       </c>
       <c r="E339" s="26">
         <v>1</v>
       </c>
       <c r="F339" s="26">
         <v>144</v>
       </c>
       <c r="G339" s="26">
         <v>3840</v>
       </c>
       <c r="H339" s="27">
         <v>685768395621</v>
       </c>
       <c r="I339" s="28">
         <v>0.31069999999999998</v>
       </c>
-      <c r="J339" s="50">
-        <v>57.29</v>
+      <c r="J339" s="29">
+        <v>49.04</v>
       </c>
       <c r="K339" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A340" s="23" t="s">
         <v>516</v>
       </c>
       <c r="B340" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C340" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D340" s="25" t="s">
         <v>515</v>
       </c>
       <c r="E340" s="26">
         <v>1</v>
       </c>
       <c r="F340" s="26">
         <v>60</v>
       </c>
       <c r="G340" s="26">
         <v>2700</v>
       </c>
       <c r="H340" s="27">
         <v>685768395638</v>
       </c>
       <c r="I340" s="28">
         <v>0.48110000000000003</v>
       </c>
-      <c r="J340" s="50">
-        <v>70.95</v>
+      <c r="J340" s="29">
+        <v>60.74</v>
       </c>
       <c r="K340" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A341" s="23" t="s">
         <v>517</v>
       </c>
       <c r="B341" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C341" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D341" s="25" t="s">
         <v>515</v>
       </c>
       <c r="E341" s="26">
         <v>1</v>
       </c>
       <c r="F341" s="26">
         <v>32</v>
       </c>
       <c r="G341" s="26">
         <v>1920</v>
       </c>
       <c r="H341" s="27">
         <v>685768395645</v>
       </c>
       <c r="I341" s="28">
         <v>0.73160000000000003</v>
       </c>
-      <c r="J341" s="50">
-        <v>115.5</v>
+      <c r="J341" s="29">
+        <v>98.87</v>
       </c>
       <c r="K341" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A342" s="23" t="s">
         <v>518</v>
       </c>
       <c r="B342" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C342" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D342" s="25" t="s">
         <v>515</v>
       </c>
       <c r="E342" s="26">
         <v>1</v>
       </c>
       <c r="F342" s="26">
         <v>28</v>
       </c>
       <c r="G342" s="26">
         <v>1280</v>
       </c>
       <c r="H342" s="27">
         <v>685768395652</v>
       </c>
       <c r="I342" s="28">
         <v>0.93210000000000004</v>
       </c>
-      <c r="J342" s="50">
-        <v>161.46</v>
+      <c r="J342" s="29">
+        <v>138.22</v>
       </c>
       <c r="K342" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A343" s="23" t="s">
         <v>519</v>
       </c>
       <c r="B343" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C343" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D343" s="25" t="s">
         <v>515</v>
       </c>
       <c r="E343" s="26">
         <v>1</v>
       </c>
       <c r="F343" s="26">
         <v>24</v>
       </c>
       <c r="G343" s="26">
         <v>640</v>
       </c>
       <c r="H343" s="27">
         <v>685768395669</v>
       </c>
       <c r="I343" s="28">
         <v>1.2027000000000001</v>
       </c>
-      <c r="J343" s="50">
-        <v>211.29</v>
+      <c r="J343" s="29">
+        <v>180.87</v>
       </c>
       <c r="K343" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A344" s="23" t="s">
         <v>520</v>
       </c>
       <c r="B344" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C344" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D344" s="25" t="s">
         <v>515</v>
       </c>
       <c r="E344" s="26">
         <v>1</v>
       </c>
       <c r="F344" s="26">
         <v>16</v>
       </c>
       <c r="G344" s="26">
         <v>360</v>
       </c>
       <c r="H344" s="27">
         <v>685768395676</v>
       </c>
       <c r="I344" s="28">
         <v>1.9241999999999999</v>
       </c>
-      <c r="J344" s="50">
-        <v>338.43</v>
+      <c r="J344" s="29">
+        <v>289.70999999999998</v>
       </c>
       <c r="K344" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A345" s="23" t="s">
         <v>521</v>
       </c>
       <c r="B345" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C345" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D345" s="25" t="s">
         <v>522</v>
       </c>
       <c r="E345" s="26">
         <v>1</v>
       </c>
       <c r="F345" s="26">
         <v>192</v>
       </c>
       <c r="G345" s="26">
         <v>3840</v>
       </c>
       <c r="H345" s="27">
         <v>685768394853</v>
       </c>
       <c r="I345" s="28">
         <v>0.21049999999999999</v>
       </c>
-      <c r="J345" s="50">
-        <v>45.88</v>
+      <c r="J345" s="29">
+        <v>39.270000000000003</v>
       </c>
       <c r="K345" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A346" s="23" t="s">
         <v>523</v>
       </c>
       <c r="B346" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C346" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D346" s="25" t="s">
         <v>522</v>
       </c>
       <c r="E346" s="26">
         <v>1</v>
       </c>
       <c r="F346" s="26">
         <v>90</v>
       </c>
       <c r="G346" s="26">
         <v>2700</v>
       </c>
       <c r="H346" s="27">
         <v>685768394860</v>
       </c>
       <c r="I346" s="28">
         <v>0.43099999999999999</v>
       </c>
-      <c r="J346" s="50">
-        <v>58.91</v>
+      <c r="J346" s="29">
+        <v>50.43</v>
       </c>
       <c r="K346" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A347" s="23" t="s">
         <v>524</v>
       </c>
       <c r="B347" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C347" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D347" s="25" t="s">
         <v>522</v>
       </c>
       <c r="E347" s="26">
         <v>1</v>
       </c>
       <c r="F347" s="26">
         <v>48</v>
       </c>
       <c r="G347" s="26">
         <v>1920</v>
       </c>
       <c r="H347" s="27">
         <v>685768394877</v>
       </c>
       <c r="I347" s="28">
         <v>0.62139999999999995</v>
       </c>
-      <c r="J347" s="50">
-        <v>97.56</v>
+      <c r="J347" s="29">
+        <v>83.52</v>
       </c>
       <c r="K347" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A348" s="23" t="s">
         <v>525</v>
       </c>
       <c r="B348" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C348" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D348" s="25" t="s">
         <v>522</v>
       </c>
       <c r="E348" s="26">
         <v>1</v>
       </c>
       <c r="F348" s="26">
         <v>28</v>
       </c>
       <c r="G348" s="26">
         <v>1280</v>
       </c>
       <c r="H348" s="27">
         <v>685768394884</v>
       </c>
       <c r="I348" s="28">
         <v>0.84189999999999998</v>
       </c>
-      <c r="J348" s="50">
-        <v>116.48</v>
+      <c r="J348" s="29">
+        <v>99.71</v>
       </c>
       <c r="K348" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A349" s="23" t="s">
         <v>526</v>
       </c>
       <c r="B349" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C349" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D349" s="25" t="s">
         <v>522</v>
       </c>
       <c r="E349" s="26">
         <v>1</v>
       </c>
       <c r="F349" s="26">
         <v>24</v>
       </c>
       <c r="G349" s="26">
         <v>640</v>
       </c>
       <c r="H349" s="27">
         <v>685768394891</v>
       </c>
       <c r="I349" s="28">
         <v>1.0423</v>
       </c>
-      <c r="J349" s="50">
-        <v>183.04</v>
+      <c r="J349" s="29">
+        <v>156.69</v>
       </c>
       <c r="K349" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A350" s="23" t="s">
         <v>527</v>
       </c>
       <c r="B350" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C350" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D350" s="25" t="s">
         <v>522</v>
       </c>
       <c r="E350" s="26">
         <v>1</v>
       </c>
       <c r="F350" s="26">
         <v>16</v>
       </c>
       <c r="G350" s="26">
         <v>360</v>
       </c>
       <c r="H350" s="27">
         <v>685768394907</v>
       </c>
       <c r="I350" s="28">
         <v>1.5234000000000001</v>
       </c>
-      <c r="J350" s="50">
-        <v>242.45</v>
+      <c r="J350" s="29">
+        <v>207.55</v>
       </c>
       <c r="K350" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A351" s="23" t="s">
         <v>528</v>
       </c>
       <c r="B351" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C351" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D351" s="25" t="s">
         <v>529</v>
       </c>
       <c r="E351" s="26">
         <v>1</v>
       </c>
       <c r="F351" s="26">
         <v>144</v>
       </c>
       <c r="G351" s="26">
         <v>3840</v>
       </c>
       <c r="H351" s="27">
         <v>685768394914</v>
       </c>
       <c r="I351" s="28">
         <v>0.28060000000000002</v>
       </c>
-      <c r="J351" s="50">
-        <v>49.98</v>
+      <c r="J351" s="29">
+        <v>42.78</v>
       </c>
       <c r="K351" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A352" s="23" t="s">
         <v>530</v>
       </c>
       <c r="B352" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C352" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D352" s="25" t="s">
         <v>529</v>
       </c>
       <c r="E352" s="26">
         <v>1</v>
       </c>
       <c r="F352" s="26">
         <v>60</v>
       </c>
       <c r="G352" s="26">
         <v>2700</v>
       </c>
       <c r="H352" s="27">
         <v>685768394921</v>
       </c>
       <c r="I352" s="28">
         <v>0.49109999999999998</v>
       </c>
-      <c r="J352" s="50">
-        <v>69.150000000000006</v>
+      <c r="J352" s="29">
+        <v>59.2</v>
       </c>
       <c r="K352" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A353" s="23" t="s">
         <v>531</v>
       </c>
       <c r="B353" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C353" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D353" s="25" t="s">
         <v>529</v>
       </c>
       <c r="E353" s="26">
         <v>1</v>
       </c>
       <c r="F353" s="26">
         <v>32</v>
       </c>
       <c r="G353" s="26">
         <v>1920</v>
       </c>
       <c r="H353" s="27">
         <v>685768394938</v>
       </c>
       <c r="I353" s="28">
         <v>0.77170000000000005</v>
       </c>
-      <c r="J353" s="50">
-        <v>101.14</v>
+      <c r="J353" s="29">
+        <v>86.58</v>
       </c>
       <c r="K353" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A354" s="23" t="s">
         <v>532</v>
       </c>
       <c r="B354" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C354" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D354" s="25" t="s">
         <v>529</v>
       </c>
       <c r="E354" s="26">
         <v>1</v>
       </c>
       <c r="F354" s="26">
         <v>28</v>
       </c>
       <c r="G354" s="26">
         <v>1280</v>
       </c>
       <c r="H354" s="27">
         <v>685768394945</v>
       </c>
       <c r="I354" s="28">
         <v>1.0122</v>
       </c>
-      <c r="J354" s="50">
-        <v>140.91</v>
+      <c r="J354" s="29">
+        <v>120.63</v>
       </c>
       <c r="K354" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A355" s="23" t="s">
         <v>533</v>
       </c>
       <c r="B355" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C355" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D355" s="25" t="s">
         <v>529</v>
       </c>
       <c r="E355" s="26">
         <v>1</v>
       </c>
       <c r="F355" s="26">
         <v>24</v>
       </c>
       <c r="G355" s="26">
         <v>640</v>
       </c>
       <c r="H355" s="27">
         <v>685768394952</v>
       </c>
       <c r="I355" s="28">
         <v>1.3229</v>
       </c>
-      <c r="J355" s="50">
-        <v>196.5</v>
+      <c r="J355" s="29">
+        <v>168.21</v>
       </c>
       <c r="K355" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A356" s="23" t="s">
         <v>534</v>
       </c>
       <c r="B356" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C356" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D356" s="25" t="s">
         <v>529</v>
       </c>
       <c r="E356" s="26">
         <v>1</v>
       </c>
       <c r="F356" s="26">
         <v>16</v>
       </c>
       <c r="G356" s="26">
         <v>360</v>
       </c>
       <c r="H356" s="27">
         <v>685768394969</v>
       </c>
       <c r="I356" s="28">
         <v>1.9743999999999999</v>
       </c>
-      <c r="J356" s="50">
-        <v>256.91000000000003</v>
+      <c r="J356" s="29">
+        <v>219.93</v>
       </c>
       <c r="K356" s="30">
         <f>ROUND($C$5*J356,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A357" s="23" t="s">
         <v>535</v>
       </c>
       <c r="B357" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C357" s="25" t="s">
         <v>18</v>
       </c>
       <c r="D357" s="25" t="s">
         <v>536</v>
       </c>
       <c r="E357" s="26">
         <v>1</v>
       </c>
       <c r="F357" s="26">
         <v>50</v>
       </c>
       <c r="G357" s="26">
         <v>3150</v>
       </c>
       <c r="H357" s="27">
         <v>685768444435</v>
       </c>
       <c r="I357" s="28">
         <v>0.76</v>
       </c>
       <c r="J357" s="29">
-        <v>101.91</v>
+        <v>86.62</v>
       </c>
       <c r="K357" s="30">
         <f t="shared" ref="K357:K362" si="6">ROUND($C$5*J357,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A358" s="23" t="s">
         <v>537</v>
       </c>
       <c r="B358" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C358" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D358" s="25" t="s">
         <v>536</v>
       </c>
       <c r="E358" s="26">
         <v>1</v>
       </c>
       <c r="F358" s="26">
         <v>40</v>
       </c>
       <c r="G358" s="26">
         <v>2520</v>
       </c>
       <c r="H358" s="27">
         <v>685768444442</v>
       </c>
       <c r="I358" s="28">
         <v>0.90800000000000003</v>
       </c>
       <c r="J358" s="29">
-        <v>109.19</v>
+        <v>92.81</v>
       </c>
       <c r="K358" s="30">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A359" s="23" t="s">
         <v>538</v>
       </c>
       <c r="B359" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C359" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D359" s="25" t="s">
         <v>536</v>
       </c>
       <c r="E359" s="26">
         <v>1</v>
       </c>
       <c r="F359" s="26">
         <v>30</v>
       </c>
       <c r="G359" s="26">
         <v>1890</v>
       </c>
       <c r="H359" s="27">
         <v>685768444459</v>
       </c>
       <c r="I359" s="28">
         <v>1.242</v>
       </c>
       <c r="J359" s="29">
-        <v>140.08000000000001</v>
+        <v>119.07</v>
       </c>
       <c r="K359" s="30">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A360" s="23" t="s">
         <v>539</v>
       </c>
       <c r="B360" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C360" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D360" s="25" t="s">
         <v>536</v>
       </c>
       <c r="E360" s="26">
         <v>1</v>
       </c>
       <c r="F360" s="26">
         <v>30</v>
       </c>
       <c r="G360" s="26">
         <v>1890</v>
       </c>
       <c r="H360" s="27">
         <v>685768444466</v>
       </c>
       <c r="I360" s="28">
         <v>1.232</v>
       </c>
       <c r="J360" s="29">
-        <v>180.84</v>
+        <v>153.71</v>
       </c>
       <c r="K360" s="30">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A361" s="23" t="s">
         <v>540</v>
       </c>
       <c r="B361" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C361" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D361" s="25" t="s">
         <v>536</v>
       </c>
       <c r="E361" s="26">
         <v>1</v>
       </c>
       <c r="F361" s="26">
         <v>15</v>
       </c>
       <c r="G361" s="26">
         <v>945</v>
       </c>
       <c r="H361" s="27">
         <v>685768444473</v>
       </c>
       <c r="I361" s="28">
         <v>2.1739999999999999</v>
       </c>
       <c r="J361" s="29">
-        <v>210.38</v>
+        <v>178.82</v>
       </c>
       <c r="K361" s="30">
         <f>ROUND($C$5*J361,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A362" s="23" t="s">
         <v>541</v>
       </c>
       <c r="B362" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C362" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D362" s="25" t="s">
         <v>536</v>
       </c>
       <c r="E362" s="26">
         <v>1</v>
       </c>
       <c r="F362" s="26">
         <v>10</v>
       </c>
       <c r="G362" s="26">
         <v>630</v>
       </c>
       <c r="H362" s="27">
         <v>685768444480</v>
       </c>
       <c r="I362" s="28">
         <v>2.8940000000000001</v>
       </c>
       <c r="J362" s="29">
-        <v>295.2</v>
+        <v>250.92</v>
       </c>
       <c r="K362" s="30">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A363" s="23" t="s">
         <v>542</v>
       </c>
       <c r="B363" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C363" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D363" s="25" t="s">
         <v>544</v>
       </c>
       <c r="E363" s="26">
         <v>1</v>
       </c>
       <c r="F363" s="26">
         <v>14</v>
       </c>
       <c r="G363" s="26">
         <v>1008</v>
       </c>
       <c r="H363" s="27">
         <v>685768405849</v>
       </c>
       <c r="I363" s="28">
         <v>2.3407</v>
       </c>
-      <c r="J363" s="50">
-        <v>307.76</v>
+      <c r="J363" s="29">
+        <v>263.45999999999998</v>
       </c>
       <c r="K363" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A364" s="23" t="s">
         <v>545</v>
       </c>
       <c r="B364" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C364" s="25" t="s">
         <v>25</v>
       </c>
       <c r="D364" s="25" t="s">
         <v>544</v>
       </c>
       <c r="E364" s="26">
         <v>1</v>
       </c>
       <c r="F364" s="26">
         <v>14</v>
       </c>
       <c r="G364" s="26">
         <v>1008</v>
       </c>
       <c r="H364" s="27">
         <v>685768405863</v>
       </c>
       <c r="I364" s="28">
         <v>2.9417</v>
       </c>
-      <c r="J364" s="50">
-        <v>422.16</v>
+      <c r="J364" s="29">
+        <v>361.39</v>
       </c>
       <c r="K364" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A365" s="23" t="s">
         <v>546</v>
       </c>
       <c r="B365" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C365" s="25" t="s">
         <v>27</v>
       </c>
       <c r="D365" s="25" t="s">
         <v>544</v>
       </c>
       <c r="E365" s="26">
         <v>1</v>
       </c>
       <c r="F365" s="26">
         <v>7</v>
       </c>
       <c r="G365" s="26">
         <v>504</v>
       </c>
       <c r="H365" s="27">
         <v>685768405870</v>
       </c>
       <c r="I365" s="28">
         <v>3.1263999999999998</v>
       </c>
-      <c r="J365" s="50">
-        <v>466.03</v>
+      <c r="J365" s="29">
+        <v>398.94</v>
       </c>
       <c r="K365" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A366" s="23" t="s">
         <v>547</v>
       </c>
       <c r="B366" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C366" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D366" s="25" t="s">
         <v>544</v>
       </c>
       <c r="E366" s="26">
         <v>1</v>
       </c>
       <c r="F366" s="26">
         <v>4</v>
       </c>
       <c r="G366" s="26">
         <v>288</v>
       </c>
       <c r="H366" s="27">
         <v>685768405856</v>
       </c>
       <c r="I366" s="28">
         <v>4.5039999999999996</v>
       </c>
-      <c r="J366" s="50">
-        <v>523.54</v>
+      <c r="J366" s="29">
+        <v>448.17</v>
       </c>
       <c r="K366" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A367" s="23" t="s">
         <v>548</v>
       </c>
       <c r="B367" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C367" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D367" s="25" t="s">
         <v>544</v>
       </c>
       <c r="E367" s="26">
         <v>1</v>
       </c>
       <c r="F367" s="26">
         <v>4</v>
       </c>
       <c r="G367" s="26">
         <v>288</v>
       </c>
       <c r="H367" s="27">
         <v>685768399216</v>
       </c>
       <c r="I367" s="28">
         <v>6.2850000000000001</v>
       </c>
-      <c r="J367" s="50">
-        <v>506.99</v>
+      <c r="J367" s="29">
+        <v>434</v>
       </c>
       <c r="K367" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A368" s="23" t="s">
         <v>549</v>
       </c>
       <c r="B368" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C368" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D368" s="25" t="s">
         <v>544</v>
       </c>
       <c r="E368" s="26">
         <v>1</v>
       </c>
       <c r="F368" s="26">
         <v>3</v>
       </c>
       <c r="G368" s="26">
         <v>216</v>
       </c>
       <c r="H368" s="27">
         <v>685768399223</v>
       </c>
       <c r="I368" s="28">
         <v>7.5292000000000003</v>
       </c>
-      <c r="J368" s="50">
-        <v>614.45000000000005</v>
+      <c r="J368" s="29">
+        <v>526</v>
       </c>
       <c r="K368" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A369" s="23" t="s">
         <v>550</v>
       </c>
       <c r="B369" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C369" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D369" s="25" t="s">
         <v>544</v>
       </c>
       <c r="E369" s="26">
         <v>1</v>
       </c>
       <c r="F369" s="26">
         <v>3</v>
       </c>
       <c r="G369" s="26">
         <v>162</v>
       </c>
       <c r="H369" s="27">
         <v>685768399148</v>
       </c>
       <c r="I369" s="28">
         <v>11.7552</v>
       </c>
-      <c r="J369" s="50">
-        <v>687.43</v>
+      <c r="J369" s="29">
+        <v>588.47</v>
       </c>
       <c r="K369" s="30">
         <f>ROUND($C$5*J369,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A370" s="23" t="s">
         <v>551</v>
       </c>
       <c r="B370" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C370" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D370" s="25" t="s">
         <v>552</v>
       </c>
       <c r="E370" s="26">
         <v>1</v>
       </c>
       <c r="F370" s="26">
         <v>1</v>
       </c>
       <c r="G370" s="26">
         <v>0</v>
       </c>
       <c r="H370" s="27">
         <v>685768408635</v>
       </c>
       <c r="I370" s="28">
         <v>6.5</v>
       </c>
       <c r="J370" s="29">
-        <v>274.57</v>
+        <v>260.83999999999997</v>
       </c>
       <c r="K370" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A371" s="23" t="s">
         <v>553</v>
       </c>
       <c r="B371" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C371" s="25" t="s">
         <v>32</v>
       </c>
       <c r="D371" s="25" t="s">
         <v>552</v>
       </c>
       <c r="E371" s="26">
         <v>1</v>
       </c>
       <c r="F371" s="26">
         <v>1</v>
       </c>
       <c r="G371" s="26">
         <v>0</v>
       </c>
       <c r="H371" s="27">
         <v>685768408642</v>
       </c>
       <c r="I371" s="28">
         <v>7.4</v>
       </c>
       <c r="J371" s="29">
-        <v>323.35000000000002</v>
+        <v>307.18</v>
       </c>
       <c r="K371" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A372" s="23" t="s">
         <v>554</v>
       </c>
       <c r="B372" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C372" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D372" s="25" t="s">
         <v>552</v>
       </c>
       <c r="E372" s="26">
         <v>1</v>
       </c>
       <c r="F372" s="26">
         <v>1</v>
       </c>
       <c r="G372" s="26">
         <v>0</v>
       </c>
       <c r="H372" s="27">
         <v>685768408659</v>
       </c>
       <c r="I372" s="28">
         <v>8.5</v>
       </c>
       <c r="J372" s="29">
-        <v>338.63</v>
+        <v>321.7</v>
       </c>
       <c r="K372" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A373" s="23" t="s">
         <v>555</v>
       </c>
       <c r="B373" s="24" t="s">
         <v>543</v>
       </c>
       <c r="C373" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D373" s="25" t="s">
         <v>552</v>
       </c>
       <c r="E373" s="26">
         <v>1</v>
       </c>
       <c r="F373" s="26">
         <v>1</v>
       </c>
       <c r="G373" s="26">
         <v>0</v>
       </c>
       <c r="H373" s="27">
         <v>685768408666</v>
       </c>
       <c r="I373" s="28">
         <v>12.7</v>
       </c>
       <c r="J373" s="29">
-        <v>402.68</v>
+        <v>382.55</v>
       </c>
       <c r="K373" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A374" s="32" t="s">
         <v>556</v>
       </c>
       <c r="B374" s="24" t="s">
         <v>557</v>
       </c>
       <c r="C374" s="33" t="s">
         <v>18</v>
       </c>
       <c r="D374" s="33" t="s">
         <v>558</v>
       </c>
       <c r="E374" s="32">
         <v>10</v>
       </c>
       <c r="F374" s="32">
         <v>1000</v>
       </c>
       <c r="G374" s="32">
         <v>32000</v>
       </c>
       <c r="H374" s="32" t="s">
         <v>559</v>
       </c>
       <c r="I374" s="32">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="J374" s="29">
-        <v>3.9</v>
+        <v>4.17</v>
       </c>
       <c r="K374" s="34">
         <f>ROUND($C$5*J374,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A375" s="35" t="s">
         <v>560</v>
       </c>
       <c r="B375" s="24" t="s">
         <v>557</v>
       </c>
       <c r="C375" s="33" t="s">
         <v>21</v>
       </c>
       <c r="D375" s="33" t="s">
         <v>558</v>
       </c>
       <c r="E375" s="32">
         <v>10</v>
       </c>
       <c r="F375" s="32">
         <v>500</v>
       </c>
       <c r="G375" s="32">
         <v>16000</v>
       </c>
       <c r="H375" s="32" t="s">
         <v>561</v>
       </c>
       <c r="I375" s="32">
         <v>0.10200000000000001</v>
       </c>
       <c r="J375" s="29">
-        <v>5.89</v>
+        <v>6.3</v>
       </c>
       <c r="K375" s="34">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A376" s="32" t="s">
         <v>562</v>
       </c>
       <c r="B376" s="24" t="s">
         <v>557</v>
       </c>
       <c r="C376" s="33" t="s">
         <v>23</v>
       </c>
       <c r="D376" s="33" t="s">
         <v>558</v>
       </c>
       <c r="E376" s="32">
         <v>10</v>
       </c>
       <c r="F376" s="32">
         <v>100</v>
       </c>
       <c r="G376" s="32">
         <v>9000</v>
       </c>
       <c r="H376" s="32" t="s">
         <v>563</v>
       </c>
       <c r="I376" s="32">
         <v>0.13400000000000001</v>
       </c>
       <c r="J376" s="29">
-        <v>11.85</v>
+        <v>12.67</v>
       </c>
       <c r="K376" s="34">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A377" s="32" t="s">
         <v>564</v>
       </c>
       <c r="B377" s="24" t="s">
         <v>557</v>
       </c>
       <c r="C377" s="33" t="s">
         <v>25</v>
       </c>
       <c r="D377" s="33" t="s">
         <v>558</v>
       </c>
       <c r="E377" s="32">
         <v>5</v>
       </c>
       <c r="F377" s="32">
         <v>75</v>
       </c>
       <c r="G377" s="32">
         <v>4000</v>
       </c>
       <c r="H377" s="32" t="s">
         <v>565</v>
       </c>
       <c r="I377" s="32">
         <v>0.222</v>
       </c>
       <c r="J377" s="29">
-        <v>15.26</v>
+        <v>16.32</v>
       </c>
       <c r="K377" s="34">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A378" s="32" t="s">
         <v>566</v>
       </c>
       <c r="B378" s="24" t="s">
         <v>557</v>
       </c>
       <c r="C378" s="33" t="s">
         <v>27</v>
       </c>
       <c r="D378" s="33" t="s">
         <v>558</v>
       </c>
       <c r="E378" s="32">
         <v>5</v>
       </c>
       <c r="F378" s="32">
         <v>75</v>
       </c>
       <c r="G378" s="32">
         <v>3200</v>
       </c>
       <c r="H378" s="32" t="s">
         <v>567</v>
       </c>
       <c r="I378" s="32">
         <v>0.38300000000000001</v>
       </c>
       <c r="J378" s="29">
-        <v>27.89</v>
+        <v>29.83</v>
       </c>
       <c r="K378" s="34">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A379" s="32" t="s">
         <v>568</v>
       </c>
       <c r="B379" s="24" t="s">
         <v>557</v>
       </c>
       <c r="C379" s="33" t="s">
         <v>29</v>
       </c>
       <c r="D379" s="33" t="s">
         <v>558</v>
       </c>
       <c r="E379" s="32">
         <v>2</v>
       </c>
       <c r="F379" s="32">
         <v>50</v>
       </c>
       <c r="G379" s="32">
         <v>2700</v>
       </c>
       <c r="H379" s="32" t="s">
         <v>569</v>
       </c>
       <c r="I379" s="32">
         <v>0.64300000000000002</v>
       </c>
       <c r="J379" s="29">
-        <v>35.56</v>
+        <v>38.03</v>
       </c>
       <c r="K379" s="34">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A380" s="32" t="s">
         <v>570</v>
       </c>
       <c r="B380" s="24" t="s">
         <v>557</v>
       </c>
       <c r="C380" s="33" t="s">
         <v>32</v>
       </c>
       <c r="D380" s="33" t="s">
         <v>558</v>
       </c>
       <c r="E380" s="32">
         <v>1</v>
       </c>
       <c r="F380" s="32">
         <v>30</v>
       </c>
       <c r="G380" s="32">
         <v>1800</v>
       </c>
       <c r="H380" s="32" t="s">
         <v>571</v>
       </c>
       <c r="I380" s="32">
         <v>0.95200000000000007</v>
       </c>
       <c r="J380" s="29">
-        <v>108.25</v>
+        <v>115.78</v>
       </c>
       <c r="K380" s="34">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A381" s="32" t="s">
         <v>572</v>
       </c>
       <c r="B381" s="24" t="s">
         <v>557</v>
       </c>
       <c r="C381" s="33" t="s">
         <v>34</v>
       </c>
       <c r="D381" s="33" t="s">
         <v>558</v>
       </c>
       <c r="E381" s="32">
         <v>1</v>
       </c>
       <c r="F381" s="32">
         <v>20</v>
       </c>
       <c r="G381" s="32">
         <v>900</v>
       </c>
       <c r="H381" s="32" t="s">
         <v>573</v>
       </c>
       <c r="I381" s="32">
         <v>1.4119999999999999</v>
       </c>
       <c r="J381" s="29">
-        <v>137.83000000000001</v>
+        <v>147.41</v>
       </c>
       <c r="K381" s="34">
         <f>ROUND($C$5*J381,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A382" s="32" t="s">
         <v>574</v>
       </c>
       <c r="B382" s="24" t="s">
         <v>557</v>
       </c>
       <c r="C382" s="33" t="s">
         <v>36</v>
       </c>
       <c r="D382" s="33" t="s">
         <v>558</v>
       </c>
       <c r="E382" s="32">
         <v>1</v>
       </c>
       <c r="F382" s="32">
         <v>15</v>
       </c>
       <c r="G382" s="32">
         <v>360</v>
       </c>
       <c r="H382" s="32" t="s">
         <v>575</v>
       </c>
       <c r="I382" s="32">
         <v>2.5659999999999998</v>
       </c>
       <c r="J382" s="29">
-        <v>195.06</v>
+        <v>208.62</v>
       </c>
       <c r="K382" s="34">
         <f>ROUND($C$5*J382,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A383" s="37" t="s">
         <v>576</v>
       </c>
       <c r="B383" s="38" t="s">
         <v>594</v>
       </c>
       <c r="C383" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D383" s="37" t="s">
         <v>577</v>
       </c>
       <c r="E383" s="39">
         <v>10</v>
       </c>
       <c r="F383" s="39">
         <v>120</v>
       </c>
@@ -16895,44 +16856,44 @@
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UW PRS0925</vt:lpstr>
+      <vt:lpstr>UW PRS1225</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wantz, Jonathan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>