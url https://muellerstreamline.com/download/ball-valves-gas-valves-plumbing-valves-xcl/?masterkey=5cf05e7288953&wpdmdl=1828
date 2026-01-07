--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -3,56 +3,56 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20361"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\EEMyrick\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\8FP1BN6J\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\EEMyrick\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0B565EBB-E6FF-4E55-A7CC-C0F938792F8E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1BD80277-E362-4459-AB36-51DC6ED3A874}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="53880" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8AF6520E-5794-42AC-A0A4-7B0C960C8473}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6810" xr2:uid="{8AF6520E-5794-42AC-A0A4-7B0C960C8473}"/>
   </bookViews>
   <sheets>
     <sheet name="UW VLV1025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'UW VLV1025'!$C$16:$N$345</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'UW VLV1025'!$1:$16</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="N108" i="1" l="1"/>
   <c r="N74" i="1"/>
   <c r="N28" i="1"/>
   <c r="N26" i="1"/>
   <c r="N345" i="1"/>
   <c r="N344" i="1"/>
@@ -5055,51 +5055,51 @@
   <si>
     <t>1 PRESS BV P X P FULL</t>
   </si>
   <si>
     <t>1-1/4 PRESS BV PXP FULL</t>
   </si>
   <si>
     <t>1-1/2 PRESS BV PXP FULL</t>
   </si>
   <si>
     <t>2 PRESS BV P X P FULL</t>
   </si>
   <si>
     <t>2-1/2 PRESS BV PXP FULL</t>
   </si>
   <si>
     <t>3 PRESS BV P X P FULL</t>
   </si>
   <si>
     <t>4 PRESS BV P X P FULL</t>
   </si>
   <si>
     <t>CLOSE OUT</t>
   </si>
   <si>
-    <t>Effective December 27, 2025</t>
+    <t>Effective October 27, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
     <numFmt numFmtId="166" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -20284,51 +20284,51 @@
       <c r="F326" s="50">
         <v>12</v>
       </c>
       <c r="G326" s="50">
         <v>72</v>
       </c>
       <c r="H326" s="50">
         <v>2880</v>
       </c>
       <c r="I326" s="50" t="s">
         <v>1464</v>
       </c>
       <c r="J326" s="50" t="s">
         <v>1465</v>
       </c>
       <c r="K326" s="50" t="s">
         <v>1466</v>
       </c>
       <c r="L326" s="51">
         <v>0.5</v>
       </c>
       <c r="M326" s="35">
         <v>19.13</v>
       </c>
       <c r="N326" s="36">
-        <f t="shared" ref="N326:N357" si="10">ROUND(M326*$D$13,4)</f>
+        <f t="shared" ref="N326:N345" si="10">ROUND(M326*$D$13,4)</f>
         <v>0</v>
       </c>
       <c r="O326" s="68" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="327" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A327" s="49" t="s">
         <v>1467</v>
       </c>
       <c r="B327" s="49" t="s">
         <v>296</v>
       </c>
       <c r="C327" s="46" t="s">
         <v>1170</v>
       </c>
       <c r="D327" s="57"/>
       <c r="E327" s="49" t="s">
         <v>1468</v>
       </c>
       <c r="F327" s="50">
         <v>12</v>
       </c>
       <c r="G327" s="50">
         <v>72</v>