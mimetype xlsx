--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -1,98 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20361"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20416"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Corporate\Streamline - ACR Press\Price Sheets\UW ACR0123\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Corporate\Streamline - ACR Press\Price Sheets\UW ACR0225\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14220211-2E2D-4258-80DB-F769773EBC20}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6A24994-06C6-4F54-B860-EE8C03DEA38C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8940" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="UW ACRP0123r" sheetId="7" r:id="rId1"/>
+    <sheet name=" UW ACRP0225c" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'UW ACRP0123r'!$A$7:$M$109</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">' UW ACRP0225c'!$A$7:$M$109</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="M70" i="7" l="1"/>
   <c r="M31" i="7"/>
   <c r="M23" i="7"/>
   <c r="M78" i="7"/>
   <c r="M55" i="7" l="1"/>
   <c r="M39" i="7"/>
   <c r="M15" i="7"/>
   <c r="M110" i="7" l="1"/>
   <c r="M86" i="7" l="1"/>
   <c r="M87" i="7"/>
   <c r="M88" i="7"/>
   <c r="M89" i="7"/>
   <c r="M90" i="7"/>
   <c r="M91" i="7"/>
   <c r="M92" i="7"/>
   <c r="M93" i="7"/>
   <c r="M94" i="7"/>
   <c r="M95" i="7"/>
   <c r="M96" i="7"/>
   <c r="M97" i="7"/>
-  <c r="M98" i="7"/>
   <c r="M99" i="7"/>
   <c r="M100" i="7"/>
   <c r="M101" i="7"/>
   <c r="M102" i="7"/>
   <c r="M103" i="7"/>
   <c r="M104" i="7"/>
   <c r="M105" i="7"/>
   <c r="M106" i="7"/>
   <c r="M107" i="7"/>
   <c r="M108" i="7"/>
   <c r="M109" i="7"/>
   <c r="M8" i="7"/>
   <c r="M51" i="7" l="1"/>
   <c r="M40" i="7"/>
   <c r="M41" i="7"/>
   <c r="M42" i="7"/>
   <c r="M43" i="7"/>
   <c r="M44" i="7"/>
   <c r="M45" i="7"/>
   <c r="M46" i="7"/>
   <c r="M47" i="7"/>
   <c r="M48" i="7"/>
   <c r="M49" i="7"/>
   <c r="M50" i="7"/>
   <c r="M56" i="7"/>
@@ -128,55 +127,56 @@
   <c r="M82" i="7"/>
   <c r="M83" i="7"/>
   <c r="M9" i="7" l="1"/>
   <c r="M10" i="7"/>
   <c r="M11" i="7"/>
   <c r="M12" i="7"/>
   <c r="M13" i="7"/>
   <c r="M14" i="7"/>
   <c r="M16" i="7"/>
   <c r="M17" i="7"/>
   <c r="M18" i="7"/>
   <c r="M19" i="7"/>
   <c r="M20" i="7"/>
   <c r="M21" i="7"/>
   <c r="M22" i="7"/>
   <c r="M34" i="7"/>
   <c r="M35" i="7"/>
   <c r="M36" i="7"/>
   <c r="M37" i="7"/>
   <c r="M38" i="7"/>
   <c r="M71" i="7"/>
   <c r="M72" i="7"/>
   <c r="M73" i="7"/>
   <c r="M74" i="7"/>
   <c r="M75" i="7"/>
+  <c r="M98" i="7" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="343">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="429" uniqueCount="342">
   <si>
     <t>The issuance of this price list is not an offer to sell the goods listed herein at the prices stated.</t>
   </si>
   <si>
     <t>Part#</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Prtgrp</t>
   </si>
   <si>
     <r>
       <t>STREAMLINE</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>®</t>
     </r>
@@ -728,59 +728,50 @@
   <si>
     <t>30685768449059</t>
   </si>
   <si>
     <t>30685768449066</t>
   </si>
   <si>
     <t>30685768449073</t>
   </si>
   <si>
     <t>30685768449141</t>
   </si>
   <si>
     <t>30685768449158</t>
   </si>
   <si>
     <t>30685768449165</t>
   </si>
   <si>
     <t>30685768449172</t>
   </si>
   <si>
     <t>30685768449189</t>
   </si>
   <si>
-    <t>(Supersedes  UW ACRP0721r)</t>
-[...7 lines deleted...]
-  <si>
     <t>RP01947</t>
   </si>
   <si>
     <t>RP01948</t>
   </si>
   <si>
     <t>RP01949</t>
   </si>
   <si>
     <t>RP01950</t>
   </si>
   <si>
     <t>RP01951</t>
   </si>
   <si>
     <t>RP01952</t>
   </si>
   <si>
     <t>RP01955</t>
   </si>
   <si>
     <t>ACR PRESS EXTENDED NO-STOP COUPING</t>
   </si>
   <si>
     <t>RP01021</t>
@@ -1187,51 +1178,57 @@
   <si>
     <t>685768452812</t>
   </si>
   <si>
     <t>30685768452813</t>
   </si>
   <si>
     <t>RP03050</t>
   </si>
   <si>
     <t>685768452829</t>
   </si>
   <si>
     <t>30685768452820</t>
   </si>
   <si>
     <t>RP04068</t>
   </si>
   <si>
     <t>685768452836</t>
   </si>
   <si>
     <t>30685768452837</t>
   </si>
   <si>
-    <t>(revised 7/16/2024)</t>
+    <t xml:space="preserve"> UW ACRP0225c</t>
+  </si>
+  <si>
+    <t>Effective June 30, 2025</t>
+  </si>
+  <si>
+    <t>(Supersedes  UW ACRP0225b)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="_(&quot;$&quot;* #,##0.000_);_(&quot;$&quot;* \(#,##0.000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1317,57 +1314,57 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.59999389629810485"/>
+        <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1392,106 +1389,104 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="37">
+  <cellStyleXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="8" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="8" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="77">
+  <cellXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFill="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="5" applyFill="1"/>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1539,121 +1534,111 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="44" fontId="9" fillId="2" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="9" fontId="12" fillId="0" borderId="0" xfId="36" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="12" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="12" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="9" fillId="0" borderId="4" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="9" fillId="0" borderId="5" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="1" xfId="37" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="9" fillId="3" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="6" fillId="3" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
-  <cellStyles count="37">
+  <cellStyles count="38">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Comma 2 2" xfId="15" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Comma 2 2 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Comma 2 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Comma 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Comma 3 2" xfId="28" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Comma 3 3" xfId="30" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Comma 50" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="Currency" xfId="37" builtinId="4"/>
     <cellStyle name="Currency 19" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Currency 2" xfId="31" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Currency 23" xfId="11" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Currency 23 2" xfId="35" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Currency 3" xfId="26" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Currency 4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 159" xfId="33" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="Normal 17" xfId="17" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Normal 17 10" xfId="2" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Normal 17 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Normal 18" xfId="12" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="Normal 182" xfId="5" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="Normal 187" xfId="10" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
     <cellStyle name="Normal 187 2" xfId="34" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
     <cellStyle name="Normal 188" xfId="9" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
     <cellStyle name="Normal 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
     <cellStyle name="Normal 2 2" xfId="23" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
     <cellStyle name="Normal 2 3" xfId="19" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
     <cellStyle name="Normal 2 3 2" xfId="24" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
     <cellStyle name="Normal 4" xfId="25" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
     <cellStyle name="Normal 4 3" xfId="32" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
     <cellStyle name="Normal 5" xfId="27" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
     <cellStyle name="Normal 6" xfId="13" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
@@ -1928,4672 +1913,4564 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q110"/>
+  <dimension ref="A1:P110"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E2" sqref="E2"/>
+      <selection pane="bottomLeft" activeCell="N12" sqref="N12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.5" style="2" customWidth="1"/>
-    <col min="2" max="2" width="8.59765625" style="2" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="18" max="16384" width="9" style="2"/>
+    <col min="2" max="2" width="8.625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="9.625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="56.125" style="25" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.75" style="25" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="10.25" style="2" customWidth="1"/>
+    <col min="7" max="7" width="11.125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="8.625" style="2" customWidth="1"/>
+    <col min="9" max="9" width="11.625" style="2" customWidth="1"/>
+    <col min="10" max="10" width="13.125" style="2" customWidth="1"/>
+    <col min="11" max="11" width="8.125" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.25" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="10.75" style="27" bestFit="1" customWidth="1"/>
+    <col min="14" max="16" width="9.875" style="27"/>
+    <col min="17" max="16384" width="9.875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="75" t="s">
+    <row r="1" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="67" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="75"/>
-[...2 lines deleted...]
-      <c r="E1" s="39"/>
+      <c r="B1" s="67"/>
+      <c r="C1" s="67"/>
+      <c r="D1" s="67"/>
+      <c r="E1" s="38"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="M1" s="4" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      <c r="A2" s="76" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A2" s="68" t="s">
         <v>124</v>
       </c>
-      <c r="B2" s="76"/>
-[...2 lines deleted...]
-      <c r="E2" s="40"/>
+      <c r="B2" s="68"/>
+      <c r="C2" s="68"/>
+      <c r="D2" s="68"/>
+      <c r="E2" s="39"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
-      <c r="M2" s="7" t="s">
-[...6 lines deleted...]
-      <c r="C3" s="10"/>
+      <c r="M2" s="45" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A3" s="7"/>
+      <c r="B3" s="8"/>
+      <c r="C3" s="9"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
-      <c r="M3" s="46" t="s">
-[...8 lines deleted...]
-      <c r="E4" s="29">
+      <c r="M3" s="45" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A4" s="7"/>
+      <c r="D4" s="10" t="s">
+        <v>307</v>
+      </c>
+      <c r="E4" s="28">
         <v>0</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
-      <c r="M4" s="14" t="s">
-[...4 lines deleted...]
-      <c r="D5" s="11" t="s">
+      <c r="M4" s="13" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="D5" s="10" t="s">
+        <v>308</v>
+      </c>
+      <c r="E5" s="66">
+        <v>0</v>
+      </c>
+      <c r="G5" s="11"/>
+      <c r="H5" s="11"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="7"/>
+      <c r="M5" s="13"/>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A6" s="15"/>
+      <c r="B6" s="15"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="14"/>
+      <c r="F6" s="15"/>
+      <c r="G6" s="15"/>
+      <c r="H6" s="15"/>
+      <c r="I6" s="15"/>
+      <c r="J6" s="15"/>
+      <c r="K6" s="15"/>
+      <c r="L6" s="16"/>
+    </row>
+    <row r="7" spans="1:16" s="44" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A7" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="B7" s="42" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="42" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" s="42" t="s">
+        <v>2</v>
+      </c>
+      <c r="E7" s="42" t="s">
+        <v>133</v>
+      </c>
+      <c r="F7" s="42" t="s">
+        <v>126</v>
+      </c>
+      <c r="G7" s="42" t="s">
+        <v>127</v>
+      </c>
+      <c r="H7" s="42" t="s">
+        <v>132</v>
+      </c>
+      <c r="I7" s="42" t="s">
+        <v>125</v>
+      </c>
+      <c r="J7" s="42" t="s">
+        <v>128</v>
+      </c>
+      <c r="K7" s="42" t="s">
+        <v>131</v>
+      </c>
+      <c r="L7" s="42" t="s">
+        <v>130</v>
+      </c>
+      <c r="M7" s="43" t="s">
+        <v>129</v>
+      </c>
+      <c r="N7" s="46"/>
+      <c r="O7" s="46"/>
+      <c r="P7" s="46"/>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A8" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="26"/>
+      <c r="C8" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="D8" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" s="40">
+        <v>5</v>
+      </c>
+      <c r="F8" s="21">
+        <v>5</v>
+      </c>
+      <c r="G8" s="21">
+        <v>750</v>
+      </c>
+      <c r="H8" s="21">
+        <v>27000</v>
+      </c>
+      <c r="I8" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="J8" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="K8" s="23">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="L8" s="24">
+        <v>15.75</v>
+      </c>
+      <c r="M8" s="36">
+        <f t="shared" ref="M8:M39" si="0">IFERROR(ROUND($E$4*L8,4),0)</f>
+        <v>0</v>
+      </c>
+      <c r="N8" s="47"/>
+      <c r="O8" s="48"/>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A9" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="26"/>
+      <c r="C9" s="29">
+        <v>0.375</v>
+      </c>
+      <c r="D9" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" s="40">
+        <v>5</v>
+      </c>
+      <c r="F9" s="21">
+        <v>5</v>
+      </c>
+      <c r="G9" s="21">
+        <v>450</v>
+      </c>
+      <c r="H9" s="21">
+        <v>16200</v>
+      </c>
+      <c r="I9" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="J9" s="22" t="s">
+        <v>135</v>
+      </c>
+      <c r="K9" s="23">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="L9" s="24">
+        <v>22.95</v>
+      </c>
+      <c r="M9" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N9" s="48"/>
+      <c r="O9" s="48"/>
+    </row>
+    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A10" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="26"/>
+      <c r="C10" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="D10" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" s="40">
+        <v>5</v>
+      </c>
+      <c r="F10" s="21">
+        <v>5</v>
+      </c>
+      <c r="G10" s="21">
+        <v>250</v>
+      </c>
+      <c r="H10" s="21">
+        <v>9000</v>
+      </c>
+      <c r="I10" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="J10" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K10" s="23">
+        <v>0.111</v>
+      </c>
+      <c r="L10" s="24">
+        <v>25.43</v>
+      </c>
+      <c r="M10" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N10" s="48"/>
+      <c r="O10" s="48"/>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A11" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="26"/>
+      <c r="C11" s="29">
+        <v>0.625</v>
+      </c>
+      <c r="D11" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" s="40">
+        <v>3</v>
+      </c>
+      <c r="F11" s="21">
+        <v>3</v>
+      </c>
+      <c r="G11" s="21">
+        <v>150</v>
+      </c>
+      <c r="H11" s="21">
+        <v>5400</v>
+      </c>
+      <c r="I11" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="J11" s="22" t="s">
+        <v>137</v>
+      </c>
+      <c r="K11" s="23">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="L11" s="24">
+        <v>26.18</v>
+      </c>
+      <c r="M11" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N11" s="48"/>
+      <c r="O11" s="48"/>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A12" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" s="26"/>
+      <c r="C12" s="29">
+        <v>0.75</v>
+      </c>
+      <c r="D12" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="40">
+        <v>3</v>
+      </c>
+      <c r="F12" s="21">
+        <v>3</v>
+      </c>
+      <c r="G12" s="21">
+        <v>120</v>
+      </c>
+      <c r="H12" s="21">
+        <v>4320</v>
+      </c>
+      <c r="I12" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J12" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="K12" s="23">
+        <v>0.215</v>
+      </c>
+      <c r="L12" s="24">
+        <v>34.76</v>
+      </c>
+      <c r="M12" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N12" s="48"/>
+      <c r="O12" s="48"/>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A13" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" s="26"/>
+      <c r="C13" s="29">
+        <v>0.875</v>
+      </c>
+      <c r="D13" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" s="40">
+        <v>3</v>
+      </c>
+      <c r="F13" s="21">
+        <v>3</v>
+      </c>
+      <c r="G13" s="21">
+        <v>105</v>
+      </c>
+      <c r="H13" s="21">
+        <v>3780</v>
+      </c>
+      <c r="I13" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="J13" s="22" t="s">
+        <v>139</v>
+      </c>
+      <c r="K13" s="23">
+        <v>0.27100000000000002</v>
+      </c>
+      <c r="L13" s="24">
+        <v>32.47</v>
+      </c>
+      <c r="M13" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N13" s="48"/>
+      <c r="O13" s="48"/>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A14" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="26"/>
+      <c r="C14" s="29">
+        <v>1.125</v>
+      </c>
+      <c r="D14" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" s="40">
+        <v>2</v>
+      </c>
+      <c r="F14" s="21">
+        <v>2</v>
+      </c>
+      <c r="G14" s="21">
+        <v>60</v>
+      </c>
+      <c r="H14" s="21">
+        <v>2160</v>
+      </c>
+      <c r="I14" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="J14" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="K14" s="23">
+        <v>0.39</v>
+      </c>
+      <c r="L14" s="24">
+        <v>43.36</v>
+      </c>
+      <c r="M14" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N14" s="48"/>
+      <c r="O14" s="48"/>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A15" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="B15" s="26"/>
+      <c r="C15" s="29">
+        <v>1.375</v>
+      </c>
+      <c r="D15" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15" s="40">
+        <v>2</v>
+      </c>
+      <c r="F15" s="21">
+        <v>2</v>
+      </c>
+      <c r="G15" s="21">
+        <v>40</v>
+      </c>
+      <c r="H15" s="21">
+        <v>2880</v>
+      </c>
+      <c r="I15" s="22" t="s">
+        <v>315</v>
+      </c>
+      <c r="J15" s="22" t="s">
+        <v>316</v>
+      </c>
+      <c r="K15" s="23">
+        <v>0.53600000000000003</v>
+      </c>
+      <c r="L15" s="24">
+        <v>53.73</v>
+      </c>
+      <c r="M15" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N15" s="48"/>
+      <c r="O15" s="48"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A16" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B16" s="26"/>
+      <c r="C16" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="D16" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" s="40">
+        <v>5</v>
+      </c>
+      <c r="F16" s="21">
+        <v>5</v>
+      </c>
+      <c r="G16" s="21">
+        <v>750</v>
+      </c>
+      <c r="H16" s="21">
+        <v>27000</v>
+      </c>
+      <c r="I16" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="J16" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="K16" s="23">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="L16" s="24">
+        <v>30.46</v>
+      </c>
+      <c r="M16" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N16" s="48"/>
+      <c r="O16" s="48"/>
+    </row>
+    <row r="17" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A17" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="B17" s="26"/>
+      <c r="C17" s="29">
+        <v>0.375</v>
+      </c>
+      <c r="D17" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" s="40">
+        <v>5</v>
+      </c>
+      <c r="F17" s="21">
+        <v>5</v>
+      </c>
+      <c r="G17" s="21">
+        <v>500</v>
+      </c>
+      <c r="H17" s="21">
+        <v>18000</v>
+      </c>
+      <c r="I17" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J17" s="22" t="s">
+        <v>142</v>
+      </c>
+      <c r="K17" s="23">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="L17" s="24">
+        <v>33.229999999999997</v>
+      </c>
+      <c r="M17" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N17" s="48"/>
+      <c r="O17" s="48"/>
+    </row>
+    <row r="18" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A18" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="26"/>
+      <c r="C18" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="D18" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" s="40">
+        <v>5</v>
+      </c>
+      <c r="F18" s="21">
+        <v>5</v>
+      </c>
+      <c r="G18" s="21">
+        <v>300</v>
+      </c>
+      <c r="H18" s="21">
+        <v>10800</v>
+      </c>
+      <c r="I18" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="J18" s="22" t="s">
+        <v>143</v>
+      </c>
+      <c r="K18" s="23">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="L18" s="24">
+        <v>34.08</v>
+      </c>
+      <c r="M18" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N18" s="48"/>
+      <c r="O18" s="48"/>
+    </row>
+    <row r="19" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A19" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19" s="26"/>
+      <c r="C19" s="29">
+        <v>0.625</v>
+      </c>
+      <c r="D19" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="40">
+        <v>3</v>
+      </c>
+      <c r="F19" s="21">
+        <v>3</v>
+      </c>
+      <c r="G19" s="21">
+        <v>150</v>
+      </c>
+      <c r="H19" s="21">
+        <v>5400</v>
+      </c>
+      <c r="I19" s="22" t="s">
+        <v>74</v>
+      </c>
+      <c r="J19" s="22" t="s">
+        <v>144</v>
+      </c>
+      <c r="K19" s="23">
+        <v>0.156</v>
+      </c>
+      <c r="L19" s="24">
+        <v>38.049999999999997</v>
+      </c>
+      <c r="M19" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N19" s="48"/>
+      <c r="O19" s="48"/>
+    </row>
+    <row r="20" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A20" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="26"/>
+      <c r="C20" s="29">
+        <v>0.75</v>
+      </c>
+      <c r="D20" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" s="40">
+        <v>3</v>
+      </c>
+      <c r="F20" s="21">
+        <v>3</v>
+      </c>
+      <c r="G20" s="21">
+        <v>135</v>
+      </c>
+      <c r="H20" s="21">
+        <v>4860</v>
+      </c>
+      <c r="I20" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="J20" s="22" t="s">
+        <v>145</v>
+      </c>
+      <c r="K20" s="23">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="L20" s="24">
+        <v>42.15</v>
+      </c>
+      <c r="M20" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N20" s="48"/>
+      <c r="O20" s="48"/>
+    </row>
+    <row r="21" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A21" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" s="26"/>
+      <c r="C21" s="29">
+        <v>0.875</v>
+      </c>
+      <c r="D21" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" s="40">
+        <v>3</v>
+      </c>
+      <c r="F21" s="21">
+        <v>3</v>
+      </c>
+      <c r="G21" s="21">
+        <v>105</v>
+      </c>
+      <c r="H21" s="21">
+        <v>3780</v>
+      </c>
+      <c r="I21" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="J21" s="22" t="s">
+        <v>146</v>
+      </c>
+      <c r="K21" s="23">
+        <v>0.25600000000000001</v>
+      </c>
+      <c r="L21" s="24">
+        <v>46.33</v>
+      </c>
+      <c r="M21" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N21" s="48"/>
+      <c r="O21" s="48"/>
+    </row>
+    <row r="22" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A22" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" s="26"/>
+      <c r="C22" s="29">
+        <v>1.125</v>
+      </c>
+      <c r="D22" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="40">
+        <v>2</v>
+      </c>
+      <c r="F22" s="21">
+        <v>2</v>
+      </c>
+      <c r="G22" s="21">
+        <v>60</v>
+      </c>
+      <c r="H22" s="21">
+        <v>2160</v>
+      </c>
+      <c r="I22" s="22" t="s">
+        <v>77</v>
+      </c>
+      <c r="J22" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="K22" s="23">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="L22" s="24">
+        <v>50.98</v>
+      </c>
+      <c r="M22" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N22" s="48"/>
+      <c r="O22" s="48"/>
+    </row>
+    <row r="23" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A23" s="19" t="s">
+        <v>330</v>
+      </c>
+      <c r="B23" s="26"/>
+      <c r="C23" s="29">
+        <v>1.375</v>
+      </c>
+      <c r="D23" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="40">
+        <v>2</v>
+      </c>
+      <c r="F23" s="21">
+        <v>2</v>
+      </c>
+      <c r="G23" s="21">
+        <v>40</v>
+      </c>
+      <c r="H23" s="21">
+        <v>2880</v>
+      </c>
+      <c r="I23" s="22" t="s">
+        <v>331</v>
+      </c>
+      <c r="J23" s="22" t="s">
+        <v>332</v>
+      </c>
+      <c r="K23" s="23">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="L23" s="24">
+        <v>64.069999999999993</v>
+      </c>
+      <c r="M23" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N23" s="48"/>
+      <c r="O23" s="48"/>
+    </row>
+    <row r="24" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B24" s="18"/>
+      <c r="C24" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="D24" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E24" s="40">
+        <v>5</v>
+      </c>
+      <c r="F24" s="21">
+        <v>5</v>
+      </c>
+      <c r="G24" s="21">
+        <v>750</v>
+      </c>
+      <c r="H24" s="21">
+        <v>27000</v>
+      </c>
+      <c r="I24" s="22">
+        <v>685768450856</v>
+      </c>
+      <c r="J24" s="22" t="s">
+        <v>148</v>
+      </c>
+      <c r="K24" s="23">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="L24" s="24">
+        <v>27.64</v>
+      </c>
+      <c r="M24" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N24" s="48"/>
+      <c r="O24" s="48"/>
+      <c r="P24" s="49"/>
+    </row>
+    <row r="25" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" s="18"/>
+      <c r="C25" s="29">
+        <v>0.375</v>
+      </c>
+      <c r="D25" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E25" s="40">
+        <v>5</v>
+      </c>
+      <c r="F25" s="21">
+        <v>5</v>
+      </c>
+      <c r="G25" s="21">
+        <v>450</v>
+      </c>
+      <c r="H25" s="21">
+        <v>16200</v>
+      </c>
+      <c r="I25" s="22">
+        <v>685768450863</v>
+      </c>
+      <c r="J25" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="K25" s="23">
+        <v>6.2E-2</v>
+      </c>
+      <c r="L25" s="24">
+        <v>30.71</v>
+      </c>
+      <c r="M25" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N25" s="48"/>
+      <c r="O25" s="48"/>
+      <c r="P25" s="49"/>
+    </row>
+    <row r="26" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" s="18"/>
+      <c r="C26" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E26" s="40">
+        <v>5</v>
+      </c>
+      <c r="F26" s="21">
+        <v>5</v>
+      </c>
+      <c r="G26" s="21">
+        <v>250</v>
+      </c>
+      <c r="H26" s="21">
+        <v>9000</v>
+      </c>
+      <c r="I26" s="22">
+        <v>685768450870</v>
+      </c>
+      <c r="J26" s="22" t="s">
+        <v>150</v>
+      </c>
+      <c r="K26" s="23">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="L26" s="24">
+        <v>34.08</v>
+      </c>
+      <c r="M26" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N26" s="48"/>
+      <c r="O26" s="48"/>
+      <c r="P26" s="49"/>
+    </row>
+    <row r="27" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="19" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" s="18"/>
+      <c r="C27" s="29">
+        <v>0.625</v>
+      </c>
+      <c r="D27" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E27" s="40">
+        <v>3</v>
+      </c>
+      <c r="F27" s="21">
+        <v>3</v>
+      </c>
+      <c r="G27" s="21">
+        <v>150</v>
+      </c>
+      <c r="H27" s="21">
+        <v>5400</v>
+      </c>
+      <c r="I27" s="22">
+        <v>685768450887</v>
+      </c>
+      <c r="J27" s="22" t="s">
+        <v>151</v>
+      </c>
+      <c r="K27" s="23">
+        <v>0.159</v>
+      </c>
+      <c r="L27" s="24">
+        <v>37.43</v>
+      </c>
+      <c r="M27" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N27" s="48"/>
+      <c r="O27" s="48"/>
+      <c r="P27" s="49"/>
+    </row>
+    <row r="28" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" s="18"/>
+      <c r="C28" s="29">
+        <v>0.75</v>
+      </c>
+      <c r="D28" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E28" s="40">
+        <v>3</v>
+      </c>
+      <c r="F28" s="21">
+        <v>3</v>
+      </c>
+      <c r="G28" s="21">
+        <v>120</v>
+      </c>
+      <c r="H28" s="21">
+        <v>4320</v>
+      </c>
+      <c r="I28" s="22">
+        <v>685768450894</v>
+      </c>
+      <c r="J28" s="22" t="s">
+        <v>152</v>
+      </c>
+      <c r="K28" s="23">
+        <v>0.19600000000000001</v>
+      </c>
+      <c r="L28" s="24">
+        <v>41.4</v>
+      </c>
+      <c r="M28" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N28" s="48"/>
+      <c r="O28" s="48"/>
+      <c r="P28" s="49"/>
+    </row>
+    <row r="29" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="B29" s="18"/>
+      <c r="C29" s="29">
+        <v>0.875</v>
+      </c>
+      <c r="D29" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E29" s="40">
+        <v>3</v>
+      </c>
+      <c r="F29" s="21">
+        <v>3</v>
+      </c>
+      <c r="G29" s="21">
+        <v>105</v>
+      </c>
+      <c r="H29" s="21">
+        <v>3780</v>
+      </c>
+      <c r="I29" s="22">
+        <v>685768450900</v>
+      </c>
+      <c r="J29" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="K29" s="23">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="L29" s="24">
+        <v>46.38</v>
+      </c>
+      <c r="M29" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N29" s="48"/>
+      <c r="O29" s="48"/>
+      <c r="P29" s="49"/>
+    </row>
+    <row r="30" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="19" t="s">
+        <v>116</v>
+      </c>
+      <c r="B30" s="18"/>
+      <c r="C30" s="29">
+        <v>1.125</v>
+      </c>
+      <c r="D30" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E30" s="40">
+        <v>2</v>
+      </c>
+      <c r="F30" s="21">
+        <v>2</v>
+      </c>
+      <c r="G30" s="21">
+        <v>60</v>
+      </c>
+      <c r="H30" s="21">
+        <v>2160</v>
+      </c>
+      <c r="I30" s="22">
+        <v>685768450917</v>
+      </c>
+      <c r="J30" s="22" t="s">
+        <v>154</v>
+      </c>
+      <c r="K30" s="23">
+        <v>0.35499999999999998</v>
+      </c>
+      <c r="L30" s="24">
+        <v>58.14</v>
+      </c>
+      <c r="M30" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N30" s="48"/>
+      <c r="O30" s="48"/>
+      <c r="P30" s="49"/>
+    </row>
+    <row r="31" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="19" t="s">
+        <v>333</v>
+      </c>
+      <c r="B31" s="26"/>
+      <c r="C31" s="29">
+        <v>1.375</v>
+      </c>
+      <c r="D31" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E31" s="40">
+        <v>2</v>
+      </c>
+      <c r="F31" s="21">
+        <v>2</v>
+      </c>
+      <c r="G31" s="21">
+        <v>40</v>
+      </c>
+      <c r="H31" s="21">
+        <v>2880</v>
+      </c>
+      <c r="I31" s="22" t="s">
+        <v>334</v>
+      </c>
+      <c r="J31" s="22" t="s">
+        <v>335</v>
+      </c>
+      <c r="K31" s="23">
+        <v>0.48</v>
+      </c>
+      <c r="L31" s="24">
+        <v>72.06</v>
+      </c>
+      <c r="M31" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N31" s="48"/>
+      <c r="O31" s="48"/>
+      <c r="P31" s="49"/>
+    </row>
+    <row r="32" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A32" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="B32" s="26"/>
+      <c r="C32" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="D32" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E32" s="40">
+        <v>5</v>
+      </c>
+      <c r="F32" s="21">
+        <v>5</v>
+      </c>
+      <c r="G32" s="21">
+        <v>900</v>
+      </c>
+      <c r="H32" s="21">
+        <v>32400</v>
+      </c>
+      <c r="I32" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="J32" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="K32" s="23">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="L32" s="24">
+        <v>7.45</v>
+      </c>
+      <c r="M32" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N32" s="50"/>
+      <c r="O32" s="48"/>
+    </row>
+    <row r="33" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A33" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="B33" s="26"/>
+      <c r="C33" s="29">
+        <v>0.375</v>
+      </c>
+      <c r="D33" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E33" s="40">
+        <v>5</v>
+      </c>
+      <c r="F33" s="21">
+        <v>5</v>
+      </c>
+      <c r="G33" s="21">
+        <v>600</v>
+      </c>
+      <c r="H33" s="21">
+        <v>21600</v>
+      </c>
+      <c r="I33" s="22" t="s">
+        <v>79</v>
+      </c>
+      <c r="J33" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="K33" s="23">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="L33" s="24">
+        <v>11.4</v>
+      </c>
+      <c r="M33" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N33" s="50"/>
+      <c r="O33" s="48"/>
+    </row>
+    <row r="34" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A34" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="B34" s="26"/>
+      <c r="C34" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="D34" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E34" s="40">
+        <v>5</v>
+      </c>
+      <c r="F34" s="21">
+        <v>5</v>
+      </c>
+      <c r="G34" s="21">
+        <v>300</v>
+      </c>
+      <c r="H34" s="21">
+        <v>10800</v>
+      </c>
+      <c r="I34" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="J34" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="K34" s="23">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="L34" s="24">
+        <v>14.26</v>
+      </c>
+      <c r="M34" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N34" s="50"/>
+      <c r="O34" s="48"/>
+    </row>
+    <row r="35" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A35" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B35" s="26"/>
+      <c r="C35" s="29">
+        <v>0.625</v>
+      </c>
+      <c r="D35" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E35" s="40">
+        <v>5</v>
+      </c>
+      <c r="F35" s="21">
+        <v>5</v>
+      </c>
+      <c r="G35" s="21">
+        <v>225</v>
+      </c>
+      <c r="H35" s="21">
+        <v>8100</v>
+      </c>
+      <c r="I35" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="J35" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="K35" s="23">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="L35" s="24">
+        <v>18.34</v>
+      </c>
+      <c r="M35" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N35" s="50"/>
+      <c r="O35" s="48"/>
+    </row>
+    <row r="36" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A36" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B36" s="26"/>
+      <c r="C36" s="29">
+        <v>0.75</v>
+      </c>
+      <c r="D36" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E36" s="40">
+        <v>2</v>
+      </c>
+      <c r="F36" s="21">
+        <v>2</v>
+      </c>
+      <c r="G36" s="21">
+        <v>150</v>
+      </c>
+      <c r="H36" s="21">
+        <v>5400</v>
+      </c>
+      <c r="I36" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J36" s="22" t="s">
+        <v>159</v>
+      </c>
+      <c r="K36" s="23">
+        <v>0.15</v>
+      </c>
+      <c r="L36" s="24">
+        <v>22.04</v>
+      </c>
+      <c r="M36" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N36" s="50"/>
+      <c r="O36" s="48"/>
+    </row>
+    <row r="37" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A37" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B37" s="26"/>
+      <c r="C37" s="29">
+        <v>0.875</v>
+      </c>
+      <c r="D37" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E37" s="40">
+        <v>2</v>
+      </c>
+      <c r="F37" s="21">
+        <v>2</v>
+      </c>
+      <c r="G37" s="21">
+        <v>90</v>
+      </c>
+      <c r="H37" s="21">
+        <v>3240</v>
+      </c>
+      <c r="I37" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="J37" s="22" t="s">
+        <v>160</v>
+      </c>
+      <c r="K37" s="23">
+        <v>0.191</v>
+      </c>
+      <c r="L37" s="24">
+        <v>30.56</v>
+      </c>
+      <c r="M37" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N37" s="50"/>
+      <c r="O37" s="48"/>
+    </row>
+    <row r="38" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A38" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="B38" s="26"/>
+      <c r="C38" s="29">
+        <v>1.125</v>
+      </c>
+      <c r="D38" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E38" s="40">
+        <v>2</v>
+      </c>
+      <c r="F38" s="21">
+        <v>2</v>
+      </c>
+      <c r="G38" s="21">
+        <v>70</v>
+      </c>
+      <c r="H38" s="21">
+        <v>2520</v>
+      </c>
+      <c r="I38" s="22" t="s">
+        <v>84</v>
+      </c>
+      <c r="J38" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="K38" s="23">
+        <v>0.26600000000000001</v>
+      </c>
+      <c r="L38" s="24">
+        <v>36.67</v>
+      </c>
+      <c r="M38" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N38" s="50"/>
+      <c r="O38" s="48"/>
+    </row>
+    <row r="39" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A39" s="19" t="s">
+        <v>317</v>
+      </c>
+      <c r="B39" s="26"/>
+      <c r="C39" s="29">
+        <v>1.375</v>
+      </c>
+      <c r="D39" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E39" s="40">
+        <v>2</v>
+      </c>
+      <c r="F39" s="21">
+        <v>2</v>
+      </c>
+      <c r="G39" s="21">
+        <v>50</v>
+      </c>
+      <c r="H39" s="21">
+        <v>3600</v>
+      </c>
+      <c r="I39" s="22" t="s">
+        <v>318</v>
+      </c>
+      <c r="J39" s="22" t="s">
+        <v>319</v>
+      </c>
+      <c r="K39" s="23">
+        <v>0.36099999999999999</v>
+      </c>
+      <c r="L39" s="24">
+        <v>45.05</v>
+      </c>
+      <c r="M39" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="N39" s="50"/>
+      <c r="O39" s="48"/>
+    </row>
+    <row r="40" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A40" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B40" s="26"/>
+      <c r="C40" s="29" t="s">
+        <v>49</v>
+      </c>
+      <c r="D40" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E40" s="40">
+        <v>5</v>
+      </c>
+      <c r="F40" s="21">
+        <v>5</v>
+      </c>
+      <c r="G40" s="21">
+        <v>600</v>
+      </c>
+      <c r="H40" s="21">
+        <v>21600</v>
+      </c>
+      <c r="I40" s="22" t="s">
+        <v>85</v>
+      </c>
+      <c r="J40" s="22" t="s">
+        <v>162</v>
+      </c>
+      <c r="K40" s="23">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="L40" s="24">
+        <v>20.87</v>
+      </c>
+      <c r="M40" s="36">
+        <f t="shared" ref="M40:M71" si="1">IFERROR(ROUND($E$4*L40,4),0)</f>
+        <v>0</v>
+      </c>
+      <c r="N40" s="50"/>
+      <c r="O40" s="48"/>
+    </row>
+    <row r="41" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A41" s="19" t="s">
+        <v>197</v>
+      </c>
+      <c r="B41" s="26"/>
+      <c r="C41" s="29" t="s">
+        <v>198</v>
+      </c>
+      <c r="D41" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E41" s="40">
+        <v>5</v>
+      </c>
+      <c r="F41" s="21">
+        <v>5</v>
+      </c>
+      <c r="G41" s="21">
+        <v>500</v>
+      </c>
+      <c r="H41" s="21">
+        <v>18000</v>
+      </c>
+      <c r="I41" s="22" t="s">
+        <v>209</v>
+      </c>
+      <c r="J41" s="22" t="s">
+        <v>210</v>
+      </c>
+      <c r="K41" s="23">
+        <v>6.2E-2</v>
+      </c>
+      <c r="L41" s="24">
+        <v>21.67</v>
+      </c>
+      <c r="M41" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N41" s="50"/>
+      <c r="O41" s="48"/>
+    </row>
+    <row r="42" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A42" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B42" s="26"/>
+      <c r="C42" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="D42" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E42" s="40">
+        <v>5</v>
+      </c>
+      <c r="F42" s="21">
+        <v>5</v>
+      </c>
+      <c r="G42" s="21">
+        <v>300</v>
+      </c>
+      <c r="H42" s="21">
+        <v>10800</v>
+      </c>
+      <c r="I42" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J42" s="22" t="s">
+        <v>163</v>
+      </c>
+      <c r="K42" s="23">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="L42" s="24">
+        <v>23.04</v>
+      </c>
+      <c r="M42" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N42" s="50"/>
+      <c r="O42" s="48"/>
+    </row>
+    <row r="43" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A43" s="19" t="s">
+        <v>199</v>
+      </c>
+      <c r="B43" s="26"/>
+      <c r="C43" s="29" t="s">
+        <v>200</v>
+      </c>
+      <c r="D43" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E43" s="40">
+        <v>2</v>
+      </c>
+      <c r="F43" s="21">
+        <v>2</v>
+      </c>
+      <c r="G43" s="21">
+        <v>250</v>
+      </c>
+      <c r="H43" s="21">
+        <v>9000</v>
+      </c>
+      <c r="I43" s="22" t="s">
+        <v>211</v>
+      </c>
+      <c r="J43" s="22" t="s">
+        <v>212</v>
+      </c>
+      <c r="K43" s="23">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="L43" s="24">
+        <v>22.32</v>
+      </c>
+      <c r="M43" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N43" s="50"/>
+      <c r="O43" s="48"/>
+    </row>
+    <row r="44" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A44" s="19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B44" s="26"/>
+      <c r="C44" s="29" t="s">
+        <v>119</v>
+      </c>
+      <c r="D44" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E44" s="40">
+        <v>5</v>
+      </c>
+      <c r="F44" s="21">
+        <v>5</v>
+      </c>
+      <c r="G44" s="21">
+        <v>250</v>
+      </c>
+      <c r="H44" s="21">
+        <v>5760</v>
+      </c>
+      <c r="I44" s="22">
+        <v>685768451211</v>
+      </c>
+      <c r="J44" s="22" t="s">
+        <v>164</v>
+      </c>
+      <c r="K44" s="23">
+        <v>9.9000000000000005E-2</v>
+      </c>
+      <c r="L44" s="24">
+        <v>23.39</v>
+      </c>
+      <c r="M44" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N44" s="50"/>
+      <c r="O44" s="48"/>
+    </row>
+    <row r="45" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A45" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="B45" s="26"/>
+      <c r="C45" s="29" t="s">
+        <v>46</v>
+      </c>
+      <c r="D45" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E45" s="40">
+        <v>2</v>
+      </c>
+      <c r="F45" s="21">
+        <v>2</v>
+      </c>
+      <c r="G45" s="21">
+        <v>160</v>
+      </c>
+      <c r="H45" s="21">
+        <v>5760</v>
+      </c>
+      <c r="I45" s="22" t="s">
+        <v>87</v>
+      </c>
+      <c r="J45" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="K45" s="23">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="L45" s="24">
+        <v>24.93</v>
+      </c>
+      <c r="M45" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N45" s="50"/>
+      <c r="O45" s="48"/>
+    </row>
+    <row r="46" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A46" s="19" t="s">
+        <v>201</v>
+      </c>
+      <c r="B46" s="26"/>
+      <c r="C46" s="29" t="s">
+        <v>202</v>
+      </c>
+      <c r="D46" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E46" s="40">
+        <v>2</v>
+      </c>
+      <c r="F46" s="21">
+        <v>2</v>
+      </c>
+      <c r="G46" s="21">
+        <v>200</v>
+      </c>
+      <c r="H46" s="21">
+        <v>7200</v>
+      </c>
+      <c r="I46" s="22" t="s">
+        <v>213</v>
+      </c>
+      <c r="J46" s="22" t="s">
+        <v>214</v>
+      </c>
+      <c r="K46" s="23">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="L46" s="24">
+        <v>24.69</v>
+      </c>
+      <c r="M46" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N46" s="50"/>
+      <c r="O46" s="48"/>
+    </row>
+    <row r="47" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A47" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="B47" s="26"/>
+      <c r="C47" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="D47" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E47" s="40">
+        <v>2</v>
+      </c>
+      <c r="F47" s="21">
+        <v>2</v>
+      </c>
+      <c r="G47" s="21">
+        <v>150</v>
+      </c>
+      <c r="H47" s="21">
+        <v>5400</v>
+      </c>
+      <c r="I47" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="J47" s="22" t="s">
+        <v>166</v>
+      </c>
+      <c r="K47" s="23">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="L47" s="24">
+        <v>29.33</v>
+      </c>
+      <c r="M47" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N47" s="50"/>
+      <c r="O47" s="48"/>
+    </row>
+    <row r="48" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A48" s="19" t="s">
+        <v>203</v>
+      </c>
+      <c r="B48" s="26"/>
+      <c r="C48" s="29" t="s">
+        <v>204</v>
+      </c>
+      <c r="D48" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E48" s="40">
+        <v>2</v>
+      </c>
+      <c r="F48" s="21">
+        <v>2</v>
+      </c>
+      <c r="G48" s="21">
+        <v>180</v>
+      </c>
+      <c r="H48" s="21">
+        <v>6480</v>
+      </c>
+      <c r="I48" s="22" t="s">
+        <v>215</v>
+      </c>
+      <c r="J48" s="22" t="s">
+        <v>216</v>
+      </c>
+      <c r="K48" s="23">
+        <v>0.157</v>
+      </c>
+      <c r="L48" s="24">
+        <v>26.93</v>
+      </c>
+      <c r="M48" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N48" s="50"/>
+      <c r="O48" s="48"/>
+    </row>
+    <row r="49" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A49" s="19" t="s">
+        <v>205</v>
+      </c>
+      <c r="B49" s="26"/>
+      <c r="C49" s="29" t="s">
+        <v>206</v>
+      </c>
+      <c r="D49" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E49" s="40">
+        <v>2</v>
+      </c>
+      <c r="F49" s="21">
+        <v>2</v>
+      </c>
+      <c r="G49" s="21">
+        <v>170</v>
+      </c>
+      <c r="H49" s="21">
+        <v>6120</v>
+      </c>
+      <c r="I49" s="22" t="s">
+        <v>217</v>
+      </c>
+      <c r="J49" s="22" t="s">
+        <v>218</v>
+      </c>
+      <c r="K49" s="23">
+        <v>0.17699999999999999</v>
+      </c>
+      <c r="L49" s="24">
+        <v>37.340000000000003</v>
+      </c>
+      <c r="M49" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N49" s="50"/>
+      <c r="O49" s="48"/>
+    </row>
+    <row r="50" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A50" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="B50" s="26"/>
+      <c r="C50" s="29" t="s">
+        <v>48</v>
+      </c>
+      <c r="D50" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E50" s="40">
+        <v>2</v>
+      </c>
+      <c r="F50" s="21">
+        <v>2</v>
+      </c>
+      <c r="G50" s="21">
+        <v>110</v>
+      </c>
+      <c r="H50" s="21">
+        <v>3960</v>
+      </c>
+      <c r="I50" s="22" t="s">
+        <v>89</v>
+      </c>
+      <c r="J50" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="K50" s="23">
+        <v>0.17799999999999999</v>
+      </c>
+      <c r="L50" s="24">
+        <v>38.51</v>
+      </c>
+      <c r="M50" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N50" s="50"/>
+      <c r="O50" s="48"/>
+    </row>
+    <row r="51" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A51" s="19" t="s">
+        <v>207</v>
+      </c>
+      <c r="B51" s="26"/>
+      <c r="C51" s="29" t="s">
+        <v>208</v>
+      </c>
+      <c r="D51" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E51" s="40">
+        <v>1</v>
+      </c>
+      <c r="F51" s="21">
+        <v>1</v>
+      </c>
+      <c r="G51" s="21">
+        <v>90</v>
+      </c>
+      <c r="H51" s="21">
+        <v>3240</v>
+      </c>
+      <c r="I51" s="22" t="s">
+        <v>219</v>
+      </c>
+      <c r="J51" s="22" t="s">
+        <v>220</v>
+      </c>
+      <c r="K51" s="23">
+        <v>0.215</v>
+      </c>
+      <c r="L51" s="24">
+        <v>47.89</v>
+      </c>
+      <c r="M51" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N51" s="50"/>
+      <c r="O51" s="48"/>
+    </row>
+    <row r="52" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A52" s="19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B52" s="26"/>
+      <c r="C52" s="29" t="s">
+        <v>123</v>
+      </c>
+      <c r="D52" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E52" s="40">
+        <v>1</v>
+      </c>
+      <c r="F52" s="21">
+        <v>1</v>
+      </c>
+      <c r="G52" s="21">
+        <v>90</v>
+      </c>
+      <c r="H52" s="21">
+        <v>3240</v>
+      </c>
+      <c r="I52" s="22">
+        <v>685768451228</v>
+      </c>
+      <c r="J52" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="K52" s="23">
+        <v>0.23799999999999999</v>
+      </c>
+      <c r="L52" s="24">
+        <v>40.090000000000003</v>
+      </c>
+      <c r="M52" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N52" s="50"/>
+      <c r="O52" s="48"/>
+    </row>
+    <row r="53" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A53" s="19" t="s">
+        <v>122</v>
+      </c>
+      <c r="B53" s="26"/>
+      <c r="C53" s="29" t="s">
+        <v>121</v>
+      </c>
+      <c r="D53" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E53" s="40">
+        <v>1</v>
+      </c>
+      <c r="F53" s="21">
+        <v>1</v>
+      </c>
+      <c r="G53" s="21">
+        <v>90</v>
+      </c>
+      <c r="H53" s="21">
+        <v>3240</v>
+      </c>
+      <c r="I53" s="22">
+        <v>685768451235</v>
+      </c>
+      <c r="J53" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="K53" s="23">
+        <v>0.23400000000000001</v>
+      </c>
+      <c r="L53" s="24">
+        <v>43.12</v>
+      </c>
+      <c r="M53" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N53" s="50"/>
+      <c r="O53" s="48"/>
+    </row>
+    <row r="54" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A54" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="B54" s="26"/>
+      <c r="C54" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="D54" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E54" s="40">
+        <v>1</v>
+      </c>
+      <c r="F54" s="21">
+        <v>1</v>
+      </c>
+      <c r="G54" s="21">
+        <v>60</v>
+      </c>
+      <c r="H54" s="21">
+        <v>2160</v>
+      </c>
+      <c r="I54" s="22" t="s">
+        <v>90</v>
+      </c>
+      <c r="J54" s="22" t="s">
+        <v>170</v>
+      </c>
+      <c r="K54" s="23">
+        <v>0.254</v>
+      </c>
+      <c r="L54" s="24">
+        <v>46.72</v>
+      </c>
+      <c r="M54" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N54" s="50"/>
+      <c r="O54" s="48"/>
+    </row>
+    <row r="55" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A55" s="19" t="s">
+        <v>320</v>
+      </c>
+      <c r="B55" s="26"/>
+      <c r="C55" s="29" t="s">
+        <v>321</v>
+      </c>
+      <c r="D55" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E55" s="40">
+        <v>1</v>
+      </c>
+      <c r="F55" s="21">
+        <v>1</v>
+      </c>
+      <c r="G55" s="21">
+        <v>40</v>
+      </c>
+      <c r="H55" s="21">
+        <v>1440</v>
+      </c>
+      <c r="I55" s="22" t="s">
+        <v>322</v>
+      </c>
+      <c r="J55" s="22" t="s">
+        <v>323</v>
+      </c>
+      <c r="K55" s="23">
+        <v>0.32800000000000001</v>
+      </c>
+      <c r="L55" s="24">
+        <v>57.79</v>
+      </c>
+      <c r="M55" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N55" s="48"/>
+      <c r="O55" s="48"/>
+    </row>
+    <row r="56" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A56" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="B56" s="26"/>
+      <c r="C56" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="D56" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="E56" s="40">
+        <v>5</v>
+      </c>
+      <c r="F56" s="21">
+        <v>5</v>
+      </c>
+      <c r="G56" s="21">
+        <v>600</v>
+      </c>
+      <c r="H56" s="21">
+        <v>43200</v>
+      </c>
+      <c r="I56" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="J56" s="22" t="s">
+        <v>222</v>
+      </c>
+      <c r="K56" s="23">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="L56" s="24">
+        <v>18.72</v>
+      </c>
+      <c r="M56" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N56" s="50"/>
+      <c r="O56" s="48"/>
+    </row>
+    <row r="57" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A57" s="19" t="s">
+        <v>190</v>
+      </c>
+      <c r="B57" s="26"/>
+      <c r="C57" s="29">
+        <v>0.375</v>
+      </c>
+      <c r="D57" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="E57" s="40">
+        <v>5</v>
+      </c>
+      <c r="F57" s="21">
+        <v>5</v>
+      </c>
+      <c r="G57" s="21">
+        <v>300</v>
+      </c>
+      <c r="H57" s="21">
+        <v>21600</v>
+      </c>
+      <c r="I57" s="22" t="s">
+        <v>223</v>
+      </c>
+      <c r="J57" s="22" t="s">
+        <v>224</v>
+      </c>
+      <c r="K57" s="23">
+        <v>0.09</v>
+      </c>
+      <c r="L57" s="24">
+        <v>16.63</v>
+      </c>
+      <c r="M57" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N57" s="50"/>
+      <c r="O57" s="48"/>
+    </row>
+    <row r="58" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A58" s="19" t="s">
+        <v>191</v>
+      </c>
+      <c r="B58" s="26"/>
+      <c r="C58" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="D58" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="E58" s="40">
+        <v>5</v>
+      </c>
+      <c r="F58" s="21">
+        <v>5</v>
+      </c>
+      <c r="G58" s="21">
+        <v>200</v>
+      </c>
+      <c r="H58" s="21">
+        <v>14400</v>
+      </c>
+      <c r="I58" s="22" t="s">
+        <v>225</v>
+      </c>
+      <c r="J58" s="22" t="s">
+        <v>226</v>
+      </c>
+      <c r="K58" s="23">
+        <v>0.151</v>
+      </c>
+      <c r="L58" s="24">
+        <v>18.8</v>
+      </c>
+      <c r="M58" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N58" s="50"/>
+      <c r="O58" s="48"/>
+    </row>
+    <row r="59" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A59" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B59" s="26"/>
+      <c r="C59" s="29">
+        <v>0.625</v>
+      </c>
+      <c r="D59" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="E59" s="40">
+        <v>5</v>
+      </c>
+      <c r="F59" s="21">
+        <v>5</v>
+      </c>
+      <c r="G59" s="21">
+        <v>150</v>
+      </c>
+      <c r="H59" s="21">
+        <v>10800</v>
+      </c>
+      <c r="I59" s="22" t="s">
+        <v>227</v>
+      </c>
+      <c r="J59" s="22" t="s">
+        <v>228</v>
+      </c>
+      <c r="K59" s="23">
+        <v>0.216</v>
+      </c>
+      <c r="L59" s="24">
+        <v>21.83</v>
+      </c>
+      <c r="M59" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N59" s="50"/>
+      <c r="O59" s="48"/>
+    </row>
+    <row r="60" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A60" s="19" t="s">
+        <v>193</v>
+      </c>
+      <c r="B60" s="26"/>
+      <c r="C60" s="29">
+        <v>0.75</v>
+      </c>
+      <c r="D60" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="E60" s="40">
+        <v>2</v>
+      </c>
+      <c r="F60" s="21">
+        <v>2</v>
+      </c>
+      <c r="G60" s="21">
+        <v>100</v>
+      </c>
+      <c r="H60" s="21">
+        <v>7200</v>
+      </c>
+      <c r="I60" s="22" t="s">
+        <v>229</v>
+      </c>
+      <c r="J60" s="22" t="s">
+        <v>230</v>
+      </c>
+      <c r="K60" s="23">
+        <v>0.252</v>
+      </c>
+      <c r="L60" s="24">
+        <v>27.62</v>
+      </c>
+      <c r="M60" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N60" s="50"/>
+      <c r="O60" s="48"/>
+    </row>
+    <row r="61" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A61" s="19" t="s">
+        <v>194</v>
+      </c>
+      <c r="B61" s="26"/>
+      <c r="C61" s="29">
+        <v>0.875</v>
+      </c>
+      <c r="D61" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="E61" s="40">
+        <v>2</v>
+      </c>
+      <c r="F61" s="21">
+        <v>2</v>
+      </c>
+      <c r="G61" s="21">
+        <v>80</v>
+      </c>
+      <c r="H61" s="21">
+        <v>5760</v>
+      </c>
+      <c r="I61" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="J61" s="22" t="s">
+        <v>232</v>
+      </c>
+      <c r="K61" s="23">
+        <v>0.31</v>
+      </c>
+      <c r="L61" s="24">
+        <v>29.91</v>
+      </c>
+      <c r="M61" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N61" s="50"/>
+      <c r="O61" s="48"/>
+    </row>
+    <row r="62" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A62" s="19" t="s">
+        <v>195</v>
+      </c>
+      <c r="B62" s="26"/>
+      <c r="C62" s="29">
+        <v>1.125</v>
+      </c>
+      <c r="D62" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="E62" s="40">
+        <v>2</v>
+      </c>
+      <c r="F62" s="21">
+        <v>2</v>
+      </c>
+      <c r="G62" s="21">
+        <v>50</v>
+      </c>
+      <c r="H62" s="21">
+        <v>3600</v>
+      </c>
+      <c r="I62" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="J62" s="22" t="s">
+        <v>234</v>
+      </c>
+      <c r="K62" s="23">
+        <v>0.42199999999999999</v>
+      </c>
+      <c r="L62" s="24">
+        <v>36.799999999999997</v>
+      </c>
+      <c r="M62" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N62" s="50"/>
+      <c r="O62" s="48"/>
+    </row>
+    <row r="63" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A63" s="19" t="s">
+        <v>324</v>
+      </c>
+      <c r="B63" s="26"/>
+      <c r="C63" s="29">
+        <v>1.375</v>
+      </c>
+      <c r="D63" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="E63" s="40">
+        <v>2</v>
+      </c>
+      <c r="F63" s="21">
+        <v>2</v>
+      </c>
+      <c r="G63" s="21">
+        <v>40</v>
+      </c>
+      <c r="H63" s="21">
+        <v>2880</v>
+      </c>
+      <c r="I63" s="22" t="s">
+        <v>325</v>
+      </c>
+      <c r="J63" s="22" t="s">
+        <v>326</v>
+      </c>
+      <c r="K63" s="23">
+        <v>0.58099999999999996</v>
+      </c>
+      <c r="L63" s="24">
+        <v>56.15</v>
+      </c>
+      <c r="M63" s="36"/>
+      <c r="N63" s="48"/>
+      <c r="O63" s="48"/>
+    </row>
+    <row r="64" spans="1:15" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A64" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B64" s="26"/>
+      <c r="C64" s="29">
+        <v>0.375</v>
+      </c>
+      <c r="D64" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E64" s="40">
+        <v>5</v>
+      </c>
+      <c r="F64" s="21">
+        <v>5</v>
+      </c>
+      <c r="G64" s="21">
+        <v>250</v>
+      </c>
+      <c r="H64" s="21">
+        <v>9000</v>
+      </c>
+      <c r="I64" s="22" t="s">
+        <v>91</v>
+      </c>
+      <c r="J64" s="22" t="s">
+        <v>171</v>
+      </c>
+      <c r="K64" s="23">
+        <v>0.1</v>
+      </c>
+      <c r="L64" s="24">
+        <v>36.119999999999997</v>
+      </c>
+      <c r="M64" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N64" s="50"/>
+      <c r="O64" s="48"/>
+    </row>
+    <row r="65" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A65" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="B65" s="26"/>
+      <c r="C65" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="D65" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E65" s="40">
+        <v>5</v>
+      </c>
+      <c r="F65" s="21">
+        <v>5</v>
+      </c>
+      <c r="G65" s="21">
+        <v>170</v>
+      </c>
+      <c r="H65" s="21">
+        <v>6120</v>
+      </c>
+      <c r="I65" s="22" t="s">
+        <v>92</v>
+      </c>
+      <c r="J65" s="22" t="s">
+        <v>172</v>
+      </c>
+      <c r="K65" s="23">
+        <v>0.188</v>
+      </c>
+      <c r="L65" s="24">
+        <v>39.28</v>
+      </c>
+      <c r="M65" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N65" s="50"/>
+      <c r="O65" s="48"/>
+    </row>
+    <row r="66" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A66" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B66" s="26"/>
+      <c r="C66" s="29">
+        <v>0.625</v>
+      </c>
+      <c r="D66" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E66" s="40">
+        <v>2</v>
+      </c>
+      <c r="F66" s="21">
+        <v>2</v>
+      </c>
+      <c r="G66" s="21">
+        <v>90</v>
+      </c>
+      <c r="H66" s="21">
+        <v>3240</v>
+      </c>
+      <c r="I66" s="22" t="s">
+        <v>93</v>
+      </c>
+      <c r="J66" s="22" t="s">
+        <v>173</v>
+      </c>
+      <c r="K66" s="23">
+        <v>0.27200000000000002</v>
+      </c>
+      <c r="L66" s="24">
+        <v>41.53</v>
+      </c>
+      <c r="M66" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N66" s="50"/>
+      <c r="O66" s="48"/>
+    </row>
+    <row r="67" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A67" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="B67" s="26"/>
+      <c r="C67" s="29">
+        <v>0.75</v>
+      </c>
+      <c r="D67" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E67" s="40">
+        <v>2</v>
+      </c>
+      <c r="F67" s="21">
+        <v>2</v>
+      </c>
+      <c r="G67" s="21">
+        <v>80</v>
+      </c>
+      <c r="H67" s="21">
+        <v>2880</v>
+      </c>
+      <c r="I67" s="22" t="s">
+        <v>94</v>
+      </c>
+      <c r="J67" s="22" t="s">
+        <v>174</v>
+      </c>
+      <c r="K67" s="23">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="L67" s="24">
+        <v>46.07</v>
+      </c>
+      <c r="M67" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N67" s="48"/>
+      <c r="O67" s="48"/>
+    </row>
+    <row r="68" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A68" s="19" t="s">
+        <v>36</v>
+      </c>
+      <c r="B68" s="26"/>
+      <c r="C68" s="29">
+        <v>0.875</v>
+      </c>
+      <c r="D68" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E68" s="40">
+        <v>2</v>
+      </c>
+      <c r="F68" s="21">
+        <v>2</v>
+      </c>
+      <c r="G68" s="21">
+        <v>60</v>
+      </c>
+      <c r="H68" s="21">
+        <v>2160</v>
+      </c>
+      <c r="I68" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="J68" s="22" t="s">
+        <v>175</v>
+      </c>
+      <c r="K68" s="23">
+        <v>0.48699999999999999</v>
+      </c>
+      <c r="L68" s="24">
+        <v>52.15</v>
+      </c>
+      <c r="M68" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N68" s="48"/>
+      <c r="O68" s="48"/>
+    </row>
+    <row r="69" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A69" s="19" t="s">
+        <v>37</v>
+      </c>
+      <c r="B69" s="26"/>
+      <c r="C69" s="29">
+        <v>1.125</v>
+      </c>
+      <c r="D69" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E69" s="40">
+        <v>1</v>
+      </c>
+      <c r="F69" s="21">
+        <v>1</v>
+      </c>
+      <c r="G69" s="21">
+        <v>40</v>
+      </c>
+      <c r="H69" s="21">
+        <v>1440</v>
+      </c>
+      <c r="I69" s="22" t="s">
+        <v>96</v>
+      </c>
+      <c r="J69" s="22" t="s">
+        <v>176</v>
+      </c>
+      <c r="K69" s="23">
+        <v>0.65400000000000003</v>
+      </c>
+      <c r="L69" s="24">
+        <v>67.23</v>
+      </c>
+      <c r="M69" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N69" s="48"/>
+      <c r="O69" s="48"/>
+    </row>
+    <row r="70" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A70" s="19" t="s">
+        <v>336</v>
+      </c>
+      <c r="B70" s="26"/>
+      <c r="C70" s="29">
+        <v>1.375</v>
+      </c>
+      <c r="D70" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E70" s="40">
+        <v>1</v>
+      </c>
+      <c r="F70" s="21">
+        <v>1</v>
+      </c>
+      <c r="G70" s="21">
+        <v>30</v>
+      </c>
+      <c r="H70" s="21">
+        <v>1080</v>
+      </c>
+      <c r="I70" s="22" t="s">
+        <v>337</v>
+      </c>
+      <c r="J70" s="22" t="s">
+        <v>338</v>
+      </c>
+      <c r="K70" s="23">
+        <v>0.85099999999999998</v>
+      </c>
+      <c r="L70" s="24">
+        <v>84.99</v>
+      </c>
+      <c r="M70" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N70" s="48"/>
+      <c r="O70" s="48"/>
+    </row>
+    <row r="71" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A71" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B71" s="26"/>
+      <c r="C71" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="D71" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E71" s="40">
+        <v>5</v>
+      </c>
+      <c r="F71" s="21">
+        <v>5</v>
+      </c>
+      <c r="G71" s="21">
+        <v>400</v>
+      </c>
+      <c r="H71" s="21">
+        <v>14400</v>
+      </c>
+      <c r="I71" s="22" t="s">
+        <v>97</v>
+      </c>
+      <c r="J71" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="K71" s="23">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="L71" s="24">
+        <v>8.93</v>
+      </c>
+      <c r="M71" s="36">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N71" s="48"/>
+      <c r="O71" s="48"/>
+    </row>
+    <row r="72" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A72" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B72" s="26"/>
+      <c r="C72" s="29">
+        <v>0.375</v>
+      </c>
+      <c r="D72" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E72" s="40">
+        <v>5</v>
+      </c>
+      <c r="F72" s="21">
+        <v>5</v>
+      </c>
+      <c r="G72" s="21">
+        <v>400</v>
+      </c>
+      <c r="H72" s="21">
+        <v>14400</v>
+      </c>
+      <c r="I72" s="22" t="s">
+        <v>98</v>
+      </c>
+      <c r="J72" s="22" t="s">
+        <v>178</v>
+      </c>
+      <c r="K72" s="23">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="L72" s="24">
+        <v>13.11</v>
+      </c>
+      <c r="M72" s="36">
+        <f t="shared" ref="M72:M83" si="2">IFERROR(ROUND($E$4*L72,4),0)</f>
+        <v>0</v>
+      </c>
+      <c r="N72" s="48"/>
+      <c r="O72" s="48"/>
+    </row>
+    <row r="73" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A73" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B73" s="26"/>
+      <c r="C73" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="D73" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E73" s="40">
+        <v>5</v>
+      </c>
+      <c r="F73" s="21">
+        <v>5</v>
+      </c>
+      <c r="G73" s="21">
+        <v>400</v>
+      </c>
+      <c r="H73" s="21">
+        <v>14400</v>
+      </c>
+      <c r="I73" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="J73" s="22" t="s">
+        <v>179</v>
+      </c>
+      <c r="K73" s="23">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="L73" s="24">
+        <v>15.66</v>
+      </c>
+      <c r="M73" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N73" s="48"/>
+      <c r="O73" s="48"/>
+    </row>
+    <row r="74" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A74" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B74" s="26"/>
+      <c r="C74" s="29">
+        <v>0.625</v>
+      </c>
+      <c r="D74" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E74" s="40">
+        <v>2</v>
+      </c>
+      <c r="F74" s="21">
+        <v>2</v>
+      </c>
+      <c r="G74" s="21">
+        <v>300</v>
+      </c>
+      <c r="H74" s="21">
+        <v>10800</v>
+      </c>
+      <c r="I74" s="22" t="s">
+        <v>100</v>
+      </c>
+      <c r="J74" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="K74" s="23">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="L74" s="24">
+        <v>17.329999999999998</v>
+      </c>
+      <c r="M74" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N74" s="48"/>
+      <c r="O74" s="48"/>
+    </row>
+    <row r="75" spans="1:16" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A75" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="B75" s="26"/>
+      <c r="C75" s="29">
+        <v>0.75</v>
+      </c>
+      <c r="D75" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E75" s="40">
+        <v>2</v>
+      </c>
+      <c r="F75" s="21">
+        <v>2</v>
+      </c>
+      <c r="G75" s="21">
+        <v>200</v>
+      </c>
+      <c r="H75" s="21">
+        <v>7200</v>
+      </c>
+      <c r="I75" s="22" t="s">
+        <v>101</v>
+      </c>
+      <c r="J75" s="22" t="s">
+        <v>181</v>
+      </c>
+      <c r="K75" s="23">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="L75" s="24">
+        <v>20.04</v>
+      </c>
+      <c r="M75" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N75" s="48"/>
+      <c r="O75" s="48"/>
+    </row>
+    <row r="76" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A76" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="B76" s="26"/>
+      <c r="C76" s="29">
+        <v>0.875</v>
+      </c>
+      <c r="D76" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E76" s="40">
+        <v>2</v>
+      </c>
+      <c r="F76" s="21">
+        <v>2</v>
+      </c>
+      <c r="G76" s="21">
+        <v>160</v>
+      </c>
+      <c r="H76" s="21">
+        <v>5760</v>
+      </c>
+      <c r="I76" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="J76" s="22" t="s">
+        <v>182</v>
+      </c>
+      <c r="K76" s="23">
+        <v>0.115</v>
+      </c>
+      <c r="L76" s="24">
+        <v>21.85</v>
+      </c>
+      <c r="M76" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N76" s="48"/>
+      <c r="O76" s="48"/>
+      <c r="P76" s="27"/>
+    </row>
+    <row r="77" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A77" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="B77" s="26"/>
+      <c r="C77" s="29">
+        <v>1.125</v>
+      </c>
+      <c r="D77" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E77" s="40">
+        <v>1</v>
+      </c>
+      <c r="F77" s="21">
+        <v>1</v>
+      </c>
+      <c r="G77" s="21">
+        <v>90</v>
+      </c>
+      <c r="H77" s="21">
+        <v>3240</v>
+      </c>
+      <c r="I77" s="22" t="s">
+        <v>103</v>
+      </c>
+      <c r="J77" s="22" t="s">
+        <v>183</v>
+      </c>
+      <c r="K77" s="23">
+        <v>0.153</v>
+      </c>
+      <c r="L77" s="24">
+        <v>24.57</v>
+      </c>
+      <c r="M77" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N77" s="48"/>
+      <c r="O77" s="48"/>
+      <c r="P77" s="27"/>
+    </row>
+    <row r="78" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A78" s="19" t="s">
+        <v>327</v>
+      </c>
+      <c r="B78" s="26"/>
+      <c r="C78" s="29">
+        <v>1.375</v>
+      </c>
+      <c r="D78" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E78" s="40">
+        <v>1</v>
+      </c>
+      <c r="F78" s="21">
+        <v>1</v>
+      </c>
+      <c r="G78" s="21">
+        <v>70</v>
+      </c>
+      <c r="H78" s="21">
+        <v>5040</v>
+      </c>
+      <c r="I78" s="22" t="s">
+        <v>328</v>
+      </c>
+      <c r="J78" s="22" t="s">
+        <v>329</v>
+      </c>
+      <c r="K78" s="23">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="L78" s="24">
+        <v>30.55</v>
+      </c>
+      <c r="M78" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N78" s="27"/>
+      <c r="O78" s="48"/>
+      <c r="P78" s="27"/>
+    </row>
+    <row r="79" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A79" s="64" t="s">
+        <v>58</v>
+      </c>
+      <c r="B79" s="32"/>
+      <c r="C79" s="33">
+        <v>0.25</v>
+      </c>
+      <c r="D79" s="34" t="s">
+        <v>63</v>
+      </c>
+      <c r="E79" s="41">
+        <v>5</v>
+      </c>
+      <c r="F79" s="21">
+        <v>5</v>
+      </c>
+      <c r="G79" s="21">
+        <v>500</v>
+      </c>
+      <c r="H79" s="21">
+        <v>18000</v>
+      </c>
+      <c r="I79" s="22" t="s">
+        <v>104</v>
+      </c>
+      <c r="J79" s="22" t="s">
+        <v>184</v>
+      </c>
+      <c r="K79" s="35">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="L79" s="24">
+        <v>14.89</v>
+      </c>
+      <c r="M79" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N79" s="27"/>
+      <c r="O79" s="48"/>
+      <c r="P79" s="27"/>
+    </row>
+    <row r="80" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A80" s="31" t="s">
+        <v>59</v>
+      </c>
+      <c r="B80" s="32"/>
+      <c r="C80" s="33">
+        <v>0.375</v>
+      </c>
+      <c r="D80" s="34" t="s">
+        <v>63</v>
+      </c>
+      <c r="E80" s="41">
+        <v>5</v>
+      </c>
+      <c r="F80" s="21">
+        <v>5</v>
+      </c>
+      <c r="G80" s="21">
+        <v>300</v>
+      </c>
+      <c r="H80" s="21">
+        <v>10800</v>
+      </c>
+      <c r="I80" s="22" t="s">
+        <v>105</v>
+      </c>
+      <c r="J80" s="22" t="s">
+        <v>185</v>
+      </c>
+      <c r="K80" s="35">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="L80" s="24">
+        <v>18.59</v>
+      </c>
+      <c r="M80" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N80" s="27"/>
+      <c r="O80" s="48"/>
+      <c r="P80" s="27"/>
+    </row>
+    <row r="81" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A81" s="31" t="s">
+        <v>60</v>
+      </c>
+      <c r="B81" s="32"/>
+      <c r="C81" s="33">
+        <v>0.5</v>
+      </c>
+      <c r="D81" s="34" t="s">
+        <v>63</v>
+      </c>
+      <c r="E81" s="41">
+        <v>5</v>
+      </c>
+      <c r="F81" s="21">
+        <v>5</v>
+      </c>
+      <c r="G81" s="21">
+        <v>180</v>
+      </c>
+      <c r="H81" s="21">
+        <v>6480</v>
+      </c>
+      <c r="I81" s="22" t="s">
+        <v>106</v>
+      </c>
+      <c r="J81" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="K81" s="35">
+        <v>0.217</v>
+      </c>
+      <c r="L81" s="24">
+        <v>22.82</v>
+      </c>
+      <c r="M81" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N81" s="27"/>
+      <c r="O81" s="48"/>
+      <c r="P81" s="27"/>
+    </row>
+    <row r="82" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A82" s="31" t="s">
+        <v>61</v>
+      </c>
+      <c r="B82" s="32"/>
+      <c r="C82" s="33">
+        <v>0.625</v>
+      </c>
+      <c r="D82" s="34" t="s">
+        <v>63</v>
+      </c>
+      <c r="E82" s="41">
+        <v>2</v>
+      </c>
+      <c r="F82" s="21">
+        <v>2</v>
+      </c>
+      <c r="G82" s="21">
+        <v>130</v>
+      </c>
+      <c r="H82" s="21">
+        <v>4680</v>
+      </c>
+      <c r="I82" s="22" t="s">
+        <v>107</v>
+      </c>
+      <c r="J82" s="22" t="s">
+        <v>187</v>
+      </c>
+      <c r="K82" s="35">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="L82" s="24">
+        <v>25.6</v>
+      </c>
+      <c r="M82" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N82" s="27"/>
+      <c r="O82" s="48"/>
+      <c r="P82" s="27"/>
+    </row>
+    <row r="83" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A83" s="31" t="s">
+        <v>62</v>
+      </c>
+      <c r="B83" s="32"/>
+      <c r="C83" s="33">
+        <v>0.75</v>
+      </c>
+      <c r="D83" s="34" t="s">
+        <v>63</v>
+      </c>
+      <c r="E83" s="41">
+        <v>2</v>
+      </c>
+      <c r="F83" s="21">
+        <v>2</v>
+      </c>
+      <c r="G83" s="21">
+        <v>80</v>
+      </c>
+      <c r="H83" s="21">
+        <v>2880</v>
+      </c>
+      <c r="I83" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="J83" s="22" t="s">
+        <v>188</v>
+      </c>
+      <c r="K83" s="35">
+        <v>0.45600000000000002</v>
+      </c>
+      <c r="L83" s="24">
+        <v>35.81</v>
+      </c>
+      <c r="M83" s="36">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N83" s="27"/>
+      <c r="O83" s="48"/>
+      <c r="P83" s="27"/>
+    </row>
+    <row r="84" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A84" s="51"/>
+      <c r="B84" s="52"/>
+      <c r="C84" s="53"/>
+      <c r="D84" s="54"/>
+      <c r="E84" s="55"/>
+      <c r="F84" s="56"/>
+      <c r="G84" s="56"/>
+      <c r="H84" s="56"/>
+      <c r="I84" s="57"/>
+      <c r="J84" s="57"/>
+      <c r="K84" s="58"/>
+      <c r="L84" s="59"/>
+      <c r="M84" s="60"/>
+      <c r="N84" s="27"/>
+      <c r="O84" s="48"/>
+      <c r="P84" s="27"/>
+    </row>
+    <row r="85" spans="1:16" s="30" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A85" s="62" t="s">
+        <v>309</v>
+      </c>
+      <c r="B85" s="61"/>
+      <c r="C85" s="61"/>
+      <c r="D85" s="61"/>
+      <c r="E85" s="61"/>
+      <c r="F85" s="61"/>
+      <c r="G85" s="61"/>
+      <c r="H85" s="61"/>
+      <c r="I85" s="61"/>
+      <c r="J85" s="61"/>
+      <c r="K85" s="61"/>
+      <c r="L85" s="61"/>
+      <c r="M85" s="61"/>
+      <c r="N85" s="27"/>
+      <c r="O85" s="27"/>
+      <c r="P85" s="27"/>
+    </row>
+    <row r="86" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A86" s="31" t="s">
+        <v>235</v>
+      </c>
+      <c r="B86" s="32"/>
+      <c r="C86" s="33">
+        <v>0.25</v>
+      </c>
+      <c r="D86" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="E86" s="40">
+        <v>1</v>
+      </c>
+      <c r="F86" s="21">
+        <v>1</v>
+      </c>
+      <c r="G86" s="21">
+        <v>32</v>
+      </c>
+      <c r="H86" s="21">
+        <v>1152</v>
+      </c>
+      <c r="I86" s="37" t="s">
+        <v>243</v>
+      </c>
+      <c r="J86" s="22" t="s">
+        <v>244</v>
+      </c>
+      <c r="K86" s="35">
+        <v>0.61099999999999999</v>
+      </c>
+      <c r="L86" s="63">
+        <v>115.77</v>
+      </c>
+      <c r="M86" s="65">
+        <f>IFERROR(ROUND($E$5*L86,4),0)</f>
+        <v>0</v>
+      </c>
+      <c r="N86" s="27"/>
+      <c r="O86" s="27"/>
+      <c r="P86" s="27"/>
+    </row>
+    <row r="87" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A87" s="31" t="s">
+        <v>237</v>
+      </c>
+      <c r="B87" s="32"/>
+      <c r="C87" s="33">
+        <v>0.375</v>
+      </c>
+      <c r="D87" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="E87" s="40">
+        <v>1</v>
+      </c>
+      <c r="F87" s="21">
+        <v>1</v>
+      </c>
+      <c r="G87" s="21">
+        <v>32</v>
+      </c>
+      <c r="H87" s="21">
+        <v>1152</v>
+      </c>
+      <c r="I87" s="37" t="s">
+        <v>245</v>
+      </c>
+      <c r="J87" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="K87" s="35">
+        <v>0.622</v>
+      </c>
+      <c r="L87" s="63">
+        <v>115.77</v>
+      </c>
+      <c r="M87" s="65">
+        <f t="shared" ref="M87:M110" si="3">IFERROR(ROUND($E$5*L87,4),0)</f>
+        <v>0</v>
+      </c>
+      <c r="N87" s="27"/>
+      <c r="O87" s="27"/>
+      <c r="P87" s="27"/>
+    </row>
+    <row r="88" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A88" s="31" t="s">
+        <v>236</v>
+      </c>
+      <c r="B88" s="32"/>
+      <c r="C88" s="33">
+        <v>0.5</v>
+      </c>
+      <c r="D88" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="E88" s="40">
+        <v>1</v>
+      </c>
+      <c r="F88" s="21">
+        <v>1</v>
+      </c>
+      <c r="G88" s="21">
+        <v>32</v>
+      </c>
+      <c r="H88" s="21">
+        <v>1152</v>
+      </c>
+      <c r="I88" s="37" t="s">
+        <v>247</v>
+      </c>
+      <c r="J88" s="22" t="s">
+        <v>248</v>
+      </c>
+      <c r="K88" s="35">
+        <v>0.628</v>
+      </c>
+      <c r="L88" s="63">
+        <v>115.77</v>
+      </c>
+      <c r="M88" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N88" s="27"/>
+      <c r="O88" s="27"/>
+      <c r="P88" s="27"/>
+    </row>
+    <row r="89" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A89" s="31" t="s">
+        <v>238</v>
+      </c>
+      <c r="B89" s="32"/>
+      <c r="C89" s="33">
+        <v>0.625</v>
+      </c>
+      <c r="D89" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="E89" s="40">
+        <v>1</v>
+      </c>
+      <c r="F89" s="21">
+        <v>1</v>
+      </c>
+      <c r="G89" s="21">
+        <v>32</v>
+      </c>
+      <c r="H89" s="21">
+        <v>1152</v>
+      </c>
+      <c r="I89" s="37" t="s">
+        <v>249</v>
+      </c>
+      <c r="J89" s="22" t="s">
+        <v>250</v>
+      </c>
+      <c r="K89" s="35">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="L89" s="63">
+        <v>115.77</v>
+      </c>
+      <c r="M89" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N89" s="27"/>
+      <c r="O89" s="27"/>
+      <c r="P89" s="27"/>
+    </row>
+    <row r="90" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A90" s="31" t="s">
+        <v>239</v>
+      </c>
+      <c r="B90" s="32"/>
+      <c r="C90" s="33">
+        <v>0.75</v>
+      </c>
+      <c r="D90" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="E90" s="40">
+        <v>1</v>
+      </c>
+      <c r="F90" s="21">
+        <v>1</v>
+      </c>
+      <c r="G90" s="21">
+        <v>24</v>
+      </c>
+      <c r="H90" s="21">
+        <v>672</v>
+      </c>
+      <c r="I90" s="37" t="s">
+        <v>251</v>
+      </c>
+      <c r="J90" s="22" t="s">
+        <v>252</v>
+      </c>
+      <c r="K90" s="35">
+        <v>0.93100000000000005</v>
+      </c>
+      <c r="L90" s="63">
+        <v>146.03</v>
+      </c>
+      <c r="M90" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N90" s="27"/>
+      <c r="O90" s="27"/>
+      <c r="P90" s="27"/>
+    </row>
+    <row r="91" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A91" s="31" t="s">
+        <v>240</v>
+      </c>
+      <c r="B91" s="32"/>
+      <c r="C91" s="33">
+        <v>0.875</v>
+      </c>
+      <c r="D91" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="E91" s="40">
+        <v>1</v>
+      </c>
+      <c r="F91" s="21">
+        <v>1</v>
+      </c>
+      <c r="G91" s="21">
+        <v>24</v>
+      </c>
+      <c r="H91" s="21">
+        <v>672</v>
+      </c>
+      <c r="I91" s="37" t="s">
+        <v>253</v>
+      </c>
+      <c r="J91" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="K91" s="35">
+        <v>0.96099999999999997</v>
+      </c>
+      <c r="L91" s="63">
+        <v>153.74</v>
+      </c>
+      <c r="M91" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N91" s="27"/>
+      <c r="O91" s="27"/>
+      <c r="P91" s="27"/>
+    </row>
+    <row r="92" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A92" s="31" t="s">
+        <v>259</v>
+      </c>
+      <c r="B92" s="32"/>
+      <c r="C92" s="33">
+        <v>0.25</v>
+      </c>
+      <c r="D92" s="33" t="s">
+        <v>260</v>
+      </c>
+      <c r="E92" s="40">
+        <v>1</v>
+      </c>
+      <c r="F92" s="21">
+        <v>1</v>
+      </c>
+      <c r="G92" s="21">
+        <v>24</v>
+      </c>
+      <c r="H92" s="21" t="s">
+        <v>261</v>
+      </c>
+      <c r="I92" s="37">
+        <v>685768453130</v>
+      </c>
+      <c r="J92" s="22">
+        <v>30685768453131</v>
+      </c>
+      <c r="K92" s="35">
+        <v>0.61299999999999999</v>
+      </c>
+      <c r="L92" s="63">
+        <v>142.91999999999999</v>
+      </c>
+      <c r="M92" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N92" s="27"/>
+      <c r="O92" s="27"/>
+      <c r="P92" s="27"/>
+    </row>
+    <row r="93" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A93" s="31" t="s">
+        <v>262</v>
+      </c>
+      <c r="B93" s="32"/>
+      <c r="C93" s="33">
+        <v>0.375</v>
+      </c>
+      <c r="D93" s="33" t="s">
+        <v>260</v>
+      </c>
+      <c r="E93" s="40">
+        <v>1</v>
+      </c>
+      <c r="F93" s="21">
+        <v>1</v>
+      </c>
+      <c r="G93" s="21">
+        <v>24</v>
+      </c>
+      <c r="H93" s="21" t="s">
+        <v>261</v>
+      </c>
+      <c r="I93" s="37">
+        <v>685768453147</v>
+      </c>
+      <c r="J93" s="22">
+        <v>30685768453148</v>
+      </c>
+      <c r="K93" s="35">
+        <v>0.624</v>
+      </c>
+      <c r="L93" s="63">
+        <v>142.91999999999999</v>
+      </c>
+      <c r="M93" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N93" s="27"/>
+      <c r="O93" s="27"/>
+      <c r="P93" s="27"/>
+    </row>
+    <row r="94" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A94" s="31" t="s">
+        <v>263</v>
+      </c>
+      <c r="B94" s="32"/>
+      <c r="C94" s="33">
+        <v>0.5</v>
+      </c>
+      <c r="D94" s="33" t="s">
+        <v>260</v>
+      </c>
+      <c r="E94" s="40">
+        <v>1</v>
+      </c>
+      <c r="F94" s="21">
+        <v>1</v>
+      </c>
+      <c r="G94" s="21">
+        <v>24</v>
+      </c>
+      <c r="H94" s="21" t="s">
+        <v>261</v>
+      </c>
+      <c r="I94" s="37">
+        <v>685768453154</v>
+      </c>
+      <c r="J94" s="22">
+        <v>30685768453155</v>
+      </c>
+      <c r="K94" s="35">
+        <v>0.63</v>
+      </c>
+      <c r="L94" s="63">
+        <v>142.91999999999999</v>
+      </c>
+      <c r="M94" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N94" s="27"/>
+      <c r="O94" s="27"/>
+      <c r="P94" s="27"/>
+    </row>
+    <row r="95" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A95" s="31" t="s">
+        <v>264</v>
+      </c>
+      <c r="B95" s="32"/>
+      <c r="C95" s="33">
+        <v>0.625</v>
+      </c>
+      <c r="D95" s="33" t="s">
+        <v>260</v>
+      </c>
+      <c r="E95" s="40">
+        <v>1</v>
+      </c>
+      <c r="F95" s="21">
+        <v>1</v>
+      </c>
+      <c r="G95" s="21">
+        <v>24</v>
+      </c>
+      <c r="H95" s="21" t="s">
+        <v>261</v>
+      </c>
+      <c r="I95" s="37">
+        <v>685768453161</v>
+      </c>
+      <c r="J95" s="22">
+        <v>30685768453162</v>
+      </c>
+      <c r="K95" s="35">
+        <v>0.65700000000000003</v>
+      </c>
+      <c r="L95" s="63">
+        <v>142.91999999999999</v>
+      </c>
+      <c r="M95" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N95" s="27"/>
+      <c r="O95" s="27"/>
+      <c r="P95" s="27"/>
+    </row>
+    <row r="96" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A96" s="31" t="s">
+        <v>241</v>
+      </c>
+      <c r="B96" s="32"/>
+      <c r="C96" s="33">
+        <v>1.125</v>
+      </c>
+      <c r="D96" s="33" t="s">
+        <v>265</v>
+      </c>
+      <c r="E96" s="40">
+        <v>1</v>
+      </c>
+      <c r="F96" s="21">
+        <v>1</v>
+      </c>
+      <c r="G96" s="21">
+        <v>12</v>
+      </c>
+      <c r="H96" s="21">
+        <v>480</v>
+      </c>
+      <c r="I96" s="37" t="s">
+        <v>255</v>
+      </c>
+      <c r="J96" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="K96" s="35">
+        <v>1.649</v>
+      </c>
+      <c r="L96" s="63">
+        <v>227.48</v>
+      </c>
+      <c r="M96" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N96" s="27"/>
+      <c r="O96" s="27"/>
+      <c r="P96" s="27"/>
+    </row>
+    <row r="97" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A97" s="31" t="s">
+        <v>242</v>
+      </c>
+      <c r="B97" s="32"/>
+      <c r="C97" s="33">
+        <v>1.375</v>
+      </c>
+      <c r="D97" s="33" t="s">
+        <v>265</v>
+      </c>
+      <c r="E97" s="40">
+        <v>1</v>
+      </c>
+      <c r="F97" s="21">
+        <v>1</v>
+      </c>
+      <c r="G97" s="21">
+        <v>10</v>
+      </c>
+      <c r="H97" s="21">
+        <v>120</v>
+      </c>
+      <c r="I97" s="37" t="s">
+        <v>257</v>
+      </c>
+      <c r="J97" s="22" t="s">
+        <v>258</v>
+      </c>
+      <c r="K97" s="35">
+        <v>2.5339999999999998</v>
+      </c>
+      <c r="L97" s="63">
+        <v>320.26</v>
+      </c>
+      <c r="M97" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N97" s="27"/>
+      <c r="O97" s="27"/>
+      <c r="P97" s="27"/>
+    </row>
+    <row r="98" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A98" s="31" t="s">
+        <v>266</v>
+      </c>
+      <c r="B98" s="32"/>
+      <c r="C98" s="33">
+        <v>0.375</v>
+      </c>
+      <c r="D98" s="33" t="s">
+        <v>267</v>
+      </c>
+      <c r="E98" s="40">
+        <v>1</v>
+      </c>
+      <c r="F98" s="21">
+        <v>1</v>
+      </c>
+      <c r="G98" s="21">
+        <v>20</v>
+      </c>
+      <c r="H98" s="21">
+        <v>720</v>
+      </c>
+      <c r="I98" s="37" t="s">
+        <v>268</v>
+      </c>
+      <c r="J98" s="22" t="s">
+        <v>269</v>
+      </c>
+      <c r="K98" s="35">
+        <v>1.2609999999999999</v>
+      </c>
+      <c r="L98" s="63">
+        <v>65.42</v>
+      </c>
+      <c r="M98" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N98" s="27"/>
+      <c r="O98" s="27"/>
+      <c r="P98" s="27"/>
+    </row>
+    <row r="99" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A99" s="31" t="s">
+        <v>270</v>
+      </c>
+      <c r="B99" s="32"/>
+      <c r="C99" s="33">
+        <v>0.375</v>
+      </c>
+      <c r="D99" s="33" t="s">
+        <v>271</v>
+      </c>
+      <c r="E99" s="40">
+        <v>1</v>
+      </c>
+      <c r="F99" s="21">
+        <v>1</v>
+      </c>
+      <c r="G99" s="21">
+        <v>16</v>
+      </c>
+      <c r="H99" s="21">
+        <v>576</v>
+      </c>
+      <c r="I99" s="37" t="s">
+        <v>272</v>
+      </c>
+      <c r="J99" s="22" t="s">
+        <v>273</v>
+      </c>
+      <c r="K99" s="35">
+        <v>2.194</v>
+      </c>
+      <c r="L99" s="63">
+        <v>65.42</v>
+      </c>
+      <c r="M99" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N99" s="27"/>
+      <c r="O99" s="27"/>
+      <c r="P99" s="27"/>
+    </row>
+    <row r="100" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A100" s="31" t="s">
+        <v>274</v>
+      </c>
+      <c r="B100" s="32"/>
+      <c r="C100" s="33">
+        <v>0.375</v>
+      </c>
+      <c r="D100" s="33" t="s">
+        <v>275</v>
+      </c>
+      <c r="E100" s="40">
+        <v>1</v>
+      </c>
+      <c r="F100" s="21">
+        <v>1</v>
+      </c>
+      <c r="G100" s="21">
+        <v>25</v>
+      </c>
+      <c r="H100" s="21">
+        <v>900</v>
+      </c>
+      <c r="I100" s="37" t="s">
+        <v>276</v>
+      </c>
+      <c r="J100" s="22" t="s">
+        <v>277</v>
+      </c>
+      <c r="K100" s="35">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="L100" s="63">
+        <v>33.229999999999997</v>
+      </c>
+      <c r="M100" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N100" s="27"/>
+      <c r="O100" s="27"/>
+      <c r="P100" s="27"/>
+    </row>
+    <row r="101" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A101" s="31" t="s">
+        <v>278</v>
+      </c>
+      <c r="B101" s="32"/>
+      <c r="C101" s="33">
+        <v>0.375</v>
+      </c>
+      <c r="D101" s="33" t="s">
+        <v>279</v>
+      </c>
+      <c r="E101" s="40">
+        <v>1</v>
+      </c>
+      <c r="F101" s="21">
+        <v>1</v>
+      </c>
+      <c r="G101" s="21">
+        <v>16</v>
+      </c>
+      <c r="H101" s="21">
+        <v>576</v>
+      </c>
+      <c r="I101" s="37" t="s">
+        <v>280</v>
+      </c>
+      <c r="J101" s="22" t="s">
+        <v>281</v>
+      </c>
+      <c r="K101" s="35">
+        <v>1.458</v>
+      </c>
+      <c r="L101" s="63">
+        <v>43.36</v>
+      </c>
+      <c r="M101" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N101" s="27"/>
+      <c r="O101" s="27"/>
+      <c r="P101" s="27"/>
+    </row>
+    <row r="102" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A102" s="31" t="s">
+        <v>282</v>
+      </c>
+      <c r="B102" s="32"/>
+      <c r="C102" s="33">
+        <v>0.5</v>
+      </c>
+      <c r="D102" s="33" t="s">
+        <v>279</v>
+      </c>
+      <c r="E102" s="40">
+        <v>1</v>
+      </c>
+      <c r="F102" s="21">
+        <v>1</v>
+      </c>
+      <c r="G102" s="21">
+        <v>16</v>
+      </c>
+      <c r="H102" s="21">
+        <v>576</v>
+      </c>
+      <c r="I102" s="37" t="s">
+        <v>283</v>
+      </c>
+      <c r="J102" s="22" t="s">
+        <v>284</v>
+      </c>
+      <c r="K102" s="35">
+        <v>1.486</v>
+      </c>
+      <c r="L102" s="63">
+        <v>44.05</v>
+      </c>
+      <c r="M102" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N102" s="27"/>
+      <c r="O102" s="27"/>
+      <c r="P102" s="27"/>
+    </row>
+    <row r="103" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A103" s="31" t="s">
+        <v>285</v>
+      </c>
+      <c r="B103" s="32"/>
+      <c r="C103" s="33">
+        <v>0.25</v>
+      </c>
+      <c r="D103" s="33" t="s">
+        <v>286</v>
+      </c>
+      <c r="E103" s="40">
+        <v>1</v>
+      </c>
+      <c r="F103" s="21">
+        <v>1</v>
+      </c>
+      <c r="G103" s="21">
+        <v>56</v>
+      </c>
+      <c r="H103" s="21">
+        <v>2016</v>
+      </c>
+      <c r="I103" s="37" t="s">
+        <v>287</v>
+      </c>
+      <c r="J103" s="22" t="s">
+        <v>288</v>
+      </c>
+      <c r="K103" s="35">
+        <v>0.18099999999999999</v>
+      </c>
+      <c r="L103" s="63">
+        <v>39.28</v>
+      </c>
+      <c r="M103" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N103" s="27"/>
+      <c r="O103" s="27"/>
+      <c r="P103" s="27"/>
+    </row>
+    <row r="104" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A104" s="31" t="s">
+        <v>289</v>
+      </c>
+      <c r="B104" s="32"/>
+      <c r="C104" s="33">
+        <v>0.375</v>
+      </c>
+      <c r="D104" s="33" t="s">
+        <v>286</v>
+      </c>
+      <c r="E104" s="40">
+        <v>1</v>
+      </c>
+      <c r="F104" s="21">
+        <v>1</v>
+      </c>
+      <c r="G104" s="21">
+        <v>56</v>
+      </c>
+      <c r="H104" s="21">
+        <v>2016</v>
+      </c>
+      <c r="I104" s="37" t="s">
+        <v>290</v>
+      </c>
+      <c r="J104" s="22" t="s">
+        <v>291</v>
+      </c>
+      <c r="K104" s="35">
+        <v>0.19</v>
+      </c>
+      <c r="L104" s="63">
+        <v>41.76</v>
+      </c>
+      <c r="M104" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N104" s="27"/>
+      <c r="O104" s="27"/>
+      <c r="P104" s="27"/>
+    </row>
+    <row r="105" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A105" s="31" t="s">
+        <v>292</v>
+      </c>
+      <c r="B105" s="32"/>
+      <c r="C105" s="33">
+        <v>0.5</v>
+      </c>
+      <c r="D105" s="33" t="s">
+        <v>286</v>
+      </c>
+      <c r="E105" s="40">
+        <v>1</v>
+      </c>
+      <c r="F105" s="21">
+        <v>1</v>
+      </c>
+      <c r="G105" s="21">
+        <v>56</v>
+      </c>
+      <c r="H105" s="21">
+        <v>2016</v>
+      </c>
+      <c r="I105" s="37" t="s">
+        <v>293</v>
+      </c>
+      <c r="J105" s="22" t="s">
+        <v>294</v>
+      </c>
+      <c r="K105" s="35">
+        <v>0.249</v>
+      </c>
+      <c r="L105" s="63">
+        <v>49.08</v>
+      </c>
+      <c r="M105" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N105" s="27"/>
+      <c r="O105" s="27"/>
+      <c r="P105" s="27"/>
+    </row>
+    <row r="106" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A106" s="31" t="s">
+        <v>295</v>
+      </c>
+      <c r="B106" s="32"/>
+      <c r="C106" s="33">
+        <v>0.625</v>
+      </c>
+      <c r="D106" s="33" t="s">
+        <v>286</v>
+      </c>
+      <c r="E106" s="40">
+        <v>1</v>
+      </c>
+      <c r="F106" s="21">
+        <v>1</v>
+      </c>
+      <c r="G106" s="21">
+        <v>56</v>
+      </c>
+      <c r="H106" s="21">
+        <v>2016</v>
+      </c>
+      <c r="I106" s="37" t="s">
+        <v>296</v>
+      </c>
+      <c r="J106" s="22" t="s">
+        <v>297</v>
+      </c>
+      <c r="K106" s="35">
+        <v>0.27600000000000002</v>
+      </c>
+      <c r="L106" s="63">
+        <v>58.92</v>
+      </c>
+      <c r="M106" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N106" s="27"/>
+      <c r="O106" s="27"/>
+      <c r="P106" s="27"/>
+    </row>
+    <row r="107" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A107" s="31" t="s">
+        <v>298</v>
+      </c>
+      <c r="B107" s="32"/>
+      <c r="C107" s="33">
+        <v>0.75</v>
+      </c>
+      <c r="D107" s="33" t="s">
+        <v>286</v>
+      </c>
+      <c r="E107" s="40">
+        <v>1</v>
+      </c>
+      <c r="F107" s="21">
+        <v>1</v>
+      </c>
+      <c r="G107" s="21">
+        <v>48</v>
+      </c>
+      <c r="H107" s="21">
+        <v>1728</v>
+      </c>
+      <c r="I107" s="37" t="s">
+        <v>299</v>
+      </c>
+      <c r="J107" s="22" t="s">
+        <v>300</v>
+      </c>
+      <c r="K107" s="35">
+        <v>0.441</v>
+      </c>
+      <c r="L107" s="63">
+        <v>61.42</v>
+      </c>
+      <c r="M107" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N107" s="27"/>
+      <c r="O107" s="27"/>
+      <c r="P107" s="27"/>
+    </row>
+    <row r="108" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A108" s="31" t="s">
+        <v>301</v>
+      </c>
+      <c r="B108" s="32"/>
+      <c r="C108" s="33">
+        <v>0.875</v>
+      </c>
+      <c r="D108" s="33" t="s">
+        <v>286</v>
+      </c>
+      <c r="E108" s="40">
+        <v>1</v>
+      </c>
+      <c r="F108" s="21">
+        <v>1</v>
+      </c>
+      <c r="G108" s="21">
+        <v>48</v>
+      </c>
+      <c r="H108" s="21">
+        <v>1728</v>
+      </c>
+      <c r="I108" s="37" t="s">
+        <v>302</v>
+      </c>
+      <c r="J108" s="22" t="s">
+        <v>303</v>
+      </c>
+      <c r="K108" s="35">
+        <v>0.46700000000000003</v>
+      </c>
+      <c r="L108" s="63">
+        <v>63.82</v>
+      </c>
+      <c r="M108" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N108" s="27"/>
+      <c r="O108" s="27"/>
+      <c r="P108" s="27"/>
+    </row>
+    <row r="109" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A109" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="B109" s="32"/>
+      <c r="C109" s="33">
+        <v>1.125</v>
+      </c>
+      <c r="D109" s="33" t="s">
+        <v>286</v>
+      </c>
+      <c r="E109" s="40">
+        <v>1</v>
+      </c>
+      <c r="F109" s="21">
+        <v>1</v>
+      </c>
+      <c r="G109" s="21">
+        <v>48</v>
+      </c>
+      <c r="H109" s="21">
+        <v>1728</v>
+      </c>
+      <c r="I109" s="37" t="s">
+        <v>305</v>
+      </c>
+      <c r="J109" s="22" t="s">
+        <v>306</v>
+      </c>
+      <c r="K109" s="35">
+        <v>0.52900000000000003</v>
+      </c>
+      <c r="L109" s="63">
+        <v>79.77</v>
+      </c>
+      <c r="M109" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="N109" s="27"/>
+      <c r="O109" s="27"/>
+      <c r="P109" s="27"/>
+    </row>
+    <row r="110" spans="1:16" s="30" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A110" s="31" t="s">
+        <v>310</v>
+      </c>
+      <c r="B110" s="32"/>
+      <c r="C110" s="33" t="s">
+        <v>313</v>
+      </c>
+      <c r="D110" s="33" t="s">
+        <v>312</v>
+      </c>
+      <c r="E110" s="40">
+        <v>1</v>
+      </c>
+      <c r="F110" s="21">
+        <v>1</v>
+      </c>
+      <c r="G110" s="21">
+        <v>50</v>
+      </c>
+      <c r="H110" s="21">
+        <v>1500</v>
+      </c>
+      <c r="I110" s="37" t="s">
         <v>311</v>
       </c>
-      <c r="E5" s="29">
-[...2512 lines deleted...]
-      <c r="K64" s="24">
+      <c r="J110" s="22" t="s">
+        <v>311</v>
+      </c>
+      <c r="K110" s="35">
         <v>0.1</v>
       </c>
-      <c r="L64" s="25">
-[...998 lines deleted...]
-      <c r="M88" s="25">
+      <c r="L110" s="63">
+        <v>19.02</v>
+      </c>
+      <c r="M110" s="65">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="N88" s="28"/>
-[...970 lines deleted...]
-      <c r="Q110" s="28"/>
+      <c r="N110" s="27"/>
+      <c r="O110" s="27"/>
+      <c r="P110" s="27"/>
     </row>
   </sheetData>
   <autoFilter ref="A7:M109" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UW ACRP0123r</vt:lpstr>
+      <vt:lpstr> UW ACRP0225c</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Viega</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rodriguez Ariel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
 </Properties>