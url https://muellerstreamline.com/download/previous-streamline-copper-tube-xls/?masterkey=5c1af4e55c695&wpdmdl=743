--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -1,377 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Marketing\Price Lists\Website-ExcelFiles\Tube\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8F77EDF8-CFB3-4552-9732-0876321B35CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{64C0EE2C-732A-4B4D-9936-E0C6557DC426}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{753CF485-5398-494F-BA77-97B61739692E}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1C6DCF96-F947-4822-A1D9-4EBC5048BCB4}"/>
   </bookViews>
   <sheets>
     <sheet name="Copper Tube" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Copper Tube'!$A$6:$K$254</definedName>
     <definedName name="ABC">#REF!</definedName>
     <definedName name="OD">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Copper Tube'!$6:$6</definedName>
     <definedName name="Pt_Type">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K251" i="1" l="1"/>
+  <c r="K253" i="1" l="1"/>
+  <c r="K252" i="1"/>
   <c r="K250" i="1"/>
   <c r="K249" i="1"/>
+  <c r="K247" i="1"/>
   <c r="K246" i="1"/>
   <c r="K245" i="1"/>
   <c r="K244" i="1"/>
   <c r="K243" i="1"/>
   <c r="K242" i="1"/>
+  <c r="K241" i="1"/>
+  <c r="K239" i="1"/>
   <c r="K238" i="1"/>
-  <c r="K237" i="1"/>
   <c r="K236" i="1"/>
   <c r="K235" i="1"/>
+  <c r="K233" i="1"/>
   <c r="K232" i="1"/>
   <c r="K231" i="1"/>
   <c r="K230" i="1"/>
   <c r="K229" i="1"/>
   <c r="K228" i="1"/>
+  <c r="K227" i="1"/>
+  <c r="K225" i="1"/>
   <c r="K224" i="1"/>
-  <c r="K223" i="1"/>
   <c r="K222" i="1"/>
   <c r="K221" i="1"/>
-  <c r="K218" i="1"/>
+  <c r="K219" i="1"/>
   <c r="K217" i="1"/>
   <c r="K216" i="1"/>
   <c r="K215" i="1"/>
   <c r="K214" i="1"/>
   <c r="K213" i="1"/>
+  <c r="K212" i="1"/>
+  <c r="K211" i="1"/>
   <c r="K210" i="1"/>
-  <c r="K209" i="1"/>
   <c r="K208" i="1"/>
   <c r="K207" i="1"/>
+  <c r="K205" i="1"/>
+  <c r="K204" i="1"/>
   <c r="K203" i="1"/>
   <c r="K202" i="1"/>
   <c r="K201" i="1"/>
+  <c r="K200" i="1"/>
   <c r="K198" i="1"/>
+  <c r="K197" i="1"/>
   <c r="K196" i="1"/>
-  <c r="K195" i="1"/>
   <c r="K194" i="1"/>
   <c r="K193" i="1"/>
-  <c r="K190" i="1"/>
+  <c r="K191" i="1"/>
   <c r="K189" i="1"/>
   <c r="K188" i="1"/>
   <c r="K187" i="1"/>
+  <c r="K186" i="1"/>
+  <c r="K185" i="1"/>
   <c r="K184" i="1"/>
+  <c r="K183" i="1"/>
   <c r="K182" i="1"/>
   <c r="K180" i="1"/>
   <c r="K179" i="1"/>
+  <c r="K177" i="1"/>
   <c r="K175" i="1"/>
   <c r="K174" i="1"/>
   <c r="K173" i="1"/>
   <c r="K172" i="1"/>
+  <c r="K171" i="1"/>
+  <c r="K170" i="1"/>
+  <c r="K169" i="1"/>
   <c r="K168" i="1"/>
   <c r="K166" i="1"/>
   <c r="K165" i="1"/>
+  <c r="K163" i="1"/>
+  <c r="K162" i="1"/>
   <c r="K161" i="1"/>
   <c r="K160" i="1"/>
   <c r="K159" i="1"/>
   <c r="K158" i="1"/>
+  <c r="K157" i="1"/>
+  <c r="K156" i="1"/>
+  <c r="K155" i="1"/>
   <c r="K154" i="1"/>
-  <c r="K153" i="1"/>
   <c r="K152" i="1"/>
   <c r="K151" i="1"/>
+  <c r="K149" i="1"/>
   <c r="K147" i="1"/>
   <c r="K146" i="1"/>
   <c r="K145" i="1"/>
   <c r="K144" i="1"/>
   <c r="K143" i="1"/>
+  <c r="K142" i="1"/>
+  <c r="K141" i="1"/>
   <c r="K140" i="1"/>
-  <c r="K139" i="1"/>
   <c r="K138" i="1"/>
   <c r="K137" i="1"/>
+  <c r="K135" i="1"/>
+  <c r="K134" i="1"/>
   <c r="K133" i="1"/>
   <c r="K132" i="1"/>
   <c r="K131" i="1"/>
   <c r="K130" i="1"/>
+  <c r="K129" i="1"/>
+  <c r="K128" i="1"/>
+  <c r="K127" i="1"/>
   <c r="K126" i="1"/>
   <c r="K124" i="1"/>
   <c r="K123" i="1"/>
+  <c r="K121" i="1"/>
   <c r="K119" i="1"/>
   <c r="K118" i="1"/>
   <c r="K117" i="1"/>
   <c r="K116" i="1"/>
+  <c r="K115" i="1"/>
+  <c r="K114" i="1"/>
+  <c r="K113" i="1"/>
   <c r="K112" i="1"/>
-  <c r="K111" i="1"/>
   <c r="K110" i="1"/>
   <c r="K109" i="1"/>
+  <c r="K107" i="1"/>
+  <c r="K106" i="1"/>
   <c r="K105" i="1"/>
   <c r="K104" i="1"/>
-  <c r="K103" i="1"/>
   <c r="K102" i="1"/>
   <c r="K101" i="1"/>
+  <c r="K100" i="1"/>
   <c r="K99" i="1"/>
   <c r="K98" i="1"/>
-  <c r="K97" i="1"/>
   <c r="K96" i="1"/>
   <c r="K95" i="1"/>
+  <c r="K93" i="1"/>
   <c r="K92" i="1"/>
   <c r="K91" i="1"/>
   <c r="K90" i="1"/>
   <c r="K89" i="1"/>
   <c r="K88" i="1"/>
   <c r="K87" i="1"/>
   <c r="K86" i="1"/>
   <c r="K85" i="1"/>
   <c r="K84" i="1"/>
-  <c r="K83" i="1"/>
   <c r="K82" i="1"/>
   <c r="K81" i="1"/>
+  <c r="K79" i="1"/>
+  <c r="K78" i="1"/>
   <c r="K77" i="1"/>
   <c r="K76" i="1"/>
   <c r="K75" i="1"/>
   <c r="K74" i="1"/>
   <c r="K73" i="1"/>
-  <c r="K71" i="1"/>
+  <c r="K72" i="1"/>
   <c r="K70" i="1"/>
   <c r="K68" i="1"/>
   <c r="K67" i="1"/>
+  <c r="K65" i="1"/>
+  <c r="K64" i="1"/>
   <c r="K63" i="1"/>
   <c r="K62" i="1"/>
   <c r="K61" i="1"/>
+  <c r="K60" i="1"/>
   <c r="K59" i="1"/>
   <c r="K58" i="1"/>
-  <c r="K57" i="1"/>
+  <c r="K56" i="1"/>
   <c r="K54" i="1"/>
   <c r="K53" i="1"/>
+  <c r="K51" i="1"/>
+  <c r="K50" i="1"/>
   <c r="K49" i="1"/>
   <c r="K48" i="1"/>
-  <c r="K47" i="1"/>
   <c r="K46" i="1"/>
   <c r="K45" i="1"/>
   <c r="K44" i="1"/>
   <c r="K43" i="1"/>
+  <c r="K42" i="1"/>
   <c r="K40" i="1"/>
   <c r="K39" i="1"/>
+  <c r="K37" i="1"/>
+  <c r="K36" i="1"/>
   <c r="K35" i="1"/>
   <c r="K34" i="1"/>
-  <c r="K33" i="1"/>
   <c r="K32" i="1"/>
+  <c r="K31" i="1"/>
   <c r="K30" i="1"/>
-  <c r="K29" i="1"/>
+  <c r="K28" i="1"/>
   <c r="K26" i="1"/>
   <c r="K25" i="1"/>
+  <c r="K23" i="1"/>
   <c r="K22" i="1"/>
   <c r="K21" i="1"/>
   <c r="K20" i="1"/>
   <c r="K19" i="1"/>
   <c r="K18" i="1"/>
+  <c r="K17" i="1"/>
   <c r="K16" i="1"/>
-  <c r="K15" i="1"/>
+  <c r="K14" i="1"/>
   <c r="K12" i="1"/>
   <c r="K11" i="1"/>
   <c r="K9" i="1"/>
   <c r="K8" i="1"/>
   <c r="K7" i="1"/>
-  <c r="K185" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="K120" i="1"/>
+  <c r="K120" i="1" l="1"/>
+  <c r="K148" i="1"/>
   <c r="K176" i="1"/>
-  <c r="K186" i="1"/>
-[...17 lines deleted...]
-  <c r="K36" i="1"/>
+  <c r="K190" i="1"/>
+  <c r="K218" i="1"/>
+  <c r="K13" i="1"/>
+  <c r="K27" i="1"/>
   <c r="K41" i="1"/>
   <c r="K55" i="1"/>
   <c r="K69" i="1"/>
+  <c r="K83" i="1"/>
+  <c r="K97" i="1"/>
+  <c r="K111" i="1"/>
+  <c r="K125" i="1"/>
+  <c r="K139" i="1"/>
+  <c r="K153" i="1"/>
   <c r="K167" i="1"/>
-  <c r="K60" i="1"/>
-[...14 lines deleted...]
-  <c r="K125" i="1"/>
   <c r="K181" i="1"/>
-  <c r="K17" i="1"/>
-  <c r="K157" i="1"/>
+  <c r="K195" i="1"/>
+  <c r="K209" i="1"/>
+  <c r="K223" i="1"/>
+  <c r="K237" i="1"/>
+  <c r="K251" i="1"/>
   <c r="K199" i="1"/>
-  <c r="K134" i="1"/>
-[...1 lines deleted...]
-  <c r="K204" i="1"/>
+  <c r="K33" i="1"/>
+  <c r="K47" i="1"/>
+  <c r="K103" i="1"/>
   <c r="K10" i="1"/>
   <c r="K24" i="1"/>
   <c r="K38" i="1"/>
   <c r="K52" i="1"/>
   <c r="K66" i="1"/>
   <c r="K80" i="1"/>
   <c r="K94" i="1"/>
   <c r="K108" i="1"/>
   <c r="K122" i="1"/>
   <c r="K136" i="1"/>
   <c r="K150" i="1"/>
   <c r="K164" i="1"/>
   <c r="K178" i="1"/>
   <c r="K192" i="1"/>
   <c r="K206" i="1"/>
   <c r="K220" i="1"/>
   <c r="K234" i="1"/>
   <c r="K248" i="1"/>
-  <c r="K13" i="1"/>
-[...20 lines deleted...]
-  <c r="K212" i="1"/>
+  <c r="K15" i="1"/>
+  <c r="K29" i="1"/>
+  <c r="K57" i="1"/>
+  <c r="K71" i="1"/>
   <c r="K226" i="1"/>
   <c r="K240" i="1"/>
   <c r="K254" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1256" uniqueCount="782">
   <si>
     <r>
       <t>STREAMLINE</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>®</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> COPPER TUBE</t>
     </r>
   </si>
   <si>
     <t>Mueller Streamline Co., Memphis, TN</t>
   </si>
   <si>
-    <t>Effective Oct 9th, 2025</t>
-[...2 lines deleted...]
-    <t>(Supersedes UW CT0925a)</t>
+    <t>Effective Dec 1st, 2025</t>
+  </si>
+  <si>
+    <t>(Supersedes UW CT1025a)</t>
   </si>
   <si>
     <t>Multiplier:</t>
   </si>
   <si>
     <t>The issuance of this price list is not an offer to sell the goods listed herein at the prices stated.</t>
   </si>
   <si>
     <t>Part Nbr</t>
   </si>
   <si>
     <t>Part Group</t>
   </si>
   <si>
     <t>Part Description1</t>
   </si>
   <si>
     <t>Part Description2</t>
   </si>
   <si>
     <t>Pc Qty</t>
   </si>
   <si>
     <t>Bndl Qty</t>
   </si>
@@ -2661,224 +2661,225 @@
   <si>
     <t>685768233879</t>
   </si>
   <si>
     <t>D 26050</t>
   </si>
   <si>
     <t>1 5/8OD X.060 X 50'COIL</t>
   </si>
   <si>
     <t>685768233992</t>
   </si>
   <si>
     <t>D 26100</t>
   </si>
   <si>
     <t>1 5/8OD X.060 X100'COIL</t>
   </si>
   <si>
     <t>1 5/8 OD X.060 X100'COIL</t>
   </si>
   <si>
     <t>685768233909</t>
   </si>
   <si>
-    <t>UW CT1025</t>
+    <t>UW CT1225</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="0.000"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...3 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="8" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="8" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
-[...2 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="4">
-    <cellStyle name="Comma 5" xfId="2" xr:uid="{8D9E37B9-DF8B-471C-9108-8BC49B790C9A}"/>
+    <cellStyle name="Comma 5" xfId="2" xr:uid="{157F2275-40A1-487B-A5FD-B7685994F0CA}"/>
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 3" xfId="3" xr:uid="{938EA2EC-B3DC-4946-A4B0-6A952322272E}"/>
+    <cellStyle name="Normal 3" xfId="3" xr:uid="{7E078070-F021-48E7-9293-C1AF78BAC9F4}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -3143,62 +3144,62 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC657C43-D90B-4ECF-B575-2EFAF2CE3F95}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33DDCF89-A2D7-4F3D-A334-6D88B0319854}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K254"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="3" ySplit="6" topLeftCell="D7" activePane="bottomRight" state="frozen"/>
       <selection activeCell="D25" sqref="D25"/>
       <selection pane="topRight" activeCell="D25" sqref="D25"/>
       <selection pane="bottomLeft" activeCell="D25" sqref="D25"/>
-      <selection pane="bottomRight" activeCell="J258" sqref="J258"/>
+      <selection pane="bottomRight" activeCell="G263" sqref="G263"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.5703125" style="18" customWidth="1"/>
     <col min="2" max="2" width="8.5703125" style="19" customWidth="1"/>
     <col min="3" max="3" width="25.140625" style="18" customWidth="1"/>
     <col min="4" max="4" width="23.7109375" style="18" customWidth="1"/>
     <col min="5" max="5" width="6.5703125" style="18" customWidth="1"/>
     <col min="6" max="6" width="6.5703125" style="20" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="20" customWidth="1"/>
     <col min="8" max="8" width="13.28515625" style="21" customWidth="1"/>
     <col min="9" max="9" width="7.85546875" style="18" customWidth="1"/>
     <col min="10" max="10" width="11.28515625" style="22" customWidth="1"/>
     <col min="11" max="11" width="10.5703125" style="38"/>
     <col min="12" max="16384" width="10.5703125" style="13"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="E1" s="4"/>
@@ -3298,8996 +3299,8996 @@
       <c r="B7" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="32" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="32" t="s">
         <v>20</v>
       </c>
       <c r="E7" s="33">
         <v>10</v>
       </c>
       <c r="F7" s="33">
         <v>250</v>
       </c>
       <c r="G7" s="33">
         <v>6000</v>
       </c>
       <c r="H7" s="32" t="s">
         <v>21</v>
       </c>
       <c r="I7" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J7" s="35">
-        <v>5.75</v>
+        <v>5.81</v>
       </c>
       <c r="K7" s="35">
         <f t="shared" ref="K7:K70" si="0">ROUND(J7*$B$4,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A8" s="30" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="32" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="33">
         <v>20</v>
       </c>
       <c r="F8" s="33">
         <v>500</v>
       </c>
       <c r="G8" s="33">
         <v>12000</v>
       </c>
       <c r="H8" s="32" t="s">
         <v>25</v>
       </c>
       <c r="I8" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J8" s="35">
-        <v>5.75</v>
+        <v>5.81</v>
       </c>
       <c r="K8" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A9" s="30" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="32" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="32" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="33">
         <v>10</v>
       </c>
       <c r="F9" s="33">
         <v>250</v>
       </c>
       <c r="G9" s="33">
         <v>3500</v>
       </c>
       <c r="H9" s="32" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J9" s="35">
-        <v>10.25</v>
+        <v>10.36</v>
       </c>
       <c r="K9" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A10" s="30" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="32" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="32" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="33">
         <v>20</v>
       </c>
       <c r="F10" s="33">
         <v>500</v>
       </c>
       <c r="G10" s="33">
         <v>7000</v>
       </c>
       <c r="H10" s="32" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J10" s="35">
-        <v>10.25</v>
+        <v>10.36</v>
       </c>
       <c r="K10" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A11" s="30" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="32" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="32" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="33">
         <v>10</v>
       </c>
       <c r="F11" s="33">
         <v>250</v>
       </c>
       <c r="G11" s="33">
         <v>2500</v>
       </c>
       <c r="H11" s="32" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J11" s="35">
-        <v>12.05</v>
+        <v>12.17</v>
       </c>
       <c r="K11" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A12" s="30" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="32" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="32" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="33">
         <v>20</v>
       </c>
       <c r="F12" s="33">
         <v>500</v>
       </c>
       <c r="G12" s="33">
         <v>5000</v>
       </c>
       <c r="H12" s="32" t="s">
         <v>41</v>
       </c>
       <c r="I12" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J12" s="35">
-        <v>12.05</v>
+        <v>12.17</v>
       </c>
       <c r="K12" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A13" s="30" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="32" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="32" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="33">
         <v>10</v>
       </c>
       <c r="F13" s="33">
         <v>100</v>
       </c>
       <c r="G13" s="33">
         <v>2200</v>
       </c>
       <c r="H13" s="32" t="s">
         <v>45</v>
       </c>
       <c r="I13" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J13" s="35">
-        <v>14.84</v>
+        <v>15</v>
       </c>
       <c r="K13" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A14" s="30" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="32" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="32" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="33">
         <v>20</v>
       </c>
       <c r="F14" s="33">
         <v>200</v>
       </c>
       <c r="G14" s="33">
         <v>4400</v>
       </c>
       <c r="H14" s="32" t="s">
         <v>49</v>
       </c>
       <c r="I14" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J14" s="35">
-        <v>14.84</v>
+        <v>15</v>
       </c>
       <c r="K14" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A15" s="30" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="32" t="s">
         <v>51</v>
       </c>
       <c r="D15" s="32" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="33">
         <v>10</v>
       </c>
       <c r="F15" s="33">
         <v>100</v>
       </c>
       <c r="G15" s="33">
         <v>1400</v>
       </c>
       <c r="H15" s="32" t="s">
         <v>53</v>
       </c>
       <c r="I15" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J15" s="35">
-        <v>22.3</v>
+        <v>22.53</v>
       </c>
       <c r="K15" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A16" s="30" t="s">
         <v>54</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="32" t="s">
         <v>55</v>
       </c>
       <c r="D16" s="32" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="33">
         <v>20</v>
       </c>
       <c r="F16" s="33">
         <v>200</v>
       </c>
       <c r="G16" s="33">
         <v>2800</v>
       </c>
       <c r="H16" s="32" t="s">
         <v>57</v>
       </c>
       <c r="I16" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J16" s="35">
-        <v>22.3</v>
+        <v>22.53</v>
       </c>
       <c r="K16" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A17" s="30" t="s">
         <v>58</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="32" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="32" t="s">
         <v>60</v>
       </c>
       <c r="E17" s="33">
         <v>10</v>
       </c>
       <c r="F17" s="33">
         <v>50</v>
       </c>
       <c r="G17" s="33">
         <v>1000</v>
       </c>
       <c r="H17" s="32" t="s">
         <v>61</v>
       </c>
       <c r="I17" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J17" s="35">
-        <v>28.91</v>
+        <v>29.22</v>
       </c>
       <c r="K17" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A18" s="30" t="s">
         <v>62</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="32" t="s">
         <v>63</v>
       </c>
       <c r="D18" s="32" t="s">
         <v>64</v>
       </c>
       <c r="E18" s="33">
         <v>20</v>
       </c>
       <c r="F18" s="33">
         <v>100</v>
       </c>
       <c r="G18" s="33">
         <v>2000</v>
       </c>
       <c r="H18" s="32" t="s">
         <v>65</v>
       </c>
       <c r="I18" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J18" s="35">
-        <v>28.91</v>
+        <v>29.22</v>
       </c>
       <c r="K18" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A19" s="30" t="s">
         <v>66</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="32" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="32" t="s">
         <v>68</v>
       </c>
       <c r="E19" s="33">
         <v>10</v>
       </c>
       <c r="F19" s="33">
         <v>50</v>
       </c>
       <c r="G19" s="33">
         <v>900</v>
       </c>
       <c r="H19" s="32" t="s">
         <v>69</v>
       </c>
       <c r="I19" s="34">
         <v>1.04</v>
       </c>
       <c r="J19" s="35">
-        <v>36.35</v>
+        <v>36.729999999999997</v>
       </c>
       <c r="K19" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A20" s="30" t="s">
         <v>70</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="32" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="32" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="33">
         <v>20</v>
       </c>
       <c r="F20" s="33">
         <v>100</v>
       </c>
       <c r="G20" s="33">
         <v>1800</v>
       </c>
       <c r="H20" s="32" t="s">
         <v>73</v>
       </c>
       <c r="I20" s="34">
         <v>1.04</v>
       </c>
       <c r="J20" s="35">
-        <v>36.35</v>
+        <v>36.729999999999997</v>
       </c>
       <c r="K20" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A21" s="30" t="s">
         <v>74</v>
       </c>
       <c r="B21" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C21" s="32" t="s">
         <v>75</v>
       </c>
       <c r="D21" s="32" t="s">
         <v>76</v>
       </c>
       <c r="E21" s="33">
         <v>10</v>
       </c>
       <c r="F21" s="33">
         <v>50</v>
       </c>
       <c r="G21" s="33">
         <v>700</v>
       </c>
       <c r="H21" s="32" t="s">
         <v>77</v>
       </c>
       <c r="I21" s="34">
         <v>1.36</v>
       </c>
       <c r="J21" s="35">
-        <v>47.95</v>
+        <v>48.46</v>
       </c>
       <c r="K21" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A22" s="30" t="s">
         <v>78</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="32" t="s">
         <v>79</v>
       </c>
       <c r="D22" s="32" t="s">
         <v>80</v>
       </c>
       <c r="E22" s="33">
         <v>20</v>
       </c>
       <c r="F22" s="33">
         <v>100</v>
       </c>
       <c r="G22" s="33">
         <v>1400</v>
       </c>
       <c r="H22" s="32" t="s">
         <v>81</v>
       </c>
       <c r="I22" s="34">
         <v>1.36</v>
       </c>
       <c r="J22" s="35">
-        <v>47.95</v>
+        <v>48.46</v>
       </c>
       <c r="K22" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A23" s="30" t="s">
         <v>82</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="32" t="s">
         <v>83</v>
       </c>
       <c r="D23" s="32" t="s">
         <v>84</v>
       </c>
       <c r="E23" s="33">
         <v>10</v>
       </c>
       <c r="F23" s="33">
         <v>0</v>
       </c>
       <c r="G23" s="33">
         <v>480</v>
       </c>
       <c r="H23" s="32" t="s">
         <v>85</v>
       </c>
       <c r="I23" s="34">
         <v>2.06</v>
       </c>
       <c r="J23" s="35">
-        <v>70.62</v>
+        <v>71.37</v>
       </c>
       <c r="K23" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A24" s="30" t="s">
         <v>86</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="32" t="s">
         <v>87</v>
       </c>
       <c r="D24" s="32" t="s">
         <v>88</v>
       </c>
       <c r="E24" s="33">
         <v>20</v>
       </c>
       <c r="F24" s="33">
         <v>0</v>
       </c>
       <c r="G24" s="33">
         <v>960</v>
       </c>
       <c r="H24" s="32" t="s">
         <v>89</v>
       </c>
       <c r="I24" s="34">
         <v>2.06</v>
       </c>
       <c r="J24" s="35">
-        <v>70.62</v>
+        <v>71.37</v>
       </c>
       <c r="K24" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A25" s="30" t="s">
         <v>90</v>
       </c>
       <c r="B25" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="32" t="s">
         <v>91</v>
       </c>
       <c r="D25" s="32" t="s">
         <v>92</v>
       </c>
       <c r="E25" s="33">
         <v>10</v>
       </c>
       <c r="F25" s="33">
         <v>0</v>
       </c>
       <c r="G25" s="33">
         <v>320</v>
       </c>
       <c r="H25" s="32" t="s">
         <v>93</v>
       </c>
       <c r="I25" s="34">
         <v>2.93</v>
       </c>
       <c r="J25" s="35">
-        <v>105.74</v>
+        <v>106.86</v>
       </c>
       <c r="K25" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A26" s="30" t="s">
         <v>94</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C26" s="32" t="s">
         <v>95</v>
       </c>
       <c r="D26" s="32" t="s">
         <v>96</v>
       </c>
       <c r="E26" s="33">
         <v>20</v>
       </c>
       <c r="F26" s="33">
         <v>0</v>
       </c>
       <c r="G26" s="33">
         <v>640</v>
       </c>
       <c r="H26" s="32" t="s">
         <v>97</v>
       </c>
       <c r="I26" s="34">
         <v>2.93</v>
       </c>
       <c r="J26" s="35">
-        <v>105.74</v>
+        <v>106.86</v>
       </c>
       <c r="K26" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A27" s="30" t="s">
         <v>98</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C27" s="32" t="s">
         <v>99</v>
       </c>
       <c r="D27" s="32" t="s">
         <v>100</v>
       </c>
       <c r="E27" s="33">
         <v>10</v>
       </c>
       <c r="F27" s="33">
         <v>0</v>
       </c>
       <c r="G27" s="33">
         <v>240</v>
       </c>
       <c r="H27" s="32" t="s">
         <v>101</v>
       </c>
       <c r="I27" s="34">
         <v>4</v>
       </c>
       <c r="J27" s="35">
-        <v>145.96</v>
+        <v>147.5</v>
       </c>
       <c r="K27" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A28" s="30" t="s">
         <v>102</v>
       </c>
       <c r="B28" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="32" t="s">
         <v>103</v>
       </c>
       <c r="D28" s="32" t="s">
         <v>104</v>
       </c>
       <c r="E28" s="33">
         <v>20</v>
       </c>
       <c r="F28" s="33">
         <v>0</v>
       </c>
       <c r="G28" s="33">
         <v>480</v>
       </c>
       <c r="H28" s="32" t="s">
         <v>105</v>
       </c>
       <c r="I28" s="34">
         <v>4</v>
       </c>
       <c r="J28" s="35">
-        <v>145.96</v>
+        <v>147.5</v>
       </c>
       <c r="K28" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A29" s="30" t="s">
         <v>106</v>
       </c>
       <c r="B29" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C29" s="32" t="s">
         <v>107</v>
       </c>
       <c r="D29" s="32" t="s">
         <v>108</v>
       </c>
       <c r="E29" s="33">
         <v>20</v>
       </c>
       <c r="F29" s="33">
         <v>0</v>
       </c>
       <c r="G29" s="33">
         <v>360</v>
       </c>
       <c r="H29" s="32" t="s">
         <v>109</v>
       </c>
       <c r="I29" s="34">
         <v>5.12</v>
       </c>
       <c r="J29" s="35">
-        <v>186.7</v>
+        <v>188.68</v>
       </c>
       <c r="K29" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A30" s="30" t="s">
         <v>110</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C30" s="32" t="s">
         <v>111</v>
       </c>
       <c r="D30" s="32" t="s">
         <v>112</v>
       </c>
       <c r="E30" s="33">
         <v>10</v>
       </c>
       <c r="F30" s="33">
         <v>0</v>
       </c>
       <c r="G30" s="33">
         <v>140</v>
       </c>
       <c r="H30" s="32" t="s">
         <v>113</v>
       </c>
       <c r="I30" s="34">
         <v>6.51</v>
       </c>
       <c r="J30" s="35">
-        <v>254.29</v>
+        <v>256.99</v>
       </c>
       <c r="K30" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A31" s="30" t="s">
         <v>114</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C31" s="32" t="s">
         <v>115</v>
       </c>
       <c r="D31" s="32" t="s">
         <v>116</v>
       </c>
       <c r="E31" s="33">
         <v>20</v>
       </c>
       <c r="F31" s="33">
         <v>0</v>
       </c>
       <c r="G31" s="33">
         <v>280</v>
       </c>
       <c r="H31" s="32" t="s">
         <v>117</v>
       </c>
       <c r="I31" s="34">
         <v>6.51</v>
       </c>
       <c r="J31" s="35">
-        <v>254.29</v>
+        <v>256.99</v>
       </c>
       <c r="K31" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A32" s="30" t="s">
         <v>118</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="32" t="s">
         <v>119</v>
       </c>
       <c r="D32" s="32" t="s">
         <v>120</v>
       </c>
       <c r="E32" s="33">
         <v>20</v>
       </c>
       <c r="F32" s="33">
         <v>0</v>
       </c>
       <c r="G32" s="33">
         <v>200</v>
       </c>
       <c r="H32" s="32" t="s">
         <v>121</v>
       </c>
       <c r="I32" s="34">
         <v>9.67</v>
       </c>
       <c r="J32" s="35">
-        <v>361.46</v>
+        <v>361.31</v>
       </c>
       <c r="K32" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A33" s="30" t="s">
         <v>122</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C33" s="32" t="s">
         <v>123</v>
       </c>
       <c r="D33" s="32" t="s">
         <v>124</v>
       </c>
       <c r="E33" s="33">
         <v>20</v>
       </c>
       <c r="F33" s="33">
         <v>0</v>
       </c>
       <c r="G33" s="33">
         <v>160</v>
       </c>
       <c r="H33" s="32" t="s">
         <v>125</v>
       </c>
       <c r="I33" s="34">
         <v>13.9</v>
       </c>
       <c r="J33" s="35">
-        <v>535.44000000000005</v>
+        <v>535.23</v>
       </c>
       <c r="K33" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A34" s="30" t="s">
         <v>126</v>
       </c>
       <c r="B34" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C34" s="32" t="s">
         <v>127</v>
       </c>
       <c r="D34" s="32" t="s">
         <v>128</v>
       </c>
       <c r="E34" s="33">
         <v>10</v>
       </c>
       <c r="F34" s="33">
         <v>20</v>
       </c>
       <c r="G34" s="33">
         <v>0</v>
       </c>
       <c r="H34" s="32" t="s">
         <v>129</v>
       </c>
       <c r="I34" s="34">
         <v>25.9</v>
       </c>
       <c r="J34" s="35">
-        <v>1002.5</v>
+        <v>1002.1</v>
       </c>
       <c r="K34" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A35" s="30" t="s">
         <v>130</v>
       </c>
       <c r="B35" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="32" t="s">
         <v>131</v>
       </c>
       <c r="D35" s="32" t="s">
         <v>132</v>
       </c>
       <c r="E35" s="33">
         <v>20</v>
       </c>
       <c r="F35" s="33">
         <v>0</v>
       </c>
       <c r="G35" s="33">
         <v>80</v>
       </c>
       <c r="H35" s="32" t="s">
         <v>133</v>
       </c>
       <c r="I35" s="34">
         <v>25.9</v>
       </c>
       <c r="J35" s="35">
-        <v>1002.5</v>
+        <v>1002.1</v>
       </c>
       <c r="K35" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A36" s="30" t="s">
         <v>134</v>
       </c>
       <c r="B36" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C36" s="32" t="s">
         <v>136</v>
       </c>
       <c r="D36" s="32" t="s">
         <v>137</v>
       </c>
       <c r="E36" s="33">
         <v>20</v>
       </c>
       <c r="F36" s="33">
         <v>2000</v>
       </c>
       <c r="G36" s="33">
         <v>0</v>
       </c>
       <c r="H36" s="32" t="s">
         <v>138</v>
       </c>
       <c r="I36" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J36" s="35">
-        <v>7.26</v>
+        <v>7.34</v>
       </c>
       <c r="K36" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A37" s="30" t="s">
         <v>139</v>
       </c>
       <c r="B37" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C37" s="32" t="s">
         <v>140</v>
       </c>
       <c r="D37" s="32" t="s">
         <v>141</v>
       </c>
       <c r="E37" s="33">
         <v>60</v>
       </c>
       <c r="F37" s="33">
         <v>0</v>
       </c>
       <c r="G37" s="33">
         <v>8400</v>
       </c>
       <c r="H37" s="32" t="s">
         <v>142</v>
       </c>
       <c r="I37" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J37" s="35">
-        <v>5.97</v>
+        <v>6.04</v>
       </c>
       <c r="K37" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A38" s="30" t="s">
         <v>143</v>
       </c>
       <c r="B38" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C38" s="32" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="32" t="s">
         <v>145</v>
       </c>
       <c r="E38" s="33">
         <v>100</v>
       </c>
       <c r="F38" s="33">
         <v>0</v>
       </c>
       <c r="G38" s="33">
         <v>2500</v>
       </c>
       <c r="H38" s="32" t="s">
         <v>146</v>
       </c>
       <c r="I38" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J38" s="35">
-        <v>5.97</v>
+        <v>6.04</v>
       </c>
       <c r="K38" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A39" s="30" t="s">
         <v>147</v>
       </c>
       <c r="B39" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C39" s="32" t="s">
         <v>148</v>
       </c>
       <c r="D39" s="32" t="s">
         <v>149</v>
       </c>
       <c r="E39" s="33">
         <v>20</v>
       </c>
       <c r="F39" s="33">
         <v>1100</v>
       </c>
       <c r="G39" s="33">
         <v>0</v>
       </c>
       <c r="H39" s="32" t="s">
         <v>150</v>
       </c>
       <c r="I39" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J39" s="35">
-        <v>12.16</v>
+        <v>12.29</v>
       </c>
       <c r="K39" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A40" s="30" t="s">
         <v>151</v>
       </c>
       <c r="B40" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C40" s="32" t="s">
         <v>152</v>
       </c>
       <c r="D40" s="32" t="s">
         <v>153</v>
       </c>
       <c r="E40" s="33">
         <v>60</v>
       </c>
       <c r="F40" s="33">
         <v>0</v>
       </c>
       <c r="G40" s="33">
         <v>6000</v>
       </c>
       <c r="H40" s="32" t="s">
         <v>154</v>
       </c>
       <c r="I40" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J40" s="35">
-        <v>10.76</v>
+        <v>10.87</v>
       </c>
       <c r="K40" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A41" s="30" t="s">
         <v>155</v>
       </c>
       <c r="B41" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C41" s="32" t="s">
         <v>156</v>
       </c>
       <c r="D41" s="32" t="s">
         <v>157</v>
       </c>
       <c r="E41" s="33">
         <v>100</v>
       </c>
       <c r="F41" s="33">
         <v>0</v>
       </c>
       <c r="G41" s="33">
         <v>2500</v>
       </c>
       <c r="H41" s="32" t="s">
         <v>158</v>
       </c>
       <c r="I41" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J41" s="35">
-        <v>10.76</v>
+        <v>10.87</v>
       </c>
       <c r="K41" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A42" s="30" t="s">
         <v>159</v>
       </c>
       <c r="B42" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C42" s="32" t="s">
         <v>160</v>
       </c>
       <c r="D42" s="32" t="s">
         <v>161</v>
       </c>
       <c r="E42" s="33">
         <v>20</v>
       </c>
       <c r="F42" s="33">
         <v>1200</v>
       </c>
       <c r="G42" s="33">
         <v>0</v>
       </c>
       <c r="H42" s="32" t="s">
         <v>162</v>
       </c>
       <c r="I42" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J42" s="35">
-        <v>15.29</v>
+        <v>15.45</v>
       </c>
       <c r="K42" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A43" s="30" t="s">
         <v>163</v>
       </c>
       <c r="B43" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C43" s="32" t="s">
         <v>164</v>
       </c>
       <c r="D43" s="32" t="s">
         <v>165</v>
       </c>
       <c r="E43" s="33">
         <v>60</v>
       </c>
       <c r="F43" s="33">
         <v>0</v>
       </c>
       <c r="G43" s="33">
         <v>2100</v>
       </c>
       <c r="H43" s="32" t="s">
         <v>166</v>
       </c>
       <c r="I43" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J43" s="35">
-        <v>13.17</v>
+        <v>13.31</v>
       </c>
       <c r="K43" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A44" s="30" t="s">
         <v>167</v>
       </c>
       <c r="B44" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C44" s="32" t="s">
         <v>168</v>
       </c>
       <c r="D44" s="32" t="s">
         <v>169</v>
       </c>
       <c r="E44" s="33">
         <v>100</v>
       </c>
       <c r="F44" s="33">
         <v>0</v>
       </c>
       <c r="G44" s="33">
         <v>2000</v>
       </c>
       <c r="H44" s="32" t="s">
         <v>170</v>
       </c>
       <c r="I44" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J44" s="35">
-        <v>13.17</v>
+        <v>13.31</v>
       </c>
       <c r="K44" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A45" s="30" t="s">
         <v>171</v>
       </c>
       <c r="B45" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C45" s="32" t="s">
         <v>172</v>
       </c>
       <c r="D45" s="32" t="s">
         <v>173</v>
       </c>
       <c r="E45" s="33">
         <v>20</v>
       </c>
       <c r="F45" s="33">
         <v>1200</v>
       </c>
       <c r="G45" s="33">
         <v>0</v>
       </c>
       <c r="H45" s="32" t="s">
         <v>174</v>
       </c>
       <c r="I45" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J45" s="35">
-        <v>18.22</v>
+        <v>18.41</v>
       </c>
       <c r="K45" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A46" s="30" t="s">
         <v>175</v>
       </c>
       <c r="B46" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C46" s="32" t="s">
         <v>176</v>
       </c>
       <c r="D46" s="32" t="s">
         <v>177</v>
       </c>
       <c r="E46" s="33">
         <v>60</v>
       </c>
       <c r="F46" s="33">
         <v>0</v>
       </c>
       <c r="G46" s="33">
         <v>2100</v>
       </c>
       <c r="H46" s="32" t="s">
         <v>178</v>
       </c>
       <c r="I46" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J46" s="35">
-        <v>16.260000000000002</v>
+        <v>16.43</v>
       </c>
       <c r="K46" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A47" s="30" t="s">
         <v>179</v>
       </c>
       <c r="B47" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C47" s="32" t="s">
         <v>180</v>
       </c>
       <c r="D47" s="32" t="s">
         <v>181</v>
       </c>
       <c r="E47" s="33">
         <v>100</v>
       </c>
       <c r="F47" s="33">
         <v>0</v>
       </c>
       <c r="G47" s="33">
         <v>2000</v>
       </c>
       <c r="H47" s="32" t="s">
         <v>182</v>
       </c>
       <c r="I47" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J47" s="35">
-        <v>16.260000000000002</v>
+        <v>16.43</v>
       </c>
       <c r="K47" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A48" s="30" t="s">
         <v>183</v>
       </c>
       <c r="B48" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C48" s="32" t="s">
         <v>184</v>
       </c>
       <c r="D48" s="32" t="s">
         <v>185</v>
       </c>
       <c r="E48" s="33">
         <v>20</v>
       </c>
       <c r="F48" s="33">
         <v>1200</v>
       </c>
       <c r="G48" s="33">
         <v>0</v>
       </c>
       <c r="H48" s="32" t="s">
         <v>186</v>
       </c>
       <c r="I48" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J48" s="35">
-        <v>28.25</v>
+        <v>28.55</v>
       </c>
       <c r="K48" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A49" s="30" t="s">
         <v>187</v>
       </c>
       <c r="B49" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C49" s="32" t="s">
         <v>188</v>
       </c>
       <c r="D49" s="32" t="s">
         <v>189</v>
       </c>
       <c r="E49" s="33">
         <v>60</v>
       </c>
       <c r="F49" s="33">
         <v>0</v>
       </c>
       <c r="G49" s="33">
         <v>1500</v>
       </c>
       <c r="H49" s="32" t="s">
         <v>190</v>
       </c>
       <c r="I49" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J49" s="35">
-        <v>23.47</v>
+        <v>23.72</v>
       </c>
       <c r="K49" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A50" s="30" t="s">
         <v>191</v>
       </c>
       <c r="B50" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C50" s="32" t="s">
         <v>192</v>
       </c>
       <c r="D50" s="32" t="s">
         <v>193</v>
       </c>
       <c r="E50" s="33">
         <v>100</v>
       </c>
       <c r="F50" s="33">
         <v>0</v>
       </c>
       <c r="G50" s="33">
         <v>1500</v>
       </c>
       <c r="H50" s="32" t="s">
         <v>194</v>
       </c>
       <c r="I50" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J50" s="35">
-        <v>23.47</v>
+        <v>23.72</v>
       </c>
       <c r="K50" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A51" s="30" t="s">
         <v>195</v>
       </c>
       <c r="B51" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C51" s="32" t="s">
         <v>196</v>
       </c>
       <c r="D51" s="32" t="s">
         <v>197</v>
       </c>
       <c r="E51" s="33">
         <v>20</v>
       </c>
       <c r="F51" s="33">
         <v>700</v>
       </c>
       <c r="G51" s="33">
         <v>0</v>
       </c>
       <c r="H51" s="32" t="s">
         <v>198</v>
       </c>
       <c r="I51" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J51" s="35">
-        <v>37.31</v>
+        <v>37.71</v>
       </c>
       <c r="K51" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A52" s="30" t="s">
         <v>199</v>
       </c>
       <c r="B52" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C52" s="32" t="s">
         <v>200</v>
       </c>
       <c r="D52" s="32" t="s">
         <v>201</v>
       </c>
       <c r="E52" s="33">
         <v>60</v>
       </c>
       <c r="F52" s="33">
         <v>0</v>
       </c>
       <c r="G52" s="33">
         <v>1500</v>
       </c>
       <c r="H52" s="32" t="s">
         <v>202</v>
       </c>
       <c r="I52" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J52" s="35">
-        <v>31.16</v>
+        <v>31.49</v>
       </c>
       <c r="K52" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A53" s="30" t="s">
         <v>203</v>
       </c>
       <c r="B53" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C53" s="32" t="s">
         <v>204</v>
       </c>
       <c r="D53" s="32" t="s">
         <v>205</v>
       </c>
       <c r="E53" s="33">
         <v>100</v>
       </c>
       <c r="F53" s="33">
         <v>0</v>
       </c>
       <c r="G53" s="33">
         <v>1400</v>
       </c>
       <c r="H53" s="32" t="s">
         <v>206</v>
       </c>
       <c r="I53" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J53" s="35">
-        <v>31.16</v>
+        <v>31.49</v>
       </c>
       <c r="K53" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A54" s="30" t="s">
         <v>207</v>
       </c>
       <c r="B54" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C54" s="32" t="s">
         <v>208</v>
       </c>
       <c r="D54" s="32" t="s">
         <v>209</v>
       </c>
       <c r="E54" s="33">
         <v>20</v>
       </c>
       <c r="F54" s="33">
         <v>500</v>
       </c>
       <c r="G54" s="33">
         <v>0</v>
       </c>
       <c r="H54" s="32" t="s">
         <v>210</v>
       </c>
       <c r="I54" s="34">
         <v>1.04</v>
       </c>
       <c r="J54" s="35">
-        <v>44.33</v>
+        <v>44.8</v>
       </c>
       <c r="K54" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A55" s="30" t="s">
         <v>211</v>
       </c>
       <c r="B55" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C55" s="32" t="s">
         <v>212</v>
       </c>
       <c r="D55" s="32" t="s">
         <v>213</v>
       </c>
       <c r="E55" s="33">
         <v>60</v>
       </c>
       <c r="F55" s="33">
         <v>60</v>
       </c>
       <c r="G55" s="33">
         <v>360</v>
       </c>
       <c r="H55" s="32" t="s">
         <v>214</v>
       </c>
       <c r="I55" s="34">
         <v>1.04</v>
       </c>
       <c r="J55" s="35">
-        <v>39.979999999999997</v>
+        <v>40.4</v>
       </c>
       <c r="K55" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A56" s="30" t="s">
         <v>215</v>
       </c>
       <c r="B56" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C56" s="32" t="s">
         <v>216</v>
       </c>
       <c r="D56" s="32" t="s">
         <v>217</v>
       </c>
       <c r="E56" s="33">
         <v>100</v>
       </c>
       <c r="F56" s="33">
         <v>100</v>
       </c>
       <c r="G56" s="33">
         <v>1200</v>
       </c>
       <c r="H56" s="32" t="s">
         <v>218</v>
       </c>
       <c r="I56" s="34">
         <v>1.04</v>
       </c>
       <c r="J56" s="35">
-        <v>39.979999999999997</v>
+        <v>40.4</v>
       </c>
       <c r="K56" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A57" s="30" t="s">
         <v>219</v>
       </c>
       <c r="B57" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C57" s="32" t="s">
         <v>220</v>
       </c>
       <c r="D57" s="32" t="s">
         <v>221</v>
       </c>
       <c r="E57" s="33">
         <v>20</v>
       </c>
       <c r="F57" s="33">
         <v>320</v>
       </c>
       <c r="G57" s="33">
         <v>0</v>
       </c>
       <c r="H57" s="32" t="s">
         <v>222</v>
       </c>
       <c r="I57" s="34">
         <v>1.36</v>
       </c>
       <c r="J57" s="35">
-        <v>61.6</v>
+        <v>62.26</v>
       </c>
       <c r="K57" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A58" s="30" t="s">
         <v>223</v>
       </c>
       <c r="B58" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C58" s="32" t="s">
         <v>224</v>
       </c>
       <c r="D58" s="32" t="s">
         <v>225</v>
       </c>
       <c r="E58" s="33">
         <v>60</v>
       </c>
       <c r="F58" s="33">
         <v>60</v>
       </c>
       <c r="G58" s="33">
         <v>720</v>
       </c>
       <c r="H58" s="32" t="s">
         <v>226</v>
       </c>
       <c r="I58" s="34">
         <v>1.36</v>
       </c>
       <c r="J58" s="35">
-        <v>51.98</v>
+        <v>52.53</v>
       </c>
       <c r="K58" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A59" s="30" t="s">
         <v>227</v>
       </c>
       <c r="B59" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C59" s="32" t="s">
         <v>228</v>
       </c>
       <c r="D59" s="32" t="s">
         <v>229</v>
       </c>
       <c r="E59" s="33">
         <v>100</v>
       </c>
       <c r="F59" s="33">
         <v>100</v>
       </c>
       <c r="G59" s="33">
         <v>1200</v>
       </c>
       <c r="H59" s="32" t="s">
         <v>230</v>
       </c>
       <c r="I59" s="34">
         <v>1.36</v>
       </c>
       <c r="J59" s="35">
-        <v>51.98</v>
+        <v>52.53</v>
       </c>
       <c r="K59" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A60" s="30" t="s">
         <v>231</v>
       </c>
       <c r="B60" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C60" s="32" t="s">
         <v>232</v>
       </c>
       <c r="D60" s="32" t="s">
         <v>233</v>
       </c>
       <c r="E60" s="33">
         <v>20</v>
       </c>
       <c r="F60" s="33">
         <v>180</v>
       </c>
       <c r="G60" s="33">
         <v>0</v>
       </c>
       <c r="H60" s="32" t="s">
         <v>234</v>
       </c>
       <c r="I60" s="34">
         <v>2.06</v>
       </c>
       <c r="J60" s="35">
-        <v>94.81</v>
+        <v>95.82</v>
       </c>
       <c r="K60" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A61" s="30" t="s">
         <v>235</v>
       </c>
       <c r="B61" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C61" s="32" t="s">
         <v>236</v>
       </c>
       <c r="D61" s="32" t="s">
         <v>237</v>
       </c>
       <c r="E61" s="33">
         <v>40</v>
       </c>
       <c r="F61" s="33">
         <v>40</v>
       </c>
       <c r="G61" s="33">
         <v>400</v>
       </c>
       <c r="H61" s="32" t="s">
         <v>238</v>
       </c>
       <c r="I61" s="34">
         <v>2.06</v>
       </c>
       <c r="J61" s="35">
-        <v>79.73</v>
+        <v>80.58</v>
       </c>
       <c r="K61" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A62" s="30" t="s">
         <v>239</v>
       </c>
       <c r="B62" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C62" s="32" t="s">
         <v>240</v>
       </c>
       <c r="D62" s="32" t="s">
         <v>241</v>
       </c>
       <c r="E62" s="33">
         <v>60</v>
       </c>
       <c r="F62" s="33">
         <v>60</v>
       </c>
       <c r="G62" s="33">
         <v>600</v>
       </c>
       <c r="H62" s="32" t="s">
         <v>242</v>
       </c>
       <c r="I62" s="34">
         <v>2.06</v>
       </c>
       <c r="J62" s="35">
-        <v>79.73</v>
+        <v>80.58</v>
       </c>
       <c r="K62" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A63" s="30" t="s">
         <v>243</v>
       </c>
       <c r="B63" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C63" s="32" t="s">
         <v>244</v>
       </c>
       <c r="D63" s="32" t="s">
         <v>245</v>
       </c>
       <c r="E63" s="33">
         <v>20</v>
       </c>
       <c r="F63" s="33">
         <v>120</v>
       </c>
       <c r="G63" s="33">
         <v>0</v>
       </c>
       <c r="H63" s="32" t="s">
         <v>246</v>
       </c>
       <c r="I63" s="34">
         <v>2.93</v>
       </c>
       <c r="J63" s="35">
-        <v>144.19999999999999</v>
+        <v>145.72999999999999</v>
       </c>
       <c r="K63" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A64" s="30" t="s">
         <v>247</v>
       </c>
       <c r="B64" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="32" t="s">
         <v>248</v>
       </c>
       <c r="D64" s="32" t="s">
         <v>249</v>
       </c>
       <c r="E64" s="33">
         <v>20</v>
       </c>
       <c r="F64" s="33">
         <v>80</v>
       </c>
       <c r="G64" s="33">
         <v>0</v>
       </c>
       <c r="H64" s="32" t="s">
         <v>250</v>
       </c>
       <c r="I64" s="34">
         <v>4</v>
       </c>
       <c r="J64" s="35">
-        <v>200.6</v>
+        <v>202.72</v>
       </c>
       <c r="K64" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A65" s="30" t="s">
         <v>251</v>
       </c>
       <c r="B65" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C65" s="32" t="s">
         <v>19</v>
       </c>
       <c r="D65" s="32" t="s">
         <v>20</v>
       </c>
       <c r="E65" s="33">
         <v>10</v>
       </c>
       <c r="F65" s="33">
         <v>250</v>
       </c>
       <c r="G65" s="33">
         <v>6000</v>
       </c>
       <c r="H65" s="32" t="s">
         <v>253</v>
       </c>
       <c r="I65" s="34">
         <v>0.126</v>
       </c>
       <c r="J65" s="35">
-        <v>5.01</v>
+        <v>5.0599999999999996</v>
       </c>
       <c r="K65" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A66" s="30" t="s">
         <v>254</v>
       </c>
       <c r="B66" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C66" s="32" t="s">
         <v>23</v>
       </c>
       <c r="D66" s="32" t="s">
         <v>24</v>
       </c>
       <c r="E66" s="33">
         <v>20</v>
       </c>
       <c r="F66" s="33">
         <v>500</v>
       </c>
       <c r="G66" s="33">
         <v>12000</v>
       </c>
       <c r="H66" s="32" t="s">
         <v>255</v>
       </c>
       <c r="I66" s="34">
         <v>0.126</v>
       </c>
       <c r="J66" s="35">
-        <v>5.01</v>
+        <v>5.0599999999999996</v>
       </c>
       <c r="K66" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A67" s="30" t="s">
         <v>256</v>
       </c>
       <c r="B67" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C67" s="32" t="s">
         <v>27</v>
       </c>
       <c r="D67" s="32" t="s">
         <v>28</v>
       </c>
       <c r="E67" s="33">
         <v>10</v>
       </c>
       <c r="F67" s="33">
         <v>250</v>
       </c>
       <c r="G67" s="33">
         <v>5000</v>
       </c>
       <c r="H67" s="32" t="s">
         <v>257</v>
       </c>
       <c r="I67" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J67" s="35">
-        <v>7.34</v>
+        <v>7.42</v>
       </c>
       <c r="K67" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A68" s="30" t="s">
         <v>258</v>
       </c>
       <c r="B68" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C68" s="32" t="s">
         <v>31</v>
       </c>
       <c r="D68" s="32" t="s">
         <v>32</v>
       </c>
       <c r="E68" s="33">
         <v>20</v>
       </c>
       <c r="F68" s="33">
         <v>500</v>
       </c>
       <c r="G68" s="33">
         <v>10000</v>
       </c>
       <c r="H68" s="32" t="s">
         <v>259</v>
       </c>
       <c r="I68" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J68" s="35">
-        <v>7.34</v>
+        <v>7.42</v>
       </c>
       <c r="K68" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A69" s="30" t="s">
         <v>260</v>
       </c>
       <c r="B69" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C69" s="32" t="s">
         <v>35</v>
       </c>
       <c r="D69" s="32" t="s">
         <v>36</v>
       </c>
       <c r="E69" s="33">
         <v>10</v>
       </c>
       <c r="F69" s="33">
         <v>250</v>
       </c>
       <c r="G69" s="33">
         <v>3500</v>
       </c>
       <c r="H69" s="32" t="s">
         <v>261</v>
       </c>
       <c r="I69" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J69" s="35">
-        <v>6.65</v>
+        <v>6.72</v>
       </c>
       <c r="K69" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A70" s="30" t="s">
         <v>262</v>
       </c>
       <c r="B70" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C70" s="32" t="s">
         <v>39</v>
       </c>
       <c r="D70" s="32" t="s">
         <v>40</v>
       </c>
       <c r="E70" s="33">
         <v>20</v>
       </c>
       <c r="F70" s="33">
         <v>500</v>
       </c>
       <c r="G70" s="33">
         <v>7000</v>
       </c>
       <c r="H70" s="32" t="s">
         <v>263</v>
       </c>
       <c r="I70" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J70" s="35">
-        <v>6.65</v>
+        <v>6.72</v>
       </c>
       <c r="K70" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A71" s="30" t="s">
         <v>264</v>
       </c>
       <c r="B71" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C71" s="32" t="s">
         <v>43</v>
       </c>
       <c r="D71" s="32" t="s">
         <v>44</v>
       </c>
       <c r="E71" s="33">
         <v>10</v>
       </c>
       <c r="F71" s="33">
         <v>100</v>
       </c>
       <c r="G71" s="33">
         <v>2200</v>
       </c>
       <c r="H71" s="32" t="s">
         <v>265</v>
       </c>
       <c r="I71" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J71" s="35">
-        <v>12.86</v>
+        <v>13</v>
       </c>
       <c r="K71" s="35">
         <f t="shared" ref="K71:K134" si="1">ROUND(J71*$B$4,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A72" s="30" t="s">
         <v>266</v>
       </c>
       <c r="B72" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C72" s="32" t="s">
         <v>47</v>
       </c>
       <c r="D72" s="32" t="s">
         <v>48</v>
       </c>
       <c r="E72" s="33">
         <v>20</v>
       </c>
       <c r="F72" s="33">
         <v>200</v>
       </c>
       <c r="G72" s="33">
         <v>5200</v>
       </c>
       <c r="H72" s="32" t="s">
         <v>267</v>
       </c>
       <c r="I72" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J72" s="35">
-        <v>12.86</v>
+        <v>13</v>
       </c>
       <c r="K72" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A73" s="30" t="s">
         <v>268</v>
       </c>
       <c r="B73" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C73" s="32" t="s">
         <v>51</v>
       </c>
       <c r="D73" s="32" t="s">
         <v>52</v>
       </c>
       <c r="E73" s="33">
         <v>10</v>
       </c>
       <c r="F73" s="33">
         <v>100</v>
       </c>
       <c r="G73" s="33">
         <v>2000</v>
       </c>
       <c r="H73" s="32" t="s">
         <v>269</v>
       </c>
       <c r="I73" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J73" s="35">
-        <v>10.87</v>
+        <v>10.98</v>
       </c>
       <c r="K73" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A74" s="30" t="s">
         <v>270</v>
       </c>
       <c r="B74" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C74" s="32" t="s">
         <v>55</v>
       </c>
       <c r="D74" s="32" t="s">
         <v>56</v>
       </c>
       <c r="E74" s="33">
         <v>20</v>
       </c>
       <c r="F74" s="33">
         <v>200</v>
       </c>
       <c r="G74" s="33">
         <v>4000</v>
       </c>
       <c r="H74" s="32" t="s">
         <v>271</v>
       </c>
       <c r="I74" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J74" s="35">
-        <v>10.87</v>
+        <v>10.98</v>
       </c>
       <c r="K74" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A75" s="30" t="s">
         <v>272</v>
       </c>
       <c r="B75" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C75" s="32" t="s">
         <v>59</v>
       </c>
       <c r="D75" s="32" t="s">
         <v>60</v>
       </c>
       <c r="E75" s="33">
         <v>10</v>
       </c>
       <c r="F75" s="33">
         <v>50</v>
       </c>
       <c r="G75" s="33">
         <v>1500</v>
       </c>
       <c r="H75" s="32" t="s">
         <v>273</v>
       </c>
       <c r="I75" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J75" s="35">
-        <v>15.97</v>
+        <v>16.14</v>
       </c>
       <c r="K75" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A76" s="30" t="s">
         <v>274</v>
       </c>
       <c r="B76" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C76" s="32" t="s">
         <v>63</v>
       </c>
       <c r="D76" s="32" t="s">
         <v>64</v>
       </c>
       <c r="E76" s="33">
         <v>20</v>
       </c>
       <c r="F76" s="33">
         <v>100</v>
       </c>
       <c r="G76" s="33">
         <v>3000</v>
       </c>
       <c r="H76" s="32" t="s">
         <v>275</v>
       </c>
       <c r="I76" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J76" s="35">
-        <v>15.97</v>
+        <v>16.14</v>
       </c>
       <c r="K76" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A77" s="30" t="s">
         <v>276</v>
       </c>
       <c r="B77" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C77" s="32" t="s">
         <v>67</v>
       </c>
       <c r="D77" s="32" t="s">
         <v>68</v>
       </c>
       <c r="E77" s="33">
         <v>10</v>
       </c>
       <c r="F77" s="33">
         <v>50</v>
       </c>
       <c r="G77" s="33">
         <v>1100</v>
       </c>
       <c r="H77" s="32" t="s">
         <v>277</v>
       </c>
       <c r="I77" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J77" s="35">
-        <v>28.07</v>
+        <v>28.37</v>
       </c>
       <c r="K77" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A78" s="30" t="s">
         <v>278</v>
       </c>
       <c r="B78" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C78" s="32" t="s">
         <v>71</v>
       </c>
       <c r="D78" s="32" t="s">
         <v>72</v>
       </c>
       <c r="E78" s="33">
         <v>20</v>
       </c>
       <c r="F78" s="33">
         <v>100</v>
       </c>
       <c r="G78" s="33">
         <v>2200</v>
       </c>
       <c r="H78" s="32" t="s">
         <v>279</v>
       </c>
       <c r="I78" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J78" s="35">
-        <v>28.07</v>
+        <v>28.37</v>
       </c>
       <c r="K78" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A79" s="30" t="s">
         <v>280</v>
       </c>
       <c r="B79" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C79" s="32" t="s">
         <v>75</v>
       </c>
       <c r="D79" s="32" t="s">
         <v>76</v>
       </c>
       <c r="E79" s="33">
         <v>10</v>
       </c>
       <c r="F79" s="33">
         <v>50</v>
       </c>
       <c r="G79" s="33">
         <v>800</v>
       </c>
       <c r="H79" s="32" t="s">
         <v>281</v>
       </c>
       <c r="I79" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J79" s="35">
-        <v>35.630000000000003</v>
+        <v>36.01</v>
       </c>
       <c r="K79" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A80" s="30" t="s">
         <v>282</v>
       </c>
       <c r="B80" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C80" s="32" t="s">
         <v>79</v>
       </c>
       <c r="D80" s="32" t="s">
         <v>80</v>
       </c>
       <c r="E80" s="33">
         <v>20</v>
       </c>
       <c r="F80" s="33">
         <v>100</v>
       </c>
       <c r="G80" s="33">
         <v>1600</v>
       </c>
       <c r="H80" s="32" t="s">
         <v>283</v>
       </c>
       <c r="I80" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J80" s="35">
-        <v>35.630000000000003</v>
+        <v>36.01</v>
       </c>
       <c r="K80" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A81" s="30" t="s">
         <v>284</v>
       </c>
       <c r="B81" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C81" s="32" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="32" t="s">
         <v>84</v>
       </c>
       <c r="E81" s="33">
         <v>10</v>
       </c>
       <c r="F81" s="33">
         <v>0</v>
       </c>
       <c r="G81" s="33">
         <v>540</v>
       </c>
       <c r="H81" s="32" t="s">
         <v>285</v>
       </c>
       <c r="I81" s="34">
         <v>1.75</v>
       </c>
       <c r="J81" s="35">
-        <v>55.76</v>
+        <v>56.35</v>
       </c>
       <c r="K81" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A82" s="30" t="s">
         <v>286</v>
       </c>
       <c r="B82" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C82" s="32" t="s">
         <v>87</v>
       </c>
       <c r="D82" s="32" t="s">
         <v>88</v>
       </c>
       <c r="E82" s="33">
         <v>20</v>
       </c>
       <c r="F82" s="33">
         <v>0</v>
       </c>
       <c r="G82" s="33">
         <v>1080</v>
       </c>
       <c r="H82" s="32" t="s">
         <v>287</v>
       </c>
       <c r="I82" s="34">
         <v>1.75</v>
       </c>
       <c r="J82" s="35">
-        <v>55.76</v>
+        <v>56.35</v>
       </c>
       <c r="K82" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A83" s="30" t="s">
         <v>288</v>
       </c>
       <c r="B83" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C83" s="32" t="s">
         <v>91</v>
       </c>
       <c r="D83" s="32" t="s">
         <v>92</v>
       </c>
       <c r="E83" s="33">
         <v>10</v>
       </c>
       <c r="F83" s="33">
         <v>0</v>
       </c>
       <c r="G83" s="33">
         <v>400</v>
       </c>
       <c r="H83" s="32" t="s">
         <v>289</v>
       </c>
       <c r="I83" s="34">
         <v>2.48</v>
       </c>
       <c r="J83" s="35">
-        <v>86.14</v>
+        <v>87.06</v>
       </c>
       <c r="K83" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A84" s="30" t="s">
         <v>290</v>
       </c>
       <c r="B84" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C84" s="32" t="s">
         <v>95</v>
       </c>
       <c r="D84" s="32" t="s">
         <v>96</v>
       </c>
       <c r="E84" s="33">
         <v>20</v>
       </c>
       <c r="F84" s="33">
         <v>0</v>
       </c>
       <c r="G84" s="33">
         <v>800</v>
       </c>
       <c r="H84" s="32" t="s">
         <v>291</v>
       </c>
       <c r="I84" s="34">
         <v>2.48</v>
       </c>
       <c r="J84" s="35">
-        <v>86.14</v>
+        <v>87.06</v>
       </c>
       <c r="K84" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A85" s="30" t="s">
         <v>292</v>
       </c>
       <c r="B85" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C85" s="32" t="s">
         <v>99</v>
       </c>
       <c r="D85" s="32" t="s">
         <v>100</v>
       </c>
       <c r="E85" s="33">
         <v>10</v>
       </c>
       <c r="F85" s="33">
         <v>0</v>
       </c>
       <c r="G85" s="33">
         <v>300</v>
       </c>
       <c r="H85" s="32" t="s">
         <v>293</v>
       </c>
       <c r="I85" s="34">
         <v>3.33</v>
       </c>
       <c r="J85" s="35">
-        <v>120.26</v>
+        <v>121.53</v>
       </c>
       <c r="K85" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A86" s="30" t="s">
         <v>294</v>
       </c>
       <c r="B86" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C86" s="32" t="s">
         <v>103</v>
       </c>
       <c r="D86" s="32" t="s">
         <v>104</v>
       </c>
       <c r="E86" s="33">
         <v>20</v>
       </c>
       <c r="F86" s="33">
         <v>0</v>
       </c>
       <c r="G86" s="33">
         <v>600</v>
       </c>
       <c r="H86" s="32" t="s">
         <v>295</v>
       </c>
       <c r="I86" s="34">
         <v>3.33</v>
       </c>
       <c r="J86" s="35">
-        <v>120.26</v>
+        <v>121.53</v>
       </c>
       <c r="K86" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A87" s="30" t="s">
         <v>296</v>
       </c>
       <c r="B87" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C87" s="32" t="s">
         <v>297</v>
       </c>
       <c r="D87" s="32" t="s">
         <v>298</v>
       </c>
       <c r="E87" s="33">
         <v>10</v>
       </c>
       <c r="F87" s="33">
         <v>0</v>
       </c>
       <c r="G87" s="33">
         <v>0</v>
       </c>
       <c r="H87" s="36" t="s">
         <v>299</v>
       </c>
       <c r="I87" s="34">
         <v>4.29</v>
       </c>
       <c r="J87" s="35">
-        <v>156.88</v>
+        <v>158.54</v>
       </c>
       <c r="K87" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A88" s="30" t="s">
         <v>300</v>
       </c>
       <c r="B88" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C88" s="32" t="s">
         <v>107</v>
       </c>
       <c r="D88" s="32" t="s">
         <v>108</v>
       </c>
       <c r="E88" s="33">
         <v>20</v>
       </c>
       <c r="F88" s="33">
         <v>0</v>
       </c>
       <c r="G88" s="33">
         <v>440</v>
       </c>
       <c r="H88" s="32" t="s">
         <v>301</v>
       </c>
       <c r="I88" s="34">
         <v>4.29</v>
       </c>
       <c r="J88" s="35">
-        <v>156.88</v>
+        <v>158.54</v>
       </c>
       <c r="K88" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A89" s="30" t="s">
         <v>302</v>
       </c>
       <c r="B89" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C89" s="32" t="s">
         <v>111</v>
       </c>
       <c r="D89" s="32" t="s">
         <v>112</v>
       </c>
       <c r="E89" s="33">
         <v>10</v>
       </c>
       <c r="F89" s="33">
         <v>0</v>
       </c>
       <c r="G89" s="33">
         <v>160</v>
       </c>
       <c r="H89" s="32" t="s">
         <v>303</v>
       </c>
       <c r="I89" s="34">
         <v>5.38</v>
       </c>
       <c r="J89" s="35">
-        <v>201.34</v>
+        <v>203.48</v>
       </c>
       <c r="K89" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A90" s="30" t="s">
         <v>304</v>
       </c>
       <c r="B90" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C90" s="32" t="s">
         <v>115</v>
       </c>
       <c r="D90" s="32" t="s">
         <v>116</v>
       </c>
       <c r="E90" s="33">
         <v>20</v>
       </c>
       <c r="F90" s="33">
         <v>0</v>
       </c>
       <c r="G90" s="33">
         <v>320</v>
       </c>
       <c r="H90" s="32" t="s">
         <v>305</v>
       </c>
       <c r="I90" s="34">
         <v>5.38</v>
       </c>
       <c r="J90" s="35">
-        <v>201.34</v>
+        <v>203.48</v>
       </c>
       <c r="K90" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A91" s="30" t="s">
         <v>306</v>
       </c>
       <c r="B91" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C91" s="32" t="s">
         <v>307</v>
       </c>
       <c r="D91" s="32" t="s">
         <v>308</v>
       </c>
       <c r="E91" s="33">
         <v>10</v>
       </c>
       <c r="F91" s="33">
         <v>0</v>
       </c>
       <c r="G91" s="33">
         <v>0</v>
       </c>
       <c r="H91" s="32" t="s">
         <v>309</v>
       </c>
       <c r="I91" s="34">
         <v>7.61</v>
       </c>
       <c r="J91" s="35">
-        <v>275.17</v>
+        <v>275.06</v>
       </c>
       <c r="K91" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A92" s="30" t="s">
         <v>310</v>
       </c>
       <c r="B92" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C92" s="32" t="s">
         <v>119</v>
       </c>
       <c r="D92" s="32" t="s">
         <v>120</v>
       </c>
       <c r="E92" s="33">
         <v>20</v>
       </c>
       <c r="F92" s="33">
         <v>0</v>
       </c>
       <c r="G92" s="33">
         <v>240</v>
       </c>
       <c r="H92" s="32" t="s">
         <v>311</v>
       </c>
       <c r="I92" s="34">
         <v>7.61</v>
       </c>
       <c r="J92" s="35">
-        <v>275.17</v>
+        <v>275.06</v>
       </c>
       <c r="K92" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A93" s="30" t="s">
         <v>312</v>
       </c>
       <c r="B93" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C93" s="32" t="s">
         <v>313</v>
       </c>
       <c r="D93" s="32" t="s">
         <v>314</v>
       </c>
       <c r="E93" s="33">
         <v>10</v>
       </c>
       <c r="F93" s="33">
         <v>0</v>
       </c>
       <c r="G93" s="33">
         <v>100</v>
       </c>
       <c r="H93" s="32" t="s">
         <v>315</v>
       </c>
       <c r="I93" s="34">
         <v>10.199999999999999</v>
       </c>
       <c r="J93" s="35">
-        <v>373.65</v>
+        <v>373.5</v>
       </c>
       <c r="K93" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A94" s="30" t="s">
         <v>316</v>
       </c>
       <c r="B94" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C94" s="32" t="s">
         <v>317</v>
       </c>
       <c r="D94" s="32" t="s">
         <v>124</v>
       </c>
       <c r="E94" s="33">
         <v>20</v>
       </c>
       <c r="F94" s="33">
         <v>0</v>
       </c>
       <c r="G94" s="33">
         <v>200</v>
       </c>
       <c r="H94" s="32" t="s">
         <v>318</v>
       </c>
       <c r="I94" s="34">
         <v>10.199999999999999</v>
       </c>
       <c r="J94" s="35">
-        <v>373.65</v>
+        <v>373.5</v>
       </c>
       <c r="K94" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A95" s="30" t="s">
         <v>319</v>
       </c>
       <c r="B95" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C95" s="32" t="s">
         <v>127</v>
       </c>
       <c r="D95" s="32" t="s">
         <v>128</v>
       </c>
       <c r="E95" s="33">
         <v>10</v>
       </c>
       <c r="F95" s="33">
         <v>20</v>
       </c>
       <c r="G95" s="33">
         <v>0</v>
       </c>
       <c r="H95" s="36" t="s">
         <v>320</v>
       </c>
       <c r="I95" s="34">
         <v>19.29</v>
       </c>
       <c r="J95" s="35">
-        <v>715.29</v>
+        <v>715</v>
       </c>
       <c r="K95" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A96" s="30" t="s">
         <v>321</v>
       </c>
       <c r="B96" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C96" s="32" t="s">
         <v>322</v>
       </c>
       <c r="D96" s="32" t="s">
         <v>132</v>
       </c>
       <c r="E96" s="33">
         <v>20</v>
       </c>
       <c r="F96" s="33">
         <v>0</v>
       </c>
       <c r="G96" s="33">
         <v>100</v>
       </c>
       <c r="H96" s="32" t="s">
         <v>323</v>
       </c>
       <c r="I96" s="34">
         <v>19.29</v>
       </c>
       <c r="J96" s="35">
-        <v>715.29</v>
+        <v>715</v>
       </c>
       <c r="K96" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A97" s="30" t="s">
         <v>325</v>
       </c>
       <c r="B97" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C97" s="32" t="s">
         <v>327</v>
       </c>
       <c r="D97" s="32" t="s">
         <v>328</v>
       </c>
       <c r="E97" s="33">
         <v>10</v>
       </c>
       <c r="F97" s="33">
         <v>0</v>
       </c>
       <c r="G97" s="33">
         <v>0</v>
       </c>
       <c r="H97" s="32" t="s">
         <v>329</v>
       </c>
       <c r="I97" s="34">
         <v>0.126</v>
       </c>
       <c r="J97" s="35">
-        <v>6.51</v>
+        <v>6.58</v>
       </c>
       <c r="K97" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A98" s="30" t="s">
         <v>324</v>
       </c>
       <c r="B98" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C98" s="32" t="s">
         <v>136</v>
       </c>
       <c r="D98" s="32" t="s">
         <v>137</v>
       </c>
       <c r="E98" s="33">
         <v>20</v>
       </c>
       <c r="F98" s="33">
         <v>2000</v>
       </c>
       <c r="G98" s="33">
         <v>0</v>
       </c>
       <c r="H98" s="32" t="s">
         <v>330</v>
       </c>
       <c r="I98" s="34">
         <v>0.126</v>
       </c>
       <c r="J98" s="35">
-        <v>6.51</v>
+        <v>6.58</v>
       </c>
       <c r="K98" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A99" s="30" t="s">
         <v>331</v>
       </c>
       <c r="B99" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C99" s="32" t="s">
         <v>140</v>
       </c>
       <c r="D99" s="32" t="s">
         <v>141</v>
       </c>
       <c r="E99" s="33">
         <v>60</v>
       </c>
       <c r="F99" s="33">
         <v>60</v>
       </c>
       <c r="G99" s="33">
         <v>8400</v>
       </c>
       <c r="H99" s="32" t="s">
         <v>332</v>
       </c>
       <c r="I99" s="34">
         <v>0.126</v>
       </c>
       <c r="J99" s="35">
-        <v>5.09</v>
+        <v>5.15</v>
       </c>
       <c r="K99" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A100" s="30" t="s">
         <v>333</v>
       </c>
       <c r="B100" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C100" s="32" t="s">
         <v>144</v>
       </c>
       <c r="D100" s="32" t="s">
         <v>145</v>
       </c>
       <c r="E100" s="33">
         <v>100</v>
       </c>
       <c r="F100" s="33">
         <v>0</v>
       </c>
       <c r="G100" s="33">
         <v>2500</v>
       </c>
       <c r="H100" s="32" t="s">
         <v>334</v>
       </c>
       <c r="I100" s="34">
         <v>0.126</v>
       </c>
       <c r="J100" s="35">
-        <v>5.09</v>
+        <v>5.15</v>
       </c>
       <c r="K100" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A101" s="30" t="s">
         <v>336</v>
       </c>
       <c r="B101" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C101" s="32" t="s">
         <v>337</v>
       </c>
       <c r="D101" s="32" t="s">
         <v>338</v>
       </c>
       <c r="E101" s="33">
         <v>10</v>
       </c>
       <c r="F101" s="33">
         <v>0</v>
       </c>
       <c r="G101" s="33">
         <v>0</v>
       </c>
       <c r="H101" s="32" t="s">
         <v>339</v>
       </c>
       <c r="I101" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J101" s="35">
-        <v>10.16</v>
+        <v>10.27</v>
       </c>
       <c r="K101" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A102" s="30" t="s">
         <v>335</v>
       </c>
       <c r="B102" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C102" s="32" t="s">
         <v>148</v>
       </c>
       <c r="D102" s="32" t="s">
         <v>149</v>
       </c>
       <c r="E102" s="33">
         <v>20</v>
       </c>
       <c r="F102" s="33">
         <v>1100</v>
       </c>
       <c r="G102" s="33">
         <v>0</v>
       </c>
       <c r="H102" s="32" t="s">
         <v>340</v>
       </c>
       <c r="I102" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J102" s="35">
-        <v>10.16</v>
+        <v>10.27</v>
       </c>
       <c r="K102" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A103" s="30" t="s">
         <v>341</v>
       </c>
       <c r="B103" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C103" s="32" t="s">
         <v>152</v>
       </c>
       <c r="D103" s="32" t="s">
         <v>153</v>
       </c>
       <c r="E103" s="33">
         <v>60</v>
       </c>
       <c r="F103" s="33">
         <v>60</v>
       </c>
       <c r="G103" s="33">
         <v>6000</v>
       </c>
       <c r="H103" s="32" t="s">
         <v>342</v>
       </c>
       <c r="I103" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J103" s="35">
-        <v>7.55</v>
+        <v>7.63</v>
       </c>
       <c r="K103" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A104" s="30" t="s">
         <v>343</v>
       </c>
       <c r="B104" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C104" s="32" t="s">
         <v>156</v>
       </c>
       <c r="D104" s="32" t="s">
         <v>157</v>
       </c>
       <c r="E104" s="33">
         <v>100</v>
       </c>
       <c r="F104" s="33">
         <v>0</v>
       </c>
       <c r="G104" s="33">
         <v>2500</v>
       </c>
       <c r="H104" s="32" t="s">
         <v>344</v>
       </c>
       <c r="I104" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J104" s="35">
-        <v>7.55</v>
+        <v>7.63</v>
       </c>
       <c r="K104" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A105" s="30" t="s">
         <v>346</v>
       </c>
       <c r="B105" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C105" s="32" t="s">
         <v>347</v>
       </c>
       <c r="D105" s="32" t="s">
         <v>348</v>
       </c>
       <c r="E105" s="33">
         <v>10</v>
       </c>
       <c r="F105" s="33">
         <v>600</v>
       </c>
       <c r="G105" s="33">
         <v>0</v>
       </c>
       <c r="H105" s="32" t="s">
         <v>349</v>
       </c>
       <c r="I105" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J105" s="35">
-        <v>13.53</v>
+        <v>13.67</v>
       </c>
       <c r="K105" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A106" s="30" t="s">
         <v>345</v>
       </c>
       <c r="B106" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C106" s="32" t="s">
         <v>160</v>
       </c>
       <c r="D106" s="32" t="s">
         <v>161</v>
       </c>
       <c r="E106" s="33">
         <v>20</v>
       </c>
       <c r="F106" s="33">
         <v>1200</v>
       </c>
       <c r="G106" s="33">
         <v>0</v>
       </c>
       <c r="H106" s="32" t="s">
         <v>350</v>
       </c>
       <c r="I106" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J106" s="35">
-        <v>13.53</v>
+        <v>13.67</v>
       </c>
       <c r="K106" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A107" s="30" t="s">
         <v>351</v>
       </c>
       <c r="B107" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C107" s="32" t="s">
         <v>164</v>
       </c>
       <c r="D107" s="32" t="s">
         <v>165</v>
       </c>
       <c r="E107" s="33">
         <v>60</v>
       </c>
       <c r="F107" s="33">
         <v>60</v>
       </c>
       <c r="G107" s="33">
         <v>2100</v>
       </c>
       <c r="H107" s="32" t="s">
         <v>352</v>
       </c>
       <c r="I107" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J107" s="35">
-        <v>10.99</v>
+        <v>11.11</v>
       </c>
       <c r="K107" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A108" s="30" t="s">
         <v>353</v>
       </c>
       <c r="B108" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C108" s="32" t="s">
         <v>168</v>
       </c>
       <c r="D108" s="32" t="s">
         <v>169</v>
       </c>
       <c r="E108" s="33">
         <v>100</v>
       </c>
       <c r="F108" s="33">
         <v>0</v>
       </c>
       <c r="G108" s="33">
         <v>2000</v>
       </c>
       <c r="H108" s="32" t="s">
         <v>354</v>
       </c>
       <c r="I108" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J108" s="35">
-        <v>10.99</v>
+        <v>11.11</v>
       </c>
       <c r="K108" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A109" s="30" t="s">
         <v>355</v>
       </c>
       <c r="B109" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C109" s="32" t="s">
         <v>172</v>
       </c>
       <c r="D109" s="32" t="s">
         <v>173</v>
       </c>
       <c r="E109" s="33">
         <v>20</v>
       </c>
       <c r="F109" s="33">
         <v>1200</v>
       </c>
       <c r="G109" s="33">
         <v>0</v>
       </c>
       <c r="H109" s="32" t="s">
         <v>356</v>
       </c>
       <c r="I109" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J109" s="35">
-        <v>17.43</v>
+        <v>17.61</v>
       </c>
       <c r="K109" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A110" s="30" t="s">
         <v>357</v>
       </c>
       <c r="B110" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C110" s="32" t="s">
         <v>358</v>
       </c>
       <c r="D110" s="32" t="s">
         <v>359</v>
       </c>
       <c r="E110" s="33">
         <v>60</v>
       </c>
       <c r="F110" s="33">
         <v>0</v>
       </c>
       <c r="G110" s="33">
         <v>2100</v>
       </c>
       <c r="H110" s="32" t="s">
         <v>360</v>
       </c>
       <c r="I110" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J110" s="35">
-        <v>14.08</v>
+        <v>14.23</v>
       </c>
       <c r="K110" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A111" s="30" t="s">
         <v>361</v>
       </c>
       <c r="B111" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C111" s="32" t="s">
         <v>180</v>
       </c>
       <c r="D111" s="32" t="s">
         <v>181</v>
       </c>
       <c r="E111" s="33">
         <v>100</v>
       </c>
       <c r="F111" s="33">
         <v>0</v>
       </c>
       <c r="G111" s="33">
         <v>2000</v>
       </c>
       <c r="H111" s="32" t="s">
         <v>362</v>
       </c>
       <c r="I111" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J111" s="35">
-        <v>14.08</v>
+        <v>14.23</v>
       </c>
       <c r="K111" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A112" s="30" t="s">
         <v>364</v>
       </c>
       <c r="B112" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C112" s="32" t="s">
         <v>365</v>
       </c>
       <c r="D112" s="32" t="s">
         <v>366</v>
       </c>
       <c r="E112" s="33">
         <v>10</v>
       </c>
       <c r="F112" s="33">
         <v>600</v>
       </c>
       <c r="G112" s="33">
         <v>0</v>
       </c>
       <c r="H112" s="32" t="s">
         <v>367</v>
       </c>
       <c r="I112" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J112" s="35">
-        <v>20.68</v>
+        <v>20.9</v>
       </c>
       <c r="K112" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A113" s="30" t="s">
         <v>363</v>
       </c>
       <c r="B113" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C113" s="32" t="s">
         <v>184</v>
       </c>
       <c r="D113" s="32" t="s">
         <v>185</v>
       </c>
       <c r="E113" s="33">
         <v>20</v>
       </c>
       <c r="F113" s="33">
         <v>1200</v>
       </c>
       <c r="G113" s="33">
         <v>0</v>
       </c>
       <c r="H113" s="32" t="s">
         <v>368</v>
       </c>
       <c r="I113" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J113" s="35">
-        <v>20.68</v>
+        <v>20.9</v>
       </c>
       <c r="K113" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A114" s="30" t="s">
         <v>369</v>
       </c>
       <c r="B114" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C114" s="32" t="s">
         <v>188</v>
       </c>
       <c r="D114" s="32" t="s">
         <v>189</v>
       </c>
       <c r="E114" s="33">
         <v>60</v>
       </c>
       <c r="F114" s="33">
         <v>60</v>
       </c>
       <c r="G114" s="33">
         <v>1500</v>
       </c>
       <c r="H114" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I114" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J114" s="35">
-        <v>17.510000000000002</v>
+        <v>17.7</v>
       </c>
       <c r="K114" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A115" s="30" t="s">
         <v>371</v>
       </c>
       <c r="B115" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C115" s="32" t="s">
         <v>192</v>
       </c>
       <c r="D115" s="32" t="s">
         <v>193</v>
       </c>
       <c r="E115" s="33">
         <v>100</v>
       </c>
       <c r="F115" s="33">
         <v>0</v>
       </c>
       <c r="G115" s="33">
         <v>1500</v>
       </c>
       <c r="H115" s="32" t="s">
         <v>372</v>
       </c>
       <c r="I115" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J115" s="35">
-        <v>17.510000000000002</v>
+        <v>17.7</v>
       </c>
       <c r="K115" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A116" s="30" t="s">
         <v>374</v>
       </c>
       <c r="B116" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C116" s="32" t="s">
         <v>375</v>
       </c>
       <c r="D116" s="32" t="s">
         <v>376</v>
       </c>
       <c r="E116" s="33">
         <v>10</v>
       </c>
       <c r="F116" s="33">
         <v>350</v>
       </c>
       <c r="G116" s="33">
         <v>0</v>
       </c>
       <c r="H116" s="32" t="s">
         <v>377</v>
       </c>
       <c r="I116" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J116" s="35">
-        <v>28.7</v>
+        <v>29</v>
       </c>
       <c r="K116" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A117" s="30" t="s">
         <v>373</v>
       </c>
       <c r="B117" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C117" s="32" t="s">
         <v>196</v>
       </c>
       <c r="D117" s="32" t="s">
         <v>197</v>
       </c>
       <c r="E117" s="33">
         <v>20</v>
       </c>
       <c r="F117" s="33">
         <v>700</v>
       </c>
       <c r="G117" s="33">
         <v>0</v>
       </c>
       <c r="H117" s="32" t="s">
         <v>378</v>
       </c>
       <c r="I117" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J117" s="35">
-        <v>28.7</v>
+        <v>29</v>
       </c>
       <c r="K117" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A118" s="30" t="s">
         <v>379</v>
       </c>
       <c r="B118" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C118" s="32" t="s">
         <v>200</v>
       </c>
       <c r="D118" s="32" t="s">
         <v>201</v>
       </c>
       <c r="E118" s="33">
         <v>60</v>
       </c>
       <c r="F118" s="33">
         <v>60</v>
       </c>
       <c r="G118" s="33">
         <v>1500</v>
       </c>
       <c r="H118" s="32" t="s">
         <v>380</v>
       </c>
       <c r="I118" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J118" s="35">
-        <v>25.07</v>
+        <v>25.34</v>
       </c>
       <c r="K118" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A119" s="30" t="s">
         <v>381</v>
       </c>
       <c r="B119" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C119" s="32" t="s">
         <v>204</v>
       </c>
       <c r="D119" s="32" t="s">
         <v>205</v>
       </c>
       <c r="E119" s="33">
         <v>100</v>
       </c>
       <c r="F119" s="33">
         <v>0</v>
       </c>
       <c r="G119" s="33">
         <v>1400</v>
       </c>
       <c r="H119" s="32" t="s">
         <v>382</v>
       </c>
       <c r="I119" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J119" s="35">
-        <v>25.07</v>
+        <v>25.34</v>
       </c>
       <c r="K119" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A120" s="30" t="s">
         <v>383</v>
       </c>
       <c r="B120" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C120" s="32" t="s">
         <v>384</v>
       </c>
       <c r="D120" s="32" t="s">
         <v>385</v>
       </c>
       <c r="E120" s="33">
         <v>20</v>
       </c>
       <c r="F120" s="33">
         <v>500</v>
       </c>
       <c r="G120" s="33">
         <v>0</v>
       </c>
       <c r="H120" s="32" t="s">
         <v>386</v>
       </c>
       <c r="I120" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J120" s="35">
-        <v>38.07</v>
+        <v>38.479999999999997</v>
       </c>
       <c r="K120" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A121" s="30" t="s">
         <v>387</v>
       </c>
       <c r="B121" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C121" s="32" t="s">
         <v>212</v>
       </c>
       <c r="D121" s="32" t="s">
         <v>213</v>
       </c>
       <c r="E121" s="33">
         <v>60</v>
       </c>
       <c r="F121" s="33">
         <v>60</v>
       </c>
       <c r="G121" s="33">
         <v>360</v>
       </c>
       <c r="H121" s="32" t="s">
         <v>388</v>
       </c>
       <c r="I121" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J121" s="35">
-        <v>34.07</v>
+        <v>34.43</v>
       </c>
       <c r="K121" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A122" s="30" t="s">
         <v>389</v>
       </c>
       <c r="B122" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C122" s="32" t="s">
         <v>216</v>
       </c>
       <c r="D122" s="32" t="s">
         <v>217</v>
       </c>
       <c r="E122" s="33">
         <v>100</v>
       </c>
       <c r="F122" s="33">
         <v>100</v>
       </c>
       <c r="G122" s="33">
         <v>1200</v>
       </c>
       <c r="H122" s="32" t="s">
         <v>390</v>
       </c>
       <c r="I122" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J122" s="35">
-        <v>34.07</v>
+        <v>34.43</v>
       </c>
       <c r="K122" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A123" s="30" t="s">
         <v>391</v>
       </c>
       <c r="B123" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C123" s="32" t="s">
         <v>220</v>
       </c>
       <c r="D123" s="32" t="s">
         <v>221</v>
       </c>
       <c r="E123" s="33">
         <v>20</v>
       </c>
       <c r="F123" s="33">
         <v>320</v>
       </c>
       <c r="G123" s="33">
         <v>0</v>
       </c>
       <c r="H123" s="32" t="s">
         <v>392</v>
       </c>
       <c r="I123" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J123" s="35">
-        <v>51.36</v>
+        <v>51.91</v>
       </c>
       <c r="K123" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A124" s="30" t="s">
         <v>393</v>
       </c>
       <c r="B124" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C124" s="32" t="s">
         <v>224</v>
       </c>
       <c r="D124" s="32" t="s">
         <v>225</v>
       </c>
       <c r="E124" s="33">
         <v>60</v>
       </c>
       <c r="F124" s="33">
         <v>60</v>
       </c>
       <c r="G124" s="33">
         <v>720</v>
       </c>
       <c r="H124" s="32" t="s">
         <v>394</v>
       </c>
       <c r="I124" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J124" s="35">
-        <v>43.85</v>
+        <v>44.31</v>
       </c>
       <c r="K124" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A125" s="30" t="s">
         <v>395</v>
       </c>
       <c r="B125" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C125" s="32" t="s">
         <v>228</v>
       </c>
       <c r="D125" s="32" t="s">
         <v>229</v>
       </c>
       <c r="E125" s="33">
         <v>100</v>
       </c>
       <c r="F125" s="33">
         <v>0</v>
       </c>
       <c r="G125" s="33">
         <v>1200</v>
       </c>
       <c r="H125" s="32" t="s">
         <v>396</v>
       </c>
       <c r="I125" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J125" s="35">
-        <v>43.85</v>
+        <v>44.31</v>
       </c>
       <c r="K125" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A126" s="30" t="s">
         <v>397</v>
       </c>
       <c r="B126" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C126" s="32" t="s">
         <v>232</v>
       </c>
       <c r="D126" s="32" t="s">
         <v>233</v>
       </c>
       <c r="E126" s="33">
         <v>20</v>
       </c>
       <c r="F126" s="33">
         <v>180</v>
       </c>
       <c r="G126" s="33">
         <v>0</v>
       </c>
       <c r="H126" s="32" t="s">
         <v>398</v>
       </c>
       <c r="I126" s="34">
         <v>1.75</v>
       </c>
       <c r="J126" s="35">
-        <v>80.92</v>
+        <v>81.78</v>
       </c>
       <c r="K126" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A127" s="30" t="s">
         <v>399</v>
       </c>
       <c r="B127" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C127" s="32" t="s">
         <v>400</v>
       </c>
       <c r="D127" s="32" t="s">
         <v>401</v>
       </c>
       <c r="E127" s="33">
         <v>40</v>
       </c>
       <c r="F127" s="33">
         <v>0</v>
       </c>
       <c r="G127" s="33">
         <v>400</v>
       </c>
       <c r="H127" s="32" t="s">
         <v>402</v>
       </c>
       <c r="I127" s="34">
         <v>1.75</v>
       </c>
       <c r="J127" s="35">
-        <v>69.819999999999993</v>
+        <v>70.56</v>
       </c>
       <c r="K127" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A128" s="30" t="s">
         <v>403</v>
       </c>
       <c r="B128" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C128" s="32" t="s">
         <v>404</v>
       </c>
       <c r="D128" s="32" t="s">
         <v>405</v>
       </c>
       <c r="E128" s="33">
         <v>20</v>
       </c>
       <c r="F128" s="33">
         <v>120</v>
       </c>
       <c r="G128" s="33">
         <v>0</v>
       </c>
       <c r="H128" s="32">
         <v>685768234487</v>
       </c>
       <c r="I128" s="34">
         <v>2.48</v>
       </c>
       <c r="J128" s="35">
-        <v>113.12</v>
+        <v>114.32</v>
       </c>
       <c r="K128" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A129" s="30" t="s">
         <v>406</v>
       </c>
       <c r="B129" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C129" s="32" t="s">
         <v>407</v>
       </c>
       <c r="D129" s="32" t="s">
         <v>408</v>
       </c>
       <c r="E129" s="33">
         <v>20</v>
       </c>
       <c r="F129" s="33">
         <v>80</v>
       </c>
       <c r="G129" s="33">
         <v>0</v>
       </c>
       <c r="H129" s="32"/>
       <c r="I129" s="34">
         <v>3.33</v>
       </c>
       <c r="J129" s="35">
-        <v>151.28</v>
+        <v>152.88</v>
       </c>
       <c r="K129" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A130" s="30" t="s">
         <v>409</v>
       </c>
       <c r="B130" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C130" s="32" t="s">
         <v>27</v>
       </c>
       <c r="D130" s="32" t="s">
         <v>28</v>
       </c>
       <c r="E130" s="33">
         <v>10</v>
       </c>
       <c r="F130" s="33">
         <v>250</v>
       </c>
       <c r="G130" s="33">
         <v>6500</v>
       </c>
       <c r="H130" s="32" t="s">
         <v>411</v>
       </c>
       <c r="I130" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J130" s="35">
-        <v>5.78</v>
+        <v>5.84</v>
       </c>
       <c r="K130" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A131" s="30" t="s">
         <v>412</v>
       </c>
       <c r="B131" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C131" s="32" t="s">
         <v>31</v>
       </c>
       <c r="D131" s="32" t="s">
         <v>32</v>
       </c>
       <c r="E131" s="33">
         <v>20</v>
       </c>
       <c r="F131" s="33">
         <v>500</v>
       </c>
       <c r="G131" s="33">
         <v>13000</v>
       </c>
       <c r="H131" s="32" t="s">
         <v>413</v>
       </c>
       <c r="I131" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J131" s="35">
-        <v>5.78</v>
+        <v>5.84</v>
       </c>
       <c r="K131" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A132" s="30" t="s">
         <v>414</v>
       </c>
       <c r="B132" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C132" s="32" t="s">
         <v>35</v>
       </c>
       <c r="D132" s="32" t="s">
         <v>36</v>
       </c>
       <c r="E132" s="33">
         <v>10</v>
       </c>
       <c r="F132" s="33">
         <v>250</v>
       </c>
       <c r="G132" s="33">
         <v>4500</v>
       </c>
       <c r="H132" s="32" t="s">
         <v>415</v>
       </c>
       <c r="I132" s="34">
         <v>0.20399999999999999</v>
       </c>
       <c r="J132" s="35">
-        <v>4.9400000000000004</v>
+        <v>4.99</v>
       </c>
       <c r="K132" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A133" s="30" t="s">
         <v>416</v>
       </c>
       <c r="B133" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C133" s="32" t="s">
         <v>39</v>
       </c>
       <c r="D133" s="32" t="s">
         <v>40</v>
       </c>
       <c r="E133" s="33">
         <v>20</v>
       </c>
       <c r="F133" s="33">
         <v>500</v>
       </c>
       <c r="G133" s="33">
         <v>9000</v>
       </c>
       <c r="H133" s="32" t="s">
         <v>417</v>
       </c>
       <c r="I133" s="34">
         <v>0.20399999999999999</v>
       </c>
       <c r="J133" s="35">
-        <v>4.9400000000000004</v>
+        <v>4.99</v>
       </c>
       <c r="K133" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A134" s="30" t="s">
         <v>418</v>
       </c>
       <c r="B134" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C134" s="32" t="s">
         <v>43</v>
       </c>
       <c r="D134" s="32" t="s">
         <v>44</v>
       </c>
       <c r="E134" s="33">
         <v>10</v>
       </c>
       <c r="F134" s="33">
         <v>100</v>
       </c>
       <c r="G134" s="33">
         <v>3000</v>
       </c>
       <c r="H134" s="32" t="s">
         <v>419</v>
       </c>
       <c r="I134" s="34">
         <v>0.26300000000000001</v>
       </c>
       <c r="J134" s="35">
-        <v>9.64</v>
+        <v>9.74</v>
       </c>
       <c r="K134" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A135" s="30" t="s">
         <v>420</v>
       </c>
       <c r="B135" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C135" s="32" t="s">
         <v>47</v>
       </c>
       <c r="D135" s="32" t="s">
         <v>48</v>
       </c>
       <c r="E135" s="33">
         <v>20</v>
       </c>
       <c r="F135" s="33">
         <v>200</v>
       </c>
       <c r="G135" s="33">
         <v>6000</v>
       </c>
       <c r="H135" s="32" t="s">
         <v>421</v>
       </c>
       <c r="I135" s="34">
         <v>0.26300000000000001</v>
       </c>
       <c r="J135" s="35">
-        <v>9.64</v>
+        <v>9.74</v>
       </c>
       <c r="K135" s="35">
         <f t="shared" ref="K135:K198" si="2">ROUND(J135*$B$4,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A136" s="30" t="s">
         <v>422</v>
       </c>
       <c r="B136" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C136" s="32" t="s">
         <v>51</v>
       </c>
       <c r="D136" s="32" t="s">
         <v>52</v>
       </c>
       <c r="E136" s="33">
         <v>10</v>
       </c>
       <c r="F136" s="33">
         <v>100</v>
       </c>
       <c r="G136" s="33">
         <v>3000</v>
       </c>
       <c r="H136" s="32" t="s">
         <v>423</v>
       </c>
       <c r="I136" s="34">
         <v>0.32800000000000001</v>
       </c>
       <c r="J136" s="35">
-        <v>7.99</v>
+        <v>8.07</v>
       </c>
       <c r="K136" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A137" s="37" t="s">
         <v>424</v>
       </c>
       <c r="B137" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C137" s="37" t="s">
         <v>55</v>
       </c>
       <c r="D137" s="37" t="s">
         <v>56</v>
       </c>
       <c r="E137" s="33">
         <v>20</v>
       </c>
       <c r="F137" s="33">
         <v>200</v>
       </c>
       <c r="G137" s="33">
         <v>6000</v>
       </c>
       <c r="H137" s="36" t="s">
         <v>425</v>
       </c>
       <c r="I137" s="30">
         <v>0.32800000000000001</v>
       </c>
       <c r="J137" s="35">
-        <v>7.99</v>
+        <v>8.07</v>
       </c>
       <c r="K137" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A138" s="30" t="s">
         <v>426</v>
       </c>
       <c r="B138" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C138" s="32" t="s">
         <v>59</v>
       </c>
       <c r="D138" s="32" t="s">
         <v>60</v>
       </c>
       <c r="E138" s="33">
         <v>10</v>
       </c>
       <c r="F138" s="33">
         <v>50</v>
       </c>
       <c r="G138" s="33">
         <v>2000</v>
       </c>
       <c r="H138" s="36" t="s">
         <v>427</v>
       </c>
       <c r="I138" s="34">
         <v>0.46400000000000002</v>
       </c>
       <c r="J138" s="35">
-        <v>12.2</v>
+        <v>12.33</v>
       </c>
       <c r="K138" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A139" s="30" t="s">
         <v>428</v>
       </c>
       <c r="B139" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C139" s="32" t="s">
         <v>63</v>
       </c>
       <c r="D139" s="32" t="s">
         <v>64</v>
       </c>
       <c r="E139" s="33">
         <v>20</v>
       </c>
       <c r="F139" s="33">
         <v>100</v>
       </c>
       <c r="G139" s="33">
         <v>4000</v>
       </c>
       <c r="H139" s="32" t="s">
         <v>429</v>
       </c>
       <c r="I139" s="34">
         <v>0.46400000000000002</v>
       </c>
       <c r="J139" s="35">
-        <v>12.2</v>
+        <v>12.33</v>
       </c>
       <c r="K139" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A140" s="30" t="s">
         <v>430</v>
       </c>
       <c r="B140" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C140" s="32" t="s">
         <v>67</v>
       </c>
       <c r="D140" s="32" t="s">
         <v>68</v>
       </c>
       <c r="E140" s="33">
         <v>10</v>
       </c>
       <c r="F140" s="33">
         <v>50</v>
       </c>
       <c r="G140" s="33">
         <v>1400</v>
       </c>
       <c r="H140" s="32" t="s">
         <v>431</v>
       </c>
       <c r="I140" s="34">
         <v>0.68200000000000005</v>
       </c>
       <c r="J140" s="35">
-        <v>24.62</v>
+        <v>24.88</v>
       </c>
       <c r="K140" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A141" s="30" t="s">
         <v>432</v>
       </c>
       <c r="B141" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C141" s="32" t="s">
         <v>71</v>
       </c>
       <c r="D141" s="32" t="s">
         <v>72</v>
       </c>
       <c r="E141" s="33">
         <v>20</v>
       </c>
       <c r="F141" s="33">
         <v>100</v>
       </c>
       <c r="G141" s="33">
         <v>2800</v>
       </c>
       <c r="H141" s="32" t="s">
         <v>433</v>
       </c>
       <c r="I141" s="34">
         <v>0.68200000000000005</v>
       </c>
       <c r="J141" s="35">
-        <v>24.62</v>
+        <v>24.88</v>
       </c>
       <c r="K141" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A142" s="30" t="s">
         <v>434</v>
       </c>
       <c r="B142" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C142" s="32" t="s">
         <v>75</v>
       </c>
       <c r="D142" s="32" t="s">
         <v>76</v>
       </c>
       <c r="E142" s="33">
         <v>10</v>
       </c>
       <c r="F142" s="33">
         <v>50</v>
       </c>
       <c r="G142" s="33">
         <v>900</v>
       </c>
       <c r="H142" s="32" t="s">
         <v>435</v>
       </c>
       <c r="I142" s="34">
         <v>0.94</v>
       </c>
       <c r="J142" s="35">
-        <v>33.880000000000003</v>
+        <v>34.24</v>
       </c>
       <c r="K142" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A143" s="30" t="s">
         <v>436</v>
       </c>
       <c r="B143" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C143" s="32" t="s">
         <v>79</v>
       </c>
       <c r="D143" s="32" t="s">
         <v>80</v>
       </c>
       <c r="E143" s="33">
         <v>20</v>
       </c>
       <c r="F143" s="33">
         <v>100</v>
       </c>
       <c r="G143" s="33">
         <v>1800</v>
       </c>
       <c r="H143" s="32" t="s">
         <v>437</v>
       </c>
       <c r="I143" s="34">
         <v>0.94</v>
       </c>
       <c r="J143" s="35">
-        <v>33.880000000000003</v>
+        <v>34.24</v>
       </c>
       <c r="K143" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A144" s="30" t="s">
         <v>438</v>
       </c>
       <c r="B144" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C144" s="32" t="s">
         <v>83</v>
       </c>
       <c r="D144" s="32" t="s">
         <v>84</v>
       </c>
       <c r="E144" s="33">
         <v>10</v>
       </c>
       <c r="F144" s="33">
         <v>0</v>
       </c>
       <c r="G144" s="33">
         <v>600</v>
       </c>
       <c r="H144" s="32" t="s">
         <v>439</v>
       </c>
       <c r="I144" s="34">
         <v>1.46</v>
       </c>
       <c r="J144" s="35">
-        <v>52.1</v>
+        <v>52.65</v>
       </c>
       <c r="K144" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A145" s="30" t="s">
         <v>440</v>
       </c>
       <c r="B145" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C145" s="32" t="s">
         <v>87</v>
       </c>
       <c r="D145" s="32" t="s">
         <v>88</v>
       </c>
       <c r="E145" s="33">
         <v>20</v>
       </c>
       <c r="F145" s="33">
         <v>0</v>
       </c>
       <c r="G145" s="33">
         <v>1200</v>
       </c>
       <c r="H145" s="32" t="s">
         <v>441</v>
       </c>
       <c r="I145" s="34">
         <v>1.46</v>
       </c>
       <c r="J145" s="35">
-        <v>52.1</v>
+        <v>52.65</v>
       </c>
       <c r="K145" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A146" s="30" t="s">
         <v>442</v>
       </c>
       <c r="B146" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C146" s="32" t="s">
         <v>91</v>
       </c>
       <c r="D146" s="32" t="s">
         <v>92</v>
       </c>
       <c r="E146" s="33">
         <v>10</v>
       </c>
       <c r="F146" s="33">
         <v>0</v>
       </c>
       <c r="G146" s="33">
         <v>440</v>
       </c>
       <c r="H146" s="32" t="s">
         <v>443</v>
       </c>
       <c r="I146" s="34">
         <v>2.0299999999999998</v>
       </c>
       <c r="J146" s="35">
-        <v>76.88</v>
+        <v>77.7</v>
       </c>
       <c r="K146" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A147" s="30" t="s">
         <v>444</v>
       </c>
       <c r="B147" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C147" s="32" t="s">
         <v>95</v>
       </c>
       <c r="D147" s="32" t="s">
         <v>96</v>
       </c>
       <c r="E147" s="33">
         <v>20</v>
       </c>
       <c r="F147" s="33">
         <v>0</v>
       </c>
       <c r="G147" s="33">
         <v>880</v>
       </c>
       <c r="H147" s="32" t="s">
         <v>445</v>
       </c>
       <c r="I147" s="34">
         <v>2.0299999999999998</v>
       </c>
       <c r="J147" s="35">
-        <v>76.88</v>
+        <v>77.7</v>
       </c>
       <c r="K147" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A148" s="30" t="s">
         <v>446</v>
       </c>
       <c r="B148" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C148" s="32" t="s">
         <v>99</v>
       </c>
       <c r="D148" s="32" t="s">
         <v>100</v>
       </c>
       <c r="E148" s="33">
         <v>10</v>
       </c>
       <c r="F148" s="33">
         <v>0</v>
       </c>
       <c r="G148" s="33">
         <v>320</v>
       </c>
       <c r="H148" s="32" t="s">
         <v>447</v>
       </c>
       <c r="I148" s="34">
         <v>2.68</v>
       </c>
       <c r="J148" s="35">
-        <v>102.05</v>
+        <v>103.13</v>
       </c>
       <c r="K148" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A149" s="30" t="s">
         <v>448</v>
       </c>
       <c r="B149" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C149" s="32" t="s">
         <v>103</v>
       </c>
       <c r="D149" s="32" t="s">
         <v>104</v>
       </c>
       <c r="E149" s="33">
         <v>20</v>
       </c>
       <c r="F149" s="33">
         <v>0</v>
       </c>
       <c r="G149" s="33">
         <v>640</v>
       </c>
       <c r="H149" s="32" t="s">
         <v>449</v>
       </c>
       <c r="I149" s="34">
         <v>2.68</v>
       </c>
       <c r="J149" s="35">
-        <v>102.05</v>
+        <v>103.13</v>
       </c>
       <c r="K149" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A150" s="30" t="s">
         <v>450</v>
       </c>
       <c r="B150" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C150" s="32" t="s">
         <v>297</v>
       </c>
       <c r="D150" s="32" t="s">
         <v>298</v>
       </c>
       <c r="E150" s="33">
         <v>10</v>
       </c>
       <c r="F150" s="33">
         <v>0</v>
       </c>
       <c r="G150" s="33">
         <v>240</v>
       </c>
       <c r="H150" s="36" t="s">
         <v>451</v>
       </c>
       <c r="I150" s="34">
         <v>3.58</v>
       </c>
       <c r="J150" s="35">
-        <v>137.94999999999999</v>
+        <v>139.41</v>
       </c>
       <c r="K150" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A151" s="30" t="s">
         <v>452</v>
       </c>
       <c r="B151" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C151" s="32" t="s">
         <v>107</v>
       </c>
       <c r="D151" s="32" t="s">
         <v>108</v>
       </c>
       <c r="E151" s="33">
         <v>20</v>
       </c>
       <c r="F151" s="33">
         <v>0</v>
       </c>
       <c r="G151" s="33">
         <v>480</v>
       </c>
       <c r="H151" s="32" t="s">
         <v>453</v>
       </c>
       <c r="I151" s="34">
         <v>3.58</v>
       </c>
       <c r="J151" s="35">
-        <v>137.94999999999999</v>
+        <v>139.41</v>
       </c>
       <c r="K151" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A152" s="30" t="s">
         <v>454</v>
       </c>
       <c r="B152" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C152" s="32" t="s">
         <v>111</v>
       </c>
       <c r="D152" s="32" t="s">
         <v>112</v>
       </c>
       <c r="E152" s="33">
         <v>10</v>
       </c>
       <c r="F152" s="33">
         <v>10</v>
       </c>
       <c r="G152" s="33">
         <v>140</v>
       </c>
       <c r="H152" s="32" t="s">
         <v>455</v>
       </c>
       <c r="I152" s="34">
         <v>4.66</v>
       </c>
       <c r="J152" s="35">
-        <v>188.06</v>
+        <v>190.06</v>
       </c>
       <c r="K152" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A153" s="30" t="s">
         <v>456</v>
       </c>
       <c r="B153" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C153" s="32" t="s">
         <v>115</v>
       </c>
       <c r="D153" s="32" t="s">
         <v>116</v>
       </c>
       <c r="E153" s="33">
         <v>20</v>
       </c>
       <c r="F153" s="33">
         <v>0</v>
       </c>
       <c r="G153" s="33">
         <v>360</v>
       </c>
       <c r="H153" s="32" t="s">
         <v>457</v>
       </c>
       <c r="I153" s="34">
         <v>4.66</v>
       </c>
       <c r="J153" s="35">
-        <v>188.06</v>
+        <v>190.06</v>
       </c>
       <c r="K153" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A154" s="30" t="s">
         <v>458</v>
       </c>
       <c r="B154" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C154" s="32" t="s">
         <v>307</v>
       </c>
       <c r="D154" s="32" t="s">
         <v>308</v>
       </c>
       <c r="E154" s="33">
         <v>10</v>
       </c>
       <c r="F154" s="33">
         <v>20</v>
       </c>
       <c r="G154" s="33">
         <v>150</v>
       </c>
       <c r="H154" s="36" t="s">
         <v>459</v>
       </c>
       <c r="I154" s="34">
         <v>6.65</v>
       </c>
       <c r="J154" s="35">
-        <v>276.62</v>
+        <v>276.5</v>
       </c>
       <c r="K154" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A155" s="30" t="s">
         <v>460</v>
       </c>
       <c r="B155" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C155" s="32" t="s">
         <v>461</v>
       </c>
       <c r="D155" s="32" t="s">
         <v>120</v>
       </c>
       <c r="E155" s="33">
         <v>20</v>
       </c>
       <c r="F155" s="33">
         <v>0</v>
       </c>
       <c r="G155" s="33">
         <v>300</v>
       </c>
       <c r="H155" s="32" t="s">
         <v>462</v>
       </c>
       <c r="I155" s="34">
         <v>6.65</v>
       </c>
       <c r="J155" s="35">
-        <v>276.62</v>
+        <v>276.5</v>
       </c>
       <c r="K155" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A156" s="30" t="s">
         <v>463</v>
       </c>
       <c r="B156" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C156" s="32" t="s">
         <v>313</v>
       </c>
       <c r="D156" s="32" t="s">
         <v>314</v>
       </c>
       <c r="E156" s="33">
         <v>10</v>
       </c>
       <c r="F156" s="33">
         <v>20</v>
       </c>
       <c r="G156" s="33">
         <v>0</v>
       </c>
       <c r="H156" s="32" t="s">
         <v>464</v>
       </c>
       <c r="I156" s="34">
         <v>8.91</v>
       </c>
       <c r="J156" s="35">
-        <v>375.9</v>
+        <v>375.75</v>
       </c>
       <c r="K156" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A157" s="30" t="s">
         <v>465</v>
       </c>
       <c r="B157" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C157" s="32" t="s">
         <v>466</v>
       </c>
       <c r="D157" s="32" t="s">
         <v>124</v>
       </c>
       <c r="E157" s="33">
         <v>20</v>
       </c>
       <c r="F157" s="33">
         <v>0</v>
       </c>
       <c r="G157" s="33">
         <v>200</v>
       </c>
       <c r="H157" s="32" t="s">
         <v>467</v>
       </c>
       <c r="I157" s="34">
         <v>8.91</v>
       </c>
       <c r="J157" s="35">
-        <v>375.9</v>
+        <v>375.75</v>
       </c>
       <c r="K157" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A158" s="30" t="s">
         <v>468</v>
       </c>
       <c r="B158" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C158" s="32" t="s">
         <v>469</v>
       </c>
       <c r="D158" s="32" t="s">
         <v>132</v>
       </c>
       <c r="E158" s="33">
         <v>20</v>
       </c>
       <c r="F158" s="33">
         <v>0</v>
       </c>
       <c r="G158" s="33">
         <v>100</v>
       </c>
       <c r="H158" s="32" t="s">
         <v>470</v>
       </c>
       <c r="I158" s="34">
         <v>16.46</v>
       </c>
       <c r="J158" s="35">
-        <v>712.63</v>
+        <v>712.34</v>
       </c>
       <c r="K158" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A159" s="30" t="s">
         <v>471</v>
       </c>
       <c r="B159" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C159" s="32" t="s">
         <v>67</v>
       </c>
       <c r="D159" s="32" t="s">
         <v>68</v>
       </c>
       <c r="E159" s="33">
         <v>10</v>
       </c>
       <c r="F159" s="33">
         <v>50</v>
       </c>
       <c r="G159" s="33">
         <v>1400</v>
       </c>
       <c r="H159" s="32" t="s">
         <v>473</v>
       </c>
       <c r="I159" s="34">
         <v>0.65</v>
       </c>
       <c r="J159" s="35">
-        <v>26.14</v>
+        <v>26.41</v>
       </c>
       <c r="K159" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A160" s="30" t="s">
         <v>474</v>
       </c>
       <c r="B160" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C160" s="32" t="s">
         <v>71</v>
       </c>
       <c r="D160" s="32" t="s">
         <v>72</v>
       </c>
       <c r="E160" s="33">
         <v>20</v>
       </c>
       <c r="F160" s="33">
         <v>100</v>
       </c>
       <c r="G160" s="33">
         <v>2800</v>
       </c>
       <c r="H160" s="32" t="s">
         <v>475</v>
       </c>
       <c r="I160" s="34">
         <v>0.65</v>
       </c>
       <c r="J160" s="35">
-        <v>26.14</v>
+        <v>26.41</v>
       </c>
       <c r="K160" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A161" s="30" t="s">
         <v>476</v>
       </c>
       <c r="B161" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C161" s="32" t="s">
         <v>75</v>
       </c>
       <c r="D161" s="32" t="s">
         <v>76</v>
       </c>
       <c r="E161" s="33">
         <v>10</v>
       </c>
       <c r="F161" s="33">
         <v>50</v>
       </c>
       <c r="G161" s="33">
         <v>1100</v>
       </c>
       <c r="H161" s="32" t="s">
         <v>477</v>
       </c>
       <c r="I161" s="34">
         <v>0.80900000000000005</v>
       </c>
       <c r="J161" s="35">
-        <v>32.79</v>
+        <v>33.14</v>
       </c>
       <c r="K161" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A162" s="30" t="s">
         <v>478</v>
       </c>
       <c r="B162" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C162" s="32" t="s">
         <v>79</v>
       </c>
       <c r="D162" s="32" t="s">
         <v>80</v>
       </c>
       <c r="E162" s="33">
         <v>20</v>
       </c>
       <c r="F162" s="33">
         <v>100</v>
       </c>
       <c r="G162" s="33">
         <v>2200</v>
       </c>
       <c r="H162" s="32" t="s">
         <v>479</v>
       </c>
       <c r="I162" s="34">
         <v>0.80900000000000005</v>
       </c>
       <c r="J162" s="35">
-        <v>32.79</v>
+        <v>33.14</v>
       </c>
       <c r="K162" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A163" s="30" t="s">
         <v>480</v>
       </c>
       <c r="B163" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C163" s="32" t="s">
         <v>83</v>
       </c>
       <c r="D163" s="32" t="s">
         <v>84</v>
       </c>
       <c r="E163" s="33">
         <v>10</v>
       </c>
       <c r="F163" s="33">
         <v>0</v>
       </c>
       <c r="G163" s="33">
         <v>420</v>
       </c>
       <c r="H163" s="32" t="s">
         <v>481</v>
       </c>
       <c r="I163" s="34">
         <v>1.06</v>
       </c>
       <c r="J163" s="35">
-        <v>43.04</v>
+        <v>43.5</v>
       </c>
       <c r="K163" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A164" s="30" t="s">
         <v>482</v>
       </c>
       <c r="B164" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C164" s="32" t="s">
         <v>87</v>
       </c>
       <c r="D164" s="32" t="s">
         <v>88</v>
       </c>
       <c r="E164" s="33">
         <v>20</v>
       </c>
       <c r="F164" s="33">
         <v>0</v>
       </c>
       <c r="G164" s="33">
         <v>840</v>
       </c>
       <c r="H164" s="32" t="s">
         <v>483</v>
       </c>
       <c r="I164" s="34">
         <v>1.06</v>
       </c>
       <c r="J164" s="35">
-        <v>43.04</v>
+        <v>43.5</v>
       </c>
       <c r="K164" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A165" s="30" t="s">
         <v>484</v>
       </c>
       <c r="B165" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C165" s="32" t="s">
         <v>99</v>
       </c>
       <c r="D165" s="32" t="s">
         <v>100</v>
       </c>
       <c r="E165" s="33">
         <v>10</v>
       </c>
       <c r="F165" s="33">
         <v>20</v>
       </c>
       <c r="G165" s="33">
         <v>280</v>
       </c>
       <c r="H165" s="32" t="s">
         <v>485</v>
       </c>
       <c r="I165" s="34">
         <v>1.69</v>
       </c>
       <c r="J165" s="35">
-        <v>76</v>
+        <v>76.81</v>
       </c>
       <c r="K165" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A166" s="30" t="s">
         <v>486</v>
       </c>
       <c r="B166" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C166" s="32" t="s">
         <v>103</v>
       </c>
       <c r="D166" s="32" t="s">
         <v>104</v>
       </c>
       <c r="E166" s="33">
         <v>20</v>
       </c>
       <c r="F166" s="33">
         <v>0</v>
       </c>
       <c r="G166" s="33">
         <v>560</v>
       </c>
       <c r="H166" s="32" t="s">
         <v>487</v>
       </c>
       <c r="I166" s="34">
         <v>1.69</v>
       </c>
       <c r="J166" s="35">
-        <v>76</v>
+        <v>76.81</v>
       </c>
       <c r="K166" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A167" s="30" t="s">
         <v>488</v>
       </c>
       <c r="B167" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C167" s="32" t="s">
         <v>111</v>
       </c>
       <c r="D167" s="32" t="s">
         <v>112</v>
       </c>
       <c r="E167" s="33">
         <v>10</v>
       </c>
       <c r="F167" s="33">
         <v>0</v>
       </c>
       <c r="G167" s="33">
         <v>200</v>
       </c>
       <c r="H167" s="32" t="s">
         <v>489</v>
       </c>
       <c r="I167" s="34">
         <v>2.87</v>
       </c>
       <c r="J167" s="35">
-        <v>132.34</v>
+        <v>133.74</v>
       </c>
       <c r="K167" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A168" s="30" t="s">
         <v>490</v>
       </c>
       <c r="B168" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C168" s="32" t="s">
         <v>115</v>
       </c>
       <c r="D168" s="32" t="s">
         <v>116</v>
       </c>
       <c r="E168" s="33">
         <v>20</v>
       </c>
       <c r="F168" s="33">
         <v>0</v>
       </c>
       <c r="G168" s="33">
         <v>400</v>
       </c>
       <c r="H168" s="32" t="s">
         <v>491</v>
       </c>
       <c r="I168" s="34">
         <v>2.87</v>
       </c>
       <c r="J168" s="35">
-        <v>132.34</v>
+        <v>133.74</v>
       </c>
       <c r="K168" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A169" s="30" t="s">
         <v>492</v>
       </c>
       <c r="B169" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C169" s="32" t="s">
         <v>307</v>
       </c>
       <c r="D169" s="32" t="s">
         <v>308</v>
       </c>
       <c r="E169" s="33">
         <v>10</v>
       </c>
       <c r="F169" s="33">
         <v>0</v>
       </c>
       <c r="G169" s="33">
         <v>150</v>
       </c>
       <c r="H169" s="32" t="s">
         <v>493</v>
       </c>
       <c r="I169" s="34">
         <v>4.43</v>
       </c>
       <c r="J169" s="35">
-        <v>248.8</v>
+        <v>248.7</v>
       </c>
       <c r="K169" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A170" s="30" t="s">
         <v>494</v>
       </c>
       <c r="B170" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C170" s="32" t="s">
         <v>119</v>
       </c>
       <c r="D170" s="32" t="s">
         <v>120</v>
       </c>
       <c r="E170" s="33">
         <v>20</v>
       </c>
       <c r="F170" s="33">
         <v>0</v>
       </c>
       <c r="G170" s="33">
         <v>300</v>
       </c>
       <c r="H170" s="32" t="s">
         <v>495</v>
       </c>
       <c r="I170" s="34">
         <v>4.43</v>
       </c>
       <c r="J170" s="35">
-        <v>248.8</v>
+        <v>248.7</v>
       </c>
       <c r="K170" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A171" s="30" t="s">
         <v>496</v>
       </c>
       <c r="B171" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C171" s="32" t="s">
         <v>313</v>
       </c>
       <c r="D171" s="32" t="s">
         <v>314</v>
       </c>
       <c r="E171" s="33">
         <v>10</v>
       </c>
       <c r="F171" s="33">
         <v>20</v>
       </c>
       <c r="G171" s="33">
         <v>0</v>
       </c>
       <c r="H171" s="36" t="s">
         <v>497</v>
       </c>
       <c r="I171" s="34">
         <v>6.1</v>
       </c>
       <c r="J171" s="35">
-        <v>345.06</v>
+        <v>344.92</v>
       </c>
       <c r="K171" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A172" s="30" t="s">
         <v>498</v>
       </c>
       <c r="B172" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C172" s="32" t="s">
         <v>499</v>
       </c>
       <c r="D172" s="32" t="s">
         <v>124</v>
       </c>
       <c r="E172" s="33">
         <v>20</v>
       </c>
       <c r="F172" s="33">
         <v>0</v>
       </c>
       <c r="G172" s="33">
         <v>200</v>
       </c>
       <c r="H172" s="32" t="s">
         <v>500</v>
       </c>
       <c r="I172" s="34">
         <v>6.1</v>
       </c>
       <c r="J172" s="35">
-        <v>345.06</v>
+        <v>344.92</v>
       </c>
       <c r="K172" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A173" s="30" t="s">
         <v>501</v>
       </c>
       <c r="B173" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C173" s="32" t="s">
         <v>503</v>
       </c>
       <c r="D173" s="32" t="s">
         <v>503</v>
       </c>
       <c r="E173" s="33">
         <v>10</v>
       </c>
       <c r="F173" s="33">
         <v>500</v>
       </c>
       <c r="G173" s="33">
         <v>500</v>
       </c>
       <c r="H173" s="36" t="s">
         <v>504</v>
       </c>
       <c r="I173" s="34">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="J173" s="35">
-        <v>7.08</v>
+        <v>7.16</v>
       </c>
       <c r="K173" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A174" s="30" t="s">
         <v>505</v>
       </c>
       <c r="B174" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C174" s="32" t="s">
         <v>506</v>
       </c>
       <c r="D174" s="32" t="s">
         <v>506</v>
       </c>
       <c r="E174" s="33">
         <v>10</v>
       </c>
       <c r="F174" s="33">
         <v>250</v>
       </c>
       <c r="G174" s="33">
         <v>6000</v>
       </c>
       <c r="H174" s="32" t="s">
         <v>507</v>
       </c>
       <c r="I174" s="34">
         <v>0.126</v>
       </c>
       <c r="J174" s="35">
-        <v>5.35</v>
+        <v>5.4</v>
       </c>
       <c r="K174" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A175" s="30" t="s">
         <v>508</v>
       </c>
       <c r="B175" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C175" s="32" t="s">
         <v>509</v>
       </c>
       <c r="D175" s="32" t="s">
         <v>509</v>
       </c>
       <c r="E175" s="33">
         <v>20</v>
       </c>
       <c r="F175" s="33">
         <v>500</v>
       </c>
       <c r="G175" s="33">
         <v>12000</v>
       </c>
       <c r="H175" s="32" t="s">
         <v>510</v>
       </c>
       <c r="I175" s="34">
         <v>0.126</v>
       </c>
       <c r="J175" s="35">
-        <v>5.35</v>
+        <v>5.4</v>
       </c>
       <c r="K175" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A176" s="30" t="s">
         <v>511</v>
       </c>
       <c r="B176" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C176" s="32" t="s">
         <v>512</v>
       </c>
       <c r="D176" s="32" t="s">
         <v>512</v>
       </c>
       <c r="E176" s="33">
         <v>10</v>
       </c>
       <c r="F176" s="33">
         <v>250</v>
       </c>
       <c r="G176" s="33">
         <v>5000</v>
       </c>
       <c r="H176" s="32" t="s">
         <v>513</v>
       </c>
       <c r="I176" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J176" s="35">
-        <v>8.06</v>
+        <v>8.15</v>
       </c>
       <c r="K176" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A177" s="30" t="s">
         <v>514</v>
       </c>
       <c r="B177" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C177" s="32" t="s">
         <v>515</v>
       </c>
       <c r="D177" s="32" t="s">
         <v>515</v>
       </c>
       <c r="E177" s="33">
         <v>20</v>
       </c>
       <c r="F177" s="33">
         <v>500</v>
       </c>
       <c r="G177" s="33">
         <v>10000</v>
       </c>
       <c r="H177" s="32" t="s">
         <v>516</v>
       </c>
       <c r="I177" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J177" s="35">
-        <v>8.06</v>
+        <v>8.15</v>
       </c>
       <c r="K177" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A178" s="30" t="s">
         <v>517</v>
       </c>
       <c r="B178" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C178" s="32" t="s">
         <v>518</v>
       </c>
       <c r="D178" s="32" t="s">
         <v>518</v>
       </c>
       <c r="E178" s="33">
         <v>10</v>
       </c>
       <c r="F178" s="33">
         <v>250</v>
       </c>
       <c r="G178" s="33">
         <v>3500</v>
       </c>
       <c r="H178" s="32" t="s">
         <v>519</v>
       </c>
       <c r="I178" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J178" s="35">
-        <v>10.44</v>
+        <v>10.55</v>
       </c>
       <c r="K178" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A179" s="30" t="s">
         <v>520</v>
       </c>
       <c r="B179" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C179" s="32" t="s">
         <v>521</v>
       </c>
       <c r="D179" s="32" t="s">
         <v>521</v>
       </c>
       <c r="E179" s="33">
         <v>20</v>
       </c>
       <c r="F179" s="33">
         <v>500</v>
       </c>
       <c r="G179" s="33">
         <v>7000</v>
       </c>
       <c r="H179" s="32" t="s">
         <v>522</v>
       </c>
       <c r="I179" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J179" s="35">
-        <v>10.44</v>
+        <v>10.55</v>
       </c>
       <c r="K179" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A180" s="30" t="s">
         <v>523</v>
       </c>
       <c r="B180" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C180" s="32" t="s">
         <v>524</v>
       </c>
       <c r="D180" s="32" t="s">
         <v>524</v>
       </c>
       <c r="E180" s="33">
         <v>10</v>
       </c>
       <c r="F180" s="33">
         <v>100</v>
       </c>
       <c r="G180" s="33">
         <v>2600</v>
       </c>
       <c r="H180" s="32" t="s">
         <v>525</v>
       </c>
       <c r="I180" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J180" s="35">
-        <v>13.98</v>
+        <v>14.13</v>
       </c>
       <c r="K180" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A181" s="30" t="s">
         <v>526</v>
       </c>
       <c r="B181" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C181" s="32" t="s">
         <v>527</v>
       </c>
       <c r="D181" s="32" t="s">
         <v>527</v>
       </c>
       <c r="E181" s="33">
         <v>20</v>
       </c>
       <c r="F181" s="33">
         <v>200</v>
       </c>
       <c r="G181" s="33">
         <v>5200</v>
       </c>
       <c r="H181" s="32" t="s">
         <v>528</v>
       </c>
       <c r="I181" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J181" s="35">
-        <v>13.98</v>
+        <v>14.13</v>
       </c>
       <c r="K181" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A182" s="30" t="s">
         <v>529</v>
       </c>
       <c r="B182" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C182" s="32" t="s">
         <v>530</v>
       </c>
       <c r="D182" s="32" t="s">
         <v>530</v>
       </c>
       <c r="E182" s="33">
         <v>10</v>
       </c>
       <c r="F182" s="33">
         <v>100</v>
       </c>
       <c r="G182" s="33">
         <v>2000</v>
       </c>
       <c r="H182" s="32" t="s">
         <v>531</v>
       </c>
       <c r="I182" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J182" s="35">
-        <v>16.600000000000001</v>
+        <v>16.78</v>
       </c>
       <c r="K182" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A183" s="30" t="s">
         <v>532</v>
       </c>
       <c r="B183" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C183" s="32" t="s">
         <v>533</v>
       </c>
       <c r="D183" s="32" t="s">
         <v>533</v>
       </c>
       <c r="E183" s="33">
         <v>20</v>
       </c>
       <c r="F183" s="33">
         <v>200</v>
       </c>
       <c r="G183" s="33">
         <v>4000</v>
       </c>
       <c r="H183" s="32" t="s">
         <v>534</v>
       </c>
       <c r="I183" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J183" s="35">
-        <v>16.600000000000001</v>
+        <v>16.78</v>
       </c>
       <c r="K183" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A184" s="30" t="s">
         <v>535</v>
       </c>
       <c r="B184" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C184" s="32" t="s">
         <v>536</v>
       </c>
       <c r="D184" s="32" t="s">
         <v>536</v>
       </c>
       <c r="E184" s="33">
         <v>10</v>
       </c>
       <c r="F184" s="33">
         <v>50</v>
       </c>
       <c r="G184" s="33">
         <v>1500</v>
       </c>
       <c r="H184" s="32" t="s">
         <v>537</v>
       </c>
       <c r="I184" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J184" s="35">
-        <v>23.88</v>
+        <v>24.14</v>
       </c>
       <c r="K184" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A185" s="30" t="s">
         <v>538</v>
       </c>
       <c r="B185" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C185" s="32" t="s">
         <v>539</v>
       </c>
       <c r="D185" s="32" t="s">
         <v>539</v>
       </c>
       <c r="E185" s="33">
         <v>20</v>
       </c>
       <c r="F185" s="33">
         <v>100</v>
       </c>
       <c r="G185" s="33">
         <v>3000</v>
       </c>
       <c r="H185" s="32" t="s">
         <v>540</v>
       </c>
       <c r="I185" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J185" s="35">
-        <v>23.88</v>
+        <v>24.14</v>
       </c>
       <c r="K185" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A186" s="30" t="s">
         <v>541</v>
       </c>
       <c r="B186" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C186" s="32" t="s">
         <v>542</v>
       </c>
       <c r="D186" s="32" t="s">
         <v>542</v>
       </c>
       <c r="E186" s="33">
         <v>10</v>
       </c>
       <c r="F186" s="33">
         <v>50</v>
       </c>
       <c r="G186" s="33">
         <v>1100</v>
       </c>
       <c r="H186" s="32" t="s">
         <v>543</v>
       </c>
       <c r="I186" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J186" s="35">
-        <v>31.84</v>
+        <v>32.17</v>
       </c>
       <c r="K186" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A187" s="30" t="s">
         <v>544</v>
       </c>
       <c r="B187" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C187" s="32" t="s">
         <v>545</v>
       </c>
       <c r="D187" s="32" t="s">
         <v>545</v>
       </c>
       <c r="E187" s="33">
         <v>20</v>
       </c>
       <c r="F187" s="33">
         <v>100</v>
       </c>
       <c r="G187" s="33">
         <v>2200</v>
       </c>
       <c r="H187" s="32" t="s">
         <v>546</v>
       </c>
       <c r="I187" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J187" s="35">
-        <v>31.84</v>
+        <v>32.17</v>
       </c>
       <c r="K187" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A188" s="30" t="s">
         <v>547</v>
       </c>
       <c r="B188" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C188" s="32" t="s">
         <v>548</v>
       </c>
       <c r="D188" s="32" t="s">
         <v>548</v>
       </c>
       <c r="E188" s="33">
         <v>10</v>
       </c>
       <c r="F188" s="33">
         <v>50</v>
       </c>
       <c r="G188" s="33">
         <v>800</v>
       </c>
       <c r="H188" s="32" t="s">
         <v>549</v>
       </c>
       <c r="I188" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J188" s="35">
-        <v>41.36</v>
+        <v>41.8</v>
       </c>
       <c r="K188" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A189" s="30" t="s">
         <v>550</v>
       </c>
       <c r="B189" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C189" s="32" t="s">
         <v>551</v>
       </c>
       <c r="D189" s="32" t="s">
         <v>551</v>
       </c>
       <c r="E189" s="33">
         <v>20</v>
       </c>
       <c r="F189" s="33">
         <v>100</v>
       </c>
       <c r="G189" s="33">
         <v>1600</v>
       </c>
       <c r="H189" s="32" t="s">
         <v>552</v>
       </c>
       <c r="I189" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J189" s="35">
-        <v>41.36</v>
+        <v>41.8</v>
       </c>
       <c r="K189" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A190" s="30" t="s">
         <v>553</v>
       </c>
       <c r="B190" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C190" s="32" t="s">
         <v>554</v>
       </c>
       <c r="D190" s="32" t="s">
         <v>554</v>
       </c>
       <c r="E190" s="33">
         <v>10</v>
       </c>
       <c r="F190" s="33">
         <v>0</v>
       </c>
       <c r="G190" s="33">
         <v>540</v>
       </c>
       <c r="H190" s="32" t="s">
         <v>555</v>
       </c>
       <c r="I190" s="34">
         <v>1.75</v>
       </c>
       <c r="J190" s="35">
-        <v>62.35</v>
+        <v>63.01</v>
       </c>
       <c r="K190" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A191" s="30" t="s">
         <v>556</v>
       </c>
       <c r="B191" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C191" s="32" t="s">
         <v>557</v>
       </c>
       <c r="D191" s="32" t="s">
         <v>557</v>
       </c>
       <c r="E191" s="33">
         <v>20</v>
       </c>
       <c r="F191" s="33">
         <v>0</v>
       </c>
       <c r="G191" s="33">
         <v>1080</v>
       </c>
       <c r="H191" s="32" t="s">
         <v>558</v>
       </c>
       <c r="I191" s="34">
         <v>1.75</v>
       </c>
       <c r="J191" s="35">
-        <v>62.35</v>
+        <v>63.01</v>
       </c>
       <c r="K191" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A192" s="30" t="s">
         <v>559</v>
       </c>
       <c r="B192" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C192" s="32" t="s">
         <v>560</v>
       </c>
       <c r="D192" s="32" t="s">
         <v>560</v>
       </c>
       <c r="E192" s="33">
         <v>10</v>
       </c>
       <c r="F192" s="33">
         <v>0</v>
       </c>
       <c r="G192" s="33">
         <v>400</v>
       </c>
       <c r="H192" s="32" t="s">
         <v>561</v>
       </c>
       <c r="I192" s="34">
         <v>2.48</v>
       </c>
       <c r="J192" s="35">
-        <v>90.86</v>
+        <v>91.83</v>
       </c>
       <c r="K192" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A193" s="30" t="s">
         <v>562</v>
       </c>
       <c r="B193" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C193" s="32" t="s">
         <v>563</v>
       </c>
       <c r="D193" s="32" t="s">
         <v>563</v>
       </c>
       <c r="E193" s="33">
         <v>20</v>
       </c>
       <c r="F193" s="33">
         <v>0</v>
       </c>
       <c r="G193" s="33">
         <v>800</v>
       </c>
       <c r="H193" s="32" t="s">
         <v>564</v>
       </c>
       <c r="I193" s="34">
         <v>2.48</v>
       </c>
       <c r="J193" s="35">
-        <v>90.86</v>
+        <v>91.83</v>
       </c>
       <c r="K193" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A194" s="30" t="s">
         <v>565</v>
       </c>
       <c r="B194" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C194" s="32" t="s">
         <v>566</v>
       </c>
       <c r="D194" s="32" t="s">
         <v>566</v>
       </c>
       <c r="E194" s="33">
         <v>10</v>
       </c>
       <c r="F194" s="33">
         <v>0</v>
       </c>
       <c r="G194" s="33">
         <v>300</v>
       </c>
       <c r="H194" s="32" t="s">
         <v>567</v>
       </c>
       <c r="I194" s="34">
         <v>3.33</v>
       </c>
       <c r="J194" s="35">
-        <v>122.84</v>
+        <v>124.15</v>
       </c>
       <c r="K194" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A195" s="30" t="s">
         <v>568</v>
       </c>
       <c r="B195" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C195" s="32" t="s">
         <v>569</v>
       </c>
       <c r="D195" s="32" t="s">
         <v>569</v>
       </c>
       <c r="E195" s="33">
         <v>20</v>
       </c>
       <c r="F195" s="33">
         <v>0</v>
       </c>
       <c r="G195" s="33">
         <v>600</v>
       </c>
       <c r="H195" s="32" t="s">
         <v>570</v>
       </c>
       <c r="I195" s="34">
         <v>3.33</v>
       </c>
       <c r="J195" s="35">
-        <v>122.84</v>
+        <v>124.15</v>
       </c>
       <c r="K195" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A196" s="30" t="s">
         <v>571</v>
       </c>
       <c r="B196" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C196" s="32" t="s">
         <v>572</v>
       </c>
       <c r="D196" s="32" t="s">
         <v>572</v>
       </c>
       <c r="E196" s="33">
         <v>20</v>
       </c>
       <c r="F196" s="33">
         <v>0</v>
       </c>
       <c r="G196" s="33">
         <v>440</v>
       </c>
       <c r="H196" s="32" t="s">
         <v>573</v>
       </c>
       <c r="I196" s="34">
         <v>4.29</v>
       </c>
       <c r="J196" s="35">
-        <v>162.15</v>
+        <v>163.87</v>
       </c>
       <c r="K196" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A197" s="30" t="s">
         <v>574</v>
       </c>
       <c r="B197" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C197" s="32" t="s">
         <v>575</v>
       </c>
       <c r="D197" s="32" t="s">
         <v>575</v>
       </c>
       <c r="E197" s="33">
         <v>10</v>
       </c>
       <c r="F197" s="33">
         <v>0</v>
       </c>
       <c r="G197" s="33">
         <v>180</v>
       </c>
       <c r="H197" s="32" t="s">
         <v>576</v>
       </c>
       <c r="I197" s="34">
         <v>5.38</v>
       </c>
       <c r="J197" s="35">
-        <v>219.79</v>
+        <v>222.12</v>
       </c>
       <c r="K197" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A198" s="30" t="s">
         <v>577</v>
       </c>
       <c r="B198" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C198" s="32" t="s">
         <v>578</v>
       </c>
       <c r="D198" s="32" t="s">
         <v>578</v>
       </c>
       <c r="E198" s="33">
         <v>20</v>
       </c>
       <c r="F198" s="33">
         <v>0</v>
       </c>
       <c r="G198" s="33">
         <v>360</v>
       </c>
       <c r="H198" s="32" t="s">
         <v>579</v>
       </c>
       <c r="I198" s="34">
         <v>5.38</v>
       </c>
       <c r="J198" s="35">
-        <v>219.79</v>
+        <v>222.12</v>
       </c>
       <c r="K198" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A199" s="30" t="s">
         <v>580</v>
       </c>
       <c r="B199" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C199" s="32" t="s">
         <v>581</v>
       </c>
       <c r="D199" s="32" t="s">
         <v>581</v>
       </c>
       <c r="E199" s="33">
         <v>20</v>
       </c>
       <c r="F199" s="33">
         <v>0</v>
       </c>
       <c r="G199" s="33">
         <v>240</v>
       </c>
       <c r="H199" s="32" t="s">
         <v>582</v>
       </c>
       <c r="I199" s="34">
         <v>7.61</v>
       </c>
       <c r="J199" s="35">
-        <v>460.79</v>
+        <v>460.61</v>
       </c>
       <c r="K199" s="35">
         <f t="shared" ref="K199:K254" si="3">ROUND(J199*$B$4,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A200" s="30" t="s">
         <v>583</v>
       </c>
       <c r="B200" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C200" s="32" t="s">
         <v>584</v>
       </c>
       <c r="D200" s="32" t="s">
         <v>584</v>
       </c>
       <c r="E200" s="33">
         <v>20</v>
       </c>
       <c r="F200" s="33">
         <v>0</v>
       </c>
       <c r="G200" s="33">
         <v>200</v>
       </c>
       <c r="H200" s="32" t="s">
         <v>585</v>
       </c>
       <c r="I200" s="34">
         <v>10.199999999999999</v>
       </c>
       <c r="J200" s="35">
-        <v>508.83</v>
+        <v>508.62</v>
       </c>
       <c r="K200" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A201" s="30" t="s">
         <v>586</v>
       </c>
       <c r="B201" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C201" s="32" t="s">
         <v>587</v>
       </c>
       <c r="D201" s="32" t="s">
         <v>587</v>
       </c>
       <c r="E201" s="33">
         <v>20</v>
       </c>
       <c r="F201" s="33">
         <v>0</v>
       </c>
       <c r="G201" s="33">
         <v>100</v>
       </c>
       <c r="H201" s="32" t="s">
         <v>588</v>
       </c>
       <c r="I201" s="34">
         <v>19.29</v>
       </c>
       <c r="J201" s="35">
-        <v>955.26</v>
+        <v>954.87</v>
       </c>
       <c r="K201" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A202" s="30" t="s">
         <v>589</v>
       </c>
       <c r="B202" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C202" s="32" t="s">
         <v>590</v>
       </c>
       <c r="D202" s="32" t="s">
         <v>591</v>
       </c>
       <c r="E202" s="33">
         <v>10</v>
       </c>
       <c r="F202" s="33">
         <v>250</v>
       </c>
       <c r="G202" s="33">
         <v>6000</v>
       </c>
       <c r="H202" s="32" t="s">
         <v>592</v>
       </c>
       <c r="I202" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J202" s="35">
-        <v>6.32</v>
+        <v>6.39</v>
       </c>
       <c r="K202" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A203" s="30" t="s">
         <v>593</v>
       </c>
       <c r="B203" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C203" s="32" t="s">
         <v>594</v>
       </c>
       <c r="D203" s="32" t="s">
         <v>595</v>
       </c>
       <c r="E203" s="33">
         <v>20</v>
       </c>
       <c r="F203" s="33">
         <v>500</v>
       </c>
       <c r="G203" s="33">
         <v>12000</v>
       </c>
       <c r="H203" s="32" t="s">
         <v>596</v>
       </c>
       <c r="I203" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J203" s="35">
-        <v>6.32</v>
+        <v>6.39</v>
       </c>
       <c r="K203" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A204" s="30" t="s">
         <v>597</v>
       </c>
       <c r="B204" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C204" s="32" t="s">
         <v>598</v>
       </c>
       <c r="D204" s="32" t="s">
         <v>599</v>
       </c>
       <c r="E204" s="33">
         <v>10</v>
       </c>
       <c r="F204" s="33">
         <v>250</v>
       </c>
       <c r="G204" s="33">
         <v>3500</v>
       </c>
       <c r="H204" s="32" t="s">
         <v>600</v>
       </c>
       <c r="I204" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J204" s="35">
-        <v>11.28</v>
+        <v>11.4</v>
       </c>
       <c r="K204" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A205" s="30" t="s">
         <v>601</v>
       </c>
       <c r="B205" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C205" s="32" t="s">
         <v>602</v>
       </c>
       <c r="D205" s="32" t="s">
         <v>603</v>
       </c>
       <c r="E205" s="33">
         <v>20</v>
       </c>
       <c r="F205" s="33">
         <v>500</v>
       </c>
       <c r="G205" s="33">
         <v>7000</v>
       </c>
       <c r="H205" s="32" t="s">
         <v>604</v>
       </c>
       <c r="I205" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J205" s="35">
-        <v>11.28</v>
+        <v>11.4</v>
       </c>
       <c r="K205" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A206" s="30" t="s">
         <v>605</v>
       </c>
       <c r="B206" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C206" s="32" t="s">
         <v>606</v>
       </c>
       <c r="D206" s="32" t="s">
         <v>607</v>
       </c>
       <c r="E206" s="33">
         <v>10</v>
       </c>
       <c r="F206" s="33">
         <v>250</v>
       </c>
       <c r="G206" s="33">
         <v>2500</v>
       </c>
       <c r="H206" s="32" t="s">
         <v>608</v>
       </c>
       <c r="I206" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J206" s="35">
-        <v>13.1</v>
+        <v>13.24</v>
       </c>
       <c r="K206" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A207" s="30" t="s">
         <v>609</v>
       </c>
       <c r="B207" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C207" s="32" t="s">
         <v>610</v>
       </c>
       <c r="D207" s="32" t="s">
         <v>611</v>
       </c>
       <c r="E207" s="33">
         <v>20</v>
       </c>
       <c r="F207" s="33">
         <v>500</v>
       </c>
       <c r="G207" s="33">
         <v>5000</v>
       </c>
       <c r="H207" s="32" t="s">
         <v>612</v>
       </c>
       <c r="I207" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J207" s="35">
-        <v>13.1</v>
+        <v>13.24</v>
       </c>
       <c r="K207" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A208" s="30" t="s">
         <v>613</v>
       </c>
       <c r="B208" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C208" s="32" t="s">
         <v>614</v>
       </c>
       <c r="D208" s="32" t="s">
         <v>615</v>
       </c>
       <c r="E208" s="33">
         <v>10</v>
       </c>
       <c r="F208" s="33">
         <v>100</v>
       </c>
       <c r="G208" s="33">
         <v>2200</v>
       </c>
       <c r="H208" s="32" t="s">
         <v>616</v>
       </c>
       <c r="I208" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J208" s="35">
-        <v>16.690000000000001</v>
+        <v>16.87</v>
       </c>
       <c r="K208" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A209" s="30" t="s">
         <v>617</v>
       </c>
       <c r="B209" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C209" s="32" t="s">
         <v>618</v>
       </c>
       <c r="D209" s="32" t="s">
         <v>619</v>
       </c>
       <c r="E209" s="33">
         <v>20</v>
       </c>
       <c r="F209" s="33">
         <v>200</v>
       </c>
       <c r="G209" s="33">
         <v>4400</v>
       </c>
       <c r="H209" s="32" t="s">
         <v>620</v>
       </c>
       <c r="I209" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J209" s="35">
-        <v>16.690000000000001</v>
+        <v>16.87</v>
       </c>
       <c r="K209" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A210" s="30" t="s">
         <v>621</v>
       </c>
       <c r="B210" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C210" s="32" t="s">
         <v>622</v>
       </c>
       <c r="D210" s="32" t="s">
         <v>623</v>
       </c>
       <c r="E210" s="33">
         <v>10</v>
       </c>
       <c r="F210" s="33">
         <v>100</v>
       </c>
       <c r="G210" s="33">
         <v>1400</v>
       </c>
       <c r="H210" s="32" t="s">
         <v>624</v>
       </c>
       <c r="I210" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J210" s="35">
-        <v>23.75</v>
+        <v>24</v>
       </c>
       <c r="K210" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A211" s="30" t="s">
         <v>625</v>
       </c>
       <c r="B211" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C211" s="32" t="s">
         <v>626</v>
       </c>
       <c r="D211" s="32" t="s">
         <v>627</v>
       </c>
       <c r="E211" s="33">
         <v>20</v>
       </c>
       <c r="F211" s="33">
         <v>200</v>
       </c>
       <c r="G211" s="33">
         <v>2800</v>
       </c>
       <c r="H211" s="32" t="s">
         <v>628</v>
       </c>
       <c r="I211" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J211" s="35">
-        <v>23.75</v>
+        <v>24</v>
       </c>
       <c r="K211" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A212" s="30" t="s">
         <v>629</v>
       </c>
       <c r="B212" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C212" s="32" t="s">
         <v>630</v>
       </c>
       <c r="D212" s="32" t="s">
         <v>631</v>
       </c>
       <c r="E212" s="33">
         <v>10</v>
       </c>
       <c r="F212" s="33">
         <v>50</v>
       </c>
       <c r="G212" s="33">
         <v>1000</v>
       </c>
       <c r="H212" s="32" t="s">
         <v>632</v>
       </c>
       <c r="I212" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J212" s="35">
-        <v>31.84</v>
+        <v>32.17</v>
       </c>
       <c r="K212" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A213" s="30" t="s">
         <v>633</v>
       </c>
       <c r="B213" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C213" s="32" t="s">
         <v>634</v>
       </c>
       <c r="D213" s="32" t="s">
         <v>635</v>
       </c>
       <c r="E213" s="33">
         <v>20</v>
       </c>
       <c r="F213" s="33">
         <v>100</v>
       </c>
       <c r="G213" s="33">
         <v>2000</v>
       </c>
       <c r="H213" s="32" t="s">
         <v>636</v>
       </c>
       <c r="I213" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J213" s="35">
-        <v>31.84</v>
+        <v>32.17</v>
       </c>
       <c r="K213" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A214" s="30" t="s">
         <v>637</v>
       </c>
       <c r="B214" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C214" s="32" t="s">
         <v>638</v>
       </c>
       <c r="D214" s="32" t="s">
         <v>639</v>
       </c>
       <c r="E214" s="33">
         <v>10</v>
       </c>
       <c r="F214" s="33">
         <v>50</v>
       </c>
       <c r="G214" s="33">
         <v>900</v>
       </c>
       <c r="H214" s="32" t="s">
         <v>640</v>
       </c>
       <c r="I214" s="34">
         <v>1.04</v>
       </c>
       <c r="J214" s="35">
-        <v>38.33</v>
+        <v>38.729999999999997</v>
       </c>
       <c r="K214" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A215" s="30" t="s">
         <v>641</v>
       </c>
       <c r="B215" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C215" s="32" t="s">
         <v>642</v>
       </c>
       <c r="D215" s="32" t="s">
         <v>643</v>
       </c>
       <c r="E215" s="33">
         <v>20</v>
       </c>
       <c r="F215" s="33">
         <v>100</v>
       </c>
       <c r="G215" s="33">
         <v>1800</v>
       </c>
       <c r="H215" s="32" t="s">
         <v>644</v>
       </c>
       <c r="I215" s="34">
         <v>1.04</v>
       </c>
       <c r="J215" s="35">
-        <v>38.33</v>
+        <v>38.729999999999997</v>
       </c>
       <c r="K215" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A216" s="30" t="s">
         <v>645</v>
       </c>
       <c r="B216" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C216" s="32" t="s">
         <v>646</v>
       </c>
       <c r="D216" s="32" t="s">
         <v>647</v>
       </c>
       <c r="E216" s="33">
         <v>10</v>
       </c>
       <c r="F216" s="33">
         <v>50</v>
       </c>
       <c r="G216" s="33">
         <v>700</v>
       </c>
       <c r="H216" s="32" t="s">
         <v>648</v>
       </c>
       <c r="I216" s="34">
         <v>1.36</v>
       </c>
       <c r="J216" s="35">
-        <v>50.06</v>
+        <v>50.59</v>
       </c>
       <c r="K216" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A217" s="30" t="s">
         <v>649</v>
       </c>
       <c r="B217" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C217" s="32" t="s">
         <v>650</v>
       </c>
       <c r="D217" s="32" t="s">
         <v>651</v>
       </c>
       <c r="E217" s="33">
         <v>20</v>
       </c>
       <c r="F217" s="33">
         <v>100</v>
       </c>
       <c r="G217" s="33">
         <v>1400</v>
       </c>
       <c r="H217" s="32" t="s">
         <v>652</v>
       </c>
       <c r="I217" s="34">
         <v>1.36</v>
       </c>
       <c r="J217" s="35">
-        <v>50.06</v>
+        <v>50.59</v>
       </c>
       <c r="K217" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A218" s="30" t="s">
         <v>653</v>
       </c>
       <c r="B218" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C218" s="32" t="s">
         <v>654</v>
       </c>
       <c r="D218" s="32" t="s">
         <v>655</v>
       </c>
       <c r="E218" s="33">
         <v>10</v>
       </c>
       <c r="F218" s="33">
         <v>0</v>
       </c>
       <c r="G218" s="33">
         <v>480</v>
       </c>
       <c r="H218" s="32" t="s">
         <v>656</v>
       </c>
       <c r="I218" s="34">
         <v>2.06</v>
       </c>
       <c r="J218" s="35">
-        <v>74.349999999999994</v>
+        <v>75.14</v>
       </c>
       <c r="K218" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A219" s="30" t="s">
         <v>657</v>
       </c>
       <c r="B219" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C219" s="32" t="s">
         <v>658</v>
       </c>
       <c r="D219" s="32" t="s">
         <v>659</v>
       </c>
       <c r="E219" s="33">
         <v>20</v>
       </c>
       <c r="F219" s="33">
         <v>0</v>
       </c>
       <c r="G219" s="33">
         <v>960</v>
       </c>
       <c r="H219" s="32" t="s">
         <v>660</v>
       </c>
       <c r="I219" s="34">
         <v>2.06</v>
       </c>
       <c r="J219" s="35">
-        <v>74.349999999999994</v>
+        <v>75.14</v>
       </c>
       <c r="K219" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A220" s="30" t="s">
         <v>661</v>
       </c>
       <c r="B220" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C220" s="32" t="s">
         <v>662</v>
       </c>
       <c r="D220" s="32" t="s">
         <v>663</v>
       </c>
       <c r="E220" s="33">
         <v>10</v>
       </c>
       <c r="F220" s="33">
         <v>0</v>
       </c>
       <c r="G220" s="33">
         <v>320</v>
       </c>
       <c r="H220" s="32" t="s">
         <v>664</v>
       </c>
       <c r="I220" s="34">
         <v>2.93</v>
       </c>
       <c r="J220" s="35">
-        <v>110.72</v>
+        <v>111.9</v>
       </c>
       <c r="K220" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A221" s="30" t="s">
         <v>665</v>
       </c>
       <c r="B221" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C221" s="32" t="s">
         <v>666</v>
       </c>
       <c r="D221" s="32" t="s">
         <v>667</v>
       </c>
       <c r="E221" s="33">
         <v>20</v>
       </c>
       <c r="F221" s="33">
         <v>0</v>
       </c>
       <c r="G221" s="33">
         <v>640</v>
       </c>
       <c r="H221" s="32" t="s">
         <v>668</v>
       </c>
       <c r="I221" s="34">
         <v>2.93</v>
       </c>
       <c r="J221" s="35">
-        <v>110.72</v>
+        <v>111.9</v>
       </c>
       <c r="K221" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A222" s="30" t="s">
         <v>669</v>
       </c>
       <c r="B222" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C222" s="32" t="s">
         <v>670</v>
       </c>
       <c r="D222" s="32" t="s">
         <v>671</v>
       </c>
       <c r="E222" s="33">
         <v>10</v>
       </c>
       <c r="F222" s="33">
         <v>0</v>
       </c>
       <c r="G222" s="33">
         <v>240</v>
       </c>
       <c r="H222" s="32" t="s">
         <v>672</v>
       </c>
       <c r="I222" s="34">
         <v>4</v>
       </c>
       <c r="J222" s="35">
-        <v>150.21</v>
+        <v>151.81</v>
       </c>
       <c r="K222" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A223" s="30" t="s">
         <v>673</v>
       </c>
       <c r="B223" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C223" s="32" t="s">
         <v>674</v>
       </c>
       <c r="D223" s="32" t="s">
         <v>675</v>
       </c>
       <c r="E223" s="33">
         <v>20</v>
       </c>
       <c r="F223" s="33">
         <v>0</v>
       </c>
       <c r="G223" s="33">
         <v>480</v>
       </c>
       <c r="H223" s="32" t="s">
         <v>676</v>
       </c>
       <c r="I223" s="34">
         <v>4</v>
       </c>
       <c r="J223" s="35">
-        <v>150.21</v>
+        <v>151.81</v>
       </c>
       <c r="K223" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A224" s="30" t="s">
         <v>677</v>
       </c>
       <c r="B224" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C224" s="32" t="s">
         <v>678</v>
       </c>
       <c r="D224" s="32" t="s">
         <v>679</v>
       </c>
       <c r="E224" s="33">
         <v>20</v>
       </c>
       <c r="F224" s="33">
         <v>0</v>
       </c>
       <c r="G224" s="33">
         <v>360</v>
       </c>
       <c r="H224" s="32" t="s">
         <v>680</v>
       </c>
       <c r="I224" s="34">
         <v>5.12</v>
       </c>
       <c r="J224" s="35">
-        <v>195.13</v>
+        <v>197.2</v>
       </c>
       <c r="K224" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A225" s="30" t="s">
         <v>681</v>
       </c>
       <c r="B225" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C225" s="32" t="s">
         <v>682</v>
       </c>
       <c r="D225" s="32" t="s">
         <v>683</v>
       </c>
       <c r="E225" s="33">
         <v>20</v>
       </c>
       <c r="F225" s="33">
         <v>0</v>
       </c>
       <c r="G225" s="33">
         <v>280</v>
       </c>
       <c r="H225" s="32" t="s">
         <v>684</v>
       </c>
       <c r="I225" s="34">
         <v>6.51</v>
       </c>
       <c r="J225" s="35">
-        <v>270.11</v>
+        <v>272.97000000000003</v>
       </c>
       <c r="K225" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A226" s="30" t="s">
         <v>685</v>
       </c>
       <c r="B226" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C226" s="32" t="s">
         <v>686</v>
       </c>
       <c r="D226" s="32" t="s">
         <v>687</v>
       </c>
       <c r="E226" s="33">
         <v>20</v>
       </c>
       <c r="F226" s="33">
         <v>0</v>
       </c>
       <c r="G226" s="33">
         <v>200</v>
       </c>
       <c r="H226" s="32" t="s">
         <v>688</v>
       </c>
       <c r="I226" s="34">
         <v>9.67</v>
       </c>
       <c r="J226" s="35">
-        <v>462.74</v>
+        <v>462.55</v>
       </c>
       <c r="K226" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A227" s="30" t="s">
         <v>689</v>
       </c>
       <c r="B227" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C227" s="32" t="s">
         <v>690</v>
       </c>
       <c r="D227" s="32" t="s">
         <v>691</v>
       </c>
       <c r="E227" s="33">
         <v>20</v>
       </c>
       <c r="F227" s="33">
         <v>0</v>
       </c>
       <c r="G227" s="33">
         <v>160</v>
       </c>
       <c r="H227" s="32" t="s">
         <v>692</v>
       </c>
       <c r="I227" s="34">
         <v>13.9</v>
       </c>
       <c r="J227" s="35">
-        <v>695.85</v>
+        <v>695.57</v>
       </c>
       <c r="K227" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A228" s="30" t="s">
         <v>693</v>
       </c>
       <c r="B228" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C228" s="32" t="s">
         <v>694</v>
       </c>
       <c r="D228" s="32" t="s">
         <v>695</v>
       </c>
       <c r="E228" s="33">
         <v>20</v>
       </c>
       <c r="F228" s="33">
         <v>0</v>
       </c>
       <c r="G228" s="33">
         <v>80</v>
       </c>
       <c r="H228" s="32" t="s">
         <v>696</v>
       </c>
       <c r="I228" s="34">
         <v>25.9</v>
       </c>
       <c r="J228" s="35">
-        <v>1283.43</v>
+        <v>1282.92</v>
       </c>
       <c r="K228" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A229" s="30" t="s">
         <v>697</v>
       </c>
       <c r="B229" s="31" t="s">
         <v>698</v>
       </c>
       <c r="C229" s="32" t="s">
         <v>699</v>
       </c>
       <c r="D229" s="32" t="s">
         <v>699</v>
       </c>
       <c r="E229" s="33">
         <v>20</v>
       </c>
       <c r="F229" s="33">
         <v>2000</v>
       </c>
       <c r="G229" s="33">
         <v>0</v>
       </c>
       <c r="H229" s="32" t="s">
         <v>700</v>
       </c>
       <c r="I229" s="34">
         <v>0.08</v>
       </c>
       <c r="J229" s="35">
-        <v>6.76</v>
+        <v>6.83</v>
       </c>
       <c r="K229" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A230" s="30" t="s">
         <v>701</v>
       </c>
       <c r="B230" s="31" t="s">
         <v>698</v>
       </c>
       <c r="C230" s="32" t="s">
         <v>702</v>
       </c>
       <c r="D230" s="32" t="s">
         <v>703</v>
       </c>
       <c r="E230" s="33">
         <v>20</v>
       </c>
       <c r="F230" s="33">
         <v>2000</v>
       </c>
       <c r="G230" s="33">
         <v>0</v>
       </c>
       <c r="H230" s="32" t="s">
         <v>704</v>
       </c>
       <c r="I230" s="34">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="J230" s="35">
-        <v>5.84</v>
+        <v>5.9</v>
       </c>
       <c r="K230" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A231" s="30" t="s">
         <v>705</v>
       </c>
       <c r="B231" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C231" s="32" t="s">
         <v>707</v>
       </c>
       <c r="D231" s="32" t="s">
         <v>707</v>
       </c>
       <c r="E231" s="33">
         <v>0</v>
       </c>
       <c r="F231" s="33">
         <v>10</v>
       </c>
       <c r="G231" s="33">
         <v>360</v>
       </c>
       <c r="H231" s="32" t="s">
         <v>708</v>
       </c>
       <c r="I231" s="34">
         <v>1.7350000000000001</v>
       </c>
       <c r="J231" s="35">
-        <v>127.96</v>
+        <v>129.32</v>
       </c>
       <c r="K231" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A232" s="30" t="s">
         <v>709</v>
       </c>
       <c r="B232" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C232" s="32" t="s">
         <v>710</v>
       </c>
       <c r="D232" s="32" t="s">
         <v>710</v>
       </c>
       <c r="E232" s="33">
         <v>0</v>
       </c>
       <c r="F232" s="33">
         <v>1</v>
       </c>
       <c r="G232" s="33">
         <v>80</v>
       </c>
       <c r="H232" s="32" t="s">
         <v>711</v>
       </c>
       <c r="I232" s="34">
         <v>3.47</v>
       </c>
       <c r="J232" s="35">
-        <v>263.83999999999997</v>
+        <v>266.64</v>
       </c>
       <c r="K232" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A233" s="30" t="s">
         <v>712</v>
       </c>
       <c r="B233" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C233" s="32" t="s">
         <v>713</v>
       </c>
       <c r="D233" s="32" t="s">
         <v>713</v>
       </c>
       <c r="E233" s="33">
         <v>0</v>
       </c>
       <c r="F233" s="33">
         <v>10</v>
       </c>
       <c r="G233" s="33">
         <v>360</v>
       </c>
       <c r="H233" s="32" t="s">
         <v>714</v>
       </c>
       <c r="I233" s="34">
         <v>2.875</v>
       </c>
       <c r="J233" s="35">
-        <v>149.57</v>
+        <v>151.16</v>
       </c>
       <c r="K233" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A234" s="30" t="s">
         <v>715</v>
       </c>
       <c r="B234" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C234" s="32" t="s">
         <v>716</v>
       </c>
       <c r="D234" s="32" t="s">
         <v>716</v>
       </c>
       <c r="E234" s="33">
         <v>0</v>
       </c>
       <c r="F234" s="33">
         <v>1</v>
       </c>
       <c r="G234" s="33">
         <v>80</v>
       </c>
       <c r="H234" s="32" t="s">
         <v>717</v>
       </c>
       <c r="I234" s="34">
         <v>5.75</v>
       </c>
       <c r="J234" s="35">
-        <v>308.43</v>
+        <v>311.70999999999998</v>
       </c>
       <c r="K234" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A235" s="30" t="s">
         <v>718</v>
       </c>
       <c r="B235" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C235" s="32" t="s">
         <v>719</v>
       </c>
       <c r="D235" s="32" t="s">
         <v>719</v>
       </c>
       <c r="E235" s="33">
         <v>0</v>
       </c>
       <c r="F235" s="33">
         <v>10</v>
       </c>
       <c r="G235" s="33">
         <v>360</v>
       </c>
       <c r="H235" s="32" t="s">
         <v>720</v>
       </c>
       <c r="I235" s="34">
         <v>4.0199999999999996</v>
       </c>
       <c r="J235" s="35">
-        <v>170.37</v>
+        <v>172.17</v>
       </c>
       <c r="K235" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A236" s="30" t="s">
         <v>721</v>
       </c>
       <c r="B236" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C236" s="32" t="s">
         <v>722</v>
       </c>
       <c r="D236" s="32" t="s">
         <v>722</v>
       </c>
       <c r="E236" s="33">
         <v>0</v>
       </c>
       <c r="F236" s="33">
         <v>1</v>
       </c>
       <c r="G236" s="33">
         <v>80</v>
       </c>
       <c r="H236" s="32" t="s">
         <v>723</v>
       </c>
       <c r="I236" s="34">
         <v>8.0399999999999991</v>
       </c>
       <c r="J236" s="35">
-        <v>354.37</v>
+        <v>358.13</v>
       </c>
       <c r="K236" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A237" s="30" t="s">
         <v>724</v>
       </c>
       <c r="B237" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C237" s="32" t="s">
         <v>725</v>
       </c>
       <c r="D237" s="32" t="s">
         <v>725</v>
       </c>
       <c r="E237" s="33">
         <v>0</v>
       </c>
       <c r="F237" s="33">
         <v>10</v>
       </c>
       <c r="G237" s="33">
         <v>120</v>
       </c>
       <c r="H237" s="32" t="s">
         <v>726</v>
       </c>
       <c r="I237" s="34">
         <v>5.45</v>
       </c>
       <c r="J237" s="35">
-        <v>231.04</v>
+        <v>233.5</v>
       </c>
       <c r="K237" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A238" s="30" t="s">
         <v>727</v>
       </c>
       <c r="B238" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C238" s="32" t="s">
         <v>728</v>
       </c>
       <c r="D238" s="32" t="s">
         <v>728</v>
       </c>
       <c r="E238" s="33">
         <v>0</v>
       </c>
       <c r="F238" s="33">
         <v>1</v>
       </c>
       <c r="G238" s="33">
         <v>80</v>
       </c>
       <c r="H238" s="32" t="s">
         <v>729</v>
       </c>
       <c r="I238" s="34">
         <v>10.9</v>
       </c>
       <c r="J238" s="35">
-        <v>476.19</v>
+        <v>481.24</v>
       </c>
       <c r="K238" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A239" s="30" t="s">
         <v>730</v>
       </c>
       <c r="B239" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C239" s="32" t="s">
         <v>731</v>
       </c>
       <c r="D239" s="32" t="s">
         <v>731</v>
       </c>
       <c r="E239" s="33">
         <v>0</v>
       </c>
       <c r="F239" s="33">
         <v>10</v>
       </c>
       <c r="G239" s="33">
         <v>120</v>
       </c>
       <c r="H239" s="32" t="s">
         <v>732</v>
       </c>
       <c r="I239" s="34">
         <v>6.7</v>
       </c>
       <c r="J239" s="35">
-        <v>240.87</v>
+        <v>243.42</v>
       </c>
       <c r="K239" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A240" s="30" t="s">
         <v>733</v>
       </c>
       <c r="B240" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C240" s="32" t="s">
         <v>734</v>
       </c>
       <c r="D240" s="32" t="s">
         <v>734</v>
       </c>
       <c r="E240" s="33">
         <v>0</v>
       </c>
       <c r="F240" s="33">
         <v>1</v>
       </c>
       <c r="G240" s="33">
         <v>100</v>
       </c>
       <c r="H240" s="32" t="s">
         <v>735</v>
       </c>
       <c r="I240" s="34">
         <v>13.4</v>
       </c>
       <c r="J240" s="35">
-        <v>515.82000000000005</v>
+        <v>521.29</v>
       </c>
       <c r="K240" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A241" s="30" t="s">
         <v>736</v>
       </c>
       <c r="B241" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C241" s="32" t="s">
         <v>737</v>
       </c>
       <c r="D241" s="32" t="s">
         <v>737</v>
       </c>
       <c r="E241" s="33">
         <v>0</v>
       </c>
       <c r="F241" s="33">
         <v>5</v>
       </c>
       <c r="G241" s="33">
         <v>100</v>
       </c>
       <c r="H241" s="32" t="s">
         <v>738</v>
       </c>
       <c r="I241" s="34">
         <v>9.1</v>
       </c>
       <c r="J241" s="35">
-        <v>342.68</v>
+        <v>346.31</v>
       </c>
       <c r="K241" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A242" s="30" t="s">
         <v>739</v>
       </c>
       <c r="B242" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C242" s="32" t="s">
         <v>740</v>
       </c>
       <c r="D242" s="32" t="s">
         <v>740</v>
       </c>
       <c r="E242" s="33">
         <v>0</v>
       </c>
       <c r="F242" s="33">
         <v>1</v>
       </c>
       <c r="G242" s="33">
         <v>25</v>
       </c>
       <c r="H242" s="32" t="s">
         <v>741</v>
       </c>
       <c r="I242" s="34">
         <v>18.2</v>
       </c>
       <c r="J242" s="35">
-        <v>712.79</v>
+        <v>720.35</v>
       </c>
       <c r="K242" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A243" s="30" t="s">
         <v>742</v>
       </c>
       <c r="B243" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C243" s="32" t="s">
         <v>743</v>
       </c>
       <c r="D243" s="32" t="s">
         <v>743</v>
       </c>
       <c r="E243" s="33">
         <v>0</v>
       </c>
       <c r="F243" s="33">
         <v>5</v>
       </c>
       <c r="G243" s="33">
         <v>100</v>
       </c>
       <c r="H243" s="32" t="s">
         <v>744</v>
       </c>
       <c r="I243" s="34">
         <v>12.55</v>
       </c>
       <c r="J243" s="35">
-        <v>458.7</v>
+        <v>463.57</v>
       </c>
       <c r="K243" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A244" s="30" t="s">
         <v>745</v>
       </c>
       <c r="B244" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C244" s="32" t="s">
         <v>746</v>
       </c>
       <c r="D244" s="32" t="s">
         <v>746</v>
       </c>
       <c r="E244" s="33">
         <v>0</v>
       </c>
       <c r="F244" s="33">
         <v>1</v>
       </c>
       <c r="G244" s="33">
         <v>20</v>
       </c>
       <c r="H244" s="32" t="s">
         <v>747</v>
       </c>
       <c r="I244" s="34">
         <v>25.1</v>
       </c>
       <c r="J244" s="35">
-        <v>954.02</v>
+        <v>964.14</v>
       </c>
       <c r="K244" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A245" s="30" t="s">
         <v>748</v>
       </c>
       <c r="B245" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C245" s="32" t="s">
         <v>749</v>
       </c>
       <c r="D245" s="32" t="s">
         <v>749</v>
       </c>
       <c r="E245" s="33">
         <v>0</v>
       </c>
       <c r="F245" s="33">
         <v>3</v>
       </c>
       <c r="G245" s="33">
         <v>72</v>
       </c>
       <c r="H245" s="32" t="s">
         <v>750</v>
       </c>
       <c r="I245" s="34">
         <v>15.25</v>
       </c>
       <c r="J245" s="35">
-        <v>547.27</v>
+        <v>553.07000000000005</v>
       </c>
       <c r="K245" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A246" s="30" t="s">
         <v>751</v>
       </c>
       <c r="B246" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C246" s="32" t="s">
         <v>752</v>
       </c>
       <c r="D246" s="32" t="s">
         <v>752</v>
       </c>
       <c r="E246" s="33">
         <v>0</v>
       </c>
       <c r="F246" s="33">
         <v>1</v>
       </c>
       <c r="G246" s="33">
         <v>20</v>
       </c>
       <c r="H246" s="32" t="s">
         <v>753</v>
       </c>
       <c r="I246" s="34">
         <v>30.5</v>
       </c>
       <c r="J246" s="35">
-        <v>1147.6199999999999</v>
+        <v>1159.8</v>
       </c>
       <c r="K246" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A247" s="30" t="s">
         <v>754</v>
       </c>
       <c r="B247" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C247" s="32" t="s">
         <v>755</v>
       </c>
       <c r="D247" s="32" t="s">
         <v>755</v>
       </c>
       <c r="E247" s="33">
         <v>0</v>
       </c>
       <c r="F247" s="33">
         <v>3</v>
       </c>
       <c r="G247" s="33">
         <v>15</v>
       </c>
       <c r="H247" s="32" t="s">
         <v>756</v>
       </c>
       <c r="I247" s="34">
         <v>22.75</v>
       </c>
       <c r="J247" s="35">
-        <v>812.26</v>
+        <v>820.88</v>
       </c>
       <c r="K247" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A248" s="30" t="s">
         <v>757</v>
       </c>
       <c r="B248" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C248" s="32" t="s">
         <v>758</v>
       </c>
       <c r="D248" s="32" t="s">
         <v>758</v>
       </c>
       <c r="E248" s="33">
         <v>0</v>
       </c>
       <c r="F248" s="33">
         <v>1</v>
       </c>
       <c r="G248" s="33">
         <v>15</v>
       </c>
       <c r="H248" s="32" t="s">
         <v>759</v>
       </c>
       <c r="I248" s="34">
         <v>45.5</v>
       </c>
       <c r="J248" s="35">
-        <v>1712.15</v>
+        <v>1730.31</v>
       </c>
       <c r="K248" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A249" s="30" t="s">
         <v>760</v>
       </c>
       <c r="B249" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C249" s="32" t="s">
         <v>761</v>
       </c>
       <c r="D249" s="32" t="s">
         <v>761</v>
       </c>
       <c r="E249" s="33">
         <v>0</v>
       </c>
       <c r="F249" s="33">
         <v>1</v>
       </c>
       <c r="G249" s="33">
         <v>12</v>
       </c>
       <c r="H249" s="32" t="s">
         <v>762</v>
       </c>
       <c r="I249" s="34">
         <v>32.75</v>
       </c>
       <c r="J249" s="35">
-        <v>1216.82</v>
+        <v>1229.73</v>
       </c>
       <c r="K249" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A250" s="30" t="s">
         <v>763</v>
       </c>
       <c r="B250" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C250" s="32" t="s">
         <v>764</v>
       </c>
       <c r="D250" s="32" t="s">
         <v>765</v>
       </c>
       <c r="E250" s="33">
         <v>0</v>
       </c>
       <c r="F250" s="33">
         <v>1</v>
       </c>
       <c r="G250" s="33">
         <v>12</v>
       </c>
       <c r="H250" s="32" t="s">
         <v>766</v>
       </c>
       <c r="I250" s="34">
         <v>65.5</v>
       </c>
       <c r="J250" s="35">
-        <v>2506.79</v>
+        <v>2533.39</v>
       </c>
       <c r="K250" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A251" s="30" t="s">
         <v>767</v>
       </c>
       <c r="B251" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C251" s="32" t="s">
         <v>768</v>
       </c>
       <c r="D251" s="32" t="s">
         <v>768</v>
       </c>
       <c r="E251" s="33">
         <v>0</v>
       </c>
       <c r="F251" s="33">
         <v>1</v>
       </c>
       <c r="G251" s="33">
         <v>6</v>
       </c>
       <c r="H251" s="32" t="s">
         <v>769</v>
       </c>
       <c r="I251" s="34">
         <v>44.2</v>
       </c>
       <c r="J251" s="35">
-        <v>2081.44</v>
+        <v>2103.52</v>
       </c>
       <c r="K251" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A252" s="30" t="s">
         <v>770</v>
       </c>
       <c r="B252" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C252" s="32" t="s">
         <v>771</v>
       </c>
       <c r="D252" s="32" t="s">
         <v>772</v>
       </c>
       <c r="E252" s="33">
         <v>0</v>
       </c>
       <c r="F252" s="33">
         <v>1</v>
       </c>
       <c r="G252" s="33">
         <v>6</v>
       </c>
       <c r="H252" s="32" t="s">
         <v>773</v>
       </c>
       <c r="I252" s="34">
         <v>88.4</v>
       </c>
       <c r="J252" s="35">
-        <v>4287.6499999999996</v>
+        <v>4333.1400000000003</v>
       </c>
       <c r="K252" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A253" s="30" t="s">
         <v>774</v>
       </c>
       <c r="B253" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C253" s="32" t="s">
         <v>775</v>
       </c>
       <c r="D253" s="32" t="s">
         <v>775</v>
       </c>
       <c r="E253" s="33">
         <v>0</v>
       </c>
       <c r="F253" s="33">
         <v>1</v>
       </c>
       <c r="G253" s="33">
         <v>6</v>
       </c>
       <c r="H253" s="32" t="s">
         <v>776</v>
       </c>
       <c r="I253" s="34">
         <v>57</v>
       </c>
       <c r="J253" s="35">
-        <v>2642.4</v>
+        <v>2670.43</v>
       </c>
       <c r="K253" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A254" s="30" t="s">
         <v>777</v>
       </c>
       <c r="B254" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C254" s="32" t="s">
         <v>778</v>
       </c>
       <c r="D254" s="32" t="s">
         <v>779</v>
       </c>
       <c r="E254" s="33">
         <v>0</v>
       </c>
       <c r="F254" s="33">
         <v>1</v>
       </c>
       <c r="G254" s="33">
         <v>6</v>
       </c>
       <c r="H254" s="32" t="s">
         <v>780</v>
       </c>
       <c r="I254" s="34">
         <v>114</v>
       </c>
       <c r="J254" s="35">
-        <v>5443.23</v>
+        <v>5500.98</v>
       </c>
       <c r="K254" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A6:K254" xr:uid="{D35C3A57-55F8-41E1-B03B-A2C5454363EB}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.5" footer="0.5"/>
   <pageSetup scale="74" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <customProperties>
     <customPr name="GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <argus-direct-storage xmlns="urn:argus-direct-storage:queries"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C58CD9E-7447-46FD-B508-53BCE1AE3FBF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE83276E-E00A-43AA-ABCF-E367365B9655}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="urn:argus-direct-storage:queries"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Copper Tube</vt:lpstr>
       <vt:lpstr>'Copper Tube'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Thompson, Paul</dc:creator>
+  <dc:creator>Thompson, Paul O</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>