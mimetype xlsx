--- v1 (2026-01-07)
+++ v2 (2026-03-08)
@@ -1,377 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Marketing\Price Lists\Website-ExcelFiles\Tube\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{64C0EE2C-732A-4B4D-9936-E0C6557DC426}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D5FA1FDF-1E5A-46D4-88F0-8D864B214ADF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1C6DCF96-F947-4822-A1D9-4EBC5048BCB4}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2FC9BE2A-39B3-49B3-9C9E-97E506013E63}"/>
   </bookViews>
   <sheets>
     <sheet name="Copper Tube" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Copper Tube'!$A$6:$K$254</definedName>
     <definedName name="ABC">#REF!</definedName>
     <definedName name="OD">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Copper Tube'!$6:$6</definedName>
     <definedName name="Pt_Type">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K253" i="1" l="1"/>
-  <c r="K252" i="1"/>
+  <c r="K251" i="1" l="1"/>
   <c r="K250" i="1"/>
   <c r="K249" i="1"/>
+  <c r="K248" i="1"/>
   <c r="K247" i="1"/>
   <c r="K246" i="1"/>
   <c r="K245" i="1"/>
   <c r="K244" i="1"/>
   <c r="K243" i="1"/>
-  <c r="K242" i="1"/>
   <c r="K241" i="1"/>
-  <c r="K239" i="1"/>
-  <c r="K238" i="1"/>
+  <c r="K237" i="1"/>
   <c r="K236" i="1"/>
   <c r="K235" i="1"/>
+  <c r="K234" i="1"/>
   <c r="K233" i="1"/>
   <c r="K232" i="1"/>
   <c r="K231" i="1"/>
   <c r="K230" i="1"/>
   <c r="K229" i="1"/>
-  <c r="K228" i="1"/>
   <c r="K227" i="1"/>
-  <c r="K225" i="1"/>
-  <c r="K224" i="1"/>
+  <c r="K223" i="1"/>
   <c r="K222" i="1"/>
   <c r="K221" i="1"/>
-  <c r="K219" i="1"/>
+  <c r="K220" i="1"/>
+  <c r="K218" i="1"/>
   <c r="K217" i="1"/>
   <c r="K216" i="1"/>
   <c r="K215" i="1"/>
-  <c r="K214" i="1"/>
   <c r="K213" i="1"/>
-  <c r="K212" i="1"/>
-[...1 lines deleted...]
-  <c r="K210" i="1"/>
+  <c r="K209" i="1"/>
   <c r="K208" i="1"/>
   <c r="K207" i="1"/>
+  <c r="K206" i="1"/>
   <c r="K205" i="1"/>
   <c r="K204" i="1"/>
   <c r="K203" i="1"/>
   <c r="K202" i="1"/>
   <c r="K201" i="1"/>
-  <c r="K200" i="1"/>
-[...2 lines deleted...]
-  <c r="K196" i="1"/>
+  <c r="K199" i="1"/>
+  <c r="K195" i="1"/>
   <c r="K194" i="1"/>
   <c r="K193" i="1"/>
+  <c r="K192" i="1"/>
   <c r="K191" i="1"/>
+  <c r="K190" i="1"/>
   <c r="K189" i="1"/>
   <c r="K188" i="1"/>
   <c r="K187" i="1"/>
-  <c r="K186" i="1"/>
   <c r="K185" i="1"/>
-  <c r="K184" i="1"/>
-[...1 lines deleted...]
-  <c r="K182" i="1"/>
+  <c r="K181" i="1"/>
   <c r="K180" i="1"/>
   <c r="K179" i="1"/>
+  <c r="K178" i="1"/>
   <c r="K177" i="1"/>
+  <c r="K176" i="1"/>
   <c r="K175" i="1"/>
   <c r="K174" i="1"/>
   <c r="K173" i="1"/>
-  <c r="K172" i="1"/>
   <c r="K171" i="1"/>
-  <c r="K170" i="1"/>
   <c r="K169" i="1"/>
-  <c r="K168" i="1"/>
+  <c r="K167" i="1"/>
   <c r="K166" i="1"/>
   <c r="K165" i="1"/>
-  <c r="K163" i="1"/>
+  <c r="K164" i="1"/>
   <c r="K162" i="1"/>
   <c r="K161" i="1"/>
   <c r="K160" i="1"/>
   <c r="K159" i="1"/>
-  <c r="K158" i="1"/>
   <c r="K157" i="1"/>
-  <c r="K156" i="1"/>
-[...1 lines deleted...]
-  <c r="K154" i="1"/>
+  <c r="K153" i="1"/>
   <c r="K152" i="1"/>
   <c r="K151" i="1"/>
+  <c r="K150" i="1"/>
   <c r="K149" i="1"/>
+  <c r="K148" i="1"/>
   <c r="K147" i="1"/>
   <c r="K146" i="1"/>
   <c r="K145" i="1"/>
-  <c r="K144" i="1"/>
   <c r="K143" i="1"/>
-  <c r="K142" i="1"/>
   <c r="K141" i="1"/>
-  <c r="K140" i="1"/>
-  <c r="K138" i="1"/>
+  <c r="K139" i="1"/>
   <c r="K137" i="1"/>
+  <c r="K136" i="1"/>
   <c r="K135" i="1"/>
   <c r="K134" i="1"/>
   <c r="K133" i="1"/>
   <c r="K132" i="1"/>
   <c r="K131" i="1"/>
-  <c r="K130" i="1"/>
   <c r="K129" i="1"/>
-  <c r="K128" i="1"/>
   <c r="K127" i="1"/>
-  <c r="K126" i="1"/>
-  <c r="K124" i="1"/>
+  <c r="K125" i="1"/>
   <c r="K123" i="1"/>
+  <c r="K122" i="1"/>
   <c r="K121" i="1"/>
+  <c r="K120" i="1"/>
   <c r="K119" i="1"/>
   <c r="K118" i="1"/>
   <c r="K117" i="1"/>
-  <c r="K116" i="1"/>
   <c r="K115" i="1"/>
-  <c r="K114" i="1"/>
-[...1 lines deleted...]
-  <c r="K112" i="1"/>
+  <c r="K111" i="1"/>
   <c r="K110" i="1"/>
   <c r="K109" i="1"/>
+  <c r="K108" i="1"/>
   <c r="K107" i="1"/>
   <c r="K106" i="1"/>
   <c r="K105" i="1"/>
   <c r="K104" i="1"/>
-  <c r="K102" i="1"/>
+  <c r="K103" i="1"/>
   <c r="K101" i="1"/>
-  <c r="K100" i="1"/>
   <c r="K99" i="1"/>
-  <c r="K98" i="1"/>
+  <c r="K97" i="1"/>
   <c r="K96" i="1"/>
   <c r="K95" i="1"/>
+  <c r="K94" i="1"/>
   <c r="K93" i="1"/>
   <c r="K92" i="1"/>
   <c r="K91" i="1"/>
   <c r="K90" i="1"/>
   <c r="K89" i="1"/>
-  <c r="K88" i="1"/>
   <c r="K87" i="1"/>
-  <c r="K86" i="1"/>
   <c r="K85" i="1"/>
-  <c r="K84" i="1"/>
+  <c r="K83" i="1"/>
   <c r="K82" i="1"/>
   <c r="K81" i="1"/>
+  <c r="K80" i="1"/>
   <c r="K79" i="1"/>
   <c r="K78" i="1"/>
   <c r="K77" i="1"/>
   <c r="K76" i="1"/>
   <c r="K75" i="1"/>
-  <c r="K74" i="1"/>
   <c r="K73" i="1"/>
-  <c r="K72" i="1"/>
-[...1 lines deleted...]
-  <c r="K68" i="1"/>
+  <c r="K71" i="1"/>
+  <c r="K69" i="1"/>
   <c r="K67" i="1"/>
-  <c r="K65" i="1"/>
+  <c r="K66" i="1"/>
   <c r="K64" i="1"/>
-  <c r="K63" i="1"/>
   <c r="K62" i="1"/>
   <c r="K61" i="1"/>
-  <c r="K60" i="1"/>
   <c r="K59" i="1"/>
-  <c r="K58" i="1"/>
-  <c r="K56" i="1"/>
+  <c r="K57" i="1"/>
+  <c r="K55" i="1"/>
   <c r="K54" i="1"/>
   <c r="K53" i="1"/>
+  <c r="K52" i="1"/>
   <c r="K51" i="1"/>
   <c r="K50" i="1"/>
-  <c r="K49" i="1"/>
   <c r="K48" i="1"/>
-  <c r="K46" i="1"/>
+  <c r="K47" i="1"/>
   <c r="K45" i="1"/>
-  <c r="K44" i="1"/>
-[...2 lines deleted...]
-  <c r="K40" i="1"/>
+  <c r="K41" i="1"/>
   <c r="K39" i="1"/>
+  <c r="K38" i="1"/>
   <c r="K37" i="1"/>
   <c r="K36" i="1"/>
-  <c r="K35" i="1"/>
   <c r="K34" i="1"/>
-  <c r="K32" i="1"/>
+  <c r="K33" i="1"/>
   <c r="K31" i="1"/>
-  <c r="K30" i="1"/>
-  <c r="K28" i="1"/>
+  <c r="K29" i="1"/>
+  <c r="K27" i="1"/>
   <c r="K26" i="1"/>
   <c r="K25" i="1"/>
-  <c r="K23" i="1"/>
+  <c r="K24" i="1"/>
   <c r="K22" i="1"/>
   <c r="K21" i="1"/>
   <c r="K20" i="1"/>
   <c r="K19" i="1"/>
-  <c r="K18" i="1"/>
   <c r="K17" i="1"/>
-  <c r="K16" i="1"/>
-[...1 lines deleted...]
-  <c r="K12" i="1"/>
+  <c r="K15" i="1"/>
+  <c r="K13" i="1"/>
   <c r="K11" i="1"/>
-  <c r="K9" i="1"/>
+  <c r="K10" i="1"/>
   <c r="K8" i="1"/>
   <c r="K7" i="1"/>
-  <c r="K120" i="1" l="1"/>
-[...47 lines deleted...]
-  <c r="K71" i="1"/>
+  <c r="K23" i="1" l="1"/>
+  <c r="K68" i="1"/>
+  <c r="K113" i="1"/>
+  <c r="K155" i="1"/>
+  <c r="K183" i="1"/>
+  <c r="K197" i="1"/>
+  <c r="K211" i="1"/>
+  <c r="K225" i="1"/>
+  <c r="K239" i="1"/>
+  <c r="K253" i="1"/>
+  <c r="K65" i="1"/>
+  <c r="K43" i="1"/>
+  <c r="K18" i="1"/>
+  <c r="K32" i="1"/>
+  <c r="K46" i="1"/>
+  <c r="K60" i="1"/>
+  <c r="K74" i="1"/>
+  <c r="K88" i="1"/>
+  <c r="K102" i="1"/>
+  <c r="K116" i="1"/>
+  <c r="K130" i="1"/>
+  <c r="K144" i="1"/>
+  <c r="K158" i="1"/>
+  <c r="K172" i="1"/>
+  <c r="K186" i="1"/>
+  <c r="K200" i="1"/>
+  <c r="K214" i="1"/>
+  <c r="K228" i="1"/>
+  <c r="K242" i="1"/>
+  <c r="K219" i="1"/>
+  <c r="K124" i="1"/>
+  <c r="K138" i="1"/>
+  <c r="K35" i="1"/>
+  <c r="K49" i="1"/>
+  <c r="K63" i="1"/>
+  <c r="K163" i="1"/>
+  <c r="K12" i="1"/>
+  <c r="K16" i="1"/>
+  <c r="K30" i="1"/>
+  <c r="K44" i="1"/>
+  <c r="K58" i="1"/>
+  <c r="K72" i="1"/>
+  <c r="K86" i="1"/>
+  <c r="K100" i="1"/>
+  <c r="K114" i="1"/>
+  <c r="K128" i="1"/>
+  <c r="K142" i="1"/>
+  <c r="K156" i="1"/>
+  <c r="K170" i="1"/>
+  <c r="K184" i="1"/>
+  <c r="K198" i="1"/>
+  <c r="K212" i="1"/>
   <c r="K226" i="1"/>
   <c r="K240" i="1"/>
   <c r="K254" i="1"/>
+  <c r="K9" i="1"/>
+  <c r="K40" i="1"/>
+  <c r="K14" i="1"/>
+  <c r="K28" i="1"/>
+  <c r="K42" i="1"/>
+  <c r="K56" i="1"/>
+  <c r="K70" i="1"/>
+  <c r="K84" i="1"/>
+  <c r="K98" i="1"/>
+  <c r="K112" i="1"/>
+  <c r="K126" i="1"/>
+  <c r="K140" i="1"/>
+  <c r="K154" i="1"/>
+  <c r="K168" i="1"/>
+  <c r="K182" i="1"/>
+  <c r="K196" i="1"/>
+  <c r="K210" i="1"/>
+  <c r="K224" i="1"/>
+  <c r="K238" i="1"/>
+  <c r="K252" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1256" uniqueCount="782">
   <si>
     <r>
       <t>STREAMLINE</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>®</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> COPPER TUBE</t>
     </r>
   </si>
   <si>
     <t>Mueller Streamline Co., Memphis, TN</t>
   </si>
   <si>
-    <t>Effective Dec 1st, 2025</t>
-[...2 lines deleted...]
-    <t>(Supersedes UW CT1025a)</t>
+    <t>Effective Jan 29th, 2026</t>
+  </si>
+  <si>
+    <t>(Supersedes UW CT0126)</t>
   </si>
   <si>
     <t>Multiplier:</t>
   </si>
   <si>
     <t>The issuance of this price list is not an offer to sell the goods listed herein at the prices stated.</t>
   </si>
   <si>
     <t>Part Nbr</t>
   </si>
   <si>
     <t>Part Group</t>
   </si>
   <si>
     <t>Part Description1</t>
   </si>
   <si>
     <t>Part Description2</t>
   </si>
   <si>
     <t>Pc Qty</t>
   </si>
   <si>
     <t>Bndl Qty</t>
   </si>
@@ -2661,225 +2661,224 @@
   <si>
     <t>685768233879</t>
   </si>
   <si>
     <t>D 26050</t>
   </si>
   <si>
     <t>1 5/8OD X.060 X 50'COIL</t>
   </si>
   <si>
     <t>685768233992</t>
   </si>
   <si>
     <t>D 26100</t>
   </si>
   <si>
     <t>1 5/8OD X.060 X100'COIL</t>
   </si>
   <si>
     <t>1 5/8 OD X.060 X100'COIL</t>
   </si>
   <si>
     <t>685768233909</t>
   </si>
   <si>
-    <t>UW CT1225</t>
+    <t>UW CT0126a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
-    <numFmt numFmtId="167" formatCode="0.000"/>
+    <numFmt numFmtId="168" formatCode="0.000"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="8" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="8" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...8 lines deleted...]
-    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" fontId="2" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="4">
-    <cellStyle name="Comma 5" xfId="2" xr:uid="{157F2275-40A1-487B-A5FD-B7685994F0CA}"/>
+    <cellStyle name="Comma 5" xfId="2" xr:uid="{46FB1CCE-71DF-4D86-8366-B04D5EBEBC49}"/>
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 3" xfId="3" xr:uid="{7E078070-F021-48E7-9293-C1AF78BAC9F4}"/>
+    <cellStyle name="Normal 3" xfId="3" xr:uid="{3FCE2D9B-023D-48F0-8E76-6CD6D6521307}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -3144,62 +3143,62 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33DDCF89-A2D7-4F3D-A334-6D88B0319854}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31E70861-A9B7-4B4A-A7A9-A5508EC1A50A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K254"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="3" ySplit="6" topLeftCell="D7" activePane="bottomRight" state="frozen"/>
       <selection activeCell="D25" sqref="D25"/>
       <selection pane="topRight" activeCell="D25" sqref="D25"/>
       <selection pane="bottomLeft" activeCell="D25" sqref="D25"/>
-      <selection pane="bottomRight" activeCell="G263" sqref="G263"/>
+      <selection pane="bottomRight" activeCell="K253" sqref="K253"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.5703125" style="18" customWidth="1"/>
     <col min="2" max="2" width="8.5703125" style="19" customWidth="1"/>
     <col min="3" max="3" width="25.140625" style="18" customWidth="1"/>
     <col min="4" max="4" width="23.7109375" style="18" customWidth="1"/>
     <col min="5" max="5" width="6.5703125" style="18" customWidth="1"/>
     <col min="6" max="6" width="6.5703125" style="20" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="20" customWidth="1"/>
     <col min="8" max="8" width="13.28515625" style="21" customWidth="1"/>
     <col min="9" max="9" width="7.85546875" style="18" customWidth="1"/>
     <col min="10" max="10" width="11.28515625" style="22" customWidth="1"/>
     <col min="11" max="11" width="10.5703125" style="38"/>
     <col min="12" max="16384" width="10.5703125" style="13"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="E1" s="4"/>
@@ -3299,8972 +3298,8972 @@
       <c r="B7" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="32" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="32" t="s">
         <v>20</v>
       </c>
       <c r="E7" s="33">
         <v>10</v>
       </c>
       <c r="F7" s="33">
         <v>250</v>
       </c>
       <c r="G7" s="33">
         <v>6000</v>
       </c>
       <c r="H7" s="32" t="s">
         <v>21</v>
       </c>
       <c r="I7" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J7" s="35">
-        <v>5.81</v>
+        <v>6.51</v>
       </c>
       <c r="K7" s="35">
         <f t="shared" ref="K7:K70" si="0">ROUND(J7*$B$4,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A8" s="30" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="32" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="33">
         <v>20</v>
       </c>
       <c r="F8" s="33">
         <v>500</v>
       </c>
       <c r="G8" s="33">
         <v>12000</v>
       </c>
       <c r="H8" s="32" t="s">
         <v>25</v>
       </c>
       <c r="I8" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J8" s="35">
-        <v>5.81</v>
+        <v>6.51</v>
       </c>
       <c r="K8" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A9" s="30" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="32" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="32" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="33">
         <v>10</v>
       </c>
       <c r="F9" s="33">
         <v>250</v>
       </c>
       <c r="G9" s="33">
         <v>3500</v>
       </c>
       <c r="H9" s="32" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J9" s="35">
-        <v>10.36</v>
+        <v>11.61</v>
       </c>
       <c r="K9" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A10" s="30" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="32" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="32" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="33">
         <v>20</v>
       </c>
       <c r="F10" s="33">
         <v>500</v>
       </c>
       <c r="G10" s="33">
         <v>7000</v>
       </c>
       <c r="H10" s="32" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J10" s="35">
-        <v>10.36</v>
+        <v>11.61</v>
       </c>
       <c r="K10" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A11" s="30" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="32" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="32" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="33">
         <v>10</v>
       </c>
       <c r="F11" s="33">
         <v>250</v>
       </c>
       <c r="G11" s="33">
         <v>2500</v>
       </c>
       <c r="H11" s="32" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J11" s="35">
-        <v>12.17</v>
+        <v>13.63</v>
       </c>
       <c r="K11" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A12" s="30" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="32" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="32" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="33">
         <v>20</v>
       </c>
       <c r="F12" s="33">
         <v>500</v>
       </c>
       <c r="G12" s="33">
         <v>5000</v>
       </c>
       <c r="H12" s="32" t="s">
         <v>41</v>
       </c>
       <c r="I12" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J12" s="35">
-        <v>12.17</v>
+        <v>13.63</v>
       </c>
       <c r="K12" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A13" s="30" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="32" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="32" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="33">
         <v>10</v>
       </c>
       <c r="F13" s="33">
         <v>100</v>
       </c>
       <c r="G13" s="33">
         <v>2200</v>
       </c>
       <c r="H13" s="32" t="s">
         <v>45</v>
       </c>
       <c r="I13" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J13" s="35">
-        <v>15</v>
+        <v>16.8</v>
       </c>
       <c r="K13" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A14" s="30" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="32" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="32" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="33">
         <v>20</v>
       </c>
       <c r="F14" s="33">
         <v>200</v>
       </c>
       <c r="G14" s="33">
         <v>4400</v>
       </c>
       <c r="H14" s="32" t="s">
         <v>49</v>
       </c>
       <c r="I14" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J14" s="35">
-        <v>15</v>
+        <v>16.8</v>
       </c>
       <c r="K14" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A15" s="30" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="32" t="s">
         <v>51</v>
       </c>
       <c r="D15" s="32" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="33">
         <v>10</v>
       </c>
       <c r="F15" s="33">
         <v>100</v>
       </c>
       <c r="G15" s="33">
         <v>1400</v>
       </c>
       <c r="H15" s="32" t="s">
         <v>53</v>
       </c>
       <c r="I15" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J15" s="35">
-        <v>22.53</v>
+        <v>25.24</v>
       </c>
       <c r="K15" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A16" s="30" t="s">
         <v>54</v>
       </c>
       <c r="B16" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="32" t="s">
         <v>55</v>
       </c>
       <c r="D16" s="32" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="33">
         <v>20</v>
       </c>
       <c r="F16" s="33">
         <v>200</v>
       </c>
       <c r="G16" s="33">
         <v>2800</v>
       </c>
       <c r="H16" s="32" t="s">
         <v>57</v>
       </c>
       <c r="I16" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J16" s="35">
-        <v>22.53</v>
+        <v>25.24</v>
       </c>
       <c r="K16" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A17" s="30" t="s">
         <v>58</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="32" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="32" t="s">
         <v>60</v>
       </c>
       <c r="E17" s="33">
         <v>10</v>
       </c>
       <c r="F17" s="33">
         <v>50</v>
       </c>
       <c r="G17" s="33">
         <v>1000</v>
       </c>
       <c r="H17" s="32" t="s">
         <v>61</v>
       </c>
       <c r="I17" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J17" s="35">
-        <v>29.22</v>
+        <v>32.729999999999997</v>
       </c>
       <c r="K17" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A18" s="30" t="s">
         <v>62</v>
       </c>
       <c r="B18" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="32" t="s">
         <v>63</v>
       </c>
       <c r="D18" s="32" t="s">
         <v>64</v>
       </c>
       <c r="E18" s="33">
         <v>20</v>
       </c>
       <c r="F18" s="33">
         <v>100</v>
       </c>
       <c r="G18" s="33">
         <v>2000</v>
       </c>
       <c r="H18" s="32" t="s">
         <v>65</v>
       </c>
       <c r="I18" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J18" s="35">
-        <v>29.22</v>
+        <v>32.729999999999997</v>
       </c>
       <c r="K18" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A19" s="30" t="s">
         <v>66</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="32" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="32" t="s">
         <v>68</v>
       </c>
       <c r="E19" s="33">
         <v>10</v>
       </c>
       <c r="F19" s="33">
         <v>50</v>
       </c>
       <c r="G19" s="33">
         <v>900</v>
       </c>
       <c r="H19" s="32" t="s">
         <v>69</v>
       </c>
       <c r="I19" s="34">
         <v>1.04</v>
       </c>
       <c r="J19" s="35">
-        <v>36.729999999999997</v>
+        <v>41.14</v>
       </c>
       <c r="K19" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A20" s="30" t="s">
         <v>70</v>
       </c>
       <c r="B20" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="32" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="32" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="33">
         <v>20</v>
       </c>
       <c r="F20" s="33">
         <v>100</v>
       </c>
       <c r="G20" s="33">
         <v>1800</v>
       </c>
       <c r="H20" s="32" t="s">
         <v>73</v>
       </c>
       <c r="I20" s="34">
         <v>1.04</v>
       </c>
       <c r="J20" s="35">
-        <v>36.729999999999997</v>
+        <v>41.14</v>
       </c>
       <c r="K20" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A21" s="30" t="s">
         <v>74</v>
       </c>
       <c r="B21" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C21" s="32" t="s">
         <v>75</v>
       </c>
       <c r="D21" s="32" t="s">
         <v>76</v>
       </c>
       <c r="E21" s="33">
         <v>10</v>
       </c>
       <c r="F21" s="33">
         <v>50</v>
       </c>
       <c r="G21" s="33">
         <v>700</v>
       </c>
       <c r="H21" s="32" t="s">
         <v>77</v>
       </c>
       <c r="I21" s="34">
         <v>1.36</v>
       </c>
       <c r="J21" s="35">
-        <v>48.46</v>
+        <v>54.28</v>
       </c>
       <c r="K21" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A22" s="30" t="s">
         <v>78</v>
       </c>
       <c r="B22" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="32" t="s">
         <v>79</v>
       </c>
       <c r="D22" s="32" t="s">
         <v>80</v>
       </c>
       <c r="E22" s="33">
         <v>20</v>
       </c>
       <c r="F22" s="33">
         <v>100</v>
       </c>
       <c r="G22" s="33">
         <v>1400</v>
       </c>
       <c r="H22" s="32" t="s">
         <v>81</v>
       </c>
       <c r="I22" s="34">
         <v>1.36</v>
       </c>
       <c r="J22" s="35">
-        <v>48.46</v>
+        <v>54.28</v>
       </c>
       <c r="K22" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A23" s="30" t="s">
         <v>82</v>
       </c>
       <c r="B23" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="32" t="s">
         <v>83</v>
       </c>
       <c r="D23" s="32" t="s">
         <v>84</v>
       </c>
       <c r="E23" s="33">
         <v>10</v>
       </c>
       <c r="F23" s="33">
         <v>0</v>
       </c>
       <c r="G23" s="33">
         <v>480</v>
       </c>
       <c r="H23" s="32" t="s">
         <v>85</v>
       </c>
       <c r="I23" s="34">
         <v>2.06</v>
       </c>
       <c r="J23" s="35">
-        <v>71.37</v>
+        <v>79.95</v>
       </c>
       <c r="K23" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A24" s="30" t="s">
         <v>86</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="32" t="s">
         <v>87</v>
       </c>
       <c r="D24" s="32" t="s">
         <v>88</v>
       </c>
       <c r="E24" s="33">
         <v>20</v>
       </c>
       <c r="F24" s="33">
         <v>0</v>
       </c>
       <c r="G24" s="33">
         <v>960</v>
       </c>
       <c r="H24" s="32" t="s">
         <v>89</v>
       </c>
       <c r="I24" s="34">
         <v>2.06</v>
       </c>
       <c r="J24" s="35">
-        <v>71.37</v>
+        <v>79.95</v>
       </c>
       <c r="K24" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A25" s="30" t="s">
         <v>90</v>
       </c>
       <c r="B25" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="32" t="s">
         <v>91</v>
       </c>
       <c r="D25" s="32" t="s">
         <v>92</v>
       </c>
       <c r="E25" s="33">
         <v>10</v>
       </c>
       <c r="F25" s="33">
         <v>0</v>
       </c>
       <c r="G25" s="33">
         <v>320</v>
       </c>
       <c r="H25" s="32" t="s">
         <v>93</v>
       </c>
       <c r="I25" s="34">
         <v>2.93</v>
       </c>
       <c r="J25" s="35">
-        <v>106.86</v>
+        <v>119.71</v>
       </c>
       <c r="K25" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A26" s="30" t="s">
         <v>94</v>
       </c>
       <c r="B26" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C26" s="32" t="s">
         <v>95</v>
       </c>
       <c r="D26" s="32" t="s">
         <v>96</v>
       </c>
       <c r="E26" s="33">
         <v>20</v>
       </c>
       <c r="F26" s="33">
         <v>0</v>
       </c>
       <c r="G26" s="33">
         <v>640</v>
       </c>
       <c r="H26" s="32" t="s">
         <v>97</v>
       </c>
       <c r="I26" s="34">
         <v>2.93</v>
       </c>
       <c r="J26" s="35">
-        <v>106.86</v>
+        <v>119.71</v>
       </c>
       <c r="K26" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A27" s="30" t="s">
         <v>98</v>
       </c>
       <c r="B27" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C27" s="32" t="s">
         <v>99</v>
       </c>
       <c r="D27" s="32" t="s">
         <v>100</v>
       </c>
       <c r="E27" s="33">
         <v>10</v>
       </c>
       <c r="F27" s="33">
         <v>0</v>
       </c>
       <c r="G27" s="33">
         <v>240</v>
       </c>
       <c r="H27" s="32" t="s">
         <v>101</v>
       </c>
       <c r="I27" s="34">
         <v>4</v>
       </c>
       <c r="J27" s="35">
-        <v>147.5</v>
+        <v>165.23</v>
       </c>
       <c r="K27" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A28" s="30" t="s">
         <v>102</v>
       </c>
       <c r="B28" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="32" t="s">
         <v>103</v>
       </c>
       <c r="D28" s="32" t="s">
         <v>104</v>
       </c>
       <c r="E28" s="33">
         <v>20</v>
       </c>
       <c r="F28" s="33">
         <v>0</v>
       </c>
       <c r="G28" s="33">
         <v>480</v>
       </c>
       <c r="H28" s="32" t="s">
         <v>105</v>
       </c>
       <c r="I28" s="34">
         <v>4</v>
       </c>
       <c r="J28" s="35">
-        <v>147.5</v>
+        <v>165.23</v>
       </c>
       <c r="K28" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A29" s="30" t="s">
         <v>106</v>
       </c>
       <c r="B29" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C29" s="32" t="s">
         <v>107</v>
       </c>
       <c r="D29" s="32" t="s">
         <v>108</v>
       </c>
       <c r="E29" s="33">
         <v>20</v>
       </c>
       <c r="F29" s="33">
         <v>0</v>
       </c>
       <c r="G29" s="33">
         <v>360</v>
       </c>
       <c r="H29" s="32" t="s">
         <v>109</v>
       </c>
       <c r="I29" s="34">
         <v>5.12</v>
       </c>
       <c r="J29" s="35">
-        <v>188.68</v>
+        <v>211.35</v>
       </c>
       <c r="K29" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A30" s="30" t="s">
         <v>110</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C30" s="32" t="s">
         <v>111</v>
       </c>
       <c r="D30" s="32" t="s">
         <v>112</v>
       </c>
       <c r="E30" s="33">
         <v>10</v>
       </c>
       <c r="F30" s="33">
         <v>0</v>
       </c>
       <c r="G30" s="33">
         <v>140</v>
       </c>
       <c r="H30" s="32" t="s">
         <v>113</v>
       </c>
       <c r="I30" s="34">
         <v>6.51</v>
       </c>
       <c r="J30" s="35">
-        <v>256.99</v>
+        <v>287.87</v>
       </c>
       <c r="K30" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A31" s="30" t="s">
         <v>114</v>
       </c>
       <c r="B31" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C31" s="32" t="s">
         <v>115</v>
       </c>
       <c r="D31" s="32" t="s">
         <v>116</v>
       </c>
       <c r="E31" s="33">
         <v>20</v>
       </c>
       <c r="F31" s="33">
         <v>0</v>
       </c>
       <c r="G31" s="33">
         <v>280</v>
       </c>
       <c r="H31" s="32" t="s">
         <v>117</v>
       </c>
       <c r="I31" s="34">
         <v>6.51</v>
       </c>
       <c r="J31" s="35">
-        <v>256.99</v>
+        <v>287.87</v>
       </c>
       <c r="K31" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A32" s="30" t="s">
         <v>118</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="32" t="s">
         <v>119</v>
       </c>
       <c r="D32" s="32" t="s">
         <v>120</v>
       </c>
       <c r="E32" s="33">
         <v>20</v>
       </c>
       <c r="F32" s="33">
         <v>0</v>
       </c>
       <c r="G32" s="33">
         <v>200</v>
       </c>
       <c r="H32" s="32" t="s">
         <v>121</v>
       </c>
       <c r="I32" s="34">
         <v>9.67</v>
       </c>
       <c r="J32" s="35">
-        <v>361.31</v>
+        <v>404.73</v>
       </c>
       <c r="K32" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A33" s="30" t="s">
         <v>122</v>
       </c>
       <c r="B33" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C33" s="32" t="s">
         <v>123</v>
       </c>
       <c r="D33" s="32" t="s">
         <v>124</v>
       </c>
       <c r="E33" s="33">
         <v>20</v>
       </c>
       <c r="F33" s="33">
         <v>0</v>
       </c>
       <c r="G33" s="33">
         <v>160</v>
       </c>
       <c r="H33" s="32" t="s">
         <v>125</v>
       </c>
       <c r="I33" s="34">
         <v>13.9</v>
       </c>
       <c r="J33" s="35">
-        <v>535.23</v>
+        <v>599.54999999999995</v>
       </c>
       <c r="K33" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A34" s="30" t="s">
         <v>126</v>
       </c>
       <c r="B34" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C34" s="32" t="s">
         <v>127</v>
       </c>
       <c r="D34" s="32" t="s">
         <v>128</v>
       </c>
       <c r="E34" s="33">
         <v>10</v>
       </c>
       <c r="F34" s="33">
         <v>20</v>
       </c>
       <c r="G34" s="33">
         <v>0</v>
       </c>
       <c r="H34" s="32" t="s">
         <v>129</v>
       </c>
       <c r="I34" s="34">
         <v>25.9</v>
       </c>
       <c r="J34" s="35">
-        <v>1002.1</v>
+        <v>1122.52</v>
       </c>
       <c r="K34" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A35" s="30" t="s">
         <v>130</v>
       </c>
       <c r="B35" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="32" t="s">
         <v>131</v>
       </c>
       <c r="D35" s="32" t="s">
         <v>132</v>
       </c>
       <c r="E35" s="33">
         <v>20</v>
       </c>
       <c r="F35" s="33">
         <v>0</v>
       </c>
       <c r="G35" s="33">
         <v>80</v>
       </c>
       <c r="H35" s="32" t="s">
         <v>133</v>
       </c>
       <c r="I35" s="34">
         <v>25.9</v>
       </c>
       <c r="J35" s="35">
-        <v>1002.1</v>
+        <v>1122.52</v>
       </c>
       <c r="K35" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A36" s="30" t="s">
         <v>134</v>
       </c>
       <c r="B36" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C36" s="32" t="s">
         <v>136</v>
       </c>
       <c r="D36" s="32" t="s">
         <v>137</v>
       </c>
       <c r="E36" s="33">
         <v>20</v>
       </c>
       <c r="F36" s="33">
         <v>2000</v>
       </c>
       <c r="G36" s="33">
         <v>0</v>
       </c>
       <c r="H36" s="32" t="s">
         <v>138</v>
       </c>
       <c r="I36" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J36" s="35">
-        <v>7.34</v>
+        <v>8.23</v>
       </c>
       <c r="K36" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A37" s="30" t="s">
         <v>139</v>
       </c>
       <c r="B37" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C37" s="32" t="s">
         <v>140</v>
       </c>
       <c r="D37" s="32" t="s">
         <v>141</v>
       </c>
       <c r="E37" s="33">
         <v>60</v>
       </c>
       <c r="F37" s="33">
         <v>0</v>
       </c>
       <c r="G37" s="33">
         <v>8400</v>
       </c>
       <c r="H37" s="32" t="s">
         <v>142</v>
       </c>
       <c r="I37" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J37" s="35">
-        <v>6.04</v>
+        <v>6.77</v>
       </c>
       <c r="K37" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A38" s="30" t="s">
         <v>143</v>
       </c>
       <c r="B38" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C38" s="32" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="32" t="s">
         <v>145</v>
       </c>
       <c r="E38" s="33">
         <v>100</v>
       </c>
       <c r="F38" s="33">
         <v>0</v>
       </c>
       <c r="G38" s="33">
         <v>2500</v>
       </c>
       <c r="H38" s="32" t="s">
         <v>146</v>
       </c>
       <c r="I38" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J38" s="35">
-        <v>6.04</v>
+        <v>6.77</v>
       </c>
       <c r="K38" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A39" s="30" t="s">
         <v>147</v>
       </c>
       <c r="B39" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C39" s="32" t="s">
         <v>148</v>
       </c>
       <c r="D39" s="32" t="s">
         <v>149</v>
       </c>
       <c r="E39" s="33">
         <v>20</v>
       </c>
       <c r="F39" s="33">
         <v>1100</v>
       </c>
       <c r="G39" s="33">
         <v>0</v>
       </c>
       <c r="H39" s="32" t="s">
         <v>150</v>
       </c>
       <c r="I39" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J39" s="35">
-        <v>12.29</v>
+        <v>13.77</v>
       </c>
       <c r="K39" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A40" s="30" t="s">
         <v>151</v>
       </c>
       <c r="B40" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C40" s="32" t="s">
         <v>152</v>
       </c>
       <c r="D40" s="32" t="s">
         <v>153</v>
       </c>
       <c r="E40" s="33">
         <v>60</v>
       </c>
       <c r="F40" s="33">
         <v>0</v>
       </c>
       <c r="G40" s="33">
         <v>6000</v>
       </c>
       <c r="H40" s="32" t="s">
         <v>154</v>
       </c>
       <c r="I40" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J40" s="35">
-        <v>10.87</v>
+        <v>12.17</v>
       </c>
       <c r="K40" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A41" s="30" t="s">
         <v>155</v>
       </c>
       <c r="B41" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C41" s="32" t="s">
         <v>156</v>
       </c>
       <c r="D41" s="32" t="s">
         <v>157</v>
       </c>
       <c r="E41" s="33">
         <v>100</v>
       </c>
       <c r="F41" s="33">
         <v>0</v>
       </c>
       <c r="G41" s="33">
         <v>2500</v>
       </c>
       <c r="H41" s="32" t="s">
         <v>158</v>
       </c>
       <c r="I41" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J41" s="35">
-        <v>10.87</v>
+        <v>12.17</v>
       </c>
       <c r="K41" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A42" s="30" t="s">
         <v>159</v>
       </c>
       <c r="B42" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C42" s="32" t="s">
         <v>160</v>
       </c>
       <c r="D42" s="32" t="s">
         <v>161</v>
       </c>
       <c r="E42" s="33">
         <v>20</v>
       </c>
       <c r="F42" s="33">
         <v>1200</v>
       </c>
       <c r="G42" s="33">
         <v>0</v>
       </c>
       <c r="H42" s="32" t="s">
         <v>162</v>
       </c>
       <c r="I42" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J42" s="35">
-        <v>15.45</v>
+        <v>17.3</v>
       </c>
       <c r="K42" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A43" s="30" t="s">
         <v>163</v>
       </c>
       <c r="B43" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C43" s="32" t="s">
         <v>164</v>
       </c>
       <c r="D43" s="32" t="s">
         <v>165</v>
       </c>
       <c r="E43" s="33">
         <v>60</v>
       </c>
       <c r="F43" s="33">
         <v>0</v>
       </c>
       <c r="G43" s="33">
         <v>2100</v>
       </c>
       <c r="H43" s="32" t="s">
         <v>166</v>
       </c>
       <c r="I43" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J43" s="35">
-        <v>13.31</v>
+        <v>14.91</v>
       </c>
       <c r="K43" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A44" s="30" t="s">
         <v>167</v>
       </c>
       <c r="B44" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C44" s="32" t="s">
         <v>168</v>
       </c>
       <c r="D44" s="32" t="s">
         <v>169</v>
       </c>
       <c r="E44" s="33">
         <v>100</v>
       </c>
       <c r="F44" s="33">
         <v>0</v>
       </c>
       <c r="G44" s="33">
         <v>2000</v>
       </c>
       <c r="H44" s="32" t="s">
         <v>170</v>
       </c>
       <c r="I44" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J44" s="35">
-        <v>13.31</v>
+        <v>14.91</v>
       </c>
       <c r="K44" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A45" s="30" t="s">
         <v>171</v>
       </c>
       <c r="B45" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C45" s="32" t="s">
         <v>172</v>
       </c>
       <c r="D45" s="32" t="s">
         <v>173</v>
       </c>
       <c r="E45" s="33">
         <v>20</v>
       </c>
       <c r="F45" s="33">
         <v>1200</v>
       </c>
       <c r="G45" s="33">
         <v>0</v>
       </c>
       <c r="H45" s="32" t="s">
         <v>174</v>
       </c>
       <c r="I45" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J45" s="35">
-        <v>18.41</v>
+        <v>20.62</v>
       </c>
       <c r="K45" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A46" s="30" t="s">
         <v>175</v>
       </c>
       <c r="B46" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C46" s="32" t="s">
         <v>176</v>
       </c>
       <c r="D46" s="32" t="s">
         <v>177</v>
       </c>
       <c r="E46" s="33">
         <v>60</v>
       </c>
       <c r="F46" s="33">
         <v>0</v>
       </c>
       <c r="G46" s="33">
         <v>2100</v>
       </c>
       <c r="H46" s="32" t="s">
         <v>178</v>
       </c>
       <c r="I46" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J46" s="35">
-        <v>16.43</v>
+        <v>18.41</v>
       </c>
       <c r="K46" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A47" s="30" t="s">
         <v>179</v>
       </c>
       <c r="B47" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C47" s="32" t="s">
         <v>180</v>
       </c>
       <c r="D47" s="32" t="s">
         <v>181</v>
       </c>
       <c r="E47" s="33">
         <v>100</v>
       </c>
       <c r="F47" s="33">
         <v>0</v>
       </c>
       <c r="G47" s="33">
         <v>2000</v>
       </c>
       <c r="H47" s="32" t="s">
         <v>182</v>
       </c>
       <c r="I47" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J47" s="35">
-        <v>16.43</v>
+        <v>18.41</v>
       </c>
       <c r="K47" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A48" s="30" t="s">
         <v>183</v>
       </c>
       <c r="B48" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C48" s="32" t="s">
         <v>184</v>
       </c>
       <c r="D48" s="32" t="s">
         <v>185</v>
       </c>
       <c r="E48" s="33">
         <v>20</v>
       </c>
       <c r="F48" s="33">
         <v>1200</v>
       </c>
       <c r="G48" s="33">
         <v>0</v>
       </c>
       <c r="H48" s="32" t="s">
         <v>186</v>
       </c>
       <c r="I48" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J48" s="35">
-        <v>28.55</v>
+        <v>31.98</v>
       </c>
       <c r="K48" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A49" s="30" t="s">
         <v>187</v>
       </c>
       <c r="B49" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C49" s="32" t="s">
         <v>188</v>
       </c>
       <c r="D49" s="32" t="s">
         <v>189</v>
       </c>
       <c r="E49" s="33">
         <v>60</v>
       </c>
       <c r="F49" s="33">
         <v>0</v>
       </c>
       <c r="G49" s="33">
         <v>1500</v>
       </c>
       <c r="H49" s="32" t="s">
         <v>190</v>
       </c>
       <c r="I49" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J49" s="35">
-        <v>23.72</v>
+        <v>26.57</v>
       </c>
       <c r="K49" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A50" s="30" t="s">
         <v>191</v>
       </c>
       <c r="B50" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C50" s="32" t="s">
         <v>192</v>
       </c>
       <c r="D50" s="32" t="s">
         <v>193</v>
       </c>
       <c r="E50" s="33">
         <v>100</v>
       </c>
       <c r="F50" s="33">
         <v>0</v>
       </c>
       <c r="G50" s="33">
         <v>1500</v>
       </c>
       <c r="H50" s="32" t="s">
         <v>194</v>
       </c>
       <c r="I50" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J50" s="35">
-        <v>23.72</v>
+        <v>26.57</v>
       </c>
       <c r="K50" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A51" s="30" t="s">
         <v>195</v>
       </c>
       <c r="B51" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C51" s="32" t="s">
         <v>196</v>
       </c>
       <c r="D51" s="32" t="s">
         <v>197</v>
       </c>
       <c r="E51" s="33">
         <v>20</v>
       </c>
       <c r="F51" s="33">
         <v>700</v>
       </c>
       <c r="G51" s="33">
         <v>0</v>
       </c>
       <c r="H51" s="32" t="s">
         <v>198</v>
       </c>
       <c r="I51" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J51" s="35">
-        <v>37.71</v>
+        <v>42.25</v>
       </c>
       <c r="K51" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A52" s="30" t="s">
         <v>199</v>
       </c>
       <c r="B52" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C52" s="32" t="s">
         <v>200</v>
       </c>
       <c r="D52" s="32" t="s">
         <v>201</v>
       </c>
       <c r="E52" s="33">
         <v>60</v>
       </c>
       <c r="F52" s="33">
         <v>0</v>
       </c>
       <c r="G52" s="33">
         <v>1500</v>
       </c>
       <c r="H52" s="32" t="s">
         <v>202</v>
       </c>
       <c r="I52" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J52" s="35">
-        <v>31.49</v>
+        <v>35.28</v>
       </c>
       <c r="K52" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A53" s="30" t="s">
         <v>203</v>
       </c>
       <c r="B53" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C53" s="32" t="s">
         <v>204</v>
       </c>
       <c r="D53" s="32" t="s">
         <v>205</v>
       </c>
       <c r="E53" s="33">
         <v>100</v>
       </c>
       <c r="F53" s="33">
         <v>0</v>
       </c>
       <c r="G53" s="33">
         <v>1400</v>
       </c>
       <c r="H53" s="32" t="s">
         <v>206</v>
       </c>
       <c r="I53" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J53" s="35">
-        <v>31.49</v>
+        <v>35.28</v>
       </c>
       <c r="K53" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A54" s="30" t="s">
         <v>207</v>
       </c>
       <c r="B54" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C54" s="32" t="s">
         <v>208</v>
       </c>
       <c r="D54" s="32" t="s">
         <v>209</v>
       </c>
       <c r="E54" s="33">
         <v>20</v>
       </c>
       <c r="F54" s="33">
         <v>500</v>
       </c>
       <c r="G54" s="33">
         <v>0</v>
       </c>
       <c r="H54" s="32" t="s">
         <v>210</v>
       </c>
       <c r="I54" s="34">
         <v>1.04</v>
       </c>
       <c r="J54" s="35">
-        <v>44.8</v>
+        <v>50.18</v>
       </c>
       <c r="K54" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A55" s="30" t="s">
         <v>211</v>
       </c>
       <c r="B55" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C55" s="32" t="s">
         <v>212</v>
       </c>
       <c r="D55" s="32" t="s">
         <v>213</v>
       </c>
       <c r="E55" s="33">
         <v>60</v>
       </c>
       <c r="F55" s="33">
         <v>60</v>
       </c>
       <c r="G55" s="33">
         <v>360</v>
       </c>
       <c r="H55" s="32" t="s">
         <v>214</v>
       </c>
       <c r="I55" s="34">
         <v>1.04</v>
       </c>
       <c r="J55" s="35">
-        <v>40.4</v>
+        <v>45.26</v>
       </c>
       <c r="K55" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A56" s="30" t="s">
         <v>215</v>
       </c>
       <c r="B56" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C56" s="32" t="s">
         <v>216</v>
       </c>
       <c r="D56" s="32" t="s">
         <v>217</v>
       </c>
       <c r="E56" s="33">
         <v>100</v>
       </c>
       <c r="F56" s="33">
         <v>100</v>
       </c>
       <c r="G56" s="33">
         <v>1200</v>
       </c>
       <c r="H56" s="32" t="s">
         <v>218</v>
       </c>
       <c r="I56" s="34">
         <v>1.04</v>
       </c>
       <c r="J56" s="35">
-        <v>40.4</v>
+        <v>45.26</v>
       </c>
       <c r="K56" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A57" s="30" t="s">
         <v>219</v>
       </c>
       <c r="B57" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C57" s="32" t="s">
         <v>220</v>
       </c>
       <c r="D57" s="32" t="s">
         <v>221</v>
       </c>
       <c r="E57" s="33">
         <v>20</v>
       </c>
       <c r="F57" s="33">
         <v>320</v>
       </c>
       <c r="G57" s="33">
         <v>0</v>
       </c>
       <c r="H57" s="32" t="s">
         <v>222</v>
       </c>
       <c r="I57" s="34">
         <v>1.36</v>
       </c>
       <c r="J57" s="35">
-        <v>62.26</v>
+        <v>69.739999999999995</v>
       </c>
       <c r="K57" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A58" s="30" t="s">
         <v>223</v>
       </c>
       <c r="B58" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C58" s="32" t="s">
         <v>224</v>
       </c>
       <c r="D58" s="32" t="s">
         <v>225</v>
       </c>
       <c r="E58" s="33">
         <v>60</v>
       </c>
       <c r="F58" s="33">
         <v>60</v>
       </c>
       <c r="G58" s="33">
         <v>720</v>
       </c>
       <c r="H58" s="32" t="s">
         <v>226</v>
       </c>
       <c r="I58" s="34">
         <v>1.36</v>
       </c>
       <c r="J58" s="35">
-        <v>52.53</v>
+        <v>58.85</v>
       </c>
       <c r="K58" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A59" s="30" t="s">
         <v>227</v>
       </c>
       <c r="B59" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C59" s="32" t="s">
         <v>228</v>
       </c>
       <c r="D59" s="32" t="s">
         <v>229</v>
       </c>
       <c r="E59" s="33">
         <v>100</v>
       </c>
       <c r="F59" s="33">
         <v>100</v>
       </c>
       <c r="G59" s="33">
         <v>1200</v>
       </c>
       <c r="H59" s="32" t="s">
         <v>230</v>
       </c>
       <c r="I59" s="34">
         <v>1.36</v>
       </c>
       <c r="J59" s="35">
-        <v>52.53</v>
+        <v>58.85</v>
       </c>
       <c r="K59" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A60" s="30" t="s">
         <v>231</v>
       </c>
       <c r="B60" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C60" s="32" t="s">
         <v>232</v>
       </c>
       <c r="D60" s="32" t="s">
         <v>233</v>
       </c>
       <c r="E60" s="33">
         <v>20</v>
       </c>
       <c r="F60" s="33">
         <v>180</v>
       </c>
       <c r="G60" s="33">
         <v>0</v>
       </c>
       <c r="H60" s="32" t="s">
         <v>234</v>
       </c>
       <c r="I60" s="34">
         <v>2.06</v>
       </c>
       <c r="J60" s="35">
-        <v>95.82</v>
+        <v>107.33</v>
       </c>
       <c r="K60" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A61" s="30" t="s">
         <v>235</v>
       </c>
       <c r="B61" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C61" s="32" t="s">
         <v>236</v>
       </c>
       <c r="D61" s="32" t="s">
         <v>237</v>
       </c>
       <c r="E61" s="33">
         <v>40</v>
       </c>
       <c r="F61" s="33">
         <v>40</v>
       </c>
       <c r="G61" s="33">
         <v>400</v>
       </c>
       <c r="H61" s="32" t="s">
         <v>238</v>
       </c>
       <c r="I61" s="34">
         <v>2.06</v>
       </c>
       <c r="J61" s="35">
-        <v>80.58</v>
+        <v>90.26</v>
       </c>
       <c r="K61" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A62" s="30" t="s">
         <v>239</v>
       </c>
       <c r="B62" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C62" s="32" t="s">
         <v>240</v>
       </c>
       <c r="D62" s="32" t="s">
         <v>241</v>
       </c>
       <c r="E62" s="33">
         <v>60</v>
       </c>
       <c r="F62" s="33">
         <v>60</v>
       </c>
       <c r="G62" s="33">
         <v>600</v>
       </c>
       <c r="H62" s="32" t="s">
         <v>242</v>
       </c>
       <c r="I62" s="34">
         <v>2.06</v>
       </c>
       <c r="J62" s="35">
-        <v>80.58</v>
+        <v>90.26</v>
       </c>
       <c r="K62" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A63" s="30" t="s">
         <v>243</v>
       </c>
       <c r="B63" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C63" s="32" t="s">
         <v>244</v>
       </c>
       <c r="D63" s="32" t="s">
         <v>245</v>
       </c>
       <c r="E63" s="33">
         <v>20</v>
       </c>
       <c r="F63" s="33">
         <v>120</v>
       </c>
       <c r="G63" s="33">
         <v>0</v>
       </c>
       <c r="H63" s="32" t="s">
         <v>246</v>
       </c>
       <c r="I63" s="34">
         <v>2.93</v>
       </c>
       <c r="J63" s="35">
-        <v>145.72999999999999</v>
+        <v>163.24</v>
       </c>
       <c r="K63" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A64" s="30" t="s">
         <v>247</v>
       </c>
       <c r="B64" s="31" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="32" t="s">
         <v>248</v>
       </c>
       <c r="D64" s="32" t="s">
         <v>249</v>
       </c>
       <c r="E64" s="33">
         <v>20</v>
       </c>
       <c r="F64" s="33">
         <v>80</v>
       </c>
       <c r="G64" s="33">
         <v>0</v>
       </c>
       <c r="H64" s="32" t="s">
         <v>250</v>
       </c>
       <c r="I64" s="34">
         <v>4</v>
       </c>
       <c r="J64" s="35">
-        <v>202.72</v>
+        <v>227.08</v>
       </c>
       <c r="K64" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A65" s="30" t="s">
         <v>251</v>
       </c>
       <c r="B65" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C65" s="32" t="s">
         <v>19</v>
       </c>
       <c r="D65" s="32" t="s">
         <v>20</v>
       </c>
       <c r="E65" s="33">
         <v>10</v>
       </c>
       <c r="F65" s="33">
         <v>250</v>
       </c>
       <c r="G65" s="33">
         <v>6000</v>
       </c>
       <c r="H65" s="32" t="s">
         <v>253</v>
       </c>
       <c r="I65" s="34">
         <v>0.126</v>
       </c>
       <c r="J65" s="35">
-        <v>5.0599999999999996</v>
+        <v>5.67</v>
       </c>
       <c r="K65" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A66" s="30" t="s">
         <v>254</v>
       </c>
       <c r="B66" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C66" s="32" t="s">
         <v>23</v>
       </c>
       <c r="D66" s="32" t="s">
         <v>24</v>
       </c>
       <c r="E66" s="33">
         <v>20</v>
       </c>
       <c r="F66" s="33">
         <v>500</v>
       </c>
       <c r="G66" s="33">
         <v>12000</v>
       </c>
       <c r="H66" s="32" t="s">
         <v>255</v>
       </c>
       <c r="I66" s="34">
         <v>0.126</v>
       </c>
       <c r="J66" s="35">
-        <v>5.0599999999999996</v>
+        <v>5.67</v>
       </c>
       <c r="K66" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A67" s="30" t="s">
         <v>256</v>
       </c>
       <c r="B67" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C67" s="32" t="s">
         <v>27</v>
       </c>
       <c r="D67" s="32" t="s">
         <v>28</v>
       </c>
       <c r="E67" s="33">
         <v>10</v>
       </c>
       <c r="F67" s="33">
         <v>250</v>
       </c>
       <c r="G67" s="33">
         <v>5000</v>
       </c>
       <c r="H67" s="32" t="s">
         <v>257</v>
       </c>
       <c r="I67" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J67" s="35">
-        <v>7.42</v>
+        <v>8.31</v>
       </c>
       <c r="K67" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A68" s="30" t="s">
         <v>258</v>
       </c>
       <c r="B68" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C68" s="32" t="s">
         <v>31</v>
       </c>
       <c r="D68" s="32" t="s">
         <v>32</v>
       </c>
       <c r="E68" s="33">
         <v>20</v>
       </c>
       <c r="F68" s="33">
         <v>500</v>
       </c>
       <c r="G68" s="33">
         <v>10000</v>
       </c>
       <c r="H68" s="32" t="s">
         <v>259</v>
       </c>
       <c r="I68" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J68" s="35">
-        <v>7.42</v>
+        <v>8.31</v>
       </c>
       <c r="K68" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A69" s="30" t="s">
         <v>260</v>
       </c>
       <c r="B69" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C69" s="32" t="s">
         <v>35</v>
       </c>
       <c r="D69" s="32" t="s">
         <v>36</v>
       </c>
       <c r="E69" s="33">
         <v>10</v>
       </c>
       <c r="F69" s="33">
         <v>250</v>
       </c>
       <c r="G69" s="33">
         <v>3500</v>
       </c>
       <c r="H69" s="32" t="s">
         <v>261</v>
       </c>
       <c r="I69" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J69" s="35">
-        <v>6.72</v>
+        <v>7.52</v>
       </c>
       <c r="K69" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A70" s="30" t="s">
         <v>262</v>
       </c>
       <c r="B70" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C70" s="32" t="s">
         <v>39</v>
       </c>
       <c r="D70" s="32" t="s">
         <v>40</v>
       </c>
       <c r="E70" s="33">
         <v>20</v>
       </c>
       <c r="F70" s="33">
         <v>500</v>
       </c>
       <c r="G70" s="33">
         <v>7000</v>
       </c>
       <c r="H70" s="32" t="s">
         <v>263</v>
       </c>
       <c r="I70" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J70" s="35">
-        <v>6.72</v>
+        <v>7.52</v>
       </c>
       <c r="K70" s="35">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A71" s="30" t="s">
         <v>264</v>
       </c>
       <c r="B71" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C71" s="32" t="s">
         <v>43</v>
       </c>
       <c r="D71" s="32" t="s">
         <v>44</v>
       </c>
       <c r="E71" s="33">
         <v>10</v>
       </c>
       <c r="F71" s="33">
         <v>100</v>
       </c>
       <c r="G71" s="33">
         <v>2200</v>
       </c>
       <c r="H71" s="32" t="s">
         <v>265</v>
       </c>
       <c r="I71" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J71" s="35">
-        <v>13</v>
+        <v>14.56</v>
       </c>
       <c r="K71" s="35">
         <f t="shared" ref="K71:K134" si="1">ROUND(J71*$B$4,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A72" s="30" t="s">
         <v>266</v>
       </c>
       <c r="B72" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C72" s="32" t="s">
         <v>47</v>
       </c>
       <c r="D72" s="32" t="s">
         <v>48</v>
       </c>
       <c r="E72" s="33">
         <v>20</v>
       </c>
       <c r="F72" s="33">
         <v>200</v>
       </c>
       <c r="G72" s="33">
         <v>5200</v>
       </c>
       <c r="H72" s="32" t="s">
         <v>267</v>
       </c>
       <c r="I72" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J72" s="35">
-        <v>13</v>
+        <v>14.56</v>
       </c>
       <c r="K72" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A73" s="30" t="s">
         <v>268</v>
       </c>
       <c r="B73" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C73" s="32" t="s">
         <v>51</v>
       </c>
       <c r="D73" s="32" t="s">
         <v>52</v>
       </c>
       <c r="E73" s="33">
         <v>10</v>
       </c>
       <c r="F73" s="33">
         <v>100</v>
       </c>
       <c r="G73" s="33">
         <v>2000</v>
       </c>
       <c r="H73" s="32" t="s">
         <v>269</v>
       </c>
       <c r="I73" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J73" s="35">
-        <v>10.98</v>
+        <v>12.3</v>
       </c>
       <c r="K73" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A74" s="30" t="s">
         <v>270</v>
       </c>
       <c r="B74" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C74" s="32" t="s">
         <v>55</v>
       </c>
       <c r="D74" s="32" t="s">
         <v>56</v>
       </c>
       <c r="E74" s="33">
         <v>20</v>
       </c>
       <c r="F74" s="33">
         <v>200</v>
       </c>
       <c r="G74" s="33">
         <v>4000</v>
       </c>
       <c r="H74" s="32" t="s">
         <v>271</v>
       </c>
       <c r="I74" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J74" s="35">
-        <v>10.98</v>
+        <v>12.3</v>
       </c>
       <c r="K74" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A75" s="30" t="s">
         <v>272</v>
       </c>
       <c r="B75" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C75" s="32" t="s">
         <v>59</v>
       </c>
       <c r="D75" s="32" t="s">
         <v>60</v>
       </c>
       <c r="E75" s="33">
         <v>10</v>
       </c>
       <c r="F75" s="33">
         <v>50</v>
       </c>
       <c r="G75" s="33">
         <v>1500</v>
       </c>
       <c r="H75" s="32" t="s">
         <v>273</v>
       </c>
       <c r="I75" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J75" s="35">
-        <v>16.14</v>
+        <v>18.079999999999998</v>
       </c>
       <c r="K75" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A76" s="30" t="s">
         <v>274</v>
       </c>
       <c r="B76" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C76" s="32" t="s">
         <v>63</v>
       </c>
       <c r="D76" s="32" t="s">
         <v>64</v>
       </c>
       <c r="E76" s="33">
         <v>20</v>
       </c>
       <c r="F76" s="33">
         <v>100</v>
       </c>
       <c r="G76" s="33">
         <v>3000</v>
       </c>
       <c r="H76" s="32" t="s">
         <v>275</v>
       </c>
       <c r="I76" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J76" s="35">
-        <v>16.14</v>
+        <v>18.079999999999998</v>
       </c>
       <c r="K76" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A77" s="30" t="s">
         <v>276</v>
       </c>
       <c r="B77" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C77" s="32" t="s">
         <v>67</v>
       </c>
       <c r="D77" s="32" t="s">
         <v>68</v>
       </c>
       <c r="E77" s="33">
         <v>10</v>
       </c>
       <c r="F77" s="33">
         <v>50</v>
       </c>
       <c r="G77" s="33">
         <v>1100</v>
       </c>
       <c r="H77" s="32" t="s">
         <v>277</v>
       </c>
       <c r="I77" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J77" s="35">
-        <v>28.37</v>
+        <v>31.78</v>
       </c>
       <c r="K77" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A78" s="30" t="s">
         <v>278</v>
       </c>
       <c r="B78" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C78" s="32" t="s">
         <v>71</v>
       </c>
       <c r="D78" s="32" t="s">
         <v>72</v>
       </c>
       <c r="E78" s="33">
         <v>20</v>
       </c>
       <c r="F78" s="33">
         <v>100</v>
       </c>
       <c r="G78" s="33">
         <v>2200</v>
       </c>
       <c r="H78" s="32" t="s">
         <v>279</v>
       </c>
       <c r="I78" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J78" s="35">
-        <v>28.37</v>
+        <v>31.78</v>
       </c>
       <c r="K78" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A79" s="30" t="s">
         <v>280</v>
       </c>
       <c r="B79" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C79" s="32" t="s">
         <v>75</v>
       </c>
       <c r="D79" s="32" t="s">
         <v>76</v>
       </c>
       <c r="E79" s="33">
         <v>10</v>
       </c>
       <c r="F79" s="33">
         <v>50</v>
       </c>
       <c r="G79" s="33">
         <v>800</v>
       </c>
       <c r="H79" s="32" t="s">
         <v>281</v>
       </c>
       <c r="I79" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J79" s="35">
-        <v>36.01</v>
+        <v>40.340000000000003</v>
       </c>
       <c r="K79" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A80" s="30" t="s">
         <v>282</v>
       </c>
       <c r="B80" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C80" s="32" t="s">
         <v>79</v>
       </c>
       <c r="D80" s="32" t="s">
         <v>80</v>
       </c>
       <c r="E80" s="33">
         <v>20</v>
       </c>
       <c r="F80" s="33">
         <v>100</v>
       </c>
       <c r="G80" s="33">
         <v>1600</v>
       </c>
       <c r="H80" s="32" t="s">
         <v>283</v>
       </c>
       <c r="I80" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J80" s="35">
-        <v>36.01</v>
+        <v>40.340000000000003</v>
       </c>
       <c r="K80" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A81" s="30" t="s">
         <v>284</v>
       </c>
       <c r="B81" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C81" s="32" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="32" t="s">
         <v>84</v>
       </c>
       <c r="E81" s="33">
         <v>10</v>
       </c>
       <c r="F81" s="33">
         <v>0</v>
       </c>
       <c r="G81" s="33">
         <v>540</v>
       </c>
       <c r="H81" s="32" t="s">
         <v>285</v>
       </c>
       <c r="I81" s="34">
         <v>1.75</v>
       </c>
       <c r="J81" s="35">
-        <v>56.35</v>
+        <v>63.12</v>
       </c>
       <c r="K81" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A82" s="30" t="s">
         <v>286</v>
       </c>
       <c r="B82" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C82" s="32" t="s">
         <v>87</v>
       </c>
       <c r="D82" s="32" t="s">
         <v>88</v>
       </c>
       <c r="E82" s="33">
         <v>20</v>
       </c>
       <c r="F82" s="33">
         <v>0</v>
       </c>
       <c r="G82" s="33">
         <v>1080</v>
       </c>
       <c r="H82" s="32" t="s">
         <v>287</v>
       </c>
       <c r="I82" s="34">
         <v>1.75</v>
       </c>
       <c r="J82" s="35">
-        <v>56.35</v>
+        <v>63.12</v>
       </c>
       <c r="K82" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A83" s="30" t="s">
         <v>288</v>
       </c>
       <c r="B83" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C83" s="32" t="s">
         <v>91</v>
       </c>
       <c r="D83" s="32" t="s">
         <v>92</v>
       </c>
       <c r="E83" s="33">
         <v>10</v>
       </c>
       <c r="F83" s="33">
         <v>0</v>
       </c>
       <c r="G83" s="33">
         <v>400</v>
       </c>
       <c r="H83" s="32" t="s">
         <v>289</v>
       </c>
       <c r="I83" s="34">
         <v>2.48</v>
       </c>
       <c r="J83" s="35">
-        <v>87.06</v>
+        <v>97.52</v>
       </c>
       <c r="K83" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A84" s="30" t="s">
         <v>290</v>
       </c>
       <c r="B84" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C84" s="32" t="s">
         <v>95</v>
       </c>
       <c r="D84" s="32" t="s">
         <v>96</v>
       </c>
       <c r="E84" s="33">
         <v>20</v>
       </c>
       <c r="F84" s="33">
         <v>0</v>
       </c>
       <c r="G84" s="33">
         <v>800</v>
       </c>
       <c r="H84" s="32" t="s">
         <v>291</v>
       </c>
       <c r="I84" s="34">
         <v>2.48</v>
       </c>
       <c r="J84" s="35">
-        <v>87.06</v>
+        <v>97.52</v>
       </c>
       <c r="K84" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A85" s="30" t="s">
         <v>292</v>
       </c>
       <c r="B85" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C85" s="32" t="s">
         <v>99</v>
       </c>
       <c r="D85" s="32" t="s">
         <v>100</v>
       </c>
       <c r="E85" s="33">
         <v>10</v>
       </c>
       <c r="F85" s="33">
         <v>0</v>
       </c>
       <c r="G85" s="33">
         <v>300</v>
       </c>
       <c r="H85" s="32" t="s">
         <v>293</v>
       </c>
       <c r="I85" s="34">
         <v>3.33</v>
       </c>
       <c r="J85" s="35">
-        <v>121.53</v>
+        <v>136.13999999999999</v>
       </c>
       <c r="K85" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A86" s="30" t="s">
         <v>294</v>
       </c>
       <c r="B86" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C86" s="32" t="s">
         <v>103</v>
       </c>
       <c r="D86" s="32" t="s">
         <v>104</v>
       </c>
       <c r="E86" s="33">
         <v>20</v>
       </c>
       <c r="F86" s="33">
         <v>0</v>
       </c>
       <c r="G86" s="33">
         <v>600</v>
       </c>
       <c r="H86" s="32" t="s">
         <v>295</v>
       </c>
       <c r="I86" s="34">
         <v>3.33</v>
       </c>
       <c r="J86" s="35">
-        <v>121.53</v>
+        <v>136.13999999999999</v>
       </c>
       <c r="K86" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A87" s="30" t="s">
         <v>296</v>
       </c>
       <c r="B87" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C87" s="32" t="s">
         <v>297</v>
       </c>
       <c r="D87" s="32" t="s">
         <v>298</v>
       </c>
       <c r="E87" s="33">
         <v>10</v>
       </c>
       <c r="F87" s="33">
         <v>0</v>
       </c>
       <c r="G87" s="33">
         <v>0</v>
       </c>
       <c r="H87" s="36" t="s">
         <v>299</v>
       </c>
       <c r="I87" s="34">
         <v>4.29</v>
       </c>
       <c r="J87" s="35">
-        <v>158.54</v>
+        <v>177.59</v>
       </c>
       <c r="K87" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A88" s="30" t="s">
         <v>300</v>
       </c>
       <c r="B88" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C88" s="32" t="s">
         <v>107</v>
       </c>
       <c r="D88" s="32" t="s">
         <v>108</v>
       </c>
       <c r="E88" s="33">
         <v>20</v>
       </c>
       <c r="F88" s="33">
         <v>0</v>
       </c>
       <c r="G88" s="33">
         <v>440</v>
       </c>
       <c r="H88" s="32" t="s">
         <v>301</v>
       </c>
       <c r="I88" s="34">
         <v>4.29</v>
       </c>
       <c r="J88" s="35">
-        <v>158.54</v>
+        <v>177.59</v>
       </c>
       <c r="K88" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A89" s="30" t="s">
         <v>302</v>
       </c>
       <c r="B89" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C89" s="32" t="s">
         <v>111</v>
       </c>
       <c r="D89" s="32" t="s">
         <v>112</v>
       </c>
       <c r="E89" s="33">
         <v>10</v>
       </c>
       <c r="F89" s="33">
         <v>0</v>
       </c>
       <c r="G89" s="33">
         <v>160</v>
       </c>
       <c r="H89" s="32" t="s">
         <v>303</v>
       </c>
       <c r="I89" s="34">
         <v>5.38</v>
       </c>
       <c r="J89" s="35">
-        <v>203.48</v>
+        <v>227.93</v>
       </c>
       <c r="K89" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A90" s="30" t="s">
         <v>304</v>
       </c>
       <c r="B90" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C90" s="32" t="s">
         <v>115</v>
       </c>
       <c r="D90" s="32" t="s">
         <v>116</v>
       </c>
       <c r="E90" s="33">
         <v>20</v>
       </c>
       <c r="F90" s="33">
         <v>0</v>
       </c>
       <c r="G90" s="33">
         <v>320</v>
       </c>
       <c r="H90" s="32" t="s">
         <v>305</v>
       </c>
       <c r="I90" s="34">
         <v>5.38</v>
       </c>
       <c r="J90" s="35">
-        <v>203.48</v>
+        <v>227.93</v>
       </c>
       <c r="K90" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A91" s="30" t="s">
         <v>306</v>
       </c>
       <c r="B91" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C91" s="32" t="s">
         <v>307</v>
       </c>
       <c r="D91" s="32" t="s">
         <v>308</v>
       </c>
       <c r="E91" s="33">
         <v>10</v>
       </c>
       <c r="F91" s="33">
         <v>0</v>
       </c>
       <c r="G91" s="33">
         <v>0</v>
       </c>
       <c r="H91" s="32" t="s">
         <v>309</v>
       </c>
       <c r="I91" s="34">
         <v>7.61</v>
       </c>
       <c r="J91" s="35">
-        <v>275.06</v>
+        <v>308.11</v>
       </c>
       <c r="K91" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A92" s="30" t="s">
         <v>310</v>
       </c>
       <c r="B92" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C92" s="32" t="s">
         <v>119</v>
       </c>
       <c r="D92" s="32" t="s">
         <v>120</v>
       </c>
       <c r="E92" s="33">
         <v>20</v>
       </c>
       <c r="F92" s="33">
         <v>0</v>
       </c>
       <c r="G92" s="33">
         <v>240</v>
       </c>
       <c r="H92" s="32" t="s">
         <v>311</v>
       </c>
       <c r="I92" s="34">
         <v>7.61</v>
       </c>
       <c r="J92" s="35">
-        <v>275.06</v>
+        <v>308.11</v>
       </c>
       <c r="K92" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A93" s="30" t="s">
         <v>312</v>
       </c>
       <c r="B93" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C93" s="32" t="s">
         <v>313</v>
       </c>
       <c r="D93" s="32" t="s">
         <v>314</v>
       </c>
       <c r="E93" s="33">
         <v>10</v>
       </c>
       <c r="F93" s="33">
         <v>0</v>
       </c>
       <c r="G93" s="33">
         <v>100</v>
       </c>
       <c r="H93" s="32" t="s">
         <v>315</v>
       </c>
       <c r="I93" s="34">
         <v>10.199999999999999</v>
       </c>
       <c r="J93" s="35">
-        <v>373.5</v>
+        <v>418.38</v>
       </c>
       <c r="K93" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A94" s="30" t="s">
         <v>316</v>
       </c>
       <c r="B94" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C94" s="32" t="s">
         <v>317</v>
       </c>
       <c r="D94" s="32" t="s">
         <v>124</v>
       </c>
       <c r="E94" s="33">
         <v>20</v>
       </c>
       <c r="F94" s="33">
         <v>0</v>
       </c>
       <c r="G94" s="33">
         <v>200</v>
       </c>
       <c r="H94" s="32" t="s">
         <v>318</v>
       </c>
       <c r="I94" s="34">
         <v>10.199999999999999</v>
       </c>
       <c r="J94" s="35">
-        <v>373.5</v>
+        <v>418.38</v>
       </c>
       <c r="K94" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A95" s="30" t="s">
         <v>319</v>
       </c>
       <c r="B95" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C95" s="32" t="s">
         <v>127</v>
       </c>
       <c r="D95" s="32" t="s">
         <v>128</v>
       </c>
       <c r="E95" s="33">
         <v>10</v>
       </c>
       <c r="F95" s="33">
         <v>20</v>
       </c>
       <c r="G95" s="33">
         <v>0</v>
       </c>
       <c r="H95" s="36" t="s">
         <v>320</v>
       </c>
       <c r="I95" s="34">
         <v>19.29</v>
       </c>
       <c r="J95" s="35">
-        <v>715</v>
+        <v>800.92</v>
       </c>
       <c r="K95" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A96" s="30" t="s">
         <v>321</v>
       </c>
       <c r="B96" s="31" t="s">
         <v>252</v>
       </c>
       <c r="C96" s="32" t="s">
         <v>322</v>
       </c>
       <c r="D96" s="32" t="s">
         <v>132</v>
       </c>
       <c r="E96" s="33">
         <v>20</v>
       </c>
       <c r="F96" s="33">
         <v>0</v>
       </c>
       <c r="G96" s="33">
         <v>100</v>
       </c>
       <c r="H96" s="32" t="s">
         <v>323</v>
       </c>
       <c r="I96" s="34">
         <v>19.29</v>
       </c>
       <c r="J96" s="35">
-        <v>715</v>
+        <v>800.92</v>
       </c>
       <c r="K96" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A97" s="30" t="s">
         <v>325</v>
       </c>
       <c r="B97" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C97" s="32" t="s">
         <v>327</v>
       </c>
       <c r="D97" s="32" t="s">
         <v>328</v>
       </c>
       <c r="E97" s="33">
         <v>10</v>
       </c>
       <c r="F97" s="33">
         <v>0</v>
       </c>
       <c r="G97" s="33">
         <v>0</v>
       </c>
       <c r="H97" s="32" t="s">
         <v>329</v>
       </c>
       <c r="I97" s="34">
         <v>0.126</v>
       </c>
       <c r="J97" s="35">
-        <v>6.58</v>
+        <v>7.37</v>
       </c>
       <c r="K97" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A98" s="30" t="s">
         <v>324</v>
       </c>
       <c r="B98" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C98" s="32" t="s">
         <v>136</v>
       </c>
       <c r="D98" s="32" t="s">
         <v>137</v>
       </c>
       <c r="E98" s="33">
         <v>20</v>
       </c>
       <c r="F98" s="33">
         <v>2000</v>
       </c>
       <c r="G98" s="33">
         <v>0</v>
       </c>
       <c r="H98" s="32" t="s">
         <v>330</v>
       </c>
       <c r="I98" s="34">
         <v>0.126</v>
       </c>
       <c r="J98" s="35">
-        <v>6.58</v>
+        <v>7.37</v>
       </c>
       <c r="K98" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A99" s="30" t="s">
         <v>331</v>
       </c>
       <c r="B99" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C99" s="32" t="s">
         <v>140</v>
       </c>
       <c r="D99" s="32" t="s">
         <v>141</v>
       </c>
       <c r="E99" s="33">
         <v>60</v>
       </c>
       <c r="F99" s="33">
         <v>60</v>
       </c>
       <c r="G99" s="33">
         <v>8400</v>
       </c>
       <c r="H99" s="32" t="s">
         <v>332</v>
       </c>
       <c r="I99" s="34">
         <v>0.126</v>
       </c>
       <c r="J99" s="35">
-        <v>5.15</v>
+        <v>5.77</v>
       </c>
       <c r="K99" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A100" s="30" t="s">
         <v>333</v>
       </c>
       <c r="B100" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C100" s="32" t="s">
         <v>144</v>
       </c>
       <c r="D100" s="32" t="s">
         <v>145</v>
       </c>
       <c r="E100" s="33">
         <v>100</v>
       </c>
       <c r="F100" s="33">
         <v>0</v>
       </c>
       <c r="G100" s="33">
         <v>2500</v>
       </c>
       <c r="H100" s="32" t="s">
         <v>334</v>
       </c>
       <c r="I100" s="34">
         <v>0.126</v>
       </c>
       <c r="J100" s="35">
-        <v>5.15</v>
+        <v>5.77</v>
       </c>
       <c r="K100" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A101" s="30" t="s">
         <v>336</v>
       </c>
       <c r="B101" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C101" s="32" t="s">
         <v>337</v>
       </c>
       <c r="D101" s="32" t="s">
         <v>338</v>
       </c>
       <c r="E101" s="33">
         <v>10</v>
       </c>
       <c r="F101" s="33">
         <v>0</v>
       </c>
       <c r="G101" s="33">
         <v>0</v>
       </c>
       <c r="H101" s="32" t="s">
         <v>339</v>
       </c>
       <c r="I101" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J101" s="35">
-        <v>10.27</v>
+        <v>11.5</v>
       </c>
       <c r="K101" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A102" s="30" t="s">
         <v>335</v>
       </c>
       <c r="B102" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C102" s="32" t="s">
         <v>148</v>
       </c>
       <c r="D102" s="32" t="s">
         <v>149</v>
       </c>
       <c r="E102" s="33">
         <v>20</v>
       </c>
       <c r="F102" s="33">
         <v>1100</v>
       </c>
       <c r="G102" s="33">
         <v>0</v>
       </c>
       <c r="H102" s="32" t="s">
         <v>340</v>
       </c>
       <c r="I102" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J102" s="35">
-        <v>10.27</v>
+        <v>11.5</v>
       </c>
       <c r="K102" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A103" s="30" t="s">
         <v>341</v>
       </c>
       <c r="B103" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C103" s="32" t="s">
         <v>152</v>
       </c>
       <c r="D103" s="32" t="s">
         <v>153</v>
       </c>
       <c r="E103" s="33">
         <v>60</v>
       </c>
       <c r="F103" s="33">
         <v>60</v>
       </c>
       <c r="G103" s="33">
         <v>6000</v>
       </c>
       <c r="H103" s="32" t="s">
         <v>342</v>
       </c>
       <c r="I103" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J103" s="35">
-        <v>7.63</v>
+        <v>8.5500000000000007</v>
       </c>
       <c r="K103" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A104" s="30" t="s">
         <v>343</v>
       </c>
       <c r="B104" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C104" s="32" t="s">
         <v>156</v>
       </c>
       <c r="D104" s="32" t="s">
         <v>157</v>
       </c>
       <c r="E104" s="33">
         <v>100</v>
       </c>
       <c r="F104" s="33">
         <v>0</v>
       </c>
       <c r="G104" s="33">
         <v>2500</v>
       </c>
       <c r="H104" s="32" t="s">
         <v>344</v>
       </c>
       <c r="I104" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J104" s="35">
-        <v>7.63</v>
+        <v>8.5500000000000007</v>
       </c>
       <c r="K104" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A105" s="30" t="s">
         <v>346</v>
       </c>
       <c r="B105" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C105" s="32" t="s">
         <v>347</v>
       </c>
       <c r="D105" s="32" t="s">
         <v>348</v>
       </c>
       <c r="E105" s="33">
         <v>10</v>
       </c>
       <c r="F105" s="33">
         <v>600</v>
       </c>
       <c r="G105" s="33">
         <v>0</v>
       </c>
       <c r="H105" s="32" t="s">
         <v>349</v>
       </c>
       <c r="I105" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J105" s="35">
-        <v>13.67</v>
+        <v>15.31</v>
       </c>
       <c r="K105" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A106" s="30" t="s">
         <v>345</v>
       </c>
       <c r="B106" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C106" s="32" t="s">
         <v>160</v>
       </c>
       <c r="D106" s="32" t="s">
         <v>161</v>
       </c>
       <c r="E106" s="33">
         <v>20</v>
       </c>
       <c r="F106" s="33">
         <v>1200</v>
       </c>
       <c r="G106" s="33">
         <v>0</v>
       </c>
       <c r="H106" s="32" t="s">
         <v>350</v>
       </c>
       <c r="I106" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J106" s="35">
-        <v>13.67</v>
+        <v>15.31</v>
       </c>
       <c r="K106" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A107" s="30" t="s">
         <v>351</v>
       </c>
       <c r="B107" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C107" s="32" t="s">
         <v>164</v>
       </c>
       <c r="D107" s="32" t="s">
         <v>165</v>
       </c>
       <c r="E107" s="33">
         <v>60</v>
       </c>
       <c r="F107" s="33">
         <v>60</v>
       </c>
       <c r="G107" s="33">
         <v>2100</v>
       </c>
       <c r="H107" s="32" t="s">
         <v>352</v>
       </c>
       <c r="I107" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J107" s="35">
-        <v>11.11</v>
+        <v>12.44</v>
       </c>
       <c r="K107" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A108" s="30" t="s">
         <v>353</v>
       </c>
       <c r="B108" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C108" s="32" t="s">
         <v>168</v>
       </c>
       <c r="D108" s="32" t="s">
         <v>169</v>
       </c>
       <c r="E108" s="33">
         <v>100</v>
       </c>
       <c r="F108" s="33">
         <v>0</v>
       </c>
       <c r="G108" s="33">
         <v>2000</v>
       </c>
       <c r="H108" s="32" t="s">
         <v>354</v>
       </c>
       <c r="I108" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J108" s="35">
-        <v>11.11</v>
+        <v>12.44</v>
       </c>
       <c r="K108" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A109" s="30" t="s">
         <v>355</v>
       </c>
       <c r="B109" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C109" s="32" t="s">
         <v>172</v>
       </c>
       <c r="D109" s="32" t="s">
         <v>173</v>
       </c>
       <c r="E109" s="33">
         <v>20</v>
       </c>
       <c r="F109" s="33">
         <v>1200</v>
       </c>
       <c r="G109" s="33">
         <v>0</v>
       </c>
       <c r="H109" s="32" t="s">
         <v>356</v>
       </c>
       <c r="I109" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J109" s="35">
-        <v>17.61</v>
+        <v>19.73</v>
       </c>
       <c r="K109" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A110" s="30" t="s">
         <v>357</v>
       </c>
       <c r="B110" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C110" s="32" t="s">
         <v>358</v>
       </c>
       <c r="D110" s="32" t="s">
         <v>359</v>
       </c>
       <c r="E110" s="33">
         <v>60</v>
       </c>
       <c r="F110" s="33">
         <v>0</v>
       </c>
       <c r="G110" s="33">
         <v>2100</v>
       </c>
       <c r="H110" s="32" t="s">
         <v>360</v>
       </c>
       <c r="I110" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J110" s="35">
-        <v>14.23</v>
+        <v>15.94</v>
       </c>
       <c r="K110" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A111" s="30" t="s">
         <v>361</v>
       </c>
       <c r="B111" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C111" s="32" t="s">
         <v>180</v>
       </c>
       <c r="D111" s="32" t="s">
         <v>181</v>
       </c>
       <c r="E111" s="33">
         <v>100</v>
       </c>
       <c r="F111" s="33">
         <v>0</v>
       </c>
       <c r="G111" s="33">
         <v>2000</v>
       </c>
       <c r="H111" s="32" t="s">
         <v>362</v>
       </c>
       <c r="I111" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J111" s="35">
-        <v>14.23</v>
+        <v>15.94</v>
       </c>
       <c r="K111" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A112" s="30" t="s">
         <v>364</v>
       </c>
       <c r="B112" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C112" s="32" t="s">
         <v>365</v>
       </c>
       <c r="D112" s="32" t="s">
         <v>366</v>
       </c>
       <c r="E112" s="33">
         <v>10</v>
       </c>
       <c r="F112" s="33">
         <v>600</v>
       </c>
       <c r="G112" s="33">
         <v>0</v>
       </c>
       <c r="H112" s="32" t="s">
         <v>367</v>
       </c>
       <c r="I112" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J112" s="35">
-        <v>20.9</v>
+        <v>23.41</v>
       </c>
       <c r="K112" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A113" s="30" t="s">
         <v>363</v>
       </c>
       <c r="B113" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C113" s="32" t="s">
         <v>184</v>
       </c>
       <c r="D113" s="32" t="s">
         <v>185</v>
       </c>
       <c r="E113" s="33">
         <v>20</v>
       </c>
       <c r="F113" s="33">
         <v>1200</v>
       </c>
       <c r="G113" s="33">
         <v>0</v>
       </c>
       <c r="H113" s="32" t="s">
         <v>368</v>
       </c>
       <c r="I113" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J113" s="35">
-        <v>20.9</v>
+        <v>23.41</v>
       </c>
       <c r="K113" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A114" s="30" t="s">
         <v>369</v>
       </c>
       <c r="B114" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C114" s="32" t="s">
         <v>188</v>
       </c>
       <c r="D114" s="32" t="s">
         <v>189</v>
       </c>
       <c r="E114" s="33">
         <v>60</v>
       </c>
       <c r="F114" s="33">
         <v>60</v>
       </c>
       <c r="G114" s="33">
         <v>1500</v>
       </c>
       <c r="H114" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I114" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J114" s="35">
-        <v>17.7</v>
+        <v>19.829999999999998</v>
       </c>
       <c r="K114" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A115" s="30" t="s">
         <v>371</v>
       </c>
       <c r="B115" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C115" s="32" t="s">
         <v>192</v>
       </c>
       <c r="D115" s="32" t="s">
         <v>193</v>
       </c>
       <c r="E115" s="33">
         <v>100</v>
       </c>
       <c r="F115" s="33">
         <v>0</v>
       </c>
       <c r="G115" s="33">
         <v>1500</v>
       </c>
       <c r="H115" s="32" t="s">
         <v>372</v>
       </c>
       <c r="I115" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J115" s="35">
-        <v>17.7</v>
+        <v>19.829999999999998</v>
       </c>
       <c r="K115" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A116" s="30" t="s">
         <v>374</v>
       </c>
       <c r="B116" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C116" s="32" t="s">
         <v>375</v>
       </c>
       <c r="D116" s="32" t="s">
         <v>376</v>
       </c>
       <c r="E116" s="33">
         <v>10</v>
       </c>
       <c r="F116" s="33">
         <v>350</v>
       </c>
       <c r="G116" s="33">
         <v>0</v>
       </c>
       <c r="H116" s="32" t="s">
         <v>377</v>
       </c>
       <c r="I116" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J116" s="35">
-        <v>29</v>
+        <v>32.49</v>
       </c>
       <c r="K116" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A117" s="30" t="s">
         <v>373</v>
       </c>
       <c r="B117" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C117" s="32" t="s">
         <v>196</v>
       </c>
       <c r="D117" s="32" t="s">
         <v>197</v>
       </c>
       <c r="E117" s="33">
         <v>20</v>
       </c>
       <c r="F117" s="33">
         <v>700</v>
       </c>
       <c r="G117" s="33">
         <v>0</v>
       </c>
       <c r="H117" s="32" t="s">
         <v>378</v>
       </c>
       <c r="I117" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J117" s="35">
-        <v>29</v>
+        <v>32.49</v>
       </c>
       <c r="K117" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A118" s="30" t="s">
         <v>379</v>
       </c>
       <c r="B118" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C118" s="32" t="s">
         <v>200</v>
       </c>
       <c r="D118" s="32" t="s">
         <v>201</v>
       </c>
       <c r="E118" s="33">
         <v>60</v>
       </c>
       <c r="F118" s="33">
         <v>60</v>
       </c>
       <c r="G118" s="33">
         <v>1500</v>
       </c>
       <c r="H118" s="32" t="s">
         <v>380</v>
       </c>
       <c r="I118" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J118" s="35">
-        <v>25.34</v>
+        <v>28.38</v>
       </c>
       <c r="K118" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A119" s="30" t="s">
         <v>381</v>
       </c>
       <c r="B119" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C119" s="32" t="s">
         <v>204</v>
       </c>
       <c r="D119" s="32" t="s">
         <v>205</v>
       </c>
       <c r="E119" s="33">
         <v>100</v>
       </c>
       <c r="F119" s="33">
         <v>0</v>
       </c>
       <c r="G119" s="33">
         <v>1400</v>
       </c>
       <c r="H119" s="32" t="s">
         <v>382</v>
       </c>
       <c r="I119" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J119" s="35">
-        <v>25.34</v>
+        <v>28.38</v>
       </c>
       <c r="K119" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A120" s="30" t="s">
         <v>383</v>
       </c>
       <c r="B120" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C120" s="32" t="s">
         <v>384</v>
       </c>
       <c r="D120" s="32" t="s">
         <v>385</v>
       </c>
       <c r="E120" s="33">
         <v>20</v>
       </c>
       <c r="F120" s="33">
         <v>500</v>
       </c>
       <c r="G120" s="33">
         <v>0</v>
       </c>
       <c r="H120" s="32" t="s">
         <v>386</v>
       </c>
       <c r="I120" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J120" s="35">
-        <v>38.479999999999997</v>
+        <v>43.11</v>
       </c>
       <c r="K120" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A121" s="30" t="s">
         <v>387</v>
       </c>
       <c r="B121" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C121" s="32" t="s">
         <v>212</v>
       </c>
       <c r="D121" s="32" t="s">
         <v>213</v>
       </c>
       <c r="E121" s="33">
         <v>60</v>
       </c>
       <c r="F121" s="33">
         <v>60</v>
       </c>
       <c r="G121" s="33">
         <v>360</v>
       </c>
       <c r="H121" s="32" t="s">
         <v>388</v>
       </c>
       <c r="I121" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J121" s="35">
-        <v>34.43</v>
+        <v>38.56</v>
       </c>
       <c r="K121" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A122" s="30" t="s">
         <v>389</v>
       </c>
       <c r="B122" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C122" s="32" t="s">
         <v>216</v>
       </c>
       <c r="D122" s="32" t="s">
         <v>217</v>
       </c>
       <c r="E122" s="33">
         <v>100</v>
       </c>
       <c r="F122" s="33">
         <v>100</v>
       </c>
       <c r="G122" s="33">
         <v>1200</v>
       </c>
       <c r="H122" s="32" t="s">
         <v>390</v>
       </c>
       <c r="I122" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J122" s="35">
-        <v>34.43</v>
+        <v>38.56</v>
       </c>
       <c r="K122" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A123" s="30" t="s">
         <v>391</v>
       </c>
       <c r="B123" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C123" s="32" t="s">
         <v>220</v>
       </c>
       <c r="D123" s="32" t="s">
         <v>221</v>
       </c>
       <c r="E123" s="33">
         <v>20</v>
       </c>
       <c r="F123" s="33">
         <v>320</v>
       </c>
       <c r="G123" s="33">
         <v>0</v>
       </c>
       <c r="H123" s="32" t="s">
         <v>392</v>
       </c>
       <c r="I123" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J123" s="35">
-        <v>51.91</v>
+        <v>58.14</v>
       </c>
       <c r="K123" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A124" s="30" t="s">
         <v>393</v>
       </c>
       <c r="B124" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C124" s="32" t="s">
         <v>224</v>
       </c>
       <c r="D124" s="32" t="s">
         <v>225</v>
       </c>
       <c r="E124" s="33">
         <v>60</v>
       </c>
       <c r="F124" s="33">
         <v>60</v>
       </c>
       <c r="G124" s="33">
         <v>720</v>
       </c>
       <c r="H124" s="32" t="s">
         <v>394</v>
       </c>
       <c r="I124" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J124" s="35">
-        <v>44.31</v>
+        <v>49.63</v>
       </c>
       <c r="K124" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A125" s="30" t="s">
         <v>395</v>
       </c>
       <c r="B125" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C125" s="32" t="s">
         <v>228</v>
       </c>
       <c r="D125" s="32" t="s">
         <v>229</v>
       </c>
       <c r="E125" s="33">
         <v>100</v>
       </c>
       <c r="F125" s="33">
         <v>0</v>
       </c>
       <c r="G125" s="33">
         <v>1200</v>
       </c>
       <c r="H125" s="32" t="s">
         <v>396</v>
       </c>
       <c r="I125" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J125" s="35">
-        <v>44.31</v>
+        <v>49.63</v>
       </c>
       <c r="K125" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A126" s="30" t="s">
         <v>397</v>
       </c>
       <c r="B126" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C126" s="32" t="s">
         <v>232</v>
       </c>
       <c r="D126" s="32" t="s">
         <v>233</v>
       </c>
       <c r="E126" s="33">
         <v>20</v>
       </c>
       <c r="F126" s="33">
         <v>180</v>
       </c>
       <c r="G126" s="33">
         <v>0</v>
       </c>
       <c r="H126" s="32" t="s">
         <v>398</v>
       </c>
       <c r="I126" s="34">
         <v>1.75</v>
       </c>
       <c r="J126" s="35">
-        <v>81.78</v>
+        <v>91.61</v>
       </c>
       <c r="K126" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A127" s="30" t="s">
         <v>399</v>
       </c>
       <c r="B127" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C127" s="32" t="s">
         <v>400</v>
       </c>
       <c r="D127" s="32" t="s">
         <v>401</v>
       </c>
       <c r="E127" s="33">
         <v>40</v>
       </c>
       <c r="F127" s="33">
         <v>0</v>
       </c>
       <c r="G127" s="33">
         <v>400</v>
       </c>
       <c r="H127" s="32" t="s">
         <v>402</v>
       </c>
       <c r="I127" s="34">
         <v>1.75</v>
       </c>
       <c r="J127" s="35">
-        <v>70.56</v>
+        <v>79.03</v>
       </c>
       <c r="K127" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A128" s="30" t="s">
         <v>403</v>
       </c>
       <c r="B128" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C128" s="32" t="s">
         <v>404</v>
       </c>
       <c r="D128" s="32" t="s">
         <v>405</v>
       </c>
       <c r="E128" s="33">
         <v>20</v>
       </c>
       <c r="F128" s="33">
         <v>120</v>
       </c>
       <c r="G128" s="33">
         <v>0</v>
       </c>
       <c r="H128" s="32">
         <v>685768234487</v>
       </c>
       <c r="I128" s="34">
         <v>2.48</v>
       </c>
       <c r="J128" s="35">
-        <v>114.32</v>
+        <v>128.06</v>
       </c>
       <c r="K128" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A129" s="30" t="s">
         <v>406</v>
       </c>
       <c r="B129" s="31" t="s">
         <v>326</v>
       </c>
       <c r="C129" s="32" t="s">
         <v>407</v>
       </c>
       <c r="D129" s="32" t="s">
         <v>408</v>
       </c>
       <c r="E129" s="33">
         <v>20</v>
       </c>
       <c r="F129" s="33">
         <v>80</v>
       </c>
       <c r="G129" s="33">
         <v>0</v>
       </c>
       <c r="H129" s="32"/>
       <c r="I129" s="34">
         <v>3.33</v>
       </c>
       <c r="J129" s="35">
-        <v>152.88</v>
+        <v>171.25</v>
       </c>
       <c r="K129" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A130" s="30" t="s">
         <v>409</v>
       </c>
       <c r="B130" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C130" s="32" t="s">
         <v>27</v>
       </c>
       <c r="D130" s="32" t="s">
         <v>28</v>
       </c>
       <c r="E130" s="33">
         <v>10</v>
       </c>
       <c r="F130" s="33">
         <v>250</v>
       </c>
       <c r="G130" s="33">
         <v>6500</v>
       </c>
       <c r="H130" s="32" t="s">
         <v>411</v>
       </c>
       <c r="I130" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J130" s="35">
-        <v>5.84</v>
+        <v>6.54</v>
       </c>
       <c r="K130" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A131" s="30" t="s">
         <v>412</v>
       </c>
       <c r="B131" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C131" s="32" t="s">
         <v>31</v>
       </c>
       <c r="D131" s="32" t="s">
         <v>32</v>
       </c>
       <c r="E131" s="33">
         <v>20</v>
       </c>
       <c r="F131" s="33">
         <v>500</v>
       </c>
       <c r="G131" s="33">
         <v>13000</v>
       </c>
       <c r="H131" s="32" t="s">
         <v>413</v>
       </c>
       <c r="I131" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J131" s="35">
-        <v>5.84</v>
+        <v>6.54</v>
       </c>
       <c r="K131" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A132" s="30" t="s">
         <v>414</v>
       </c>
       <c r="B132" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C132" s="32" t="s">
         <v>35</v>
       </c>
       <c r="D132" s="32" t="s">
         <v>36</v>
       </c>
       <c r="E132" s="33">
         <v>10</v>
       </c>
       <c r="F132" s="33">
         <v>250</v>
       </c>
       <c r="G132" s="33">
         <v>4500</v>
       </c>
       <c r="H132" s="32" t="s">
         <v>415</v>
       </c>
       <c r="I132" s="34">
         <v>0.20399999999999999</v>
       </c>
       <c r="J132" s="35">
-        <v>4.99</v>
+        <v>5.59</v>
       </c>
       <c r="K132" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A133" s="30" t="s">
         <v>416</v>
       </c>
       <c r="B133" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C133" s="32" t="s">
         <v>39</v>
       </c>
       <c r="D133" s="32" t="s">
         <v>40</v>
       </c>
       <c r="E133" s="33">
         <v>20</v>
       </c>
       <c r="F133" s="33">
         <v>500</v>
       </c>
       <c r="G133" s="33">
         <v>9000</v>
       </c>
       <c r="H133" s="32" t="s">
         <v>417</v>
       </c>
       <c r="I133" s="34">
         <v>0.20399999999999999</v>
       </c>
       <c r="J133" s="35">
-        <v>4.99</v>
+        <v>5.59</v>
       </c>
       <c r="K133" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A134" s="30" t="s">
         <v>418</v>
       </c>
       <c r="B134" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C134" s="32" t="s">
         <v>43</v>
       </c>
       <c r="D134" s="32" t="s">
         <v>44</v>
       </c>
       <c r="E134" s="33">
         <v>10</v>
       </c>
       <c r="F134" s="33">
         <v>100</v>
       </c>
       <c r="G134" s="33">
         <v>3000</v>
       </c>
       <c r="H134" s="32" t="s">
         <v>419</v>
       </c>
       <c r="I134" s="34">
         <v>0.26300000000000001</v>
       </c>
       <c r="J134" s="35">
-        <v>9.74</v>
+        <v>10.91</v>
       </c>
       <c r="K134" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A135" s="30" t="s">
         <v>420</v>
       </c>
       <c r="B135" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C135" s="32" t="s">
         <v>47</v>
       </c>
       <c r="D135" s="32" t="s">
         <v>48</v>
       </c>
       <c r="E135" s="33">
         <v>20</v>
       </c>
       <c r="F135" s="33">
         <v>200</v>
       </c>
       <c r="G135" s="33">
         <v>6000</v>
       </c>
       <c r="H135" s="32" t="s">
         <v>421</v>
       </c>
       <c r="I135" s="34">
         <v>0.26300000000000001</v>
       </c>
       <c r="J135" s="35">
-        <v>9.74</v>
+        <v>10.91</v>
       </c>
       <c r="K135" s="35">
         <f t="shared" ref="K135:K198" si="2">ROUND(J135*$B$4,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A136" s="30" t="s">
         <v>422</v>
       </c>
       <c r="B136" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C136" s="32" t="s">
         <v>51</v>
       </c>
       <c r="D136" s="32" t="s">
         <v>52</v>
       </c>
       <c r="E136" s="33">
         <v>10</v>
       </c>
       <c r="F136" s="33">
         <v>100</v>
       </c>
       <c r="G136" s="33">
         <v>3000</v>
       </c>
       <c r="H136" s="32" t="s">
         <v>423</v>
       </c>
       <c r="I136" s="34">
         <v>0.32800000000000001</v>
       </c>
       <c r="J136" s="35">
-        <v>8.07</v>
+        <v>9.0299999999999994</v>
       </c>
       <c r="K136" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A137" s="37" t="s">
         <v>424</v>
       </c>
       <c r="B137" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C137" s="37" t="s">
         <v>55</v>
       </c>
       <c r="D137" s="37" t="s">
         <v>56</v>
       </c>
       <c r="E137" s="33">
         <v>20</v>
       </c>
       <c r="F137" s="33">
         <v>200</v>
       </c>
       <c r="G137" s="33">
         <v>6000</v>
       </c>
       <c r="H137" s="36" t="s">
         <v>425</v>
       </c>
       <c r="I137" s="30">
         <v>0.32800000000000001</v>
       </c>
       <c r="J137" s="35">
-        <v>8.07</v>
+        <v>9.0299999999999994</v>
       </c>
       <c r="K137" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A138" s="30" t="s">
         <v>426</v>
       </c>
       <c r="B138" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C138" s="32" t="s">
         <v>59</v>
       </c>
       <c r="D138" s="32" t="s">
         <v>60</v>
       </c>
       <c r="E138" s="33">
         <v>10</v>
       </c>
       <c r="F138" s="33">
         <v>50</v>
       </c>
       <c r="G138" s="33">
         <v>2000</v>
       </c>
       <c r="H138" s="36" t="s">
         <v>427</v>
       </c>
       <c r="I138" s="34">
         <v>0.46400000000000002</v>
       </c>
       <c r="J138" s="35">
-        <v>12.33</v>
+        <v>13.96</v>
       </c>
       <c r="K138" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A139" s="30" t="s">
         <v>428</v>
       </c>
       <c r="B139" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C139" s="32" t="s">
         <v>63</v>
       </c>
       <c r="D139" s="32" t="s">
         <v>64</v>
       </c>
       <c r="E139" s="33">
         <v>20</v>
       </c>
       <c r="F139" s="33">
         <v>100</v>
       </c>
       <c r="G139" s="33">
         <v>4000</v>
       </c>
       <c r="H139" s="32" t="s">
         <v>429</v>
       </c>
       <c r="I139" s="34">
         <v>0.46400000000000002</v>
       </c>
       <c r="J139" s="35">
-        <v>12.33</v>
+        <v>13.96</v>
       </c>
       <c r="K139" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A140" s="30" t="s">
         <v>430</v>
       </c>
       <c r="B140" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C140" s="32" t="s">
         <v>67</v>
       </c>
       <c r="D140" s="32" t="s">
         <v>68</v>
       </c>
       <c r="E140" s="33">
         <v>10</v>
       </c>
       <c r="F140" s="33">
         <v>50</v>
       </c>
       <c r="G140" s="33">
         <v>1400</v>
       </c>
       <c r="H140" s="32" t="s">
         <v>431</v>
       </c>
       <c r="I140" s="34">
         <v>0.68200000000000005</v>
       </c>
       <c r="J140" s="35">
-        <v>24.88</v>
+        <v>27.87</v>
       </c>
       <c r="K140" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A141" s="30" t="s">
         <v>432</v>
       </c>
       <c r="B141" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C141" s="32" t="s">
         <v>71</v>
       </c>
       <c r="D141" s="32" t="s">
         <v>72</v>
       </c>
       <c r="E141" s="33">
         <v>20</v>
       </c>
       <c r="F141" s="33">
         <v>100</v>
       </c>
       <c r="G141" s="33">
         <v>2800</v>
       </c>
       <c r="H141" s="32" t="s">
         <v>433</v>
       </c>
       <c r="I141" s="34">
         <v>0.68200000000000005</v>
       </c>
       <c r="J141" s="35">
-        <v>24.88</v>
+        <v>27.87</v>
       </c>
       <c r="K141" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A142" s="30" t="s">
         <v>434</v>
       </c>
       <c r="B142" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C142" s="32" t="s">
         <v>75</v>
       </c>
       <c r="D142" s="32" t="s">
         <v>76</v>
       </c>
       <c r="E142" s="33">
         <v>10</v>
       </c>
       <c r="F142" s="33">
         <v>50</v>
       </c>
       <c r="G142" s="33">
         <v>900</v>
       </c>
       <c r="H142" s="32" t="s">
         <v>435</v>
       </c>
       <c r="I142" s="34">
         <v>0.94</v>
       </c>
       <c r="J142" s="35">
-        <v>34.24</v>
+        <v>38.35</v>
       </c>
       <c r="K142" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A143" s="30" t="s">
         <v>436</v>
       </c>
       <c r="B143" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C143" s="32" t="s">
         <v>79</v>
       </c>
       <c r="D143" s="32" t="s">
         <v>80</v>
       </c>
       <c r="E143" s="33">
         <v>20</v>
       </c>
       <c r="F143" s="33">
         <v>100</v>
       </c>
       <c r="G143" s="33">
         <v>1800</v>
       </c>
       <c r="H143" s="32" t="s">
         <v>437</v>
       </c>
       <c r="I143" s="34">
         <v>0.94</v>
       </c>
       <c r="J143" s="35">
-        <v>34.24</v>
+        <v>38.35</v>
       </c>
       <c r="K143" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A144" s="30" t="s">
         <v>438</v>
       </c>
       <c r="B144" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C144" s="32" t="s">
         <v>83</v>
       </c>
       <c r="D144" s="32" t="s">
         <v>84</v>
       </c>
       <c r="E144" s="33">
         <v>10</v>
       </c>
       <c r="F144" s="33">
         <v>0</v>
       </c>
       <c r="G144" s="33">
         <v>600</v>
       </c>
       <c r="H144" s="32" t="s">
         <v>439</v>
       </c>
       <c r="I144" s="34">
         <v>1.46</v>
       </c>
       <c r="J144" s="35">
-        <v>52.65</v>
+        <v>58.97</v>
       </c>
       <c r="K144" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A145" s="30" t="s">
         <v>440</v>
       </c>
       <c r="B145" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C145" s="32" t="s">
         <v>87</v>
       </c>
       <c r="D145" s="32" t="s">
         <v>88</v>
       </c>
       <c r="E145" s="33">
         <v>20</v>
       </c>
       <c r="F145" s="33">
         <v>0</v>
       </c>
       <c r="G145" s="33">
         <v>1200</v>
       </c>
       <c r="H145" s="32" t="s">
         <v>441</v>
       </c>
       <c r="I145" s="34">
         <v>1.46</v>
       </c>
       <c r="J145" s="35">
-        <v>52.65</v>
+        <v>58.97</v>
       </c>
       <c r="K145" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A146" s="30" t="s">
         <v>442</v>
       </c>
       <c r="B146" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C146" s="32" t="s">
         <v>91</v>
       </c>
       <c r="D146" s="32" t="s">
         <v>92</v>
       </c>
       <c r="E146" s="33">
         <v>10</v>
       </c>
       <c r="F146" s="33">
         <v>0</v>
       </c>
       <c r="G146" s="33">
         <v>440</v>
       </c>
       <c r="H146" s="32" t="s">
         <v>443</v>
       </c>
       <c r="I146" s="34">
         <v>2.0299999999999998</v>
       </c>
       <c r="J146" s="35">
-        <v>77.7</v>
+        <v>87.04</v>
       </c>
       <c r="K146" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A147" s="30" t="s">
         <v>444</v>
       </c>
       <c r="B147" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C147" s="32" t="s">
         <v>95</v>
       </c>
       <c r="D147" s="32" t="s">
         <v>96</v>
       </c>
       <c r="E147" s="33">
         <v>20</v>
       </c>
       <c r="F147" s="33">
         <v>0</v>
       </c>
       <c r="G147" s="33">
         <v>880</v>
       </c>
       <c r="H147" s="32" t="s">
         <v>445</v>
       </c>
       <c r="I147" s="34">
         <v>2.0299999999999998</v>
       </c>
       <c r="J147" s="35">
-        <v>77.7</v>
+        <v>87.04</v>
       </c>
       <c r="K147" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A148" s="30" t="s">
         <v>446</v>
       </c>
       <c r="B148" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C148" s="32" t="s">
         <v>99</v>
       </c>
       <c r="D148" s="32" t="s">
         <v>100</v>
       </c>
       <c r="E148" s="33">
         <v>10</v>
       </c>
       <c r="F148" s="33">
         <v>0</v>
       </c>
       <c r="G148" s="33">
         <v>320</v>
       </c>
       <c r="H148" s="32" t="s">
         <v>447</v>
       </c>
       <c r="I148" s="34">
         <v>2.68</v>
       </c>
       <c r="J148" s="35">
-        <v>103.13</v>
+        <v>115.52</v>
       </c>
       <c r="K148" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A149" s="30" t="s">
         <v>448</v>
       </c>
       <c r="B149" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C149" s="32" t="s">
         <v>103</v>
       </c>
       <c r="D149" s="32" t="s">
         <v>104</v>
       </c>
       <c r="E149" s="33">
         <v>20</v>
       </c>
       <c r="F149" s="33">
         <v>0</v>
       </c>
       <c r="G149" s="33">
         <v>640</v>
       </c>
       <c r="H149" s="32" t="s">
         <v>449</v>
       </c>
       <c r="I149" s="34">
         <v>2.68</v>
       </c>
       <c r="J149" s="35">
-        <v>103.13</v>
+        <v>115.52</v>
       </c>
       <c r="K149" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A150" s="30" t="s">
         <v>450</v>
       </c>
       <c r="B150" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C150" s="32" t="s">
         <v>297</v>
       </c>
       <c r="D150" s="32" t="s">
         <v>298</v>
       </c>
       <c r="E150" s="33">
         <v>10</v>
       </c>
       <c r="F150" s="33">
         <v>0</v>
       </c>
       <c r="G150" s="33">
         <v>240</v>
       </c>
       <c r="H150" s="36" t="s">
         <v>451</v>
       </c>
       <c r="I150" s="34">
         <v>3.58</v>
       </c>
       <c r="J150" s="35">
-        <v>139.41</v>
+        <v>156.16</v>
       </c>
       <c r="K150" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A151" s="30" t="s">
         <v>452</v>
       </c>
       <c r="B151" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C151" s="32" t="s">
         <v>107</v>
       </c>
       <c r="D151" s="32" t="s">
         <v>108</v>
       </c>
       <c r="E151" s="33">
         <v>20</v>
       </c>
       <c r="F151" s="33">
         <v>0</v>
       </c>
       <c r="G151" s="33">
         <v>480</v>
       </c>
       <c r="H151" s="32" t="s">
         <v>453</v>
       </c>
       <c r="I151" s="34">
         <v>3.58</v>
       </c>
       <c r="J151" s="35">
-        <v>139.41</v>
+        <v>156.16</v>
       </c>
       <c r="K151" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A152" s="30" t="s">
         <v>454</v>
       </c>
       <c r="B152" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C152" s="32" t="s">
         <v>111</v>
       </c>
       <c r="D152" s="32" t="s">
         <v>112</v>
       </c>
       <c r="E152" s="33">
         <v>10</v>
       </c>
       <c r="F152" s="33">
         <v>10</v>
       </c>
       <c r="G152" s="33">
         <v>140</v>
       </c>
       <c r="H152" s="32" t="s">
         <v>455</v>
       </c>
       <c r="I152" s="34">
         <v>4.66</v>
       </c>
       <c r="J152" s="35">
-        <v>190.06</v>
+        <v>212.9</v>
       </c>
       <c r="K152" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A153" s="30" t="s">
         <v>456</v>
       </c>
       <c r="B153" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C153" s="32" t="s">
         <v>115</v>
       </c>
       <c r="D153" s="32" t="s">
         <v>116</v>
       </c>
       <c r="E153" s="33">
         <v>20</v>
       </c>
       <c r="F153" s="33">
         <v>0</v>
       </c>
       <c r="G153" s="33">
         <v>360</v>
       </c>
       <c r="H153" s="32" t="s">
         <v>457</v>
       </c>
       <c r="I153" s="34">
         <v>4.66</v>
       </c>
       <c r="J153" s="35">
-        <v>190.06</v>
+        <v>212.9</v>
       </c>
       <c r="K153" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A154" s="30" t="s">
         <v>458</v>
       </c>
       <c r="B154" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C154" s="32" t="s">
         <v>307</v>
       </c>
       <c r="D154" s="32" t="s">
         <v>308</v>
       </c>
       <c r="E154" s="33">
         <v>10</v>
       </c>
       <c r="F154" s="33">
         <v>20</v>
       </c>
       <c r="G154" s="33">
         <v>150</v>
       </c>
       <c r="H154" s="36" t="s">
         <v>459</v>
       </c>
       <c r="I154" s="34">
         <v>6.65</v>
       </c>
       <c r="J154" s="35">
-        <v>276.5</v>
+        <v>309.73</v>
       </c>
       <c r="K154" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A155" s="30" t="s">
         <v>460</v>
       </c>
       <c r="B155" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C155" s="32" t="s">
         <v>461</v>
       </c>
       <c r="D155" s="32" t="s">
         <v>120</v>
       </c>
       <c r="E155" s="33">
         <v>20</v>
       </c>
       <c r="F155" s="33">
         <v>0</v>
       </c>
       <c r="G155" s="33">
         <v>300</v>
       </c>
       <c r="H155" s="32" t="s">
         <v>462</v>
       </c>
       <c r="I155" s="34">
         <v>6.65</v>
       </c>
       <c r="J155" s="35">
-        <v>276.5</v>
+        <v>309.73</v>
       </c>
       <c r="K155" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A156" s="30" t="s">
         <v>463</v>
       </c>
       <c r="B156" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C156" s="32" t="s">
         <v>313</v>
       </c>
       <c r="D156" s="32" t="s">
         <v>314</v>
       </c>
       <c r="E156" s="33">
         <v>10</v>
       </c>
       <c r="F156" s="33">
         <v>20</v>
       </c>
       <c r="G156" s="33">
         <v>0</v>
       </c>
       <c r="H156" s="32" t="s">
         <v>464</v>
       </c>
       <c r="I156" s="34">
         <v>8.91</v>
       </c>
       <c r="J156" s="35">
-        <v>375.75</v>
+        <v>420.9</v>
       </c>
       <c r="K156" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A157" s="30" t="s">
         <v>465</v>
       </c>
       <c r="B157" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C157" s="32" t="s">
         <v>466</v>
       </c>
       <c r="D157" s="32" t="s">
         <v>124</v>
       </c>
       <c r="E157" s="33">
         <v>20</v>
       </c>
       <c r="F157" s="33">
         <v>0</v>
       </c>
       <c r="G157" s="33">
         <v>200</v>
       </c>
       <c r="H157" s="32" t="s">
         <v>467</v>
       </c>
       <c r="I157" s="34">
         <v>8.91</v>
       </c>
       <c r="J157" s="35">
-        <v>375.75</v>
+        <v>420.9</v>
       </c>
       <c r="K157" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A158" s="30" t="s">
         <v>468</v>
       </c>
       <c r="B158" s="31" t="s">
         <v>410</v>
       </c>
       <c r="C158" s="32" t="s">
         <v>469</v>
       </c>
       <c r="D158" s="32" t="s">
         <v>132</v>
       </c>
       <c r="E158" s="33">
         <v>20</v>
       </c>
       <c r="F158" s="33">
         <v>0</v>
       </c>
       <c r="G158" s="33">
         <v>100</v>
       </c>
       <c r="H158" s="32" t="s">
         <v>470</v>
       </c>
       <c r="I158" s="34">
         <v>16.46</v>
       </c>
       <c r="J158" s="35">
-        <v>712.34</v>
+        <v>797.94</v>
       </c>
       <c r="K158" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A159" s="30" t="s">
         <v>471</v>
       </c>
       <c r="B159" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C159" s="32" t="s">
         <v>67</v>
       </c>
       <c r="D159" s="32" t="s">
         <v>68</v>
       </c>
       <c r="E159" s="33">
         <v>10</v>
       </c>
       <c r="F159" s="33">
         <v>50</v>
       </c>
       <c r="G159" s="33">
         <v>1400</v>
       </c>
       <c r="H159" s="32" t="s">
         <v>473</v>
       </c>
       <c r="I159" s="34">
         <v>0.65</v>
       </c>
       <c r="J159" s="35">
-        <v>26.41</v>
+        <v>29.58</v>
       </c>
       <c r="K159" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A160" s="30" t="s">
         <v>474</v>
       </c>
       <c r="B160" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C160" s="32" t="s">
         <v>71</v>
       </c>
       <c r="D160" s="32" t="s">
         <v>72</v>
       </c>
       <c r="E160" s="33">
         <v>20</v>
       </c>
       <c r="F160" s="33">
         <v>100</v>
       </c>
       <c r="G160" s="33">
         <v>2800</v>
       </c>
       <c r="H160" s="32" t="s">
         <v>475</v>
       </c>
       <c r="I160" s="34">
         <v>0.65</v>
       </c>
       <c r="J160" s="35">
-        <v>26.41</v>
+        <v>29.58</v>
       </c>
       <c r="K160" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A161" s="30" t="s">
         <v>476</v>
       </c>
       <c r="B161" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C161" s="32" t="s">
         <v>75</v>
       </c>
       <c r="D161" s="32" t="s">
         <v>76</v>
       </c>
       <c r="E161" s="33">
         <v>10</v>
       </c>
       <c r="F161" s="33">
         <v>50</v>
       </c>
       <c r="G161" s="33">
         <v>1100</v>
       </c>
       <c r="H161" s="32" t="s">
         <v>477</v>
       </c>
       <c r="I161" s="34">
         <v>0.80900000000000005</v>
       </c>
       <c r="J161" s="35">
-        <v>33.14</v>
+        <v>37.119999999999997</v>
       </c>
       <c r="K161" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A162" s="30" t="s">
         <v>478</v>
       </c>
       <c r="B162" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C162" s="32" t="s">
         <v>79</v>
       </c>
       <c r="D162" s="32" t="s">
         <v>80</v>
       </c>
       <c r="E162" s="33">
         <v>20</v>
       </c>
       <c r="F162" s="33">
         <v>100</v>
       </c>
       <c r="G162" s="33">
         <v>2200</v>
       </c>
       <c r="H162" s="32" t="s">
         <v>479</v>
       </c>
       <c r="I162" s="34">
         <v>0.80900000000000005</v>
       </c>
       <c r="J162" s="35">
-        <v>33.14</v>
+        <v>37.119999999999997</v>
       </c>
       <c r="K162" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A163" s="30" t="s">
         <v>480</v>
       </c>
       <c r="B163" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C163" s="32" t="s">
         <v>83</v>
       </c>
       <c r="D163" s="32" t="s">
         <v>84</v>
       </c>
       <c r="E163" s="33">
         <v>10</v>
       </c>
       <c r="F163" s="33">
         <v>0</v>
       </c>
       <c r="G163" s="33">
         <v>420</v>
       </c>
       <c r="H163" s="32" t="s">
         <v>481</v>
       </c>
       <c r="I163" s="34">
         <v>1.06</v>
       </c>
       <c r="J163" s="35">
-        <v>43.5</v>
+        <v>48.73</v>
       </c>
       <c r="K163" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A164" s="30" t="s">
         <v>482</v>
       </c>
       <c r="B164" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C164" s="32" t="s">
         <v>87</v>
       </c>
       <c r="D164" s="32" t="s">
         <v>88</v>
       </c>
       <c r="E164" s="33">
         <v>20</v>
       </c>
       <c r="F164" s="33">
         <v>0</v>
       </c>
       <c r="G164" s="33">
         <v>840</v>
       </c>
       <c r="H164" s="32" t="s">
         <v>483</v>
       </c>
       <c r="I164" s="34">
         <v>1.06</v>
       </c>
       <c r="J164" s="35">
-        <v>43.5</v>
+        <v>48.73</v>
       </c>
       <c r="K164" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A165" s="30" t="s">
         <v>484</v>
       </c>
       <c r="B165" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C165" s="32" t="s">
         <v>99</v>
       </c>
       <c r="D165" s="32" t="s">
         <v>100</v>
       </c>
       <c r="E165" s="33">
         <v>10</v>
       </c>
       <c r="F165" s="33">
         <v>20</v>
       </c>
       <c r="G165" s="33">
         <v>280</v>
       </c>
       <c r="H165" s="32" t="s">
         <v>485</v>
       </c>
       <c r="I165" s="34">
         <v>1.69</v>
       </c>
       <c r="J165" s="35">
-        <v>76.81</v>
+        <v>86.04</v>
       </c>
       <c r="K165" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A166" s="30" t="s">
         <v>486</v>
       </c>
       <c r="B166" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C166" s="32" t="s">
         <v>103</v>
       </c>
       <c r="D166" s="32" t="s">
         <v>104</v>
       </c>
       <c r="E166" s="33">
         <v>20</v>
       </c>
       <c r="F166" s="33">
         <v>0</v>
       </c>
       <c r="G166" s="33">
         <v>560</v>
       </c>
       <c r="H166" s="32" t="s">
         <v>487</v>
       </c>
       <c r="I166" s="34">
         <v>1.69</v>
       </c>
       <c r="J166" s="35">
-        <v>76.81</v>
+        <v>86.04</v>
       </c>
       <c r="K166" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A167" s="30" t="s">
         <v>488</v>
       </c>
       <c r="B167" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C167" s="32" t="s">
         <v>111</v>
       </c>
       <c r="D167" s="32" t="s">
         <v>112</v>
       </c>
       <c r="E167" s="33">
         <v>10</v>
       </c>
       <c r="F167" s="33">
         <v>0</v>
       </c>
       <c r="G167" s="33">
         <v>200</v>
       </c>
       <c r="H167" s="32" t="s">
         <v>489</v>
       </c>
       <c r="I167" s="34">
         <v>2.87</v>
       </c>
       <c r="J167" s="35">
-        <v>133.74</v>
+        <v>149.81</v>
       </c>
       <c r="K167" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A168" s="30" t="s">
         <v>490</v>
       </c>
       <c r="B168" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C168" s="32" t="s">
         <v>115</v>
       </c>
       <c r="D168" s="32" t="s">
         <v>116</v>
       </c>
       <c r="E168" s="33">
         <v>20</v>
       </c>
       <c r="F168" s="33">
         <v>0</v>
       </c>
       <c r="G168" s="33">
         <v>400</v>
       </c>
       <c r="H168" s="32" t="s">
         <v>491</v>
       </c>
       <c r="I168" s="34">
         <v>2.87</v>
       </c>
       <c r="J168" s="35">
-        <v>133.74</v>
+        <v>149.81</v>
       </c>
       <c r="K168" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A169" s="30" t="s">
         <v>492</v>
       </c>
       <c r="B169" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C169" s="32" t="s">
         <v>307</v>
       </c>
       <c r="D169" s="32" t="s">
         <v>308</v>
       </c>
       <c r="E169" s="33">
         <v>10</v>
       </c>
       <c r="F169" s="33">
         <v>0</v>
       </c>
       <c r="G169" s="33">
         <v>150</v>
       </c>
       <c r="H169" s="32" t="s">
         <v>493</v>
       </c>
       <c r="I169" s="34">
         <v>4.43</v>
       </c>
       <c r="J169" s="35">
-        <v>248.7</v>
+        <v>278.58</v>
       </c>
       <c r="K169" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A170" s="30" t="s">
         <v>494</v>
       </c>
       <c r="B170" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C170" s="32" t="s">
         <v>119</v>
       </c>
       <c r="D170" s="32" t="s">
         <v>120</v>
       </c>
       <c r="E170" s="33">
         <v>20</v>
       </c>
       <c r="F170" s="33">
         <v>0</v>
       </c>
       <c r="G170" s="33">
         <v>300</v>
       </c>
       <c r="H170" s="32" t="s">
         <v>495</v>
       </c>
       <c r="I170" s="34">
         <v>4.43</v>
       </c>
       <c r="J170" s="35">
-        <v>248.7</v>
+        <v>278.58</v>
       </c>
       <c r="K170" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A171" s="30" t="s">
         <v>496</v>
       </c>
       <c r="B171" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C171" s="32" t="s">
         <v>313</v>
       </c>
       <c r="D171" s="32" t="s">
         <v>314</v>
       </c>
       <c r="E171" s="33">
         <v>10</v>
       </c>
       <c r="F171" s="33">
         <v>20</v>
       </c>
       <c r="G171" s="33">
         <v>0</v>
       </c>
       <c r="H171" s="36" t="s">
         <v>497</v>
       </c>
       <c r="I171" s="34">
         <v>6.1</v>
       </c>
       <c r="J171" s="35">
-        <v>344.92</v>
+        <v>386.37</v>
       </c>
       <c r="K171" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A172" s="30" t="s">
         <v>498</v>
       </c>
       <c r="B172" s="31" t="s">
         <v>472</v>
       </c>
       <c r="C172" s="32" t="s">
         <v>499</v>
       </c>
       <c r="D172" s="32" t="s">
         <v>124</v>
       </c>
       <c r="E172" s="33">
         <v>20</v>
       </c>
       <c r="F172" s="33">
         <v>0</v>
       </c>
       <c r="G172" s="33">
         <v>200</v>
       </c>
       <c r="H172" s="32" t="s">
         <v>500</v>
       </c>
       <c r="I172" s="34">
         <v>6.1</v>
       </c>
       <c r="J172" s="35">
-        <v>344.92</v>
+        <v>386.37</v>
       </c>
       <c r="K172" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A173" s="30" t="s">
         <v>501</v>
       </c>
       <c r="B173" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C173" s="32" t="s">
         <v>503</v>
       </c>
       <c r="D173" s="32" t="s">
         <v>503</v>
       </c>
       <c r="E173" s="33">
         <v>10</v>
       </c>
       <c r="F173" s="33">
         <v>500</v>
       </c>
       <c r="G173" s="33">
         <v>500</v>
       </c>
       <c r="H173" s="36" t="s">
         <v>504</v>
       </c>
       <c r="I173" s="34">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="J173" s="35">
-        <v>7.16</v>
+        <v>8.02</v>
       </c>
       <c r="K173" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A174" s="30" t="s">
         <v>505</v>
       </c>
       <c r="B174" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C174" s="32" t="s">
         <v>506</v>
       </c>
       <c r="D174" s="32" t="s">
         <v>506</v>
       </c>
       <c r="E174" s="33">
         <v>10</v>
       </c>
       <c r="F174" s="33">
         <v>250</v>
       </c>
       <c r="G174" s="33">
         <v>6000</v>
       </c>
       <c r="H174" s="32" t="s">
         <v>507</v>
       </c>
       <c r="I174" s="34">
         <v>0.126</v>
       </c>
       <c r="J174" s="35">
-        <v>5.4</v>
+        <v>6.04</v>
       </c>
       <c r="K174" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A175" s="30" t="s">
         <v>508</v>
       </c>
       <c r="B175" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C175" s="32" t="s">
         <v>509</v>
       </c>
       <c r="D175" s="32" t="s">
         <v>509</v>
       </c>
       <c r="E175" s="33">
         <v>20</v>
       </c>
       <c r="F175" s="33">
         <v>500</v>
       </c>
       <c r="G175" s="33">
         <v>12000</v>
       </c>
       <c r="H175" s="32" t="s">
         <v>510</v>
       </c>
       <c r="I175" s="34">
         <v>0.126</v>
       </c>
       <c r="J175" s="35">
-        <v>5.4</v>
+        <v>6.04</v>
       </c>
       <c r="K175" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A176" s="30" t="s">
         <v>511</v>
       </c>
       <c r="B176" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C176" s="32" t="s">
         <v>512</v>
       </c>
       <c r="D176" s="32" t="s">
         <v>512</v>
       </c>
       <c r="E176" s="33">
         <v>10</v>
       </c>
       <c r="F176" s="33">
         <v>250</v>
       </c>
       <c r="G176" s="33">
         <v>5000</v>
       </c>
       <c r="H176" s="32" t="s">
         <v>513</v>
       </c>
       <c r="I176" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J176" s="35">
-        <v>8.15</v>
+        <v>9.1300000000000008</v>
       </c>
       <c r="K176" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A177" s="30" t="s">
         <v>514</v>
       </c>
       <c r="B177" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C177" s="32" t="s">
         <v>515</v>
       </c>
       <c r="D177" s="32" t="s">
         <v>515</v>
       </c>
       <c r="E177" s="33">
         <v>20</v>
       </c>
       <c r="F177" s="33">
         <v>500</v>
       </c>
       <c r="G177" s="33">
         <v>10000</v>
       </c>
       <c r="H177" s="32" t="s">
         <v>516</v>
       </c>
       <c r="I177" s="34">
         <v>0.19800000000000001</v>
       </c>
       <c r="J177" s="35">
-        <v>8.15</v>
+        <v>9.1300000000000008</v>
       </c>
       <c r="K177" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A178" s="30" t="s">
         <v>517</v>
       </c>
       <c r="B178" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C178" s="32" t="s">
         <v>518</v>
       </c>
       <c r="D178" s="32" t="s">
         <v>518</v>
       </c>
       <c r="E178" s="33">
         <v>10</v>
       </c>
       <c r="F178" s="33">
         <v>250</v>
       </c>
       <c r="G178" s="33">
         <v>3500</v>
       </c>
       <c r="H178" s="32" t="s">
         <v>519</v>
       </c>
       <c r="I178" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J178" s="35">
-        <v>10.55</v>
+        <v>11.82</v>
       </c>
       <c r="K178" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A179" s="30" t="s">
         <v>520</v>
       </c>
       <c r="B179" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C179" s="32" t="s">
         <v>521</v>
       </c>
       <c r="D179" s="32" t="s">
         <v>521</v>
       </c>
       <c r="E179" s="33">
         <v>20</v>
       </c>
       <c r="F179" s="33">
         <v>500</v>
       </c>
       <c r="G179" s="33">
         <v>7000</v>
       </c>
       <c r="H179" s="32" t="s">
         <v>522</v>
       </c>
       <c r="I179" s="34">
         <v>0.28499999999999998</v>
       </c>
       <c r="J179" s="35">
-        <v>10.55</v>
+        <v>11.82</v>
       </c>
       <c r="K179" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A180" s="30" t="s">
         <v>523</v>
       </c>
       <c r="B180" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C180" s="32" t="s">
         <v>524</v>
       </c>
       <c r="D180" s="32" t="s">
         <v>524</v>
       </c>
       <c r="E180" s="33">
         <v>10</v>
       </c>
       <c r="F180" s="33">
         <v>100</v>
       </c>
       <c r="G180" s="33">
         <v>2600</v>
       </c>
       <c r="H180" s="32" t="s">
         <v>525</v>
       </c>
       <c r="I180" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J180" s="35">
-        <v>14.13</v>
+        <v>15.82</v>
       </c>
       <c r="K180" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A181" s="30" t="s">
         <v>526</v>
       </c>
       <c r="B181" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C181" s="32" t="s">
         <v>527</v>
       </c>
       <c r="D181" s="32" t="s">
         <v>527</v>
       </c>
       <c r="E181" s="33">
         <v>20</v>
       </c>
       <c r="F181" s="33">
         <v>200</v>
       </c>
       <c r="G181" s="33">
         <v>5200</v>
       </c>
       <c r="H181" s="32" t="s">
         <v>528</v>
       </c>
       <c r="I181" s="34">
         <v>0.36199999999999999</v>
       </c>
       <c r="J181" s="35">
-        <v>14.13</v>
+        <v>15.82</v>
       </c>
       <c r="K181" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A182" s="30" t="s">
         <v>529</v>
       </c>
       <c r="B182" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C182" s="32" t="s">
         <v>530</v>
       </c>
       <c r="D182" s="32" t="s">
         <v>530</v>
       </c>
       <c r="E182" s="33">
         <v>10</v>
       </c>
       <c r="F182" s="33">
         <v>100</v>
       </c>
       <c r="G182" s="33">
         <v>2000</v>
       </c>
       <c r="H182" s="32" t="s">
         <v>531</v>
       </c>
       <c r="I182" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J182" s="35">
-        <v>16.78</v>
+        <v>18.79</v>
       </c>
       <c r="K182" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A183" s="30" t="s">
         <v>532</v>
       </c>
       <c r="B183" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C183" s="32" t="s">
         <v>533</v>
       </c>
       <c r="D183" s="32" t="s">
         <v>533</v>
       </c>
       <c r="E183" s="33">
         <v>20</v>
       </c>
       <c r="F183" s="33">
         <v>200</v>
       </c>
       <c r="G183" s="33">
         <v>4000</v>
       </c>
       <c r="H183" s="32" t="s">
         <v>534</v>
       </c>
       <c r="I183" s="34">
         <v>0.45500000000000002</v>
       </c>
       <c r="J183" s="35">
-        <v>16.78</v>
+        <v>18.79</v>
       </c>
       <c r="K183" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A184" s="30" t="s">
         <v>535</v>
       </c>
       <c r="B184" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C184" s="32" t="s">
         <v>536</v>
       </c>
       <c r="D184" s="32" t="s">
         <v>536</v>
       </c>
       <c r="E184" s="33">
         <v>10</v>
       </c>
       <c r="F184" s="33">
         <v>50</v>
       </c>
       <c r="G184" s="33">
         <v>1500</v>
       </c>
       <c r="H184" s="32" t="s">
         <v>537</v>
       </c>
       <c r="I184" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J184" s="35">
-        <v>24.14</v>
+        <v>27.04</v>
       </c>
       <c r="K184" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A185" s="30" t="s">
         <v>538</v>
       </c>
       <c r="B185" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C185" s="32" t="s">
         <v>539</v>
       </c>
       <c r="D185" s="32" t="s">
         <v>539</v>
       </c>
       <c r="E185" s="33">
         <v>20</v>
       </c>
       <c r="F185" s="33">
         <v>100</v>
       </c>
       <c r="G185" s="33">
         <v>3000</v>
       </c>
       <c r="H185" s="32" t="s">
         <v>540</v>
       </c>
       <c r="I185" s="34">
         <v>0.65500000000000003</v>
       </c>
       <c r="J185" s="35">
-        <v>24.14</v>
+        <v>27.04</v>
       </c>
       <c r="K185" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A186" s="30" t="s">
         <v>541</v>
       </c>
       <c r="B186" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C186" s="32" t="s">
         <v>542</v>
       </c>
       <c r="D186" s="32" t="s">
         <v>542</v>
       </c>
       <c r="E186" s="33">
         <v>10</v>
       </c>
       <c r="F186" s="33">
         <v>50</v>
       </c>
       <c r="G186" s="33">
         <v>1100</v>
       </c>
       <c r="H186" s="32" t="s">
         <v>543</v>
       </c>
       <c r="I186" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J186" s="35">
-        <v>32.17</v>
+        <v>36.03</v>
       </c>
       <c r="K186" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A187" s="30" t="s">
         <v>544</v>
       </c>
       <c r="B187" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C187" s="32" t="s">
         <v>545</v>
       </c>
       <c r="D187" s="32" t="s">
         <v>545</v>
       </c>
       <c r="E187" s="33">
         <v>20</v>
       </c>
       <c r="F187" s="33">
         <v>100</v>
       </c>
       <c r="G187" s="33">
         <v>2200</v>
       </c>
       <c r="H187" s="32" t="s">
         <v>546</v>
       </c>
       <c r="I187" s="34">
         <v>0.88400000000000001</v>
       </c>
       <c r="J187" s="35">
-        <v>32.17</v>
+        <v>36.03</v>
       </c>
       <c r="K187" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A188" s="30" t="s">
         <v>547</v>
       </c>
       <c r="B188" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C188" s="32" t="s">
         <v>548</v>
       </c>
       <c r="D188" s="32" t="s">
         <v>548</v>
       </c>
       <c r="E188" s="33">
         <v>10</v>
       </c>
       <c r="F188" s="33">
         <v>50</v>
       </c>
       <c r="G188" s="33">
         <v>800</v>
       </c>
       <c r="H188" s="32" t="s">
         <v>549</v>
       </c>
       <c r="I188" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J188" s="35">
-        <v>41.8</v>
+        <v>46.82</v>
       </c>
       <c r="K188" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A189" s="30" t="s">
         <v>550</v>
       </c>
       <c r="B189" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C189" s="32" t="s">
         <v>551</v>
       </c>
       <c r="D189" s="32" t="s">
         <v>551</v>
       </c>
       <c r="E189" s="33">
         <v>20</v>
       </c>
       <c r="F189" s="33">
         <v>100</v>
       </c>
       <c r="G189" s="33">
         <v>1600</v>
       </c>
       <c r="H189" s="32" t="s">
         <v>552</v>
       </c>
       <c r="I189" s="34">
         <v>1.1399999999999999</v>
       </c>
       <c r="J189" s="35">
-        <v>41.8</v>
+        <v>46.82</v>
       </c>
       <c r="K189" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A190" s="30" t="s">
         <v>553</v>
       </c>
       <c r="B190" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C190" s="32" t="s">
         <v>554</v>
       </c>
       <c r="D190" s="32" t="s">
         <v>554</v>
       </c>
       <c r="E190" s="33">
         <v>10</v>
       </c>
       <c r="F190" s="33">
         <v>0</v>
       </c>
       <c r="G190" s="33">
         <v>540</v>
       </c>
       <c r="H190" s="32" t="s">
         <v>555</v>
       </c>
       <c r="I190" s="34">
         <v>1.75</v>
       </c>
       <c r="J190" s="35">
-        <v>63.01</v>
+        <v>70.58</v>
       </c>
       <c r="K190" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A191" s="30" t="s">
         <v>556</v>
       </c>
       <c r="B191" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C191" s="32" t="s">
         <v>557</v>
       </c>
       <c r="D191" s="32" t="s">
         <v>557</v>
       </c>
       <c r="E191" s="33">
         <v>20</v>
       </c>
       <c r="F191" s="33">
         <v>0</v>
       </c>
       <c r="G191" s="33">
         <v>1080</v>
       </c>
       <c r="H191" s="32" t="s">
         <v>558</v>
       </c>
       <c r="I191" s="34">
         <v>1.75</v>
       </c>
       <c r="J191" s="35">
-        <v>63.01</v>
+        <v>70.58</v>
       </c>
       <c r="K191" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A192" s="30" t="s">
         <v>559</v>
       </c>
       <c r="B192" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C192" s="32" t="s">
         <v>560</v>
       </c>
       <c r="D192" s="32" t="s">
         <v>560</v>
       </c>
       <c r="E192" s="33">
         <v>10</v>
       </c>
       <c r="F192" s="33">
         <v>0</v>
       </c>
       <c r="G192" s="33">
         <v>400</v>
       </c>
       <c r="H192" s="32" t="s">
         <v>561</v>
       </c>
       <c r="I192" s="34">
         <v>2.48</v>
       </c>
       <c r="J192" s="35">
-        <v>91.83</v>
+        <v>102.86</v>
       </c>
       <c r="K192" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A193" s="30" t="s">
         <v>562</v>
       </c>
       <c r="B193" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C193" s="32" t="s">
         <v>563</v>
       </c>
       <c r="D193" s="32" t="s">
         <v>563</v>
       </c>
       <c r="E193" s="33">
         <v>20</v>
       </c>
       <c r="F193" s="33">
         <v>0</v>
       </c>
       <c r="G193" s="33">
         <v>800</v>
       </c>
       <c r="H193" s="32" t="s">
         <v>564</v>
       </c>
       <c r="I193" s="34">
         <v>2.48</v>
       </c>
       <c r="J193" s="35">
-        <v>91.83</v>
+        <v>102.86</v>
       </c>
       <c r="K193" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A194" s="30" t="s">
         <v>565</v>
       </c>
       <c r="B194" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C194" s="32" t="s">
         <v>566</v>
       </c>
       <c r="D194" s="32" t="s">
         <v>566</v>
       </c>
       <c r="E194" s="33">
         <v>10</v>
       </c>
       <c r="F194" s="33">
         <v>0</v>
       </c>
       <c r="G194" s="33">
         <v>300</v>
       </c>
       <c r="H194" s="32" t="s">
         <v>567</v>
       </c>
       <c r="I194" s="34">
         <v>3.33</v>
       </c>
       <c r="J194" s="35">
-        <v>124.15</v>
+        <v>139.07</v>
       </c>
       <c r="K194" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A195" s="30" t="s">
         <v>568</v>
       </c>
       <c r="B195" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C195" s="32" t="s">
         <v>569</v>
       </c>
       <c r="D195" s="32" t="s">
         <v>569</v>
       </c>
       <c r="E195" s="33">
         <v>20</v>
       </c>
       <c r="F195" s="33">
         <v>0</v>
       </c>
       <c r="G195" s="33">
         <v>600</v>
       </c>
       <c r="H195" s="32" t="s">
         <v>570</v>
       </c>
       <c r="I195" s="34">
         <v>3.33</v>
       </c>
       <c r="J195" s="35">
-        <v>124.15</v>
+        <v>139.07</v>
       </c>
       <c r="K195" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A196" s="30" t="s">
         <v>571</v>
       </c>
       <c r="B196" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C196" s="32" t="s">
         <v>572</v>
       </c>
       <c r="D196" s="32" t="s">
         <v>572</v>
       </c>
       <c r="E196" s="33">
         <v>20</v>
       </c>
       <c r="F196" s="33">
         <v>0</v>
       </c>
       <c r="G196" s="33">
         <v>440</v>
       </c>
       <c r="H196" s="32" t="s">
         <v>573</v>
       </c>
       <c r="I196" s="34">
         <v>4.29</v>
       </c>
       <c r="J196" s="35">
-        <v>163.87</v>
+        <v>183.56</v>
       </c>
       <c r="K196" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A197" s="30" t="s">
         <v>574</v>
       </c>
       <c r="B197" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C197" s="32" t="s">
         <v>575</v>
       </c>
       <c r="D197" s="32" t="s">
         <v>575</v>
       </c>
       <c r="E197" s="33">
         <v>10</v>
       </c>
       <c r="F197" s="33">
         <v>0</v>
       </c>
       <c r="G197" s="33">
         <v>180</v>
       </c>
       <c r="H197" s="32" t="s">
         <v>576</v>
       </c>
       <c r="I197" s="34">
         <v>5.38</v>
       </c>
       <c r="J197" s="35">
-        <v>222.12</v>
+        <v>248.81</v>
       </c>
       <c r="K197" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A198" s="30" t="s">
         <v>577</v>
       </c>
       <c r="B198" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C198" s="32" t="s">
         <v>578</v>
       </c>
       <c r="D198" s="32" t="s">
         <v>578</v>
       </c>
       <c r="E198" s="33">
         <v>20</v>
       </c>
       <c r="F198" s="33">
         <v>0</v>
       </c>
       <c r="G198" s="33">
         <v>360</v>
       </c>
       <c r="H198" s="32" t="s">
         <v>579</v>
       </c>
       <c r="I198" s="34">
         <v>5.38</v>
       </c>
       <c r="J198" s="35">
-        <v>222.12</v>
+        <v>248.81</v>
       </c>
       <c r="K198" s="35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A199" s="30" t="s">
         <v>580</v>
       </c>
       <c r="B199" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C199" s="32" t="s">
         <v>581</v>
       </c>
       <c r="D199" s="32" t="s">
         <v>581</v>
       </c>
       <c r="E199" s="33">
         <v>20</v>
       </c>
       <c r="F199" s="33">
         <v>0</v>
       </c>
       <c r="G199" s="33">
         <v>240</v>
       </c>
       <c r="H199" s="32" t="s">
         <v>582</v>
       </c>
       <c r="I199" s="34">
         <v>7.61</v>
       </c>
       <c r="J199" s="35">
-        <v>460.61</v>
+        <v>515.96</v>
       </c>
       <c r="K199" s="35">
         <f t="shared" ref="K199:K254" si="3">ROUND(J199*$B$4,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A200" s="30" t="s">
         <v>583</v>
       </c>
       <c r="B200" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C200" s="32" t="s">
         <v>584</v>
       </c>
       <c r="D200" s="32" t="s">
         <v>584</v>
       </c>
       <c r="E200" s="33">
         <v>20</v>
       </c>
       <c r="F200" s="33">
         <v>0</v>
       </c>
       <c r="G200" s="33">
         <v>200</v>
       </c>
       <c r="H200" s="32" t="s">
         <v>585</v>
       </c>
       <c r="I200" s="34">
         <v>10.199999999999999</v>
       </c>
       <c r="J200" s="35">
-        <v>508.62</v>
+        <v>569.74</v>
       </c>
       <c r="K200" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A201" s="30" t="s">
         <v>586</v>
       </c>
       <c r="B201" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C201" s="32" t="s">
         <v>587</v>
       </c>
       <c r="D201" s="32" t="s">
         <v>587</v>
       </c>
       <c r="E201" s="33">
         <v>20</v>
       </c>
       <c r="F201" s="33">
         <v>0</v>
       </c>
       <c r="G201" s="33">
         <v>100</v>
       </c>
       <c r="H201" s="32" t="s">
         <v>588</v>
       </c>
       <c r="I201" s="34">
         <v>19.29</v>
       </c>
       <c r="J201" s="35">
-        <v>954.87</v>
+        <v>1069.6099999999999</v>
       </c>
       <c r="K201" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A202" s="30" t="s">
         <v>589</v>
       </c>
       <c r="B202" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C202" s="32" t="s">
         <v>590</v>
       </c>
       <c r="D202" s="32" t="s">
         <v>591</v>
       </c>
       <c r="E202" s="33">
         <v>10</v>
       </c>
       <c r="F202" s="33">
         <v>250</v>
       </c>
       <c r="G202" s="33">
         <v>6000</v>
       </c>
       <c r="H202" s="32" t="s">
         <v>592</v>
       </c>
       <c r="I202" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J202" s="35">
-        <v>6.39</v>
+        <v>7.16</v>
       </c>
       <c r="K202" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A203" s="30" t="s">
         <v>593</v>
       </c>
       <c r="B203" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C203" s="32" t="s">
         <v>594</v>
       </c>
       <c r="D203" s="32" t="s">
         <v>595</v>
       </c>
       <c r="E203" s="33">
         <v>20</v>
       </c>
       <c r="F203" s="33">
         <v>500</v>
       </c>
       <c r="G203" s="33">
         <v>12000</v>
       </c>
       <c r="H203" s="32" t="s">
         <v>596</v>
       </c>
       <c r="I203" s="34">
         <v>0.14499999999999999</v>
       </c>
       <c r="J203" s="35">
-        <v>6.39</v>
+        <v>7.16</v>
       </c>
       <c r="K203" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A204" s="30" t="s">
         <v>597</v>
       </c>
       <c r="B204" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C204" s="32" t="s">
         <v>598</v>
       </c>
       <c r="D204" s="32" t="s">
         <v>599</v>
       </c>
       <c r="E204" s="33">
         <v>10</v>
       </c>
       <c r="F204" s="33">
         <v>250</v>
       </c>
       <c r="G204" s="33">
         <v>3500</v>
       </c>
       <c r="H204" s="32" t="s">
         <v>600</v>
       </c>
       <c r="I204" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J204" s="35">
-        <v>11.4</v>
+        <v>12.77</v>
       </c>
       <c r="K204" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A205" s="30" t="s">
         <v>601</v>
       </c>
       <c r="B205" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C205" s="32" t="s">
         <v>602</v>
       </c>
       <c r="D205" s="32" t="s">
         <v>603</v>
       </c>
       <c r="E205" s="33">
         <v>20</v>
       </c>
       <c r="F205" s="33">
         <v>500</v>
       </c>
       <c r="G205" s="33">
         <v>7000</v>
       </c>
       <c r="H205" s="32" t="s">
         <v>604</v>
       </c>
       <c r="I205" s="34">
         <v>0.26900000000000002</v>
       </c>
       <c r="J205" s="35">
-        <v>11.4</v>
+        <v>12.77</v>
       </c>
       <c r="K205" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A206" s="30" t="s">
         <v>605</v>
       </c>
       <c r="B206" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C206" s="32" t="s">
         <v>606</v>
       </c>
       <c r="D206" s="32" t="s">
         <v>607</v>
       </c>
       <c r="E206" s="33">
         <v>10</v>
       </c>
       <c r="F206" s="33">
         <v>250</v>
       </c>
       <c r="G206" s="33">
         <v>2500</v>
       </c>
       <c r="H206" s="32" t="s">
         <v>608</v>
       </c>
       <c r="I206" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J206" s="35">
-        <v>13.24</v>
+        <v>14.83</v>
       </c>
       <c r="K206" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A207" s="30" t="s">
         <v>609</v>
       </c>
       <c r="B207" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C207" s="32" t="s">
         <v>610</v>
       </c>
       <c r="D207" s="32" t="s">
         <v>611</v>
       </c>
       <c r="E207" s="33">
         <v>20</v>
       </c>
       <c r="F207" s="33">
         <v>500</v>
       </c>
       <c r="G207" s="33">
         <v>5000</v>
       </c>
       <c r="H207" s="32" t="s">
         <v>612</v>
       </c>
       <c r="I207" s="34">
         <v>0.34300000000000003</v>
       </c>
       <c r="J207" s="35">
-        <v>13.24</v>
+        <v>14.83</v>
       </c>
       <c r="K207" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A208" s="30" t="s">
         <v>613</v>
       </c>
       <c r="B208" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C208" s="32" t="s">
         <v>614</v>
       </c>
       <c r="D208" s="32" t="s">
         <v>615</v>
       </c>
       <c r="E208" s="33">
         <v>10</v>
       </c>
       <c r="F208" s="33">
         <v>100</v>
       </c>
       <c r="G208" s="33">
         <v>2200</v>
       </c>
       <c r="H208" s="32" t="s">
         <v>616</v>
       </c>
       <c r="I208" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J208" s="35">
-        <v>16.87</v>
+        <v>18.899999999999999</v>
       </c>
       <c r="K208" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A209" s="30" t="s">
         <v>617</v>
       </c>
       <c r="B209" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C209" s="32" t="s">
         <v>618</v>
       </c>
       <c r="D209" s="32" t="s">
         <v>619</v>
       </c>
       <c r="E209" s="33">
         <v>20</v>
       </c>
       <c r="F209" s="33">
         <v>200</v>
       </c>
       <c r="G209" s="33">
         <v>4400</v>
       </c>
       <c r="H209" s="32" t="s">
         <v>620</v>
       </c>
       <c r="I209" s="34">
         <v>0.41799999999999998</v>
       </c>
       <c r="J209" s="35">
-        <v>16.87</v>
+        <v>18.899999999999999</v>
       </c>
       <c r="K209" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A210" s="30" t="s">
         <v>621</v>
       </c>
       <c r="B210" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C210" s="32" t="s">
         <v>622</v>
       </c>
       <c r="D210" s="32" t="s">
         <v>623</v>
       </c>
       <c r="E210" s="33">
         <v>10</v>
       </c>
       <c r="F210" s="33">
         <v>100</v>
       </c>
       <c r="G210" s="33">
         <v>1400</v>
       </c>
       <c r="H210" s="32" t="s">
         <v>624</v>
       </c>
       <c r="I210" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J210" s="35">
-        <v>24</v>
+        <v>26.88</v>
       </c>
       <c r="K210" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A211" s="30" t="s">
         <v>625</v>
       </c>
       <c r="B211" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C211" s="32" t="s">
         <v>626</v>
       </c>
       <c r="D211" s="32" t="s">
         <v>627</v>
       </c>
       <c r="E211" s="33">
         <v>20</v>
       </c>
       <c r="F211" s="33">
         <v>200</v>
       </c>
       <c r="G211" s="33">
         <v>2800</v>
       </c>
       <c r="H211" s="32" t="s">
         <v>628</v>
       </c>
       <c r="I211" s="34">
         <v>0.64100000000000001</v>
       </c>
       <c r="J211" s="35">
-        <v>24</v>
+        <v>26.88</v>
       </c>
       <c r="K211" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A212" s="30" t="s">
         <v>629</v>
       </c>
       <c r="B212" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C212" s="32" t="s">
         <v>630</v>
       </c>
       <c r="D212" s="32" t="s">
         <v>631</v>
       </c>
       <c r="E212" s="33">
         <v>10</v>
       </c>
       <c r="F212" s="33">
         <v>50</v>
       </c>
       <c r="G212" s="33">
         <v>1000</v>
       </c>
       <c r="H212" s="32" t="s">
         <v>632</v>
       </c>
       <c r="I212" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J212" s="35">
-        <v>32.17</v>
+        <v>36.03</v>
       </c>
       <c r="K212" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A213" s="30" t="s">
         <v>633</v>
       </c>
       <c r="B213" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C213" s="32" t="s">
         <v>634</v>
       </c>
       <c r="D213" s="32" t="s">
         <v>635</v>
       </c>
       <c r="E213" s="33">
         <v>20</v>
       </c>
       <c r="F213" s="33">
         <v>100</v>
       </c>
       <c r="G213" s="33">
         <v>2000</v>
       </c>
       <c r="H213" s="32" t="s">
         <v>636</v>
       </c>
       <c r="I213" s="34">
         <v>0.83899999999999997</v>
       </c>
       <c r="J213" s="35">
-        <v>32.17</v>
+        <v>36.03</v>
       </c>
       <c r="K213" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A214" s="30" t="s">
         <v>637</v>
       </c>
       <c r="B214" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C214" s="32" t="s">
         <v>638</v>
       </c>
       <c r="D214" s="32" t="s">
         <v>639</v>
       </c>
       <c r="E214" s="33">
         <v>10</v>
       </c>
       <c r="F214" s="33">
         <v>50</v>
       </c>
       <c r="G214" s="33">
         <v>900</v>
       </c>
       <c r="H214" s="32" t="s">
         <v>640</v>
       </c>
       <c r="I214" s="34">
         <v>1.04</v>
       </c>
       <c r="J214" s="35">
-        <v>38.729999999999997</v>
+        <v>43.39</v>
       </c>
       <c r="K214" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A215" s="30" t="s">
         <v>641</v>
       </c>
       <c r="B215" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C215" s="32" t="s">
         <v>642</v>
       </c>
       <c r="D215" s="32" t="s">
         <v>643</v>
       </c>
       <c r="E215" s="33">
         <v>20</v>
       </c>
       <c r="F215" s="33">
         <v>100</v>
       </c>
       <c r="G215" s="33">
         <v>1800</v>
       </c>
       <c r="H215" s="32" t="s">
         <v>644</v>
       </c>
       <c r="I215" s="34">
         <v>1.04</v>
       </c>
       <c r="J215" s="35">
-        <v>38.729999999999997</v>
+        <v>43.39</v>
       </c>
       <c r="K215" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A216" s="30" t="s">
         <v>645</v>
       </c>
       <c r="B216" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C216" s="32" t="s">
         <v>646</v>
       </c>
       <c r="D216" s="32" t="s">
         <v>647</v>
       </c>
       <c r="E216" s="33">
         <v>10</v>
       </c>
       <c r="F216" s="33">
         <v>50</v>
       </c>
       <c r="G216" s="33">
         <v>700</v>
       </c>
       <c r="H216" s="32" t="s">
         <v>648</v>
       </c>
       <c r="I216" s="34">
         <v>1.36</v>
       </c>
       <c r="J216" s="35">
-        <v>50.59</v>
+        <v>56.67</v>
       </c>
       <c r="K216" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A217" s="30" t="s">
         <v>649</v>
       </c>
       <c r="B217" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C217" s="32" t="s">
         <v>650</v>
       </c>
       <c r="D217" s="32" t="s">
         <v>651</v>
       </c>
       <c r="E217" s="33">
         <v>20</v>
       </c>
       <c r="F217" s="33">
         <v>100</v>
       </c>
       <c r="G217" s="33">
         <v>1400</v>
       </c>
       <c r="H217" s="32" t="s">
         <v>652</v>
       </c>
       <c r="I217" s="34">
         <v>1.36</v>
       </c>
       <c r="J217" s="35">
-        <v>50.59</v>
+        <v>56.67</v>
       </c>
       <c r="K217" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A218" s="30" t="s">
         <v>653</v>
       </c>
       <c r="B218" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C218" s="32" t="s">
         <v>654</v>
       </c>
       <c r="D218" s="32" t="s">
         <v>655</v>
       </c>
       <c r="E218" s="33">
         <v>10</v>
       </c>
       <c r="F218" s="33">
         <v>0</v>
       </c>
       <c r="G218" s="33">
         <v>480</v>
       </c>
       <c r="H218" s="32" t="s">
         <v>656</v>
       </c>
       <c r="I218" s="34">
         <v>2.06</v>
       </c>
       <c r="J218" s="35">
-        <v>75.14</v>
+        <v>84.17</v>
       </c>
       <c r="K218" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A219" s="30" t="s">
         <v>657</v>
       </c>
       <c r="B219" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C219" s="32" t="s">
         <v>658</v>
       </c>
       <c r="D219" s="32" t="s">
         <v>659</v>
       </c>
       <c r="E219" s="33">
         <v>20</v>
       </c>
       <c r="F219" s="33">
         <v>0</v>
       </c>
       <c r="G219" s="33">
         <v>960</v>
       </c>
       <c r="H219" s="32" t="s">
         <v>660</v>
       </c>
       <c r="I219" s="34">
         <v>2.06</v>
       </c>
       <c r="J219" s="35">
-        <v>75.14</v>
+        <v>84.17</v>
       </c>
       <c r="K219" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A220" s="30" t="s">
         <v>661</v>
       </c>
       <c r="B220" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C220" s="32" t="s">
         <v>662</v>
       </c>
       <c r="D220" s="32" t="s">
         <v>663</v>
       </c>
       <c r="E220" s="33">
         <v>10</v>
       </c>
       <c r="F220" s="33">
         <v>0</v>
       </c>
       <c r="G220" s="33">
         <v>320</v>
       </c>
       <c r="H220" s="32" t="s">
         <v>664</v>
       </c>
       <c r="I220" s="34">
         <v>2.93</v>
       </c>
       <c r="J220" s="35">
-        <v>111.9</v>
+        <v>125.35</v>
       </c>
       <c r="K220" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A221" s="30" t="s">
         <v>665</v>
       </c>
       <c r="B221" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C221" s="32" t="s">
         <v>666</v>
       </c>
       <c r="D221" s="32" t="s">
         <v>667</v>
       </c>
       <c r="E221" s="33">
         <v>20</v>
       </c>
       <c r="F221" s="33">
         <v>0</v>
       </c>
       <c r="G221" s="33">
         <v>640</v>
       </c>
       <c r="H221" s="32" t="s">
         <v>668</v>
       </c>
       <c r="I221" s="34">
         <v>2.93</v>
       </c>
       <c r="J221" s="35">
-        <v>111.9</v>
+        <v>125.35</v>
       </c>
       <c r="K221" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A222" s="30" t="s">
         <v>669</v>
       </c>
       <c r="B222" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C222" s="32" t="s">
         <v>670</v>
       </c>
       <c r="D222" s="32" t="s">
         <v>671</v>
       </c>
       <c r="E222" s="33">
         <v>10</v>
       </c>
       <c r="F222" s="33">
         <v>0</v>
       </c>
       <c r="G222" s="33">
         <v>240</v>
       </c>
       <c r="H222" s="32" t="s">
         <v>672</v>
       </c>
       <c r="I222" s="34">
         <v>4</v>
       </c>
       <c r="J222" s="35">
-        <v>151.81</v>
+        <v>170.05</v>
       </c>
       <c r="K222" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A223" s="30" t="s">
         <v>673</v>
       </c>
       <c r="B223" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C223" s="32" t="s">
         <v>674</v>
       </c>
       <c r="D223" s="32" t="s">
         <v>675</v>
       </c>
       <c r="E223" s="33">
         <v>20</v>
       </c>
       <c r="F223" s="33">
         <v>0</v>
       </c>
       <c r="G223" s="33">
         <v>480</v>
       </c>
       <c r="H223" s="32" t="s">
         <v>676</v>
       </c>
       <c r="I223" s="34">
         <v>4</v>
       </c>
       <c r="J223" s="35">
-        <v>151.81</v>
+        <v>170.05</v>
       </c>
       <c r="K223" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A224" s="30" t="s">
         <v>677</v>
       </c>
       <c r="B224" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C224" s="32" t="s">
         <v>678</v>
       </c>
       <c r="D224" s="32" t="s">
         <v>679</v>
       </c>
       <c r="E224" s="33">
         <v>20</v>
       </c>
       <c r="F224" s="33">
         <v>0</v>
       </c>
       <c r="G224" s="33">
         <v>360</v>
       </c>
       <c r="H224" s="32" t="s">
         <v>680</v>
       </c>
       <c r="I224" s="34">
         <v>5.12</v>
       </c>
       <c r="J224" s="35">
-        <v>197.2</v>
+        <v>220.9</v>
       </c>
       <c r="K224" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A225" s="30" t="s">
         <v>681</v>
       </c>
       <c r="B225" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C225" s="32" t="s">
         <v>682</v>
       </c>
       <c r="D225" s="32" t="s">
         <v>683</v>
       </c>
       <c r="E225" s="33">
         <v>20</v>
       </c>
       <c r="F225" s="33">
         <v>0</v>
       </c>
       <c r="G225" s="33">
         <v>280</v>
       </c>
       <c r="H225" s="32" t="s">
         <v>684</v>
       </c>
       <c r="I225" s="34">
         <v>6.51</v>
       </c>
       <c r="J225" s="35">
-        <v>272.97000000000003</v>
+        <v>305.77</v>
       </c>
       <c r="K225" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A226" s="30" t="s">
         <v>685</v>
       </c>
       <c r="B226" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C226" s="32" t="s">
         <v>686</v>
       </c>
       <c r="D226" s="32" t="s">
         <v>687</v>
       </c>
       <c r="E226" s="33">
         <v>20</v>
       </c>
       <c r="F226" s="33">
         <v>0</v>
       </c>
       <c r="G226" s="33">
         <v>200</v>
       </c>
       <c r="H226" s="32" t="s">
         <v>688</v>
       </c>
       <c r="I226" s="34">
         <v>9.67</v>
       </c>
       <c r="J226" s="35">
-        <v>462.55</v>
+        <v>518.13</v>
       </c>
       <c r="K226" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A227" s="30" t="s">
         <v>689</v>
       </c>
       <c r="B227" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C227" s="32" t="s">
         <v>690</v>
       </c>
       <c r="D227" s="32" t="s">
         <v>691</v>
       </c>
       <c r="E227" s="33">
         <v>20</v>
       </c>
       <c r="F227" s="33">
         <v>0</v>
       </c>
       <c r="G227" s="33">
         <v>160</v>
       </c>
       <c r="H227" s="32" t="s">
         <v>692</v>
       </c>
       <c r="I227" s="34">
         <v>13.9</v>
       </c>
       <c r="J227" s="35">
-        <v>695.57</v>
+        <v>779.16</v>
       </c>
       <c r="K227" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A228" s="30" t="s">
         <v>693</v>
       </c>
       <c r="B228" s="31" t="s">
         <v>502</v>
       </c>
       <c r="C228" s="32" t="s">
         <v>694</v>
       </c>
       <c r="D228" s="32" t="s">
         <v>695</v>
       </c>
       <c r="E228" s="33">
         <v>20</v>
       </c>
       <c r="F228" s="33">
         <v>0</v>
       </c>
       <c r="G228" s="33">
         <v>80</v>
       </c>
       <c r="H228" s="32" t="s">
         <v>696</v>
       </c>
       <c r="I228" s="34">
         <v>25.9</v>
       </c>
       <c r="J228" s="35">
-        <v>1282.92</v>
+        <v>1437.08</v>
       </c>
       <c r="K228" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A229" s="30" t="s">
         <v>697</v>
       </c>
       <c r="B229" s="31" t="s">
         <v>698</v>
       </c>
       <c r="C229" s="32" t="s">
         <v>699</v>
       </c>
       <c r="D229" s="32" t="s">
         <v>699</v>
       </c>
       <c r="E229" s="33">
         <v>20</v>
       </c>
       <c r="F229" s="33">
         <v>2000</v>
       </c>
       <c r="G229" s="33">
         <v>0</v>
       </c>
       <c r="H229" s="32" t="s">
         <v>700</v>
       </c>
       <c r="I229" s="34">
         <v>0.08</v>
       </c>
       <c r="J229" s="35">
-        <v>6.83</v>
+        <v>7.65</v>
       </c>
       <c r="K229" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A230" s="30" t="s">
         <v>701</v>
       </c>
       <c r="B230" s="31" t="s">
         <v>698</v>
       </c>
       <c r="C230" s="32" t="s">
         <v>702</v>
       </c>
       <c r="D230" s="32" t="s">
         <v>703</v>
       </c>
       <c r="E230" s="33">
         <v>20</v>
       </c>
       <c r="F230" s="33">
         <v>2000</v>
       </c>
       <c r="G230" s="33">
         <v>0</v>
       </c>
       <c r="H230" s="32" t="s">
         <v>704</v>
       </c>
       <c r="I230" s="34">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="J230" s="35">
-        <v>5.9</v>
+        <v>6.61</v>
       </c>
       <c r="K230" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A231" s="30" t="s">
         <v>705</v>
       </c>
       <c r="B231" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C231" s="32" t="s">
         <v>707</v>
       </c>
       <c r="D231" s="32" t="s">
         <v>707</v>
       </c>
       <c r="E231" s="33">
         <v>0</v>
       </c>
       <c r="F231" s="33">
         <v>10</v>
       </c>
       <c r="G231" s="33">
         <v>360</v>
       </c>
       <c r="H231" s="32" t="s">
         <v>708</v>
       </c>
       <c r="I231" s="34">
         <v>1.7350000000000001</v>
       </c>
       <c r="J231" s="35">
-        <v>129.32</v>
+        <v>144.86000000000001</v>
       </c>
       <c r="K231" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A232" s="30" t="s">
         <v>709</v>
       </c>
       <c r="B232" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C232" s="32" t="s">
         <v>710</v>
       </c>
       <c r="D232" s="32" t="s">
         <v>710</v>
       </c>
       <c r="E232" s="33">
         <v>0</v>
       </c>
       <c r="F232" s="33">
         <v>1</v>
       </c>
       <c r="G232" s="33">
         <v>80</v>
       </c>
       <c r="H232" s="32" t="s">
         <v>711</v>
       </c>
       <c r="I232" s="34">
         <v>3.47</v>
       </c>
       <c r="J232" s="35">
-        <v>266.64</v>
+        <v>298.68</v>
       </c>
       <c r="K232" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A233" s="30" t="s">
         <v>712</v>
       </c>
       <c r="B233" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C233" s="32" t="s">
         <v>713</v>
       </c>
       <c r="D233" s="32" t="s">
         <v>713</v>
       </c>
       <c r="E233" s="33">
         <v>0</v>
       </c>
       <c r="F233" s="33">
         <v>10</v>
       </c>
       <c r="G233" s="33">
         <v>360</v>
       </c>
       <c r="H233" s="32" t="s">
         <v>714</v>
       </c>
       <c r="I233" s="34">
         <v>2.875</v>
       </c>
       <c r="J233" s="35">
-        <v>151.16</v>
+        <v>169.33</v>
       </c>
       <c r="K233" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A234" s="30" t="s">
         <v>715</v>
       </c>
       <c r="B234" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C234" s="32" t="s">
         <v>716</v>
       </c>
       <c r="D234" s="32" t="s">
         <v>716</v>
       </c>
       <c r="E234" s="33">
         <v>0</v>
       </c>
       <c r="F234" s="33">
         <v>1</v>
       </c>
       <c r="G234" s="33">
         <v>80</v>
       </c>
       <c r="H234" s="32" t="s">
         <v>717</v>
       </c>
       <c r="I234" s="34">
         <v>5.75</v>
       </c>
       <c r="J234" s="35">
-        <v>311.70999999999998</v>
+        <v>349.17</v>
       </c>
       <c r="K234" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A235" s="30" t="s">
         <v>718</v>
       </c>
       <c r="B235" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C235" s="32" t="s">
         <v>719</v>
       </c>
       <c r="D235" s="32" t="s">
         <v>719</v>
       </c>
       <c r="E235" s="33">
         <v>0</v>
       </c>
       <c r="F235" s="33">
         <v>10</v>
       </c>
       <c r="G235" s="33">
         <v>360</v>
       </c>
       <c r="H235" s="32" t="s">
         <v>720</v>
       </c>
       <c r="I235" s="34">
         <v>4.0199999999999996</v>
       </c>
       <c r="J235" s="35">
-        <v>172.17</v>
+        <v>192.86</v>
       </c>
       <c r="K235" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A236" s="30" t="s">
         <v>721</v>
       </c>
       <c r="B236" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C236" s="32" t="s">
         <v>722</v>
       </c>
       <c r="D236" s="32" t="s">
         <v>722</v>
       </c>
       <c r="E236" s="33">
         <v>0</v>
       </c>
       <c r="F236" s="33">
         <v>1</v>
       </c>
       <c r="G236" s="33">
         <v>80</v>
       </c>
       <c r="H236" s="32" t="s">
         <v>723</v>
       </c>
       <c r="I236" s="34">
         <v>8.0399999999999991</v>
       </c>
       <c r="J236" s="35">
-        <v>358.13</v>
+        <v>401.16</v>
       </c>
       <c r="K236" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A237" s="30" t="s">
         <v>724</v>
       </c>
       <c r="B237" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C237" s="32" t="s">
         <v>725</v>
       </c>
       <c r="D237" s="32" t="s">
         <v>725</v>
       </c>
       <c r="E237" s="33">
         <v>0</v>
       </c>
       <c r="F237" s="33">
         <v>10</v>
       </c>
       <c r="G237" s="33">
         <v>120</v>
       </c>
       <c r="H237" s="32" t="s">
         <v>726</v>
       </c>
       <c r="I237" s="34">
         <v>5.45</v>
       </c>
       <c r="J237" s="35">
-        <v>233.5</v>
+        <v>261.56</v>
       </c>
       <c r="K237" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A238" s="30" t="s">
         <v>727</v>
       </c>
       <c r="B238" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C238" s="32" t="s">
         <v>728</v>
       </c>
       <c r="D238" s="32" t="s">
         <v>728</v>
       </c>
       <c r="E238" s="33">
         <v>0</v>
       </c>
       <c r="F238" s="33">
         <v>1</v>
       </c>
       <c r="G238" s="33">
         <v>80</v>
       </c>
       <c r="H238" s="32" t="s">
         <v>729</v>
       </c>
       <c r="I238" s="34">
         <v>10.9</v>
       </c>
       <c r="J238" s="35">
-        <v>481.24</v>
+        <v>539.07000000000005</v>
       </c>
       <c r="K238" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A239" s="30" t="s">
         <v>730</v>
       </c>
       <c r="B239" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C239" s="32" t="s">
         <v>731</v>
       </c>
       <c r="D239" s="32" t="s">
         <v>731</v>
       </c>
       <c r="E239" s="33">
         <v>0</v>
       </c>
       <c r="F239" s="33">
         <v>10</v>
       </c>
       <c r="G239" s="33">
         <v>120</v>
       </c>
       <c r="H239" s="32" t="s">
         <v>732</v>
       </c>
       <c r="I239" s="34">
         <v>6.7</v>
       </c>
       <c r="J239" s="35">
-        <v>243.42</v>
+        <v>272.68</v>
       </c>
       <c r="K239" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A240" s="30" t="s">
         <v>733</v>
       </c>
       <c r="B240" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C240" s="32" t="s">
         <v>734</v>
       </c>
       <c r="D240" s="32" t="s">
         <v>734</v>
       </c>
       <c r="E240" s="33">
         <v>0</v>
       </c>
       <c r="F240" s="33">
         <v>1</v>
       </c>
       <c r="G240" s="33">
         <v>100</v>
       </c>
       <c r="H240" s="32" t="s">
         <v>735</v>
       </c>
       <c r="I240" s="34">
         <v>13.4</v>
       </c>
       <c r="J240" s="35">
-        <v>521.29</v>
+        <v>583.92999999999995</v>
       </c>
       <c r="K240" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A241" s="30" t="s">
         <v>736</v>
       </c>
       <c r="B241" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C241" s="32" t="s">
         <v>737</v>
       </c>
       <c r="D241" s="32" t="s">
         <v>737</v>
       </c>
       <c r="E241" s="33">
         <v>0</v>
       </c>
       <c r="F241" s="33">
         <v>5</v>
       </c>
       <c r="G241" s="33">
         <v>100</v>
       </c>
       <c r="H241" s="32" t="s">
         <v>738</v>
       </c>
       <c r="I241" s="34">
         <v>9.1</v>
       </c>
       <c r="J241" s="35">
-        <v>346.31</v>
+        <v>387.92</v>
       </c>
       <c r="K241" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A242" s="30" t="s">
         <v>739</v>
       </c>
       <c r="B242" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C242" s="32" t="s">
         <v>740</v>
       </c>
       <c r="D242" s="32" t="s">
         <v>740</v>
       </c>
       <c r="E242" s="33">
         <v>0</v>
       </c>
       <c r="F242" s="33">
         <v>1</v>
       </c>
       <c r="G242" s="33">
         <v>25</v>
       </c>
       <c r="H242" s="32" t="s">
         <v>741</v>
       </c>
       <c r="I242" s="34">
         <v>18.2</v>
       </c>
       <c r="J242" s="35">
-        <v>720.35</v>
+        <v>806.92</v>
       </c>
       <c r="K242" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A243" s="30" t="s">
         <v>742</v>
       </c>
       <c r="B243" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C243" s="32" t="s">
         <v>743</v>
       </c>
       <c r="D243" s="32" t="s">
         <v>743</v>
       </c>
       <c r="E243" s="33">
         <v>0</v>
       </c>
       <c r="F243" s="33">
         <v>5</v>
       </c>
       <c r="G243" s="33">
         <v>100</v>
       </c>
       <c r="H243" s="32" t="s">
         <v>744</v>
       </c>
       <c r="I243" s="34">
         <v>12.55</v>
       </c>
       <c r="J243" s="35">
-        <v>463.57</v>
+        <v>519.28</v>
       </c>
       <c r="K243" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A244" s="30" t="s">
         <v>745</v>
       </c>
       <c r="B244" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C244" s="32" t="s">
         <v>746</v>
       </c>
       <c r="D244" s="32" t="s">
         <v>746</v>
       </c>
       <c r="E244" s="33">
         <v>0</v>
       </c>
       <c r="F244" s="33">
         <v>1</v>
       </c>
       <c r="G244" s="33">
         <v>20</v>
       </c>
       <c r="H244" s="32" t="s">
         <v>747</v>
       </c>
       <c r="I244" s="34">
         <v>25.1</v>
       </c>
       <c r="J244" s="35">
-        <v>964.14</v>
+        <v>1080</v>
       </c>
       <c r="K244" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A245" s="30" t="s">
         <v>748</v>
       </c>
       <c r="B245" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C245" s="32" t="s">
         <v>749</v>
       </c>
       <c r="D245" s="32" t="s">
         <v>749</v>
       </c>
       <c r="E245" s="33">
         <v>0</v>
       </c>
       <c r="F245" s="33">
         <v>3</v>
       </c>
       <c r="G245" s="33">
         <v>72</v>
       </c>
       <c r="H245" s="32" t="s">
         <v>750</v>
       </c>
       <c r="I245" s="34">
         <v>15.25</v>
       </c>
       <c r="J245" s="35">
-        <v>553.07000000000005</v>
+        <v>619.53</v>
       </c>
       <c r="K245" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A246" s="30" t="s">
         <v>751</v>
       </c>
       <c r="B246" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C246" s="32" t="s">
         <v>752</v>
       </c>
       <c r="D246" s="32" t="s">
         <v>752</v>
       </c>
       <c r="E246" s="33">
         <v>0</v>
       </c>
       <c r="F246" s="33">
         <v>1</v>
       </c>
       <c r="G246" s="33">
         <v>20</v>
       </c>
       <c r="H246" s="32" t="s">
         <v>753</v>
       </c>
       <c r="I246" s="34">
         <v>30.5</v>
       </c>
       <c r="J246" s="35">
-        <v>1159.8</v>
+        <v>1299.17</v>
       </c>
       <c r="K246" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A247" s="30" t="s">
         <v>754</v>
       </c>
       <c r="B247" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C247" s="32" t="s">
         <v>755</v>
       </c>
       <c r="D247" s="32" t="s">
         <v>755</v>
       </c>
       <c r="E247" s="33">
         <v>0</v>
       </c>
       <c r="F247" s="33">
         <v>3</v>
       </c>
       <c r="G247" s="33">
         <v>15</v>
       </c>
       <c r="H247" s="32" t="s">
         <v>756</v>
       </c>
       <c r="I247" s="34">
         <v>22.75</v>
       </c>
       <c r="J247" s="35">
-        <v>820.88</v>
+        <v>919.53</v>
       </c>
       <c r="K247" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A248" s="30" t="s">
         <v>757</v>
       </c>
       <c r="B248" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C248" s="32" t="s">
         <v>758</v>
       </c>
       <c r="D248" s="32" t="s">
         <v>758</v>
       </c>
       <c r="E248" s="33">
         <v>0</v>
       </c>
       <c r="F248" s="33">
         <v>1</v>
       </c>
       <c r="G248" s="33">
         <v>15</v>
       </c>
       <c r="H248" s="32" t="s">
         <v>759</v>
       </c>
       <c r="I248" s="34">
         <v>45.5</v>
       </c>
       <c r="J248" s="35">
-        <v>1730.31</v>
+        <v>1938.24</v>
       </c>
       <c r="K248" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A249" s="30" t="s">
         <v>760</v>
       </c>
       <c r="B249" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C249" s="32" t="s">
         <v>761</v>
       </c>
       <c r="D249" s="32" t="s">
         <v>761</v>
       </c>
       <c r="E249" s="33">
         <v>0</v>
       </c>
       <c r="F249" s="33">
         <v>1</v>
       </c>
       <c r="G249" s="33">
         <v>12</v>
       </c>
       <c r="H249" s="32" t="s">
         <v>762</v>
       </c>
       <c r="I249" s="34">
         <v>32.75</v>
       </c>
       <c r="J249" s="35">
-        <v>1229.73</v>
+        <v>1377.5</v>
       </c>
       <c r="K249" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A250" s="30" t="s">
         <v>763</v>
       </c>
       <c r="B250" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C250" s="32" t="s">
         <v>764</v>
       </c>
       <c r="D250" s="32" t="s">
         <v>765</v>
       </c>
       <c r="E250" s="33">
         <v>0</v>
       </c>
       <c r="F250" s="33">
         <v>1</v>
       </c>
       <c r="G250" s="33">
         <v>12</v>
       </c>
       <c r="H250" s="32" t="s">
         <v>766</v>
       </c>
       <c r="I250" s="34">
         <v>65.5</v>
       </c>
       <c r="J250" s="35">
-        <v>2533.39</v>
+        <v>2837.83</v>
       </c>
       <c r="K250" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A251" s="30" t="s">
         <v>767</v>
       </c>
       <c r="B251" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C251" s="32" t="s">
         <v>768</v>
       </c>
       <c r="D251" s="32" t="s">
         <v>768</v>
       </c>
       <c r="E251" s="33">
         <v>0</v>
       </c>
       <c r="F251" s="33">
         <v>1</v>
       </c>
       <c r="G251" s="33">
         <v>6</v>
       </c>
       <c r="H251" s="32" t="s">
         <v>769</v>
       </c>
       <c r="I251" s="34">
         <v>44.2</v>
       </c>
       <c r="J251" s="35">
-        <v>2103.52</v>
+        <v>2356.3000000000002</v>
       </c>
       <c r="K251" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A252" s="30" t="s">
         <v>770</v>
       </c>
       <c r="B252" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C252" s="32" t="s">
         <v>771</v>
       </c>
       <c r="D252" s="32" t="s">
         <v>772</v>
       </c>
       <c r="E252" s="33">
         <v>0</v>
       </c>
       <c r="F252" s="33">
         <v>1</v>
       </c>
       <c r="G252" s="33">
         <v>6</v>
       </c>
       <c r="H252" s="32" t="s">
         <v>773</v>
       </c>
       <c r="I252" s="34">
         <v>88.4</v>
       </c>
       <c r="J252" s="35">
-        <v>4333.1400000000003</v>
+        <v>4853.8500000000004</v>
       </c>
       <c r="K252" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A253" s="30" t="s">
         <v>774</v>
       </c>
       <c r="B253" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C253" s="32" t="s">
         <v>775</v>
       </c>
       <c r="D253" s="32" t="s">
         <v>775</v>
       </c>
       <c r="E253" s="33">
         <v>0</v>
       </c>
       <c r="F253" s="33">
         <v>1</v>
       </c>
       <c r="G253" s="33">
         <v>6</v>
       </c>
       <c r="H253" s="32" t="s">
         <v>776</v>
       </c>
       <c r="I253" s="34">
         <v>57</v>
       </c>
       <c r="J253" s="35">
-        <v>2670.43</v>
+        <v>2991.33</v>
       </c>
       <c r="K253" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A254" s="30" t="s">
         <v>777</v>
       </c>
       <c r="B254" s="31" t="s">
         <v>706</v>
       </c>
       <c r="C254" s="32" t="s">
         <v>778</v>
       </c>
       <c r="D254" s="32" t="s">
         <v>779</v>
       </c>
       <c r="E254" s="33">
         <v>0</v>
       </c>
       <c r="F254" s="33">
         <v>1</v>
       </c>
       <c r="G254" s="33">
         <v>6</v>
       </c>
       <c r="H254" s="32" t="s">
         <v>780</v>
       </c>
       <c r="I254" s="34">
         <v>114</v>
       </c>
       <c r="J254" s="35">
-        <v>5500.98</v>
+        <v>6162.03</v>
       </c>
       <c r="K254" s="35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A6:K254" xr:uid="{D35C3A57-55F8-41E1-B03B-A2C5454363EB}"/>
+  <autoFilter ref="A6:K254" xr:uid="{C86576A2-DA26-4A4F-8B5B-A66BC9DCBE21}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.5" footer="0.5"/>
   <pageSetup scale="74" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <customProperties>
     <customPr name="GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <argus-direct-storage xmlns="urn:argus-direct-storage:queries"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE83276E-E00A-43AA-ABCF-E367365B9655}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43D128FB-67D8-4126-993A-6C2DA027681E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="urn:argus-direct-storage:queries"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>