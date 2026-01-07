--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -1,66 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\hwjones\Desktop\temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://muellerindustriesinc1-my.sharepoint.com/personal/hwjones_muellerstreamline_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="25" documentId="11_DE4B9DF4344E1CCFBCE48FA9BD1C4F94DD6DDB26" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{268FF627-4B10-4E43-A9C0-327ABACC7C3D}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9000"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Line Sets" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Line Sets'!$A$7:$M$771</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Line Sets'!$A$7:$M$747</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="M11" i="2" l="1"/>
   <c r="M12" i="2"/>
   <c r="M13" i="2"/>
   <c r="M14" i="2"/>
   <c r="M15" i="2"/>
   <c r="M16" i="2"/>
   <c r="M17" i="2"/>
   <c r="M18" i="2"/>
   <c r="M19" i="2"/>
   <c r="M20" i="2"/>
   <c r="M21" i="2"/>
   <c r="M22" i="2"/>
   <c r="M23" i="2"/>
   <c r="M24" i="2"/>
   <c r="M26" i="2" l="1"/>
   <c r="M27" i="2"/>
   <c r="M28" i="2"/>
   <c r="M29" i="2"/>
   <c r="M30" i="2"/>
   <c r="M31" i="2"/>
@@ -758,83 +773,59 @@
   <c r="M723" i="2"/>
   <c r="M724" i="2"/>
   <c r="M725" i="2"/>
   <c r="M726" i="2"/>
   <c r="M727" i="2"/>
   <c r="M728" i="2"/>
   <c r="M729" i="2"/>
   <c r="M730" i="2"/>
   <c r="M731" i="2"/>
   <c r="M732" i="2"/>
   <c r="M733" i="2"/>
   <c r="M734" i="2"/>
   <c r="M735" i="2"/>
   <c r="M736" i="2"/>
   <c r="M737" i="2"/>
   <c r="M738" i="2"/>
   <c r="M739" i="2"/>
   <c r="M740" i="2"/>
   <c r="M741" i="2"/>
   <c r="M742" i="2"/>
   <c r="M743" i="2"/>
   <c r="M744" i="2"/>
   <c r="M745" i="2"/>
   <c r="M746" i="2"/>
   <c r="M747" i="2"/>
-  <c r="M748" i="2"/>
-[...22 lines deleted...]
-  <c r="M771" i="2"/>
   <c r="M10" i="2"/>
   <c r="M25" i="2"/>
   <c r="M9" i="2" l="1"/>
   <c r="M8" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6135" uniqueCount="2324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5943" uniqueCount="2252">
   <si>
     <t>01880500</t>
   </si>
   <si>
     <t>01830500</t>
   </si>
   <si>
     <t>01820500</t>
   </si>
   <si>
     <t>01430500</t>
   </si>
   <si>
     <t>01421000</t>
   </si>
   <si>
     <t>01420500</t>
   </si>
   <si>
     <t>01230500</t>
   </si>
   <si>
     <t>01220500</t>
   </si>
   <si>
@@ -1122,83 +1113,77 @@
   <si>
     <t>40620200B3B6</t>
   </si>
   <si>
     <t>41080300B6</t>
   </si>
   <si>
     <t>61021000B6</t>
   </si>
   <si>
     <t>61020300M144</t>
   </si>
   <si>
     <t>41080250B6</t>
   </si>
   <si>
     <t>61280500B3B6</t>
   </si>
   <si>
     <t>40620500B8M144</t>
   </si>
   <si>
     <t>61020150B3B8</t>
   </si>
   <si>
-    <t>40820650B3B6</t>
-[...1 lines deleted...]
-  <si>
     <t>40630500B3B6</t>
   </si>
   <si>
     <t>01030500</t>
   </si>
   <si>
     <t>00420500</t>
   </si>
   <si>
     <t>41020250M144</t>
   </si>
   <si>
     <t>61020500B8M144</t>
   </si>
   <si>
     <t>40820200B3B6</t>
   </si>
   <si>
     <t>61020300B8M144</t>
   </si>
   <si>
     <t>40620300B8M144</t>
   </si>
   <si>
     <t>41020500B3B8</t>
   </si>
   <si>
-    <t>61020650B3B6</t>
-[...1 lines deleted...]
-  <si>
     <t>00830500</t>
   </si>
   <si>
     <t>40680350B6</t>
   </si>
   <si>
     <t>61220500B3B6</t>
   </si>
   <si>
     <t>41020300M144</t>
   </si>
   <si>
     <t>40820500B8M144</t>
   </si>
   <si>
     <t>40621000B6</t>
   </si>
   <si>
     <t>40880300M144</t>
   </si>
   <si>
     <t>40820150B3B8</t>
   </si>
   <si>
     <t>40820250B6</t>
@@ -1507,53 +1492,50 @@
     <t>40620300B6</t>
   </si>
   <si>
     <t>40820150B6</t>
   </si>
   <si>
     <t>41011000B3B6</t>
   </si>
   <si>
     <t>00810250</t>
   </si>
   <si>
     <t>61011000B3B6</t>
   </si>
   <si>
     <t>40810500B3B6</t>
   </si>
   <si>
     <t>40811000B3B6</t>
   </si>
   <si>
     <t>41080300M144</t>
   </si>
   <si>
     <t>40810300B3B6</t>
-  </si>
-[...1 lines deleted...]
-    <t>40620650B3B6</t>
   </si>
   <si>
     <t>40610500B3B6</t>
   </si>
   <si>
     <t>40610500B6</t>
   </si>
   <si>
     <t>40610250B3B6</t>
   </si>
   <si>
     <t>The issuance of this price list is not an offer to sell the goods listed herein at the prices stated.</t>
   </si>
   <si>
     <t>Mueller Streamline Co., Memphis, TN</t>
   </si>
   <si>
     <r>
       <t>STREAMLINE</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
@@ -1763,101 +1745,95 @@
   <si>
     <t>61220300</t>
   </si>
   <si>
     <t>61220301</t>
   </si>
   <si>
     <t>61220350</t>
   </si>
   <si>
     <t>61220351</t>
   </si>
   <si>
     <t>61220400</t>
   </si>
   <si>
     <t>61220401</t>
   </si>
   <si>
     <t>61220500</t>
   </si>
   <si>
     <t>61220501</t>
   </si>
   <si>
-    <t>61220600</t>
-[...1 lines deleted...]
-  <si>
     <t>61221000</t>
   </si>
   <si>
     <t>61230150</t>
   </si>
   <si>
     <t>61230151</t>
   </si>
   <si>
     <t>61230200</t>
   </si>
   <si>
     <t>61230201</t>
   </si>
   <si>
     <t>61230250</t>
   </si>
   <si>
     <t>61230251</t>
   </si>
   <si>
     <t>61230300</t>
   </si>
   <si>
     <t>61230301</t>
   </si>
   <si>
     <t>61230350</t>
   </si>
   <si>
     <t>61230351</t>
   </si>
   <si>
     <t>61230400</t>
   </si>
   <si>
     <t>61230401</t>
   </si>
   <si>
     <t>61230500</t>
   </si>
   <si>
     <t>61230501</t>
   </si>
   <si>
-    <t>61230600</t>
-[...1 lines deleted...]
-  <si>
     <t>61231000</t>
   </si>
   <si>
     <t>61280150</t>
   </si>
   <si>
     <t>61280151</t>
   </si>
   <si>
     <t>61280200</t>
   </si>
   <si>
     <t>61280201</t>
   </si>
   <si>
     <t>61280250</t>
   </si>
   <si>
     <t>61280251</t>
   </si>
   <si>
     <t>61280300</t>
   </si>
   <si>
     <t>61280301</t>
@@ -1910,140 +1886,131 @@
   <si>
     <t>61420300</t>
   </si>
   <si>
     <t>61420301</t>
   </si>
   <si>
     <t>61420350</t>
   </si>
   <si>
     <t>61420351</t>
   </si>
   <si>
     <t>61420400</t>
   </si>
   <si>
     <t>61420401</t>
   </si>
   <si>
     <t>61420500</t>
   </si>
   <si>
     <t>61420501</t>
   </si>
   <si>
-    <t>61420600</t>
-[...1 lines deleted...]
-  <si>
     <t>61421000</t>
   </si>
   <si>
     <t>61430200</t>
   </si>
   <si>
     <t>61430201</t>
   </si>
   <si>
     <t>61430250</t>
   </si>
   <si>
     <t>61430251</t>
   </si>
   <si>
     <t>61430300</t>
   </si>
   <si>
     <t>61430301</t>
   </si>
   <si>
     <t>61430350</t>
   </si>
   <si>
     <t>61430351</t>
   </si>
   <si>
     <t>61430400</t>
   </si>
   <si>
     <t>61430401</t>
   </si>
   <si>
     <t>61430500</t>
   </si>
   <si>
     <t>61430501</t>
   </si>
   <si>
-    <t>61430600</t>
-[...1 lines deleted...]
-  <si>
     <t>61431000</t>
   </si>
   <si>
     <t>61480150</t>
   </si>
   <si>
     <t>61480200</t>
   </si>
   <si>
     <t>61480201</t>
   </si>
   <si>
     <t>61480250</t>
   </si>
   <si>
     <t>61480251</t>
   </si>
   <si>
     <t>61480300</t>
   </si>
   <si>
     <t>61480301</t>
   </si>
   <si>
     <t>61480350</t>
   </si>
   <si>
     <t>61480351</t>
   </si>
   <si>
     <t>61480400</t>
   </si>
   <si>
     <t>61480401</t>
   </si>
   <si>
     <t>61480500</t>
   </si>
   <si>
     <t>61480501</t>
   </si>
   <si>
-    <t>61480600</t>
-[...1 lines deleted...]
-  <si>
     <t>61810500</t>
   </si>
   <si>
     <t>61820201</t>
   </si>
   <si>
     <t>61820250</t>
   </si>
   <si>
     <t>61820300</t>
   </si>
   <si>
     <t>61820301</t>
   </si>
   <si>
     <t>61820350</t>
   </si>
   <si>
     <t>61820351</t>
   </si>
   <si>
     <t>61820500</t>
   </si>
   <si>
     <t>61820501</t>
@@ -2093,161 +2060,140 @@
   <si>
     <t>81420500</t>
   </si>
   <si>
     <t>81421000</t>
   </si>
   <si>
     <t>81480500</t>
   </si>
   <si>
     <t>81820500</t>
   </si>
   <si>
     <t>81830250</t>
   </si>
   <si>
     <t>81830500</t>
   </si>
   <si>
     <t>81830501</t>
   </si>
   <si>
     <t>81880500</t>
   </si>
   <si>
-    <t>00820600</t>
-[...4 lines deleted...]
-  <si>
     <t>01030300</t>
   </si>
   <si>
     <t>01431000</t>
   </si>
   <si>
     <t>01810500</t>
   </si>
   <si>
     <t>00830300</t>
   </si>
   <si>
     <t>61231000B6</t>
   </si>
   <si>
     <t>00610250</t>
   </si>
   <si>
-    <t>40620600B6</t>
-[...1 lines deleted...]
-  <si>
     <t>61420350B6</t>
   </si>
   <si>
     <t>01010250</t>
   </si>
   <si>
-    <t>00620600</t>
-[...1 lines deleted...]
-  <si>
     <t>61431000B6</t>
   </si>
   <si>
     <t>61420150B6</t>
   </si>
   <si>
     <t>81230500B6</t>
   </si>
   <si>
     <t>61420300B6</t>
   </si>
   <si>
     <t>00410250</t>
   </si>
   <si>
     <t>00420300</t>
   </si>
   <si>
     <t>00630300</t>
   </si>
   <si>
     <t>00680350</t>
   </si>
   <si>
     <t>60820250B3B6</t>
   </si>
   <si>
     <t>00880350</t>
   </si>
   <si>
     <t>41030500M144</t>
   </si>
   <si>
     <t>61030500M144</t>
   </si>
   <si>
     <t>40830500M144</t>
   </si>
   <si>
     <t>40630500M144</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
-    <t>40620600B3B6</t>
-[...1 lines deleted...]
-  <si>
     <t>40630250B3B6</t>
   </si>
   <si>
-    <t>40820600B3B6</t>
-[...1 lines deleted...]
-  <si>
     <t>40830200B3B6</t>
   </si>
   <si>
     <t>40830400B3B6</t>
   </si>
   <si>
     <t>41080150B6</t>
   </si>
   <si>
     <t>61020150</t>
   </si>
   <si>
     <t>61020200</t>
   </si>
   <si>
     <t>61020200B3B6</t>
   </si>
   <si>
-    <t>61030600</t>
-[...1 lines deleted...]
-  <si>
     <t>61220150B3B6</t>
   </si>
   <si>
     <t>61220350B3B6</t>
   </si>
   <si>
     <t>61830251</t>
   </si>
   <si>
     <t>61880150</t>
   </si>
   <si>
     <t>00410500</t>
   </si>
   <si>
     <t>00420200</t>
   </si>
   <si>
     <t>00610500</t>
   </si>
   <si>
     <t>00620200</t>
   </si>
   <si>
     <t>00620300</t>
@@ -2276,53 +2222,50 @@
   <si>
     <t>40620300M143162</t>
   </si>
   <si>
     <t>40620500M143162</t>
   </si>
   <si>
     <t>40820300M143162</t>
   </si>
   <si>
     <t>40820500M143162</t>
   </si>
   <si>
     <t>41020300M143162</t>
   </si>
   <si>
     <t>41020500M143162</t>
   </si>
   <si>
     <t>41080350B3</t>
   </si>
   <si>
     <t>40820400B3B8</t>
   </si>
   <si>
-    <t>40820600B6</t>
-[...1 lines deleted...]
-  <si>
     <t>61020200B3B8</t>
   </si>
   <si>
     <t>61020350B3B6</t>
   </si>
   <si>
     <t>61020400B3B6</t>
   </si>
   <si>
     <t>61020400B3B8</t>
   </si>
   <si>
     <t>Multiplier:</t>
   </si>
   <si>
     <t>invoice</t>
   </si>
   <si>
     <t>Effective May 24, 2021</t>
   </si>
   <si>
     <t>(Supersedes UW SLS1116r, UW MSLS1116r &amp; UW CELS1019r)</t>
   </si>
   <si>
     <t>01210500C</t>
@@ -2342,53 +2285,50 @@
   <si>
     <t>61020300C</t>
   </si>
   <si>
     <t>40820150B8M144</t>
   </si>
   <si>
     <t>40820150M144C</t>
   </si>
   <si>
     <t>40820200B3B8</t>
   </si>
   <si>
     <t>01010500C</t>
   </si>
   <si>
     <t>40830400B6</t>
   </si>
   <si>
     <t>40830500B3B6C</t>
   </si>
   <si>
     <t>61220501C</t>
   </si>
   <si>
-    <t>00420600</t>
-[...1 lines deleted...]
-  <si>
     <t>00421000C</t>
   </si>
   <si>
     <t>01810500C</t>
   </si>
   <si>
     <t>61430300C</t>
   </si>
   <si>
     <t>40630250B6C</t>
   </si>
   <si>
     <t>40630250M144</t>
   </si>
   <si>
     <t>61410500B6</t>
   </si>
   <si>
     <t>61410500B6C</t>
   </si>
   <si>
     <t>61410500C</t>
   </si>
   <si>
     <t>41020250M143162</t>
@@ -2597,53 +2537,50 @@
   <si>
     <t>40830350B3B6C</t>
   </si>
   <si>
     <t>41010350B6C</t>
   </si>
   <si>
     <t>41010500B6</t>
   </si>
   <si>
     <t>41010500B6C</t>
   </si>
   <si>
     <t>40810500B3B6C</t>
   </si>
   <si>
     <t>40810500B6C</t>
   </si>
   <si>
     <t>61230250B6C</t>
   </si>
   <si>
     <t>61230250C</t>
   </si>
   <si>
-    <t>61430100</t>
-[...1 lines deleted...]
-  <si>
     <t>01411000</t>
   </si>
   <si>
     <t>01411000C</t>
   </si>
   <si>
     <t>40830200B6</t>
   </si>
   <si>
     <t>40830250B3B6C</t>
   </si>
   <si>
     <t>61020250B3B6C</t>
   </si>
   <si>
     <t>61020250B6144162C</t>
   </si>
   <si>
     <t>61020250B6C</t>
   </si>
   <si>
     <t>61020250C</t>
   </si>
   <si>
     <t>61020250M144162C</t>
@@ -3662,56 +3599,50 @@
   <si>
     <t>40-610-3/4 (5)</t>
   </si>
   <si>
     <t>685768361619</t>
   </si>
   <si>
     <t>40-610-3/4B (5)</t>
   </si>
   <si>
     <t>685768306566</t>
   </si>
   <si>
     <t>50-610-3/4 (5)</t>
   </si>
   <si>
     <t>685768300908</t>
   </si>
   <si>
     <t>50-610-3/4B (5)</t>
   </si>
   <si>
     <t>685768302254</t>
   </si>
   <si>
-    <t>60-610-3/4</t>
-[...4 lines deleted...]
-  <si>
     <t>100-610-3/4 SP</t>
   </si>
   <si>
     <t>685768336921</t>
   </si>
   <si>
     <t>15-610-3/8 (14)</t>
   </si>
   <si>
     <t>685768286738</t>
   </si>
   <si>
     <t>20-610-3/8 (14)</t>
   </si>
   <si>
     <t>685768286752</t>
   </si>
   <si>
     <t>20-610-3/8B  (14)</t>
   </si>
   <si>
     <t>685768286769</t>
   </si>
   <si>
     <t>25-610-3/8 (14)</t>
@@ -3854,56 +3785,50 @@
   <si>
     <t>40-612-1/2 (7)</t>
   </si>
   <si>
     <t>685768287049</t>
   </si>
   <si>
     <t>40-612-1/2B  (7)</t>
   </si>
   <si>
     <t>685768287056</t>
   </si>
   <si>
     <t>50-612-1/2 (5)</t>
   </si>
   <si>
     <t>685768287087</t>
   </si>
   <si>
     <t>50-612-1/2B  (5)</t>
   </si>
   <si>
     <t>685768287094</t>
   </si>
   <si>
-    <t>60-612-1/2 (4)</t>
-[...4 lines deleted...]
-  <si>
     <t>100-612-1/2</t>
   </si>
   <si>
     <t>685768376569</t>
   </si>
   <si>
     <t>15-612-3/4 (8)</t>
   </si>
   <si>
     <t>685768376583</t>
   </si>
   <si>
     <t>685768317401</t>
   </si>
   <si>
     <t>20-612-3/4 (8)</t>
   </si>
   <si>
     <t>685768309741</t>
   </si>
   <si>
     <t>20-612-3/4</t>
   </si>
   <si>
     <t>685768376538</t>
@@ -3944,56 +3869,50 @@
   <si>
     <t>40-612-3/4 (5)</t>
   </si>
   <si>
     <t>685768301271</t>
   </si>
   <si>
     <t>40-612-3/4B (5)</t>
   </si>
   <si>
     <t>685768306535</t>
   </si>
   <si>
     <t>50-612-3/4 (4)</t>
   </si>
   <si>
     <t>685768304807</t>
   </si>
   <si>
     <t>50-612-3/4B (4)</t>
   </si>
   <si>
     <t>685768302261</t>
   </si>
   <si>
-    <t>60-612-3/4 (4)</t>
-[...4 lines deleted...]
-  <si>
     <t>100-612-3/4</t>
   </si>
   <si>
     <t>685768403043</t>
   </si>
   <si>
     <t>15-612-3/8 (14)</t>
   </si>
   <si>
     <t>685768287599</t>
   </si>
   <si>
     <t>15-612-3/8B  (14)</t>
   </si>
   <si>
     <t>685768287605</t>
   </si>
   <si>
     <t>20-612-3/8 (14)</t>
   </si>
   <si>
     <t>685768287612</t>
   </si>
   <si>
     <t>20-612-3/8B  (14)</t>
@@ -4136,68 +4055,56 @@
   <si>
     <t>40-614-1/2 (5)</t>
   </si>
   <si>
     <t>685768287933</t>
   </si>
   <si>
     <t>40-614-1/2B  (5)</t>
   </si>
   <si>
     <t>685768287940</t>
   </si>
   <si>
     <t>50-614-1/2 (5)</t>
   </si>
   <si>
     <t>685768287971</t>
   </si>
   <si>
     <t>50-614-1/2B  (5)</t>
   </si>
   <si>
     <t>685768287988</t>
   </si>
   <si>
-    <t>60-614-1/2 (4)</t>
-[...4 lines deleted...]
-  <si>
     <t>100-614-1/2</t>
   </si>
   <si>
     <t>685768397793</t>
   </si>
   <si>
-    <t>10-614-3/4  (8)</t>
-[...4 lines deleted...]
-  <si>
     <t>20-614-3/4 (8)</t>
   </si>
   <si>
     <t>685768288015</t>
   </si>
   <si>
     <t>685768376545</t>
   </si>
   <si>
     <t>25-614-3/4 (7)</t>
   </si>
   <si>
     <t>685768295112</t>
   </si>
   <si>
     <t>25-614-3/4B(7)</t>
   </si>
   <si>
     <t>685768315247</t>
   </si>
   <si>
     <t>30-614-3/4 (5)</t>
   </si>
   <si>
     <t>685768308225</t>
@@ -4223,56 +4130,50 @@
   <si>
     <t>40-614-3/4 (4)</t>
   </si>
   <si>
     <t>685768310204</t>
   </si>
   <si>
     <t>40-614-3/4B (4)</t>
   </si>
   <si>
     <t>685768306511</t>
   </si>
   <si>
     <t>50-614-3/4 (4)</t>
   </si>
   <si>
     <t>685768288022</t>
   </si>
   <si>
     <t>50-614-3/4B (4)</t>
   </si>
   <si>
     <t>685768302278</t>
   </si>
   <si>
-    <t>60-614-3/4 (4)</t>
-[...4 lines deleted...]
-  <si>
     <t>100-614-3/4</t>
   </si>
   <si>
     <t>685768403050</t>
   </si>
   <si>
     <t>15-614-3/8 (14)</t>
   </si>
   <si>
     <t>685768288466</t>
   </si>
   <si>
     <t>20-614-3/8 (12)</t>
   </si>
   <si>
     <t>685768288480</t>
   </si>
   <si>
     <t>20-614-3/8B  (12)</t>
   </si>
   <si>
     <t>685768288497</t>
   </si>
   <si>
     <t>685768288503</t>
@@ -4307,59 +4208,50 @@
   <si>
     <t>40-614-3/8 (8)</t>
   </si>
   <si>
     <t>685768288565</t>
   </si>
   <si>
     <t>40-614-3/8B  (8)</t>
   </si>
   <si>
     <t>685768288572</t>
   </si>
   <si>
     <t>50-614-3/8 (7)</t>
   </si>
   <si>
     <t>685768288602</t>
   </si>
   <si>
     <t>50-614-3/8B  (7)</t>
   </si>
   <si>
     <t>685768288619</t>
   </si>
   <si>
-    <t>60-614-3/8 (5)</t>
-[...7 lines deleted...]
-  <si>
     <t>685768426905</t>
   </si>
   <si>
     <t>50-618-1   (4)</t>
   </si>
   <si>
     <t>685768357759</t>
   </si>
   <si>
     <t>20-618-1/2B  (8)</t>
   </si>
   <si>
     <t>685768288718</t>
   </si>
   <si>
     <t>25-618-1/2 (8)</t>
   </si>
   <si>
     <t>685768288725</t>
   </si>
   <si>
     <t>30-618-1/2 (7)</t>
   </si>
   <si>
     <t>685768288749</t>
@@ -4595,53 +4487,50 @@
   <si>
     <t>15-406-1/2 M144 CER (14)</t>
   </si>
   <si>
     <t>685768443490</t>
   </si>
   <si>
     <t>25-406-1/2 B3B6 CER (12)</t>
   </si>
   <si>
     <t>685768441052</t>
   </si>
   <si>
     <t>25-406-1/2 B6144162 CER</t>
   </si>
   <si>
     <t>685768445142</t>
   </si>
   <si>
     <t>25-406-1/2 B6 CER (12)</t>
   </si>
   <si>
     <t>685768440512</t>
   </si>
   <si>
-    <t>25-406-1/2 M144 CER (12)</t>
-[...1 lines deleted...]
-  <si>
     <t>685768443452</t>
   </si>
   <si>
     <t>685768443865</t>
   </si>
   <si>
     <t>30-406-1/2 B6144 CER (12</t>
   </si>
   <si>
     <t>685768445005</t>
   </si>
   <si>
     <t>35-406-1/2 B3B6 CER (8)</t>
   </si>
   <si>
     <t>685768441069</t>
   </si>
   <si>
     <t>35-406-1/2 B6 CER (8)</t>
   </si>
   <si>
     <t>685768440529</t>
   </si>
   <si>
     <t>35-406-1/2 M144 CER (8)</t>
@@ -5009,53 +4898,50 @@
   <si>
     <t>50-410-3/4 B3B6 CER (5)</t>
   </si>
   <si>
     <t>685768442110</t>
   </si>
   <si>
     <t>50-410-3/4B6 CER (5)</t>
   </si>
   <si>
     <t>685768442028</t>
   </si>
   <si>
     <t>50-608-1/2 B6C (7)</t>
   </si>
   <si>
     <t>685768443360</t>
   </si>
   <si>
     <t>35-610-1 B3B6 CER (4)</t>
   </si>
   <si>
     <t>685768441311</t>
   </si>
   <si>
-    <t>50-610-1 B3B6 CER (4)</t>
-[...1 lines deleted...]
-  <si>
     <t>685768441328</t>
   </si>
   <si>
     <t>50-610-1 B6 CER (4)</t>
   </si>
   <si>
     <t>685768441045</t>
   </si>
   <si>
     <t>15-610-1/2 B3B6 CER (14)</t>
   </si>
   <si>
     <t>685768442844</t>
   </si>
   <si>
     <t>15-610-1/2 B6 CER (14)</t>
   </si>
   <si>
     <t>685768442721</t>
   </si>
   <si>
     <t>685768441236</t>
   </si>
   <si>
     <t>25-610-1/2 B6144162 CER</t>
@@ -5162,53 +5048,50 @@
   <si>
     <t>35-610-3/4 B6 CER (5)</t>
   </si>
   <si>
     <t>685768441007</t>
   </si>
   <si>
     <t>50-610-3/4 B3B6 CER (4)</t>
   </si>
   <si>
     <t>685768441281</t>
   </si>
   <si>
     <t>50-610-3/4 B6 CER (4)</t>
   </si>
   <si>
     <t>685768441014</t>
   </si>
   <si>
     <t>35-612-1 B6 CER (4)</t>
   </si>
   <si>
     <t>685768443087</t>
   </si>
   <si>
-    <t>50-612-1 B6 CER (4)</t>
-[...1 lines deleted...]
-  <si>
     <t>685768443094</t>
   </si>
   <si>
     <t>25-612-1/2 B6 CER (8)</t>
   </si>
   <si>
     <t>685768443018</t>
   </si>
   <si>
     <t>35-612-1/2 B6 CER (7)</t>
   </si>
   <si>
     <t>685768443025</t>
   </si>
   <si>
     <t>50-612-1/2 B3B6 CER (5)</t>
   </si>
   <si>
     <t>685768443964</t>
   </si>
   <si>
     <t>50-612-1/2 B6 CER (5)</t>
   </si>
   <si>
     <t>685768443032</t>
@@ -5225,53 +5108,50 @@
   <si>
     <t>35-612-3/4 B3B6 CER (5)</t>
   </si>
   <si>
     <t>685768444824</t>
   </si>
   <si>
     <t>35-612-3/4 B6 CER (5)</t>
   </si>
   <si>
     <t>685768443056</t>
   </si>
   <si>
     <t>50-612-3/4 B3B6 CER (4)</t>
   </si>
   <si>
     <t>685768443377</t>
   </si>
   <si>
     <t>50-612-3/4 B6 CER (4)</t>
   </si>
   <si>
     <t>685768443063</t>
   </si>
   <si>
-    <t>50-614-1 B6 CER (4)</t>
-[...1 lines deleted...]
-  <si>
     <t>685768443186</t>
   </si>
   <si>
     <t>25-614-1/2 B6 CER (8)</t>
   </si>
   <si>
     <t>685768443100</t>
   </si>
   <si>
     <t>35-614-1/2 B6 CER (7)</t>
   </si>
   <si>
     <t>685768443117</t>
   </si>
   <si>
     <t>50-614-1/2 B6 CER (5)</t>
   </si>
   <si>
     <t>685768443124</t>
   </si>
   <si>
     <t>35-614-3/4 B6 CER (4)</t>
   </si>
   <si>
     <t>685768443148</t>
@@ -5435,68 +5315,50 @@
   <si>
     <t>50-406-1/2 B8 (8)</t>
   </si>
   <si>
     <t>685768444350</t>
   </si>
   <si>
     <t>50-406-1/2 B8M144 (8)</t>
   </si>
   <si>
     <t>685768367666</t>
   </si>
   <si>
     <t>50-406-1/2 M143162 (8)</t>
   </si>
   <si>
     <t>685768424284</t>
   </si>
   <si>
     <t>50-406-1/2 M144 (8)</t>
   </si>
   <si>
     <t>685768332381</t>
   </si>
   <si>
-    <t>60-406-1/2 B3B6</t>
-[...16 lines deleted...]
-  <si>
     <t>685768353744</t>
   </si>
   <si>
     <t>100-406-1/2 B6</t>
   </si>
   <si>
     <t>685768385059</t>
   </si>
   <si>
     <t>685768312741</t>
   </si>
   <si>
     <t>25-406-3/4 M144 (8)</t>
   </si>
   <si>
     <t>685768442974</t>
   </si>
   <si>
     <t>30-406-3/4 B6 (7)</t>
   </si>
   <si>
     <t>685768376361</t>
   </si>
   <si>
     <t>35-406-3/4 B3B6 (7)</t>
@@ -5795,68 +5657,50 @@
   <si>
     <t>50-408-1/2 B8</t>
   </si>
   <si>
     <t>685768363101</t>
   </si>
   <si>
     <t>50-408-1/2 B8M144 (7)</t>
   </si>
   <si>
     <t>685768367680</t>
   </si>
   <si>
     <t>50-408-1/2 M143162 (7)</t>
   </si>
   <si>
     <t>685768424307</t>
   </si>
   <si>
     <t>50-408-1/2 M144 (7)</t>
   </si>
   <si>
     <t>685768332411</t>
   </si>
   <si>
-    <t>60-408-1/2 B3B6 (4)</t>
-[...16 lines deleted...]
-  <si>
     <t>685768352242</t>
   </si>
   <si>
     <t>100-408-1/2 B6</t>
   </si>
   <si>
     <t>685768355229</t>
   </si>
   <si>
     <t>685768443322</t>
   </si>
   <si>
     <t>20-408-3/4 B3B6 (8)</t>
   </si>
   <si>
     <t>685768427346</t>
   </si>
   <si>
     <t>20-408-3/4 B6 (8)</t>
   </si>
   <si>
     <t>685768443315</t>
   </si>
   <si>
     <t>25-408-3/4 B3B6 (8)</t>
@@ -6320,53 +6164,50 @@
   <si>
     <t>100-610-1 B6</t>
   </si>
   <si>
     <t>685768362715</t>
   </si>
   <si>
     <t>15-610-1/2 B3B6 (14)</t>
   </si>
   <si>
     <t>685768298342</t>
   </si>
   <si>
     <t>15-610-1/2 B3B8 (12)</t>
   </si>
   <si>
     <t>685768360810</t>
   </si>
   <si>
     <t>15-610-1/2 B6 (14)</t>
   </si>
   <si>
     <t>685768297833</t>
   </si>
   <si>
-    <t>15-610-1/2 B8M144 (14)</t>
-[...1 lines deleted...]
-  <si>
     <t>685768443933</t>
   </si>
   <si>
     <t>15-610-1/2 M144  (14)</t>
   </si>
   <si>
     <t>685768354628</t>
   </si>
   <si>
     <t>20-610-1/2 B3B6 (12)</t>
   </si>
   <si>
     <t>685768436492</t>
   </si>
   <si>
     <t>20-610-1/2 B3B8 (12)</t>
   </si>
   <si>
     <t>685768365877</t>
   </si>
   <si>
     <t>25-610-1/2 B3B6 (12)</t>
   </si>
   <si>
     <t>685768298359</t>
@@ -6458,53 +6299,50 @@
   <si>
     <t>50-610-1/2 B6 (7)</t>
   </si>
   <si>
     <t>685768316817</t>
   </si>
   <si>
     <t>50-610-1/2 B8 (7)</t>
   </si>
   <si>
     <t>685768363118</t>
   </si>
   <si>
     <t>50-610-1/2 B8M144 (7)</t>
   </si>
   <si>
     <t>685768367727</t>
   </si>
   <si>
     <t>50-610-1/2 M144 (7)</t>
   </si>
   <si>
     <t>685768351580</t>
   </si>
   <si>
-    <t>685768397755</t>
-[...1 lines deleted...]
-  <si>
     <t>685768351702</t>
   </si>
   <si>
     <t>100-610-1/2 B6</t>
   </si>
   <si>
     <t>685768355236</t>
   </si>
   <si>
     <t>15-610-3/4 B6 (8)</t>
   </si>
   <si>
     <t>685768386124</t>
   </si>
   <si>
     <t>20-610-3/4 B6</t>
   </si>
   <si>
     <t>685768408567</t>
   </si>
   <si>
     <t>25-610-3/4 B3B6 (7)</t>
   </si>
   <si>
     <t>685768316664</t>
@@ -7040,125 +6878,110 @@
   <si>
     <t>685768359135</t>
   </si>
   <si>
     <t>685768378709</t>
   </si>
   <si>
     <t>20-004-1/2 (14)</t>
   </si>
   <si>
     <t>685768424024</t>
   </si>
   <si>
     <t>30-004-1/2 (14)</t>
   </si>
   <si>
     <t>685768354949</t>
   </si>
   <si>
     <t>50-004-1/2</t>
   </si>
   <si>
     <t>685768340065</t>
   </si>
   <si>
-    <t>60-004-1/2 (12)</t>
-[...4 lines deleted...]
-  <si>
     <t>100-004-1/2</t>
   </si>
   <si>
     <t>685768361480</t>
   </si>
   <si>
     <t>25-004-3/4  (12)</t>
   </si>
   <si>
     <t>685768430438</t>
   </si>
   <si>
     <t>50-004-3/4 (8)</t>
   </si>
   <si>
     <t>685768354161</t>
   </si>
   <si>
     <t>100-004-3/4</t>
   </si>
   <si>
     <t>685768397540</t>
   </si>
   <si>
-    <t>100-004-3/8  (1)</t>
-[...1 lines deleted...]
-  <si>
     <t>685768443414</t>
   </si>
   <si>
     <t>25-006-1 (8)</t>
   </si>
   <si>
     <t>685768404507</t>
   </si>
   <si>
     <t>50-006-1 (5)</t>
   </si>
   <si>
     <t>685768359142</t>
   </si>
   <si>
     <t>685768378716</t>
   </si>
   <si>
     <t>20-006-1/2 (14)</t>
   </si>
   <si>
     <t>685768424031</t>
   </si>
   <si>
     <t>30-006-1/2 (14)</t>
   </si>
   <si>
     <t>685768354963</t>
   </si>
   <si>
     <t>50-006-1/2</t>
   </si>
   <si>
     <t>685768316244</t>
   </si>
   <si>
-    <t>60-006-1/2</t>
-[...4 lines deleted...]
-  <si>
     <t>100-006-1/2</t>
   </si>
   <si>
     <t>685768361473</t>
   </si>
   <si>
     <t>25-006-3/4  (12)</t>
   </si>
   <si>
     <t>685768428565</t>
   </si>
   <si>
     <t>30-006-3/4 (7)</t>
   </si>
   <si>
     <t>685768404514</t>
   </si>
   <si>
     <t>50-006-3/4</t>
   </si>
   <si>
     <t>685768354178</t>
   </si>
   <si>
     <t>100-006-3/4</t>
@@ -7184,56 +7007,50 @@
   <si>
     <t>685768348320</t>
   </si>
   <si>
     <t>685768378723</t>
   </si>
   <si>
     <t>20-008-1/2 (14)</t>
   </si>
   <si>
     <t>685768424048</t>
   </si>
   <si>
     <t>30-008-1/2 (14)</t>
   </si>
   <si>
     <t>685768354956</t>
   </si>
   <si>
     <t>50-008-1/2</t>
   </si>
   <si>
     <t>685768281542</t>
   </si>
   <si>
-    <t>60-008-1/2</t>
-[...4 lines deleted...]
-  <si>
     <t>100-008-1/2</t>
   </si>
   <si>
     <t>685768361466</t>
   </si>
   <si>
     <t>30-008-3/4 (7)</t>
   </si>
   <si>
     <t>685768404538</t>
   </si>
   <si>
     <t>50-008-3/4</t>
   </si>
   <si>
     <t>685768354185</t>
   </si>
   <si>
     <t>685768354208</t>
   </si>
   <si>
     <t>35-008-3/8 (12)</t>
   </si>
   <si>
     <t>685768387343</t>
@@ -7250,56 +7067,50 @@
   <si>
     <t>685768348306</t>
   </si>
   <si>
     <t>685768378730</t>
   </si>
   <si>
     <t>20-010-1/2 (14)</t>
   </si>
   <si>
     <t>685768444299</t>
   </si>
   <si>
     <t>30-010-1/2 (8)</t>
   </si>
   <si>
     <t>685768314363</t>
   </si>
   <si>
     <t>50-010-1/2</t>
   </si>
   <si>
     <t>685768281566</t>
   </si>
   <si>
-    <t>60-010-1/2 (5)</t>
-[...4 lines deleted...]
-  <si>
     <t>100-010-1/2 (4)</t>
   </si>
   <si>
     <t>685768347361</t>
   </si>
   <si>
     <t>30-010-3/4" (7)</t>
   </si>
   <si>
     <t>685768366300</t>
   </si>
   <si>
     <t>50-010-3/4</t>
   </si>
   <si>
     <t>685768305293</t>
   </si>
   <si>
     <t>685768354215</t>
   </si>
   <si>
     <t>50-012-1 (4)</t>
   </si>
   <si>
     <t>685768359159</t>
@@ -7421,176 +7232,119 @@
   <si>
     <t>30-612-3/8 (10)</t>
   </si>
   <si>
     <t>30-612-3/8B  (10)</t>
   </si>
   <si>
     <t>25-614-3/8 (10)</t>
   </si>
   <si>
     <t>25-614-3/8B  (10)</t>
   </si>
   <si>
     <t>100-406-1/2 B3B6 (5)</t>
   </si>
   <si>
     <t>100-408-1/2 M144 (5)</t>
   </si>
   <si>
     <t>100-408-1/2" B3B6 (5)</t>
   </si>
   <si>
     <t>100-410-1/2 B3B6 (4)</t>
   </si>
   <si>
-    <t>65-610-1/2 B3B6 (4)</t>
-[...1 lines deleted...]
-  <si>
     <t>100-610-1/2  B3B6 (4)</t>
   </si>
   <si>
     <t>100-610-3/8  B3B6 (4)</t>
   </si>
   <si>
     <t>35-612-3/8 (10)</t>
   </si>
   <si>
     <t>35-612-3/8B  (10)</t>
   </si>
   <si>
-    <t>00621500C</t>
-[...1 lines deleted...]
-  <si>
     <t>00621640C</t>
   </si>
   <si>
-    <t>00821500C</t>
-[...1 lines deleted...]
-  <si>
     <t>00821640C</t>
   </si>
   <si>
-    <t>01021500C</t>
-[...1 lines deleted...]
-  <si>
     <t>01021640C</t>
   </si>
   <si>
-    <t>00421500C</t>
-[...1 lines deleted...]
-  <si>
     <t>00421640C</t>
   </si>
   <si>
-    <t>150-004-1/2 C (5)</t>
-[...4 lines deleted...]
-  <si>
     <t>164-006-1/2 C (5)</t>
   </si>
   <si>
-    <t>150-008-1/2 C (5)</t>
-[...1 lines deleted...]
-  <si>
     <t>164-004-1/2 C (5)</t>
   </si>
   <si>
     <t>164-008-1/2 C (4)</t>
   </si>
   <si>
-    <t>150-010-1/2 C (4)</t>
-[...1 lines deleted...]
-  <si>
     <t>164-010-1/2 C (4)</t>
   </si>
   <si>
-    <t>685768451686</t>
-[...1 lines deleted...]
-  <si>
     <t>685768451693</t>
   </si>
   <si>
-    <t>685768451709</t>
-[...1 lines deleted...]
-  <si>
     <t>685768451716</t>
   </si>
   <si>
-    <t>685768451723</t>
-[...1 lines deleted...]
-  <si>
     <t>685768451730</t>
   </si>
   <si>
-    <t>685768451747</t>
-[...1 lines deleted...]
-  <si>
     <t>685768451754</t>
   </si>
   <si>
     <t>61020500M143162</t>
   </si>
   <si>
     <t>50-610-1/2 M143162 (7)</t>
   </si>
   <si>
     <t>685768431466</t>
   </si>
   <si>
     <t>685768429074</t>
   </si>
   <si>
     <t>25-610-1/2 M143162 (12)</t>
   </si>
   <si>
     <t>61020250M143162</t>
   </si>
   <si>
-    <t>00431500C</t>
-[...4 lines deleted...]
-  <si>
     <t>UW LS0521r</t>
   </si>
   <si>
-    <t>150-004-3/4 C (4)</t>
-[...10 lines deleted...]
-  <si>
     <t>25-612-1/2 CER (10)</t>
   </si>
   <si>
     <t>25-612-1/2B  CER (10)</t>
   </si>
   <si>
     <t>50-408-3/4 (5)</t>
   </si>
   <si>
     <t>25-612-1/2 (10)</t>
   </si>
   <si>
     <t>25-612-1/2B  (10)</t>
   </si>
   <si>
     <t>30-406-1/2 B3B6 CER (12)</t>
   </si>
   <si>
     <t>50-406-1/2 B6144 CER (8)</t>
   </si>
   <si>
     <t>50-406-1/2 B6 CER (8)</t>
   </si>
   <si>
     <t>50-406-1/2 M144 CER (8)</t>
@@ -7601,53 +7355,50 @@
   <si>
     <t>50-408-1/2 B6 CER (7)</t>
   </si>
   <si>
     <t>50-408-1/2 M144 CER (7)</t>
   </si>
   <si>
     <t>25-408-3/4 B6 CER (8)</t>
   </si>
   <si>
     <t>50-408-3/4B6 CER (5)</t>
   </si>
   <si>
     <t>50-410-3/4 M144 CER (5)</t>
   </si>
   <si>
     <t>25-610-1/2 B3B6 CER (8)</t>
   </si>
   <si>
     <t>25-610-1/2 M144 CER (8)</t>
   </si>
   <si>
     <t>50-610-3/4 M144 CER (4)</t>
   </si>
   <si>
-    <t>25-612-3/4 B6 CER (8)</t>
-[...1 lines deleted...]
-  <si>
     <t>25-406-1/2 B3B6 (14)</t>
   </si>
   <si>
     <t>30-406-1/2 B3B6 (12)</t>
   </si>
   <si>
     <t>30-406-1/2 M144 (12)</t>
   </si>
   <si>
     <t>50-406-1/2 B6 (8)</t>
   </si>
   <si>
     <t>25-406-3/4 B3B6 (8)</t>
   </si>
   <si>
     <t>30-408-1 B6 (5)</t>
   </si>
   <si>
     <t>50-408-1/2 B6 (7)</t>
   </si>
   <si>
     <t>15-408-3/4 B6 (14)</t>
   </si>
   <si>
     <t>25-408-3/4 B6(8)</t>
@@ -7670,53 +7421,50 @@
   <si>
     <t>100-008-3/4 C (4)</t>
   </si>
   <si>
     <t>100-010-3/4 C (4)</t>
   </si>
   <si>
     <t>100-004-1 (4)</t>
   </si>
   <si>
     <t>100-006-1 (4)</t>
   </si>
   <si>
     <t>100-008-1 (4)</t>
   </si>
   <si>
     <t>100-008-3/4 (4)</t>
   </si>
   <si>
     <t>100-010-1 (4)</t>
   </si>
   <si>
     <t>100-010-3/4 (4)</t>
   </si>
   <si>
-    <t>Revised October 16, 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>51220250C</t>
   </si>
   <si>
     <t>51220300C</t>
   </si>
   <si>
     <t>51220500C</t>
   </si>
   <si>
     <t>51420250C</t>
   </si>
   <si>
     <t>51420300C</t>
   </si>
   <si>
     <t>51420500C</t>
   </si>
   <si>
     <t>51230250C</t>
   </si>
   <si>
     <t>51230300C</t>
   </si>
   <si>
     <t>51230500C</t>
@@ -7782,56 +7530,83 @@
     <t>685768455820</t>
   </si>
   <si>
     <t>685768455837</t>
   </si>
   <si>
     <t>685768455844</t>
   </si>
   <si>
     <t>685768455851</t>
   </si>
   <si>
     <t>685768455868</t>
   </si>
   <si>
     <t>685768455875</t>
   </si>
   <si>
     <t>685768455882</t>
   </si>
   <si>
     <t>685768455899</t>
   </si>
   <si>
     <t>685768455905</t>
+  </si>
+  <si>
+    <t>Revised November 6, 2025</t>
+  </si>
+  <si>
+    <t>100-614-3/8  (4)</t>
+  </si>
+  <si>
+    <t>25-612-3/4 B6 CER (5)</t>
+  </si>
+  <si>
+    <t>100-004-3/8  (5)</t>
+  </si>
+  <si>
+    <t>15-610-1/2 B8M144 (12)</t>
+  </si>
+  <si>
+    <t>25-406-1/2 M144 CER (14)</t>
+  </si>
+  <si>
+    <t>50-614-1 B6 CER (2)</t>
+  </si>
+  <si>
+    <t>50-612-1 B6 CER (2)</t>
+  </si>
+  <si>
+    <t>50-610-1 B3B6 CER (2)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u val="singleAccounting"/>
       <sz val="10"/>
       <name val="Arial"/>
@@ -7956,340 +7731,320 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="59">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="13" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="12" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="12" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="44" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="12" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="13" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="9" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1"/>
     <xf numFmtId="44" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="12" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="13" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="13" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 3" xfId="3"/>
+    <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -8422,36497 +8177,35488 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:N1175"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:N1151"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.140625" style="34" bestFit="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="13" width="11.7109375" style="34" customWidth="1"/>
+    <col min="1" max="1" width="18.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.85546875" customWidth="1"/>
+    <col min="4" max="4" width="24.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="6.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="6" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="5.85546875" customWidth="1"/>
+    <col min="9" max="9" width="10.28515625" customWidth="1"/>
+    <col min="10" max="10" width="17.28515625" customWidth="1"/>
+    <col min="11" max="11" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="12" max="13" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="70" t="s">
-[...13 lines deleted...]
-      <c r="M1" s="66"/>
+      <c r="A1" s="57" t="s">
+        <v>242</v>
+      </c>
+      <c r="B1" s="57"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="40"/>
+      <c r="E1" s="40"/>
+      <c r="F1" s="41"/>
+      <c r="G1" s="42"/>
+      <c r="H1" s="43"/>
+      <c r="I1" s="43"/>
+      <c r="L1" s="53" t="s">
+        <v>2165</v>
+      </c>
+      <c r="M1" s="53"/>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A2" s="71" t="s">
-[...13 lines deleted...]
-      <c r="M2" s="67"/>
+      <c r="A2" s="58" t="s">
+        <v>241</v>
+      </c>
+      <c r="B2" s="58"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="44"/>
+      <c r="E2" s="44"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="45"/>
+      <c r="H2" s="46"/>
+      <c r="I2" s="43"/>
+      <c r="L2" s="54" t="s">
+        <v>479</v>
+      </c>
+      <c r="M2" s="54"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A3" s="51"/>
-[...10 lines deleted...]
-        <v>2286</v>
+      <c r="A3" s="30"/>
+      <c r="B3" s="30"/>
+      <c r="C3" s="30"/>
+      <c r="D3" s="44"/>
+      <c r="E3" s="44"/>
+      <c r="F3" s="41"/>
+      <c r="G3" s="45"/>
+      <c r="H3" s="46"/>
+      <c r="I3" s="43"/>
+      <c r="L3" s="47"/>
+      <c r="M3" s="47" t="s">
+        <v>2243</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
-      <c r="D4" s="49"/>
-[...9 lines deleted...]
-      <c r="M4" s="68"/>
+      <c r="D4" s="46"/>
+      <c r="F4" s="38"/>
+      <c r="G4" s="55" t="s">
+        <v>480</v>
+      </c>
+      <c r="H4" s="55"/>
+      <c r="I4" s="55"/>
+      <c r="J4" s="55"/>
+      <c r="K4" s="55"/>
+      <c r="L4" s="55"/>
+      <c r="M4" s="55"/>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" s="26" t="s">
-        <v>493</v>
+        <v>477</v>
       </c>
       <c r="B5" s="27">
         <v>0</v>
       </c>
-      <c r="C5" s="32"/>
-[...10 lines deleted...]
-      <c r="M5" s="69"/>
+      <c r="C5" s="31"/>
+      <c r="E5" s="39"/>
+      <c r="F5" s="56" t="s">
+        <v>240</v>
+      </c>
+      <c r="G5" s="56"/>
+      <c r="H5" s="56"/>
+      <c r="I5" s="56"/>
+      <c r="J5" s="56"/>
+      <c r="K5" s="56"/>
+      <c r="L5" s="56"/>
+      <c r="M5" s="56"/>
     </row>
     <row r="6" spans="1:14" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A6" s="24"/>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="3"/>
       <c r="G6" s="2"/>
       <c r="H6" s="1"/>
-      <c r="I6" s="60"/>
+      <c r="I6" s="6"/>
       <c r="J6" s="7"/>
       <c r="K6" s="6"/>
       <c r="L6" s="8"/>
-      <c r="M6"/>
     </row>
     <row r="7" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="17" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="17" t="s">
-        <v>453</v>
+        <v>441</v>
       </c>
       <c r="C7" s="17" t="s">
-        <v>758</v>
-[...1 lines deleted...]
-      <c r="D7" s="29" t="s">
+        <v>740</v>
+      </c>
+      <c r="D7" s="28" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="18" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="18" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="19" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="17" t="s">
-        <v>2194</v>
-[...1 lines deleted...]
-      <c r="I7" s="61" t="s">
+        <v>2134</v>
+      </c>
+      <c r="I7" s="17" t="s">
         <v>11</v>
       </c>
       <c r="J7" s="17" t="s">
         <v>10</v>
       </c>
       <c r="K7" s="20" t="s">
         <v>9</v>
       </c>
       <c r="L7" s="21" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="21" t="s">
-        <v>494</v>
+        <v>478</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A8" s="28" t="s">
-        <v>663</v>
+      <c r="A8" s="12" t="s">
+        <v>645</v>
       </c>
       <c r="B8" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C8" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D8" s="10" t="s">
-        <v>760</v>
+        <v>742</v>
       </c>
       <c r="E8" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F8" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G8" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H8" s="25">
         <v>50</v>
       </c>
-      <c r="I8" s="54">
+      <c r="I8" s="48">
         <v>8</v>
       </c>
       <c r="J8" s="23" t="s">
-        <v>764</v>
+        <v>746</v>
       </c>
       <c r="K8" s="11">
         <v>10.703799999999999</v>
       </c>
       <c r="L8" s="22">
         <v>338.18</v>
       </c>
       <c r="M8" s="22">
         <f>L8*$B$5</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A9" s="28" t="s">
-        <v>733</v>
+      <c r="A9" s="12" t="s">
+        <v>715</v>
       </c>
       <c r="B9" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C9" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D9" s="10" t="s">
-        <v>765</v>
+        <v>747</v>
       </c>
       <c r="E9" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F9" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G9" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H9" s="25">
         <v>50</v>
       </c>
-      <c r="I9" s="54">
+      <c r="I9" s="48">
         <v>7</v>
       </c>
       <c r="J9" s="23" t="s">
-        <v>766</v>
+        <v>748</v>
       </c>
       <c r="K9" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L9" s="22">
         <v>368.02</v>
       </c>
       <c r="M9" s="22">
         <f t="shared" ref="M9:M84" si="0">L9*$B$5</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A10" s="28" t="s">
-        <v>623</v>
+      <c r="A10" s="12" t="s">
+        <v>605</v>
       </c>
       <c r="B10" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C10" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D10" s="10" t="s">
-        <v>767</v>
+        <v>749</v>
       </c>
       <c r="E10" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F10" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G10" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H10" s="25">
         <v>50</v>
       </c>
-      <c r="I10" s="54">
+      <c r="I10" s="48">
         <v>7</v>
       </c>
       <c r="J10" s="23" t="s">
-        <v>769</v>
+        <v>751</v>
       </c>
       <c r="K10" s="11">
         <v>16.595300000000002</v>
       </c>
       <c r="L10" s="22">
         <v>420.12</v>
       </c>
       <c r="M10" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A11" s="28" t="s">
-        <v>2287</v>
+      <c r="A11" s="12" t="s">
+        <v>2206</v>
       </c>
       <c r="B11" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>2299</v>
+        <v>2218</v>
       </c>
       <c r="E11" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F11" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G11" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H11" s="25">
         <v>25</v>
       </c>
-      <c r="I11" s="54">
+      <c r="I11" s="48">
         <v>10</v>
       </c>
-      <c r="J11" s="64" t="s">
-        <v>2312</v>
+      <c r="J11" s="50" t="s">
+        <v>2231</v>
       </c>
       <c r="K11" s="11">
         <v>10.353</v>
       </c>
       <c r="L11" s="22">
         <v>260.73</v>
       </c>
       <c r="M11" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N11" s="72"/>
+      <c r="N11" s="51"/>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A12" s="28" t="s">
-        <v>2288</v>
+      <c r="A12" s="12" t="s">
+        <v>2207</v>
       </c>
       <c r="B12" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>2300</v>
+        <v>2219</v>
       </c>
       <c r="E12" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F12" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G12" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H12" s="25">
         <v>30</v>
       </c>
-      <c r="I12" s="54">
+      <c r="I12" s="48">
         <v>7</v>
       </c>
-      <c r="J12" s="64" t="s">
-        <v>2313</v>
+      <c r="J12" s="50" t="s">
+        <v>2232</v>
       </c>
       <c r="K12" s="11">
         <v>12.423</v>
       </c>
       <c r="L12" s="22">
         <v>305.67</v>
       </c>
       <c r="M12" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N12" s="72"/>
+      <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A13" s="28" t="s">
-        <v>2289</v>
+      <c r="A13" s="12" t="s">
+        <v>2208</v>
       </c>
       <c r="B13" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>2301</v>
+        <v>2220</v>
       </c>
       <c r="E13" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F13" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G13" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H13" s="25">
         <v>50</v>
       </c>
-      <c r="I13" s="54">
+      <c r="I13" s="48">
         <v>5</v>
       </c>
-      <c r="J13" s="64" t="s">
-        <v>2314</v>
+      <c r="J13" s="50" t="s">
+        <v>2233</v>
       </c>
       <c r="K13" s="11">
         <v>20.704999999999998</v>
       </c>
       <c r="L13" s="22">
         <v>472.02</v>
       </c>
       <c r="M13" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N13" s="72"/>
+      <c r="N13" s="51"/>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A14" s="28" t="s">
-        <v>2290</v>
+      <c r="A14" s="12" t="s">
+        <v>2209</v>
       </c>
       <c r="B14" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>2302</v>
+        <v>2221</v>
       </c>
       <c r="E14" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F14" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G14" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H14" s="25">
         <v>25</v>
       </c>
-      <c r="I14" s="54">
+      <c r="I14" s="48">
         <v>8</v>
       </c>
-      <c r="J14" s="64" t="s">
-        <v>2315</v>
+      <c r="J14" s="50" t="s">
+        <v>2234</v>
       </c>
       <c r="K14" s="11">
         <v>14.105</v>
       </c>
       <c r="L14" s="22">
         <v>338.13</v>
       </c>
       <c r="M14" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N14" s="72"/>
+      <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A15" s="28" t="s">
-        <v>2291</v>
+      <c r="A15" s="12" t="s">
+        <v>2210</v>
       </c>
       <c r="B15" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D15" s="10" t="s">
-        <v>2303</v>
+        <v>2222</v>
       </c>
       <c r="E15" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F15" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G15" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H15" s="25">
         <v>30</v>
       </c>
-      <c r="I15" s="54">
+      <c r="I15" s="48">
         <v>7</v>
       </c>
-      <c r="J15" s="64" t="s">
-        <v>2316</v>
+      <c r="J15" s="50" t="s">
+        <v>2235</v>
       </c>
       <c r="K15" s="11">
         <v>16.925999999999998</v>
       </c>
       <c r="L15" s="22">
         <v>396.46</v>
       </c>
       <c r="M15" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N15" s="72"/>
+      <c r="N15" s="51"/>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A16" s="28" t="s">
-        <v>2292</v>
+      <c r="A16" s="12" t="s">
+        <v>2211</v>
       </c>
       <c r="B16" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>2304</v>
+        <v>2223</v>
       </c>
       <c r="E16" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F16" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G16" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H16" s="25">
         <v>50</v>
       </c>
-      <c r="I16" s="54">
+      <c r="I16" s="48">
         <v>5</v>
       </c>
-      <c r="J16" s="64" t="s">
-        <v>2317</v>
+      <c r="J16" s="50" t="s">
+        <v>2236</v>
       </c>
       <c r="K16" s="11">
         <v>28.21</v>
       </c>
       <c r="L16" s="22">
         <v>612.15</v>
       </c>
       <c r="M16" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N16" s="72"/>
+      <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A17" s="28" t="s">
-        <v>2293</v>
+      <c r="A17" s="12" t="s">
+        <v>2212</v>
       </c>
       <c r="B17" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D17" s="10" t="s">
-        <v>2305</v>
+        <v>2224</v>
       </c>
       <c r="E17" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F17" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G17" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H17" s="25">
         <v>25</v>
       </c>
-      <c r="I17" s="54">
+      <c r="I17" s="48">
         <v>8</v>
       </c>
-      <c r="J17" s="64" t="s">
-        <v>2318</v>
+      <c r="J17" s="50" t="s">
+        <v>2237</v>
       </c>
       <c r="K17" s="11">
         <v>10.353</v>
       </c>
       <c r="L17" s="22">
         <v>281.31</v>
       </c>
       <c r="M17" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N17" s="72"/>
+      <c r="N17" s="51"/>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A18" s="28" t="s">
-        <v>2294</v>
+      <c r="A18" s="12" t="s">
+        <v>2213</v>
       </c>
       <c r="B18" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D18" s="10" t="s">
-        <v>2306</v>
+        <v>2225</v>
       </c>
       <c r="E18" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F18" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G18" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H18" s="25">
         <v>30</v>
       </c>
-      <c r="I18" s="54">
+      <c r="I18" s="48">
         <v>5</v>
       </c>
-      <c r="J18" s="64" t="s">
-        <v>2319</v>
+      <c r="J18" s="50" t="s">
+        <v>2238</v>
       </c>
       <c r="K18" s="11">
         <v>12.423</v>
       </c>
       <c r="L18" s="22">
         <v>332.92</v>
       </c>
       <c r="M18" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N18" s="72"/>
+      <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A19" s="28" t="s">
-        <v>2295</v>
+      <c r="A19" s="12" t="s">
+        <v>2214</v>
       </c>
       <c r="B19" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D19" s="10" t="s">
-        <v>2307</v>
+        <v>2226</v>
       </c>
       <c r="E19" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F19" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G19" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H19" s="25">
         <v>50</v>
       </c>
-      <c r="I19" s="54">
+      <c r="I19" s="48">
         <v>4</v>
       </c>
-      <c r="J19" s="64" t="s">
-        <v>2320</v>
+      <c r="J19" s="50" t="s">
+        <v>2239</v>
       </c>
       <c r="K19" s="11">
         <v>20.704999999999998</v>
       </c>
       <c r="L19" s="22">
         <v>541.55999999999995</v>
       </c>
       <c r="M19" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N19" s="72"/>
+      <c r="N19" s="51"/>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A20" s="28" t="s">
-        <v>2296</v>
+      <c r="A20" s="12" t="s">
+        <v>2215</v>
       </c>
       <c r="B20" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D20" s="10" t="s">
-        <v>2308</v>
+        <v>2227</v>
       </c>
       <c r="E20" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F20" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G20" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H20" s="25">
         <v>25</v>
       </c>
-      <c r="I20" s="54">
+      <c r="I20" s="48">
         <v>7</v>
       </c>
-      <c r="J20" s="64" t="s">
-        <v>2321</v>
+      <c r="J20" s="50" t="s">
+        <v>2240</v>
       </c>
       <c r="K20" s="11">
         <v>14.105</v>
       </c>
       <c r="L20" s="22">
         <v>373.08</v>
       </c>
       <c r="M20" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N20" s="72"/>
+      <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A21" s="28" t="s">
-        <v>2297</v>
+      <c r="A21" s="12" t="s">
+        <v>2216</v>
       </c>
       <c r="B21" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D21" s="10" t="s">
-        <v>2309</v>
+        <v>2228</v>
       </c>
       <c r="E21" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F21" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G21" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H21" s="25">
         <v>30</v>
       </c>
-      <c r="I21" s="54">
+      <c r="I21" s="48">
         <v>5</v>
       </c>
-      <c r="J21" s="64" t="s">
-        <v>2322</v>
+      <c r="J21" s="50" t="s">
+        <v>2241</v>
       </c>
       <c r="K21" s="11">
         <v>16.925999999999998</v>
       </c>
       <c r="L21" s="22">
         <v>431.77</v>
       </c>
       <c r="M21" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N21" s="72"/>
+      <c r="N21" s="51"/>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A22" s="28" t="s">
-        <v>2298</v>
+      <c r="A22" s="12" t="s">
+        <v>2217</v>
       </c>
       <c r="B22" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D22" s="10" t="s">
-        <v>2310</v>
+        <v>2229</v>
       </c>
       <c r="E22" s="10" t="s">
-        <v>2311</v>
+        <v>2230</v>
       </c>
       <c r="F22" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G22" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H22" s="25">
         <v>50</v>
       </c>
-      <c r="I22" s="54">
+      <c r="I22" s="48">
         <v>4</v>
       </c>
-      <c r="J22" s="64" t="s">
-        <v>2323</v>
+      <c r="J22" s="50" t="s">
+        <v>2242</v>
       </c>
       <c r="K22" s="11">
         <v>28.21</v>
       </c>
       <c r="L22" s="22">
         <v>668.96</v>
       </c>
       <c r="M22" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N22" s="72"/>
+      <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A23" s="28" t="s">
-        <v>640</v>
+      <c r="A23" s="12" t="s">
+        <v>622</v>
       </c>
       <c r="B23" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D23" s="10" t="s">
-        <v>770</v>
+        <v>752</v>
       </c>
       <c r="E23" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F23" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G23" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H23" s="25">
         <v>25</v>
       </c>
-      <c r="I23" s="54">
+      <c r="I23" s="48">
         <v>5</v>
       </c>
       <c r="J23" s="23" t="s">
-        <v>772</v>
+        <v>754</v>
       </c>
       <c r="K23" s="11">
         <v>9.625</v>
       </c>
       <c r="L23" s="22">
         <v>312</v>
       </c>
       <c r="M23" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A24" s="28" t="s">
-        <v>634</v>
+      <c r="A24" s="12" t="s">
+        <v>616</v>
       </c>
       <c r="B24" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D24" s="10" t="s">
-        <v>773</v>
+        <v>755</v>
       </c>
       <c r="E24" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F24" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G24" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H24" s="25">
         <v>50</v>
       </c>
-      <c r="I24" s="54">
+      <c r="I24" s="48">
         <v>4</v>
       </c>
       <c r="J24" s="23" t="s">
-        <v>774</v>
+        <v>756</v>
       </c>
       <c r="K24" s="11">
         <v>19.25</v>
       </c>
       <c r="L24" s="22">
         <v>552.67999999999995</v>
       </c>
       <c r="M24" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A25" s="28" t="s">
-        <v>603</v>
+      <c r="A25" s="12" t="s">
+        <v>585</v>
       </c>
       <c r="B25" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>775</v>
+        <v>757</v>
       </c>
       <c r="E25" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F25" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G25" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H25" s="25">
         <v>25</v>
       </c>
-      <c r="I25" s="54">
+      <c r="I25" s="48">
         <v>12</v>
       </c>
       <c r="J25" s="23" t="s">
-        <v>776</v>
+        <v>758</v>
       </c>
       <c r="K25" s="11">
         <v>9.625</v>
       </c>
       <c r="L25" s="22">
         <v>224.06</v>
       </c>
       <c r="M25" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A26" s="28" t="s">
-        <v>622</v>
+      <c r="A26" s="12" t="s">
+        <v>604</v>
       </c>
       <c r="B26" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C26" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D26" s="10" t="s">
         <v>759</v>
       </c>
-      <c r="C26" s="15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F26" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G26" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H26" s="25">
         <v>25</v>
       </c>
-      <c r="I26" s="54">
+      <c r="I26" s="48">
         <v>12</v>
       </c>
       <c r="J26" s="23" t="s">
-        <v>778</v>
+        <v>760</v>
       </c>
       <c r="K26" s="11">
         <v>9.6301000000000005</v>
       </c>
       <c r="L26" s="22">
         <v>234.06</v>
       </c>
       <c r="M26" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A27" s="28" t="s">
-        <v>502</v>
+      <c r="A27" s="12" t="s">
+        <v>486</v>
       </c>
       <c r="B27" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D27" s="10" t="s">
-        <v>779</v>
+        <v>761</v>
       </c>
       <c r="E27" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F27" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G27" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H27" s="25">
         <v>30</v>
       </c>
-      <c r="I27" s="54">
+      <c r="I27" s="48">
         <v>8</v>
       </c>
       <c r="J27" s="23" t="s">
-        <v>780</v>
+        <v>762</v>
       </c>
       <c r="K27" s="11">
         <v>11.56</v>
       </c>
       <c r="L27" s="22">
         <v>258.82</v>
       </c>
       <c r="M27" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A28" s="28" t="s">
-        <v>729</v>
+      <c r="A28" s="12" t="s">
+        <v>711</v>
       </c>
       <c r="B28" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D28" s="10" t="s">
-        <v>781</v>
+        <v>763</v>
       </c>
       <c r="E28" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F28" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G28" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H28" s="25">
         <v>35</v>
       </c>
-      <c r="I28" s="54">
+      <c r="I28" s="48">
         <v>8</v>
       </c>
       <c r="J28" s="23" t="s">
-        <v>782</v>
+        <v>764</v>
       </c>
       <c r="K28" s="11">
         <v>13.475</v>
       </c>
       <c r="L28" s="22">
         <v>309.76</v>
       </c>
       <c r="M28" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A29" s="28" t="s">
-        <v>679</v>
+      <c r="A29" s="12" t="s">
+        <v>661</v>
       </c>
       <c r="B29" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D29" s="10" t="s">
-        <v>783</v>
+        <v>765</v>
       </c>
       <c r="E29" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F29" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G29" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H29" s="25">
         <v>35</v>
       </c>
-      <c r="I29" s="54">
+      <c r="I29" s="48">
         <v>8</v>
       </c>
       <c r="J29" s="23" t="s">
-        <v>784</v>
+        <v>766</v>
       </c>
       <c r="K29" s="11">
         <v>13.482200000000001</v>
       </c>
       <c r="L29" s="22">
         <v>319.76</v>
       </c>
       <c r="M29" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A30" s="12" t="s">
-        <v>658</v>
+        <v>640</v>
       </c>
       <c r="B30" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D30" s="10" t="s">
-        <v>785</v>
+        <v>767</v>
       </c>
       <c r="E30" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F30" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G30" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H30" s="25">
         <v>50</v>
       </c>
-      <c r="I30" s="54">
+      <c r="I30" s="48">
         <v>7</v>
       </c>
       <c r="J30" s="23" t="s">
-        <v>786</v>
+        <v>768</v>
       </c>
       <c r="K30" s="11">
         <v>19.25</v>
       </c>
       <c r="L30" s="22">
         <v>401.8</v>
       </c>
       <c r="M30" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A31" s="28" t="s">
-        <v>561</v>
+      <c r="A31" s="12" t="s">
+        <v>544</v>
       </c>
       <c r="B31" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D31" s="10" t="s">
-        <v>787</v>
+        <v>769</v>
       </c>
       <c r="E31" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F31" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G31" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H31" s="25">
         <v>50</v>
       </c>
-      <c r="I31" s="54">
+      <c r="I31" s="48">
         <v>7</v>
       </c>
       <c r="J31" s="23" t="s">
-        <v>788</v>
+        <v>770</v>
       </c>
       <c r="K31" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L31" s="22">
         <v>411.8</v>
       </c>
       <c r="M31" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A32" s="28" t="s">
-        <v>682</v>
+      <c r="A32" s="12" t="s">
+        <v>664</v>
       </c>
       <c r="B32" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D32" s="10" t="s">
-        <v>789</v>
+        <v>771</v>
       </c>
       <c r="E32" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F32" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G32" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H32" s="25">
         <v>25</v>
       </c>
-      <c r="I32" s="54">
+      <c r="I32" s="48">
         <v>7</v>
       </c>
       <c r="J32" s="23" t="s">
-        <v>791</v>
+        <v>773</v>
       </c>
       <c r="K32" s="11">
         <v>9.625</v>
       </c>
       <c r="L32" s="22">
         <v>278.39999999999998</v>
       </c>
       <c r="M32" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A33" s="28" t="s">
-        <v>584</v>
+      <c r="A33" s="12" t="s">
+        <v>567</v>
       </c>
       <c r="B33" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D33" s="10" t="s">
-        <v>792</v>
+        <v>774</v>
       </c>
       <c r="E33" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F33" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G33" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H33" s="25">
         <v>30</v>
       </c>
-      <c r="I33" s="54">
+      <c r="I33" s="48">
         <v>7</v>
       </c>
       <c r="J33" s="23" t="s">
-        <v>793</v>
+        <v>775</v>
       </c>
       <c r="K33" s="11">
         <v>11.556100000000001</v>
       </c>
       <c r="L33" s="22">
         <v>334.52</v>
       </c>
       <c r="M33" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A34" s="28" t="s">
-        <v>560</v>
+      <c r="A34" s="12" t="s">
+        <v>543</v>
       </c>
       <c r="B34" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D34" s="10" t="s">
-        <v>794</v>
+        <v>776</v>
       </c>
       <c r="E34" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F34" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G34" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H34" s="25">
         <v>35</v>
       </c>
-      <c r="I34" s="54">
+      <c r="I34" s="48">
         <v>5</v>
       </c>
       <c r="J34" s="23" t="s">
-        <v>795</v>
+        <v>777</v>
       </c>
       <c r="K34" s="11">
         <v>13.475</v>
       </c>
       <c r="L34" s="22">
         <v>335.78</v>
       </c>
       <c r="M34" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A35" s="28" t="s">
-        <v>719</v>
+      <c r="A35" s="12" t="s">
+        <v>701</v>
       </c>
       <c r="B35" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D35" s="10" t="s">
-        <v>796</v>
+        <v>778</v>
       </c>
       <c r="E35" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F35" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G35" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H35" s="25">
         <v>50</v>
       </c>
-      <c r="I35" s="54">
+      <c r="I35" s="48">
         <v>5</v>
       </c>
       <c r="J35" s="23" t="s">
-        <v>797</v>
+        <v>779</v>
       </c>
       <c r="K35" s="11">
         <v>19.25</v>
       </c>
       <c r="L35" s="22">
         <v>439.88</v>
       </c>
       <c r="M35" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A36" s="28" t="s">
-        <v>714</v>
+      <c r="A36" s="12" t="s">
+        <v>696</v>
       </c>
       <c r="B36" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D36" s="10" t="s">
-        <v>798</v>
+        <v>780</v>
       </c>
       <c r="E36" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F36" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G36" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H36" s="25">
         <v>25</v>
       </c>
-      <c r="I36" s="54">
+      <c r="I36" s="48">
         <v>5</v>
       </c>
       <c r="J36" s="23" t="s">
-        <v>799</v>
+        <v>781</v>
       </c>
       <c r="K36" s="11">
         <v>10.975</v>
       </c>
       <c r="L36" s="22">
         <v>331.98</v>
       </c>
       <c r="M36" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A37" s="28" t="s">
-        <v>575</v>
+      <c r="A37" s="12" t="s">
+        <v>558</v>
       </c>
       <c r="B37" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D37" s="10" t="s">
-        <v>800</v>
+        <v>782</v>
       </c>
       <c r="E37" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F37" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G37" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H37" s="25">
         <v>35</v>
       </c>
-      <c r="I37" s="54">
+      <c r="I37" s="48">
         <v>4</v>
       </c>
       <c r="J37" s="23" t="s">
-        <v>801</v>
+        <v>783</v>
       </c>
       <c r="K37" s="11">
         <v>15.365</v>
       </c>
       <c r="L37" s="22">
         <v>455.18</v>
       </c>
       <c r="M37" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A38" s="28" t="s">
-        <v>648</v>
+      <c r="A38" s="12" t="s">
+        <v>630</v>
       </c>
       <c r="B38" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D38" s="10" t="s">
-        <v>802</v>
+        <v>784</v>
       </c>
       <c r="E38" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F38" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G38" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H38" s="25">
         <v>50</v>
       </c>
-      <c r="I38" s="54">
+      <c r="I38" s="48">
         <v>4</v>
       </c>
       <c r="J38" s="23" t="s">
-        <v>803</v>
+        <v>785</v>
       </c>
       <c r="K38" s="11">
         <v>21.95</v>
       </c>
       <c r="L38" s="22">
         <v>592.88</v>
       </c>
       <c r="M38" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A39" s="28" t="s">
-        <v>552</v>
+      <c r="A39" s="12" t="s">
+        <v>535</v>
       </c>
       <c r="B39" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D39" s="10" t="s">
-        <v>2245</v>
+        <v>2166</v>
       </c>
       <c r="E39" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F39" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G39" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H39" s="25">
         <v>25</v>
       </c>
-      <c r="I39" s="54">
+      <c r="I39" s="48">
         <v>10</v>
       </c>
       <c r="J39" s="23" t="s">
-        <v>804</v>
+        <v>786</v>
       </c>
       <c r="K39" s="11">
         <v>10.975</v>
       </c>
       <c r="L39" s="22">
         <v>250.3</v>
       </c>
       <c r="M39" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A40" s="28" t="s">
-        <v>607</v>
+      <c r="A40" s="12" t="s">
+        <v>589</v>
       </c>
       <c r="B40" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D40" s="10" t="s">
-        <v>2246</v>
+        <v>2167</v>
       </c>
       <c r="E40" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F40" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G40" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H40" s="25">
         <v>25</v>
       </c>
-      <c r="I40" s="54">
+      <c r="I40" s="48">
         <v>10</v>
       </c>
       <c r="J40" s="23" t="s">
-        <v>805</v>
+        <v>787</v>
       </c>
       <c r="K40" s="11">
         <v>10.962300000000001</v>
       </c>
       <c r="L40" s="22">
         <v>260.3</v>
       </c>
       <c r="M40" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A41" s="28" t="s">
-        <v>645</v>
+      <c r="A41" s="12" t="s">
+        <v>627</v>
       </c>
       <c r="B41" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D41" s="10" t="s">
-        <v>806</v>
+        <v>788</v>
       </c>
       <c r="E41" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F41" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G41" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H41" s="25">
         <v>30</v>
       </c>
-      <c r="I41" s="54">
+      <c r="I41" s="48">
         <v>7</v>
       </c>
       <c r="J41" s="23" t="s">
-        <v>807</v>
+        <v>789</v>
       </c>
       <c r="K41" s="11">
         <v>13.154769999999999</v>
       </c>
       <c r="L41" s="22">
         <v>293.44</v>
       </c>
       <c r="M41" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A42" s="28" t="s">
-        <v>713</v>
+      <c r="A42" s="12" t="s">
+        <v>695</v>
       </c>
       <c r="B42" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D42" s="10" t="s">
-        <v>808</v>
+        <v>790</v>
       </c>
       <c r="E42" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F42" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G42" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H42" s="25">
         <v>35</v>
       </c>
-      <c r="I42" s="54">
+      <c r="I42" s="48">
         <v>7</v>
       </c>
       <c r="J42" s="23" t="s">
-        <v>809</v>
+        <v>791</v>
       </c>
       <c r="K42" s="11">
         <v>15.365</v>
       </c>
       <c r="L42" s="22">
         <v>336.64</v>
       </c>
       <c r="M42" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A43" s="28" t="s">
-        <v>606</v>
+      <c r="A43" s="12" t="s">
+        <v>588</v>
       </c>
       <c r="B43" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D43" s="10" t="s">
-        <v>810</v>
+        <v>792</v>
       </c>
       <c r="E43" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F43" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G43" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H43" s="25">
         <v>35</v>
       </c>
-      <c r="I43" s="54">
+      <c r="I43" s="48">
         <v>7</v>
       </c>
       <c r="J43" s="23" t="s">
-        <v>811</v>
+        <v>793</v>
       </c>
       <c r="K43" s="11">
         <v>15.347200000000001</v>
       </c>
       <c r="L43" s="22">
         <v>346.64</v>
       </c>
       <c r="M43" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A44" s="28" t="s">
-        <v>567</v>
+      <c r="A44" s="12" t="s">
+        <v>550</v>
       </c>
       <c r="B44" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D44" s="10" t="s">
-        <v>812</v>
+        <v>794</v>
       </c>
       <c r="E44" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F44" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G44" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H44" s="25">
         <v>50</v>
       </c>
-      <c r="I44" s="54">
+      <c r="I44" s="48">
         <v>5</v>
       </c>
       <c r="J44" s="23" t="s">
-        <v>813</v>
+        <v>795</v>
       </c>
       <c r="K44" s="11">
         <v>21.95</v>
       </c>
       <c r="L44" s="22">
         <v>453.14</v>
       </c>
       <c r="M44" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A45" s="28" t="s">
-        <v>509</v>
+      <c r="A45" s="12" t="s">
+        <v>493</v>
       </c>
       <c r="B45" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D45" s="10" t="s">
-        <v>814</v>
+        <v>796</v>
       </c>
       <c r="E45" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F45" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G45" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H45" s="25">
         <v>50</v>
       </c>
-      <c r="I45" s="54">
+      <c r="I45" s="48">
         <v>5</v>
       </c>
       <c r="J45" s="23" t="s">
-        <v>815</v>
+        <v>797</v>
       </c>
       <c r="K45" s="11">
         <v>21.924600000000002</v>
       </c>
       <c r="L45" s="22">
         <v>463.14</v>
       </c>
       <c r="M45" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A46" s="28" t="s">
-        <v>594</v>
+      <c r="A46" s="12" t="s">
+        <v>577</v>
       </c>
       <c r="B46" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D46" s="10" t="s">
-        <v>816</v>
+        <v>798</v>
       </c>
       <c r="E46" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F46" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G46" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H46" s="25">
         <v>25</v>
       </c>
-      <c r="I46" s="54">
+      <c r="I46" s="48">
         <v>8</v>
       </c>
       <c r="J46" s="23" t="s">
-        <v>817</v>
+        <v>799</v>
       </c>
       <c r="K46" s="11">
         <v>10.975</v>
       </c>
       <c r="L46" s="22">
         <v>270.06</v>
       </c>
       <c r="M46" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A47" s="28" t="s">
-        <v>694</v>
+      <c r="A47" s="12" t="s">
+        <v>676</v>
       </c>
       <c r="B47" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D47" s="10" t="s">
-        <v>818</v>
+        <v>800</v>
       </c>
       <c r="E47" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F47" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G47" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H47" s="25">
         <v>30</v>
       </c>
-      <c r="I47" s="54">
+      <c r="I47" s="48">
         <v>5</v>
       </c>
       <c r="J47" s="23" t="s">
-        <v>819</v>
+        <v>801</v>
       </c>
       <c r="K47" s="11">
         <v>13.1548</v>
       </c>
       <c r="L47" s="22">
         <v>319.60000000000002</v>
       </c>
       <c r="M47" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A48" s="28" t="s">
+      <c r="A48" s="12" t="s">
+        <v>723</v>
+      </c>
+      <c r="B48" s="15" t="s">
         <v>741</v>
       </c>
-      <c r="B48" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D48" s="10" t="s">
-        <v>820</v>
+        <v>802</v>
       </c>
       <c r="E48" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F48" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G48" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H48" s="25">
         <v>35</v>
       </c>
-      <c r="I48" s="54">
+      <c r="I48" s="48">
         <v>5</v>
       </c>
       <c r="J48" s="23" t="s">
-        <v>821</v>
+        <v>803</v>
       </c>
       <c r="K48" s="11">
         <v>15.365</v>
       </c>
       <c r="L48" s="22">
         <v>395.48</v>
       </c>
       <c r="M48" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A49" s="28" t="s">
-        <v>754</v>
+      <c r="A49" s="12" t="s">
+        <v>736</v>
       </c>
       <c r="B49" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D49" s="10" t="s">
-        <v>822</v>
+        <v>804</v>
       </c>
       <c r="E49" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F49" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G49" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H49" s="25">
         <v>50</v>
       </c>
-      <c r="I49" s="54">
+      <c r="I49" s="48">
         <v>4</v>
       </c>
       <c r="J49" s="23" t="s">
-        <v>823</v>
+        <v>805</v>
       </c>
       <c r="K49" s="11">
         <v>21.95</v>
       </c>
       <c r="L49" s="22">
         <v>519.9</v>
       </c>
       <c r="M49" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A50" s="28" t="s">
-        <v>695</v>
+      <c r="A50" s="12" t="s">
+        <v>677</v>
       </c>
       <c r="B50" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D50" s="10" t="s">
-        <v>824</v>
+        <v>806</v>
       </c>
       <c r="E50" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F50" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G50" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H50" s="25">
         <v>35</v>
       </c>
-      <c r="I50" s="54">
+      <c r="I50" s="48">
         <v>4</v>
       </c>
       <c r="J50" s="23" t="s">
-        <v>826</v>
+        <v>808</v>
       </c>
       <c r="K50" s="11">
         <v>20.614999999999998</v>
       </c>
       <c r="L50" s="22">
         <v>540.55999999999995</v>
       </c>
       <c r="M50" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="12" t="s">
-        <v>518</v>
+        <v>501</v>
       </c>
       <c r="B51" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D51" s="10" t="s">
-        <v>827</v>
+        <v>809</v>
       </c>
       <c r="E51" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F51" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G51" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H51" s="25">
         <v>50</v>
       </c>
-      <c r="I51" s="54">
+      <c r="I51" s="48">
         <v>4</v>
       </c>
       <c r="J51" s="23" t="s">
-        <v>828</v>
+        <v>810</v>
       </c>
       <c r="K51" s="11">
         <v>29.45</v>
       </c>
       <c r="L51" s="22">
         <v>780.7</v>
       </c>
       <c r="M51" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A52" s="28" t="s">
-        <v>736</v>
+      <c r="A52" s="12" t="s">
+        <v>718</v>
       </c>
       <c r="B52" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D52" s="10" t="s">
-        <v>829</v>
+        <v>811</v>
       </c>
       <c r="E52" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F52" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G52" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H52" s="25">
         <v>25</v>
       </c>
-      <c r="I52" s="54">
+      <c r="I52" s="48">
         <v>8</v>
       </c>
       <c r="J52" s="23" t="s">
-        <v>830</v>
+        <v>812</v>
       </c>
       <c r="K52" s="11">
         <v>14.725</v>
       </c>
       <c r="L52" s="22">
         <v>324.60000000000002</v>
       </c>
       <c r="M52" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A53" s="28" t="s">
-        <v>704</v>
+      <c r="A53" s="12" t="s">
+        <v>686</v>
       </c>
       <c r="B53" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D53" s="10" t="s">
-        <v>831</v>
+        <v>813</v>
       </c>
       <c r="E53" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F53" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G53" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H53" s="25">
         <v>25</v>
       </c>
-      <c r="I53" s="54">
+      <c r="I53" s="48">
         <v>8</v>
       </c>
       <c r="J53" s="23" t="s">
-        <v>832</v>
+        <v>814</v>
       </c>
       <c r="K53" s="11">
         <v>14.715299999999999</v>
       </c>
       <c r="L53" s="22">
         <v>334.6</v>
       </c>
       <c r="M53" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A54" s="28" t="s">
-        <v>705</v>
+      <c r="A54" s="12" t="s">
+        <v>687</v>
       </c>
       <c r="B54" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D54" s="10" t="s">
-        <v>833</v>
+        <v>815</v>
       </c>
       <c r="E54" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F54" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G54" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H54" s="25">
         <v>30</v>
       </c>
-      <c r="I54" s="54">
+      <c r="I54" s="48">
         <v>7</v>
       </c>
       <c r="J54" s="23" t="s">
-        <v>834</v>
+        <v>816</v>
       </c>
       <c r="K54" s="11">
         <v>17.658300000000001</v>
       </c>
       <c r="L54" s="22">
         <v>380.6</v>
       </c>
       <c r="M54" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A55" s="28" t="s">
-        <v>750</v>
+      <c r="A55" s="12" t="s">
+        <v>732</v>
       </c>
       <c r="B55" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D55" s="10" t="s">
-        <v>835</v>
+        <v>817</v>
       </c>
       <c r="E55" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F55" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G55" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H55" s="25">
         <v>35</v>
       </c>
-      <c r="I55" s="54">
+      <c r="I55" s="48">
         <v>7</v>
       </c>
       <c r="J55" s="23" t="s">
-        <v>836</v>
+        <v>818</v>
       </c>
       <c r="K55" s="11">
         <v>20.614999999999998</v>
       </c>
       <c r="L55" s="22">
         <v>436.54</v>
       </c>
       <c r="M55" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A56" s="28" t="s">
-        <v>715</v>
+      <c r="A56" s="12" t="s">
+        <v>697</v>
       </c>
       <c r="B56" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D56" s="10" t="s">
-        <v>837</v>
+        <v>819</v>
       </c>
       <c r="E56" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F56" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G56" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H56" s="25">
         <v>35</v>
       </c>
-      <c r="I56" s="54">
+      <c r="I56" s="48">
         <v>7</v>
       </c>
       <c r="J56" s="23" t="s">
-        <v>838</v>
+        <v>820</v>
       </c>
       <c r="K56" s="11">
         <v>20.601400000000002</v>
       </c>
       <c r="L56" s="22">
         <v>446.54</v>
       </c>
       <c r="M56" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A57" s="28" t="s">
-        <v>707</v>
+      <c r="A57" s="12" t="s">
+        <v>689</v>
       </c>
       <c r="B57" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D57" s="10" t="s">
-        <v>839</v>
+        <v>821</v>
       </c>
       <c r="E57" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F57" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G57" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H57" s="25">
         <v>50</v>
       </c>
-      <c r="I57" s="54">
+      <c r="I57" s="48">
         <v>5</v>
       </c>
       <c r="J57" s="23" t="s">
-        <v>840</v>
+        <v>822</v>
       </c>
       <c r="K57" s="11">
         <v>29.45</v>
       </c>
       <c r="L57" s="22">
         <v>587.66</v>
       </c>
       <c r="M57" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A58" s="28" t="s">
-        <v>565</v>
+      <c r="A58" s="12" t="s">
+        <v>548</v>
       </c>
       <c r="B58" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>841</v>
+        <v>823</v>
       </c>
       <c r="E58" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F58" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G58" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H58" s="25">
         <v>50</v>
       </c>
-      <c r="I58" s="54">
+      <c r="I58" s="48">
         <v>5</v>
       </c>
       <c r="J58" s="23" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="K58" s="11">
         <v>29.430499999999999</v>
       </c>
       <c r="L58" s="22">
         <v>597.66</v>
       </c>
       <c r="M58" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A59" s="28" t="s">
-        <v>532</v>
+      <c r="A59" s="12" t="s">
+        <v>515</v>
       </c>
       <c r="B59" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D59" s="10" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="E59" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F59" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G59" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H59" s="25">
         <v>25</v>
       </c>
-      <c r="I59" s="54">
+      <c r="I59" s="48">
         <v>7</v>
       </c>
       <c r="J59" s="23" t="s">
-        <v>844</v>
+        <v>826</v>
       </c>
       <c r="K59" s="11">
         <v>14.725</v>
       </c>
       <c r="L59" s="22">
         <v>358.16</v>
       </c>
       <c r="M59" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A60" s="28" t="s">
-        <v>513</v>
+      <c r="A60" s="12" t="s">
+        <v>496</v>
       </c>
       <c r="B60" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D60" s="10" t="s">
-        <v>845</v>
+        <v>827</v>
       </c>
       <c r="E60" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F60" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G60" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H60" s="25">
         <v>30</v>
       </c>
-      <c r="I60" s="54">
+      <c r="I60" s="48">
         <v>5</v>
       </c>
       <c r="J60" s="23" t="s">
-        <v>846</v>
+        <v>828</v>
       </c>
       <c r="K60" s="11">
         <v>17.658300000000001</v>
       </c>
       <c r="L60" s="22">
         <v>414.5</v>
       </c>
       <c r="M60" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A61" s="28" t="s">
-        <v>709</v>
+      <c r="A61" s="12" t="s">
+        <v>691</v>
       </c>
       <c r="B61" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D61" s="10" t="s">
-        <v>847</v>
+        <v>829</v>
       </c>
       <c r="E61" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F61" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G61" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H61" s="25">
         <v>35</v>
       </c>
-      <c r="I61" s="54">
+      <c r="I61" s="48">
         <v>5</v>
       </c>
       <c r="J61" s="23" t="s">
-        <v>848</v>
+        <v>830</v>
       </c>
       <c r="K61" s="11">
         <v>20.614999999999998</v>
       </c>
       <c r="L61" s="22">
         <v>477.76</v>
       </c>
       <c r="M61" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A62" s="28" t="s">
-        <v>666</v>
+      <c r="A62" s="12" t="s">
+        <v>648</v>
       </c>
       <c r="B62" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D62" s="10" t="s">
-        <v>849</v>
+        <v>831</v>
       </c>
       <c r="E62" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F62" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G62" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H62" s="25">
         <v>50</v>
       </c>
-      <c r="I62" s="54">
+      <c r="I62" s="48">
         <v>4</v>
       </c>
       <c r="J62" s="23" t="s">
-        <v>850</v>
+        <v>832</v>
       </c>
       <c r="K62" s="11">
         <v>29.45</v>
       </c>
       <c r="L62" s="22">
         <v>642.20000000000005</v>
       </c>
       <c r="M62" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A63" s="28" t="s">
-        <v>553</v>
+      <c r="A63" s="12" t="s">
+        <v>536</v>
       </c>
       <c r="B63" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D63" s="10" t="s">
-        <v>851</v>
+        <v>833</v>
       </c>
       <c r="E63" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F63" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G63" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H63" s="25">
         <v>35</v>
       </c>
-      <c r="I63" s="54">
+      <c r="I63" s="48">
         <v>5</v>
       </c>
       <c r="J63" s="23" t="s">
-        <v>853</v>
+        <v>835</v>
       </c>
       <c r="K63" s="11">
         <v>27.592700000000001</v>
       </c>
       <c r="L63" s="22">
         <v>717.5</v>
       </c>
       <c r="M63" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A64" s="28" t="s">
-        <v>550</v>
+      <c r="A64" s="12" t="s">
+        <v>533</v>
       </c>
       <c r="B64" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D64" s="10" t="s">
-        <v>854</v>
+        <v>836</v>
       </c>
       <c r="E64" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F64" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G64" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H64" s="25">
         <v>50</v>
       </c>
-      <c r="I64" s="54">
+      <c r="I64" s="48">
         <v>4</v>
       </c>
       <c r="J64" s="23" t="s">
-        <v>855</v>
+        <v>837</v>
       </c>
       <c r="K64" s="11">
         <v>39.418100000000003</v>
       </c>
       <c r="L64" s="22">
         <v>791.04</v>
       </c>
       <c r="M64" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A65" s="28" t="s">
-        <v>555</v>
+      <c r="A65" s="12" t="s">
+        <v>538</v>
       </c>
       <c r="B65" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D65" s="10" t="s">
-        <v>856</v>
+        <v>838</v>
       </c>
       <c r="E65" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F65" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G65" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H65" s="25">
         <v>25</v>
       </c>
-      <c r="I65" s="54">
+      <c r="I65" s="48">
         <v>5</v>
       </c>
       <c r="J65" s="23" t="s">
-        <v>857</v>
+        <v>839</v>
       </c>
       <c r="K65" s="11">
         <v>19.71</v>
       </c>
       <c r="L65" s="22">
         <v>565.64</v>
       </c>
       <c r="M65" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A66" s="28" t="s">
-        <v>629</v>
+      <c r="A66" s="12" t="s">
+        <v>611</v>
       </c>
       <c r="B66" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D66" s="10" t="s">
-        <v>858</v>
+        <v>840</v>
       </c>
       <c r="E66" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F66" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G66" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H66" s="25">
         <v>50</v>
       </c>
-      <c r="I66" s="54">
+      <c r="I66" s="48">
         <v>4</v>
       </c>
       <c r="J66" s="23" t="s">
-        <v>859</v>
+        <v>841</v>
       </c>
       <c r="K66" s="11">
         <v>39.417999999999999</v>
       </c>
       <c r="L66" s="22">
         <v>877.14</v>
       </c>
       <c r="M66" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A67" s="28" t="s">
-        <v>246</v>
+      <c r="A67" s="12" t="s">
+        <v>243</v>
       </c>
       <c r="B67" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D67" s="10" t="s">
-        <v>861</v>
+        <v>843</v>
       </c>
       <c r="E67" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F67" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G67" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H67" s="25">
         <v>30</v>
       </c>
-      <c r="I67" s="54">
+      <c r="I67" s="48">
         <v>7</v>
       </c>
       <c r="J67" s="23" t="s">
-        <v>862</v>
+        <v>844</v>
       </c>
       <c r="K67" s="11">
         <v>6.4222999999999999</v>
       </c>
       <c r="L67" s="22">
         <v>255.26</v>
       </c>
       <c r="M67" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A68" s="28" t="s">
-        <v>247</v>
+      <c r="A68" s="12" t="s">
+        <v>244</v>
       </c>
       <c r="B68" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D68" s="10" t="s">
-        <v>863</v>
+        <v>845</v>
       </c>
       <c r="E68" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F68" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G68" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H68" s="25">
         <v>50</v>
       </c>
-      <c r="I68" s="54">
+      <c r="I68" s="48">
         <v>4</v>
       </c>
       <c r="J68" s="23" t="s">
-        <v>864</v>
+        <v>846</v>
       </c>
       <c r="K68" s="11">
         <v>10.703799999999999</v>
       </c>
       <c r="L68" s="22">
         <v>399.28</v>
       </c>
       <c r="M68" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A69" s="28" t="s">
-        <v>248</v>
+      <c r="A69" s="12" t="s">
+        <v>245</v>
       </c>
       <c r="B69" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D69" s="10" t="s">
-        <v>865</v>
+        <v>847</v>
       </c>
       <c r="E69" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F69" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G69" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H69" s="25">
         <v>25</v>
       </c>
-      <c r="I69" s="54">
+      <c r="I69" s="48">
         <v>14</v>
       </c>
       <c r="J69" s="23" t="s">
-        <v>866</v>
+        <v>848</v>
       </c>
       <c r="K69" s="11">
         <v>5.3518999999999997</v>
       </c>
       <c r="L69" s="22">
         <v>163.86</v>
       </c>
       <c r="M69" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A70" s="28" t="s">
-        <v>684</v>
+      <c r="A70" s="12" t="s">
+        <v>666</v>
       </c>
       <c r="B70" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D70" s="10" t="s">
-        <v>867</v>
+        <v>849</v>
       </c>
       <c r="E70" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F70" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G70" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H70" s="25">
         <v>35</v>
       </c>
-      <c r="I70" s="54">
+      <c r="I70" s="48">
         <v>12</v>
       </c>
       <c r="J70" s="23" t="s">
-        <v>868</v>
+        <v>850</v>
       </c>
       <c r="K70" s="11">
         <v>7.4926500000000003</v>
       </c>
       <c r="L70" s="22">
         <v>209.62</v>
       </c>
       <c r="M70" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A71" s="28" t="s">
-        <v>249</v>
+      <c r="A71" s="12" t="s">
+        <v>246</v>
       </c>
       <c r="B71" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D71" s="10" t="s">
-        <v>869</v>
+        <v>851</v>
       </c>
       <c r="E71" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F71" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G71" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H71" s="25">
         <v>50</v>
       </c>
-      <c r="I71" s="54">
+      <c r="I71" s="48">
         <v>8</v>
       </c>
       <c r="J71" s="23" t="s">
-        <v>870</v>
+        <v>852</v>
       </c>
       <c r="K71" s="11">
         <v>10.703799999999999</v>
       </c>
       <c r="L71" s="22">
         <v>297.60000000000002</v>
       </c>
       <c r="M71" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A72" s="28" t="s">
-        <v>250</v>
+      <c r="A72" s="12" t="s">
+        <v>247</v>
       </c>
       <c r="B72" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D72" s="10" t="s">
-        <v>871</v>
+        <v>853</v>
       </c>
       <c r="E72" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F72" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G72" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H72" s="25">
         <v>100</v>
       </c>
-      <c r="I72" s="54">
+      <c r="I72" s="48">
         <v>5</v>
       </c>
       <c r="J72" s="23" t="s">
-        <v>872</v>
+        <v>854</v>
       </c>
       <c r="K72" s="11">
         <v>21.407599999999999</v>
       </c>
       <c r="L72" s="22">
         <v>679.54</v>
       </c>
       <c r="M72" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A73" s="28" t="s">
-        <v>673</v>
+      <c r="A73" s="12" t="s">
+        <v>655</v>
       </c>
       <c r="B73" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D73" s="10" t="s">
-        <v>873</v>
+        <v>855</v>
       </c>
       <c r="E73" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F73" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G73" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H73" s="25">
         <v>50</v>
       </c>
-      <c r="I73" s="54">
+      <c r="I73" s="48">
         <v>7</v>
       </c>
       <c r="J73" s="23" t="s">
-        <v>874</v>
+        <v>856</v>
       </c>
       <c r="K73" s="11">
         <v>10.703799999999999</v>
       </c>
       <c r="L73" s="22">
         <v>326.5</v>
       </c>
       <c r="M73" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A74" s="28" t="s">
-        <v>251</v>
+      <c r="A74" s="12" t="s">
+        <v>248</v>
       </c>
       <c r="B74" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D74" s="10" t="s">
-        <v>875</v>
+        <v>857</v>
       </c>
       <c r="E74" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F74" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G74" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H74" s="25">
         <v>50</v>
       </c>
-      <c r="I74" s="54">
+      <c r="I74" s="48">
         <v>8</v>
       </c>
       <c r="J74" s="23" t="s">
-        <v>876</v>
+        <v>858</v>
       </c>
       <c r="K74" s="11">
         <v>10.703799999999999</v>
       </c>
       <c r="L74" s="22">
         <v>294.92</v>
       </c>
       <c r="M74" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A75" s="28" t="s">
-        <v>252</v>
+      <c r="A75" s="12" t="s">
+        <v>249</v>
       </c>
       <c r="B75" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D75" s="10" t="s">
-        <v>877</v>
+        <v>859</v>
       </c>
       <c r="E75" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F75" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G75" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H75" s="25">
         <v>50</v>
       </c>
-      <c r="I75" s="54">
+      <c r="I75" s="48">
         <v>4</v>
       </c>
       <c r="J75" s="23" t="s">
-        <v>878</v>
+        <v>860</v>
       </c>
       <c r="K75" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L75" s="22">
         <v>431.32</v>
       </c>
       <c r="M75" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A76" s="28" t="s">
-        <v>253</v>
+      <c r="A76" s="12" t="s">
+        <v>250</v>
       </c>
       <c r="B76" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D76" s="10" t="s">
-        <v>879</v>
+        <v>861</v>
       </c>
       <c r="E76" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F76" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G76" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H76" s="25">
         <v>100</v>
       </c>
-      <c r="I76" s="54">
+      <c r="I76" s="48">
         <v>1</v>
       </c>
       <c r="J76" s="23" t="s">
-        <v>880</v>
+        <v>862</v>
       </c>
       <c r="K76" s="11">
         <v>26.279599999999999</v>
       </c>
       <c r="L76" s="22">
         <v>909.26</v>
       </c>
       <c r="M76" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A77" s="28" t="s">
-        <v>254</v>
+      <c r="A77" s="12" t="s">
+        <v>251</v>
       </c>
       <c r="B77" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D77" s="10" t="s">
-        <v>881</v>
+        <v>863</v>
       </c>
       <c r="E77" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F77" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G77" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H77" s="25">
         <v>25</v>
       </c>
-      <c r="I77" s="54">
+      <c r="I77" s="48">
         <v>14</v>
       </c>
       <c r="J77" s="23" t="s">
-        <v>882</v>
+        <v>864</v>
       </c>
       <c r="K77" s="11">
         <v>6.45</v>
       </c>
       <c r="L77" s="22">
         <v>179.82</v>
       </c>
       <c r="M77" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A78" s="28" t="s">
-        <v>255</v>
+      <c r="A78" s="12" t="s">
+        <v>252</v>
       </c>
       <c r="B78" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D78" s="10" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="E78" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F78" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G78" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H78" s="25">
         <v>50</v>
       </c>
-      <c r="I78" s="54">
+      <c r="I78" s="48">
         <v>7</v>
       </c>
       <c r="J78" s="23" t="s">
-        <v>884</v>
+        <v>866</v>
       </c>
       <c r="K78" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L78" s="22">
         <v>323.86</v>
       </c>
       <c r="M78" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A79" s="28" t="s">
-        <v>256</v>
+      <c r="A79" s="12" t="s">
+        <v>253</v>
       </c>
       <c r="B79" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D79" s="10" t="s">
-        <v>885</v>
+        <v>867</v>
       </c>
       <c r="E79" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F79" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G79" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H79" s="25">
         <v>100</v>
       </c>
-      <c r="I79" s="54">
+      <c r="I79" s="48">
         <v>5</v>
       </c>
       <c r="J79" s="23" t="s">
-        <v>886</v>
+        <v>868</v>
       </c>
       <c r="K79" s="11">
         <v>26.279599999999999</v>
       </c>
       <c r="L79" s="22">
         <v>704.2</v>
       </c>
       <c r="M79" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A80" s="28" t="s">
-        <v>257</v>
+      <c r="A80" s="12" t="s">
+        <v>254</v>
       </c>
       <c r="B80" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D80" s="10" t="s">
-        <v>2247</v>
+        <v>2168</v>
       </c>
       <c r="E80" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F80" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G80" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H80" s="25">
         <v>50</v>
       </c>
-      <c r="I80" s="54">
+      <c r="I80" s="48">
         <v>5</v>
       </c>
       <c r="J80" s="23" t="s">
-        <v>887</v>
+        <v>869</v>
       </c>
       <c r="K80" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L80" s="22">
         <v>368.32</v>
       </c>
       <c r="M80" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A81" s="28" t="s">
-        <v>258</v>
+      <c r="A81" s="12" t="s">
+        <v>255</v>
       </c>
       <c r="B81" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D81" s="10" t="s">
-        <v>888</v>
+        <v>870</v>
       </c>
       <c r="E81" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F81" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G81" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H81" s="25">
         <v>50</v>
       </c>
-      <c r="I81" s="54">
+      <c r="I81" s="48">
         <v>7</v>
       </c>
       <c r="J81" s="23" t="s">
-        <v>889</v>
+        <v>871</v>
       </c>
       <c r="K81" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L81" s="22">
         <v>305.66000000000003</v>
       </c>
       <c r="M81" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A82" s="28" t="s">
-        <v>259</v>
+      <c r="A82" s="12" t="s">
+        <v>256</v>
       </c>
       <c r="B82" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D82" s="10" t="s">
-        <v>890</v>
+        <v>872</v>
       </c>
       <c r="E82" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F82" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G82" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H82" s="25">
         <v>30</v>
       </c>
-      <c r="I82" s="54">
+      <c r="I82" s="48">
         <v>8</v>
       </c>
       <c r="J82" s="23" t="s">
-        <v>891</v>
+        <v>873</v>
       </c>
       <c r="K82" s="11">
         <v>9.9572000000000003</v>
       </c>
       <c r="L82" s="22">
         <v>242.84</v>
       </c>
       <c r="M82" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A83" s="28" t="s">
-        <v>260</v>
+      <c r="A83" s="12" t="s">
+        <v>257</v>
       </c>
       <c r="B83" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D83" s="10" t="s">
-        <v>892</v>
+        <v>874</v>
       </c>
       <c r="E83" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F83" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G83" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H83" s="25">
         <v>50</v>
       </c>
-      <c r="I83" s="54">
+      <c r="I83" s="48">
         <v>7</v>
       </c>
       <c r="J83" s="23" t="s">
-        <v>893</v>
+        <v>875</v>
       </c>
       <c r="K83" s="11">
         <v>16.595300000000002</v>
       </c>
       <c r="L83" s="22">
         <v>369.7</v>
       </c>
       <c r="M83" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A84" s="28" t="s">
-        <v>261</v>
+      <c r="A84" s="12" t="s">
+        <v>258</v>
       </c>
       <c r="B84" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D84" s="10" t="s">
-        <v>894</v>
+        <v>876</v>
       </c>
       <c r="E84" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F84" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G84" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H84" s="25">
         <v>25</v>
       </c>
-      <c r="I84" s="54">
+      <c r="I84" s="48">
         <v>14</v>
       </c>
       <c r="J84" s="23" t="s">
-        <v>895</v>
+        <v>877</v>
       </c>
       <c r="K84" s="11">
         <v>8.2975999999999992</v>
       </c>
       <c r="L84" s="22">
         <v>201.86</v>
       </c>
       <c r="M84" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A85" s="28" t="s">
-        <v>262</v>
+      <c r="A85" s="12" t="s">
+        <v>259</v>
       </c>
       <c r="B85" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D85" s="10" t="s">
-        <v>896</v>
+        <v>878</v>
       </c>
       <c r="E85" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F85" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G85" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H85" s="25">
         <v>50</v>
       </c>
-      <c r="I85" s="54">
+      <c r="I85" s="48">
         <v>8</v>
       </c>
       <c r="J85" s="23" t="s">
-        <v>897</v>
+        <v>879</v>
       </c>
       <c r="K85" s="11">
         <v>16.595300000000002</v>
       </c>
       <c r="L85" s="22">
         <v>348.94</v>
       </c>
       <c r="M85" s="22">
-        <f t="shared" ref="M85:M148" si="1">L85*$B$5</f>
+        <f t="shared" ref="M85:M146" si="1">L85*$B$5</f>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A86" s="28" t="s">
-        <v>263</v>
+      <c r="A86" s="12" t="s">
+        <v>260</v>
       </c>
       <c r="B86" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D86" s="10" t="s">
-        <v>898</v>
+        <v>880</v>
       </c>
       <c r="E86" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F86" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G86" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H86" s="25">
         <v>50</v>
       </c>
-      <c r="I86" s="54">
+      <c r="I86" s="48">
         <v>7</v>
       </c>
       <c r="J86" s="23" t="s">
-        <v>899</v>
+        <v>881</v>
       </c>
       <c r="K86" s="11">
         <v>15.8048</v>
       </c>
       <c r="L86" s="22">
         <v>383.32</v>
       </c>
       <c r="M86" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A87" s="28" t="s">
-        <v>264</v>
+      <c r="A87" s="12" t="s">
+        <v>261</v>
       </c>
       <c r="B87" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D87" s="10" t="s">
-        <v>900</v>
+        <v>882</v>
       </c>
       <c r="E87" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F87" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G87" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H87" s="25">
         <v>50</v>
       </c>
-      <c r="I87" s="54">
+      <c r="I87" s="48">
         <v>8</v>
       </c>
       <c r="J87" s="23" t="s">
-        <v>901</v>
+        <v>883</v>
       </c>
       <c r="K87" s="11">
         <v>15.8048</v>
       </c>
       <c r="L87" s="22">
         <v>379.88</v>
       </c>
       <c r="M87" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A88" s="28" t="s">
-        <v>265</v>
+      <c r="A88" s="12" t="s">
+        <v>262</v>
       </c>
       <c r="B88" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D88" s="10" t="s">
-        <v>902</v>
+        <v>884</v>
       </c>
       <c r="E88" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F88" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G88" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H88" s="25">
         <v>30</v>
       </c>
-      <c r="I88" s="54">
+      <c r="I88" s="48">
         <v>5</v>
       </c>
       <c r="J88" s="23" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="K88" s="11">
         <v>11.55</v>
       </c>
       <c r="L88" s="22">
         <v>325.94</v>
       </c>
       <c r="M88" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A89" s="28" t="s">
-        <v>266</v>
+      <c r="A89" s="12" t="s">
+        <v>263</v>
       </c>
       <c r="B89" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D89" s="10" t="s">
-        <v>904</v>
+        <v>886</v>
       </c>
       <c r="E89" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F89" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G89" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H89" s="25">
         <v>50</v>
       </c>
-      <c r="I89" s="54">
+      <c r="I89" s="48">
         <v>4</v>
       </c>
       <c r="J89" s="23" t="s">
-        <v>905</v>
+        <v>887</v>
       </c>
       <c r="K89" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L89" s="22">
         <v>486.36</v>
       </c>
       <c r="M89" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A90" s="28" t="s">
-        <v>267</v>
+      <c r="A90" s="12" t="s">
+        <v>264</v>
       </c>
       <c r="B90" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D90" s="10" t="s">
-        <v>906</v>
+        <v>888</v>
       </c>
       <c r="E90" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F90" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G90" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H90" s="25">
         <v>100</v>
       </c>
-      <c r="I90" s="54">
+      <c r="I90" s="48">
         <v>1</v>
       </c>
       <c r="J90" s="23" t="s">
-        <v>907</v>
+        <v>889</v>
       </c>
       <c r="K90" s="11">
         <v>38.520499999999998</v>
       </c>
       <c r="L90" s="22">
         <v>1183.3</v>
       </c>
       <c r="M90" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A91" s="28" t="s">
-        <v>460</v>
+      <c r="A91" s="12" t="s">
+        <v>446</v>
       </c>
       <c r="B91" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D91" s="10" t="s">
-        <v>908</v>
+        <v>890</v>
       </c>
       <c r="E91" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F91" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G91" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H91" s="25">
         <v>15</v>
       </c>
-      <c r="I91" s="54">
+      <c r="I91" s="48">
         <v>14</v>
       </c>
       <c r="J91" s="23" t="s">
-        <v>909</v>
+        <v>891</v>
       </c>
       <c r="K91" s="11">
         <v>5.7781000000000002</v>
       </c>
       <c r="L91" s="22">
         <v>137.24</v>
       </c>
       <c r="M91" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A92" s="28" t="s">
-        <v>461</v>
+      <c r="A92" s="12" t="s">
+        <v>447</v>
       </c>
       <c r="B92" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D92" s="10" t="s">
-        <v>910</v>
+        <v>892</v>
       </c>
       <c r="E92" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F92" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G92" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H92" s="25">
         <v>20</v>
       </c>
-      <c r="I92" s="54">
+      <c r="I92" s="48">
         <v>14</v>
       </c>
       <c r="J92" s="23" t="s">
-        <v>911</v>
+        <v>893</v>
       </c>
       <c r="K92" s="11">
         <v>7.7</v>
       </c>
       <c r="L92" s="22">
         <v>175.86</v>
       </c>
       <c r="M92" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A93" s="28" t="s">
-        <v>268</v>
+      <c r="A93" s="12" t="s">
+        <v>265</v>
       </c>
       <c r="B93" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D93" s="10" t="s">
-        <v>912</v>
+        <v>894</v>
       </c>
       <c r="E93" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F93" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G93" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H93" s="25">
         <v>25</v>
       </c>
-      <c r="I93" s="54">
+      <c r="I93" s="48">
         <v>12</v>
       </c>
       <c r="J93" s="23" t="s">
-        <v>913</v>
+        <v>895</v>
       </c>
       <c r="K93" s="11">
         <v>9.6301000000000005</v>
       </c>
       <c r="L93" s="22">
         <v>197.18</v>
       </c>
       <c r="M93" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A94" s="28" t="s">
-        <v>269</v>
+      <c r="A94" s="12" t="s">
+        <v>266</v>
       </c>
       <c r="B94" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D94" s="10" t="s">
-        <v>914</v>
+        <v>896</v>
       </c>
       <c r="E94" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F94" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G94" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H94" s="25">
         <v>25</v>
       </c>
-      <c r="I94" s="54">
+      <c r="I94" s="48">
         <v>12</v>
       </c>
       <c r="J94" s="23" t="s">
-        <v>915</v>
+        <v>897</v>
       </c>
       <c r="K94" s="11">
         <v>9.6301000000000005</v>
       </c>
       <c r="L94" s="22">
         <v>207.18</v>
       </c>
       <c r="M94" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A95" s="28" t="s">
-        <v>270</v>
+      <c r="A95" s="12" t="s">
+        <v>267</v>
       </c>
       <c r="B95" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D95" s="10" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="E95" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F95" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G95" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H95" s="25">
         <v>30</v>
       </c>
-      <c r="I95" s="54">
+      <c r="I95" s="48">
         <v>8</v>
       </c>
       <c r="J95" s="23" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="K95" s="11">
         <v>11.556100000000001</v>
       </c>
       <c r="L95" s="22">
         <v>227.76</v>
       </c>
       <c r="M95" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A96" s="28" t="s">
-        <v>271</v>
+      <c r="A96" s="12" t="s">
+        <v>268</v>
       </c>
       <c r="B96" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D96" s="10" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="E96" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F96" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G96" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H96" s="25">
         <v>30</v>
       </c>
-      <c r="I96" s="54">
+      <c r="I96" s="48">
         <v>8</v>
       </c>
       <c r="J96" s="23" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="K96" s="11">
         <v>11.556100000000001</v>
       </c>
       <c r="L96" s="22">
         <v>237.76</v>
       </c>
       <c r="M96" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A97" s="28" t="s">
-        <v>272</v>
+      <c r="A97" s="12" t="s">
+        <v>269</v>
       </c>
       <c r="B97" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D97" s="10" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
       <c r="E97" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F97" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G97" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H97" s="25">
         <v>35</v>
       </c>
-      <c r="I97" s="54">
+      <c r="I97" s="48">
         <v>8</v>
       </c>
       <c r="J97" s="23" t="s">
-        <v>921</v>
+        <v>903</v>
       </c>
       <c r="K97" s="11">
         <v>13.482200000000001</v>
       </c>
       <c r="L97" s="22">
         <v>272.58</v>
       </c>
       <c r="M97" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A98" s="28" t="s">
-        <v>273</v>
+      <c r="A98" s="12" t="s">
+        <v>270</v>
       </c>
       <c r="B98" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D98" s="10" t="s">
-        <v>922</v>
+        <v>904</v>
       </c>
       <c r="E98" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F98" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G98" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H98" s="25">
         <v>35</v>
       </c>
-      <c r="I98" s="54">
+      <c r="I98" s="48">
         <v>8</v>
       </c>
       <c r="J98" s="23" t="s">
-        <v>923</v>
+        <v>905</v>
       </c>
       <c r="K98" s="11">
         <v>13.482200000000001</v>
       </c>
       <c r="L98" s="22">
         <v>282.58</v>
       </c>
       <c r="M98" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A99" s="28" t="s">
-        <v>274</v>
+      <c r="A99" s="12" t="s">
+        <v>271</v>
       </c>
       <c r="B99" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D99" s="10" t="s">
-        <v>924</v>
+        <v>906</v>
       </c>
       <c r="E99" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F99" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G99" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H99" s="25">
         <v>40</v>
       </c>
-      <c r="I99" s="54">
+      <c r="I99" s="48">
         <v>8</v>
       </c>
       <c r="J99" s="23" t="s">
-        <v>925</v>
+        <v>907</v>
       </c>
       <c r="K99" s="11">
         <v>15.408200000000001</v>
       </c>
       <c r="L99" s="22">
         <v>339.6</v>
       </c>
       <c r="M99" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A100" s="28" t="s">
-        <v>275</v>
+      <c r="A100" s="12" t="s">
+        <v>272</v>
       </c>
       <c r="B100" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D100" s="10" t="s">
-        <v>926</v>
+        <v>908</v>
       </c>
       <c r="E100" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F100" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G100" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H100" s="25">
         <v>50</v>
       </c>
-      <c r="I100" s="54">
+      <c r="I100" s="48">
         <v>7</v>
       </c>
       <c r="J100" s="23" t="s">
-        <v>927</v>
+        <v>909</v>
       </c>
       <c r="K100" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L100" s="22">
         <v>353.58</v>
       </c>
       <c r="M100" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A101" s="28" t="s">
-        <v>276</v>
+      <c r="A101" s="12" t="s">
+        <v>273</v>
       </c>
       <c r="B101" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D101" s="10" t="s">
-        <v>928</v>
+        <v>910</v>
       </c>
       <c r="E101" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F101" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G101" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H101" s="25">
         <v>50</v>
       </c>
-      <c r="I101" s="54">
+      <c r="I101" s="48">
         <v>7</v>
       </c>
       <c r="J101" s="23" t="s">
-        <v>929</v>
+        <v>911</v>
       </c>
       <c r="K101" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L101" s="22">
         <v>363.58</v>
       </c>
       <c r="M101" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A102" s="28" t="s">
-        <v>277</v>
+      <c r="A102" s="12" t="s">
+        <v>274</v>
       </c>
       <c r="B102" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D102" s="10" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="E102" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F102" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G102" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H102" s="25">
         <v>20</v>
       </c>
-      <c r="I102" s="54">
+      <c r="I102" s="48">
         <v>8</v>
       </c>
       <c r="J102" s="23" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="K102" s="11">
         <v>7.7041000000000004</v>
       </c>
       <c r="L102" s="22">
         <v>205.36</v>
       </c>
       <c r="M102" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A103" s="28" t="s">
-        <v>278</v>
+      <c r="A103" s="12" t="s">
+        <v>275</v>
       </c>
       <c r="B103" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D103" s="10" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="E103" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F103" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G103" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H103" s="25">
         <v>20</v>
       </c>
-      <c r="I103" s="54">
+      <c r="I103" s="48">
         <v>8</v>
       </c>
       <c r="J103" s="23" t="s">
-        <v>933</v>
+        <v>915</v>
       </c>
       <c r="K103" s="11">
         <v>7.7041000000000004</v>
       </c>
       <c r="L103" s="22">
         <v>215.36</v>
       </c>
       <c r="M103" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A104" s="28" t="s">
-        <v>279</v>
+      <c r="A104" s="12" t="s">
+        <v>276</v>
       </c>
       <c r="B104" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D104" s="10" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
       <c r="E104" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F104" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G104" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H104" s="25">
         <v>25</v>
       </c>
-      <c r="I104" s="54">
+      <c r="I104" s="48">
         <v>7</v>
       </c>
       <c r="J104" s="23" t="s">
-        <v>935</v>
+        <v>917</v>
       </c>
       <c r="K104" s="11">
         <v>9.6301000000000005</v>
       </c>
       <c r="L104" s="22">
         <v>245</v>
       </c>
       <c r="M104" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A105" s="28" t="s">
-        <v>280</v>
+      <c r="A105" s="12" t="s">
+        <v>277</v>
       </c>
       <c r="B105" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D105" s="10" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="E105" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F105" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G105" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H105" s="25">
         <v>30</v>
       </c>
-      <c r="I105" s="54">
+      <c r="I105" s="48">
         <v>7</v>
       </c>
       <c r="J105" s="23" t="s">
-        <v>937</v>
+        <v>919</v>
       </c>
       <c r="K105" s="11">
         <v>11.556100000000001</v>
       </c>
       <c r="L105" s="22">
         <v>294.38</v>
       </c>
       <c r="M105" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A106" s="14" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B106" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D106" s="10" t="s">
-        <v>938</v>
+        <v>920</v>
       </c>
       <c r="E106" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F106" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G106" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H106" s="25">
         <v>30</v>
       </c>
-      <c r="I106" s="54">
+      <c r="I106" s="48">
         <v>7</v>
       </c>
       <c r="J106" s="23" t="s">
-        <v>939</v>
+        <v>921</v>
       </c>
       <c r="K106" s="11">
         <v>11.556100000000001</v>
       </c>
       <c r="L106" s="22">
         <v>304.38</v>
       </c>
       <c r="M106" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A107" s="28" t="s">
-        <v>282</v>
+      <c r="A107" s="12" t="s">
+        <v>279</v>
       </c>
       <c r="B107" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D107" s="10" t="s">
-        <v>940</v>
+        <v>922</v>
       </c>
       <c r="E107" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F107" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G107" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H107" s="25">
         <v>35</v>
       </c>
-      <c r="I107" s="54">
+      <c r="I107" s="48">
         <v>5</v>
       </c>
       <c r="J107" s="23" t="s">
-        <v>941</v>
+        <v>923</v>
       </c>
       <c r="K107" s="11">
         <v>13.482200000000001</v>
       </c>
       <c r="L107" s="22">
         <v>295.48</v>
       </c>
       <c r="M107" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A108" s="28" t="s">
-        <v>283</v>
+      <c r="A108" s="12" t="s">
+        <v>280</v>
       </c>
       <c r="B108" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D108" s="10" t="s">
-        <v>942</v>
+        <v>924</v>
       </c>
       <c r="E108" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F108" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G108" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H108" s="25">
         <v>40</v>
       </c>
-      <c r="I108" s="54">
+      <c r="I108" s="48">
         <v>5</v>
       </c>
       <c r="J108" s="23" t="s">
-        <v>943</v>
+        <v>925</v>
       </c>
       <c r="K108" s="11">
         <v>15.408200000000001</v>
       </c>
       <c r="L108" s="22">
         <v>409.48</v>
       </c>
       <c r="M108" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A109" s="28" t="s">
-        <v>284</v>
+      <c r="A109" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="B109" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D109" s="10" t="s">
-        <v>944</v>
+        <v>926</v>
       </c>
       <c r="E109" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F109" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G109" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H109" s="25">
         <v>40</v>
       </c>
-      <c r="I109" s="54">
+      <c r="I109" s="48">
         <v>5</v>
       </c>
       <c r="J109" s="23" t="s">
-        <v>945</v>
+        <v>927</v>
       </c>
       <c r="K109" s="11">
         <v>15.408200000000001</v>
       </c>
       <c r="L109" s="22">
         <v>419.48</v>
       </c>
       <c r="M109" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A110" s="28" t="s">
-        <v>285</v>
+      <c r="A110" s="12" t="s">
+        <v>282</v>
       </c>
       <c r="B110" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D110" s="10" t="s">
-        <v>946</v>
+        <v>928</v>
       </c>
       <c r="E110" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F110" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G110" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H110" s="25">
         <v>50</v>
       </c>
-      <c r="I110" s="54">
+      <c r="I110" s="48">
         <v>5</v>
       </c>
       <c r="J110" s="23" t="s">
-        <v>947</v>
+        <v>929</v>
       </c>
       <c r="K110" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L110" s="22">
         <v>387.1</v>
       </c>
       <c r="M110" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A111" s="28" t="s">
-        <v>286</v>
+      <c r="A111" s="12" t="s">
+        <v>283</v>
       </c>
       <c r="B111" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D111" s="10" t="s">
-        <v>948</v>
+        <v>930</v>
       </c>
       <c r="E111" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F111" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G111" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H111" s="25">
         <v>50</v>
       </c>
-      <c r="I111" s="54">
+      <c r="I111" s="48">
         <v>5</v>
       </c>
       <c r="J111" s="23" t="s">
-        <v>949</v>
+        <v>931</v>
       </c>
       <c r="K111" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L111" s="22">
         <v>397.1</v>
       </c>
       <c r="M111" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A112" s="28" t="s">
-        <v>463</v>
+      <c r="A112" s="12" t="s">
+        <v>284</v>
       </c>
       <c r="B112" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D112" s="10" t="s">
-        <v>950</v>
+        <v>932</v>
       </c>
       <c r="E112" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F112" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G112" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H112" s="25">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I112" s="54">
+        <v>100</v>
+      </c>
+      <c r="I112" s="48">
         <v>1</v>
       </c>
       <c r="J112" s="23" t="s">
-        <v>951</v>
+        <v>933</v>
       </c>
       <c r="K112" s="11">
-        <v>23.112300000000001</v>
+        <v>38.520499999999998</v>
       </c>
       <c r="L112" s="22">
-        <v>642.86</v>
+        <v>1128.4000000000001</v>
       </c>
       <c r="M112" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A113" s="28" t="s">
-        <v>287</v>
+      <c r="A113" s="12" t="s">
+        <v>285</v>
       </c>
       <c r="B113" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D113" s="10" t="s">
-        <v>952</v>
+        <v>934</v>
       </c>
       <c r="E113" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F113" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G113" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H113" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>15</v>
+      </c>
+      <c r="I113" s="48">
+        <v>14</v>
       </c>
       <c r="J113" s="23" t="s">
-        <v>953</v>
+        <v>935</v>
       </c>
       <c r="K113" s="11">
-        <v>38.520499999999998</v>
+        <v>5.7781000000000002</v>
       </c>
       <c r="L113" s="22">
-        <v>1128.4000000000001</v>
+        <v>136</v>
       </c>
       <c r="M113" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A114" s="28" t="s">
-        <v>288</v>
+      <c r="A114" s="12" t="s">
+        <v>286</v>
       </c>
       <c r="B114" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D114" s="10" t="s">
-        <v>954</v>
+        <v>936</v>
       </c>
       <c r="E114" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F114" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G114" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H114" s="25">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I114" s="54">
+        <v>20</v>
+      </c>
+      <c r="I114" s="48">
         <v>14</v>
       </c>
       <c r="J114" s="23" t="s">
-        <v>955</v>
+        <v>937</v>
       </c>
       <c r="K114" s="11">
-        <v>5.7781000000000002</v>
+        <v>7.7041000000000004</v>
       </c>
       <c r="L114" s="22">
-        <v>136</v>
+        <v>174.28</v>
       </c>
       <c r="M114" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A115" s="28" t="s">
-        <v>289</v>
+      <c r="A115" s="12" t="s">
+        <v>287</v>
       </c>
       <c r="B115" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D115" s="10" t="s">
-        <v>956</v>
+        <v>938</v>
       </c>
       <c r="E115" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F115" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G115" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H115" s="25">
         <v>20</v>
       </c>
-      <c r="I115" s="54">
+      <c r="I115" s="48">
         <v>14</v>
       </c>
       <c r="J115" s="23" t="s">
-        <v>957</v>
+        <v>939</v>
       </c>
       <c r="K115" s="11">
         <v>7.7041000000000004</v>
       </c>
       <c r="L115" s="22">
-        <v>174.28</v>
+        <v>184.28</v>
       </c>
       <c r="M115" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A116" s="28" t="s">
-        <v>290</v>
+      <c r="A116" s="12" t="s">
+        <v>288</v>
       </c>
       <c r="B116" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D116" s="10" t="s">
-        <v>958</v>
+        <v>940</v>
       </c>
       <c r="E116" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F116" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G116" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H116" s="25">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="I116" s="54">
+        <v>25</v>
+      </c>
+      <c r="I116" s="48">
         <v>14</v>
       </c>
       <c r="J116" s="23" t="s">
-        <v>959</v>
+        <v>941</v>
       </c>
       <c r="K116" s="11">
-        <v>7.7041000000000004</v>
+        <v>9.6301000000000005</v>
       </c>
       <c r="L116" s="22">
-        <v>184.28</v>
+        <v>195.4</v>
       </c>
       <c r="M116" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A117" s="28" t="s">
-        <v>291</v>
+      <c r="A117" s="12" t="s">
+        <v>289</v>
       </c>
       <c r="B117" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D117" s="10" t="s">
-        <v>960</v>
+        <v>942</v>
       </c>
       <c r="E117" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F117" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G117" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H117" s="25">
         <v>25</v>
       </c>
-      <c r="I117" s="54">
+      <c r="I117" s="48">
         <v>14</v>
       </c>
       <c r="J117" s="23" t="s">
-        <v>961</v>
+        <v>943</v>
       </c>
       <c r="K117" s="11">
         <v>9.6301000000000005</v>
       </c>
       <c r="L117" s="22">
-        <v>195.4</v>
+        <v>205.4</v>
       </c>
       <c r="M117" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A118" s="28" t="s">
-        <v>292</v>
+      <c r="A118" s="12" t="s">
+        <v>290</v>
       </c>
       <c r="B118" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D118" s="10" t="s">
-        <v>962</v>
+        <v>944</v>
       </c>
       <c r="E118" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F118" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G118" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H118" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I118" s="48">
+        <v>12</v>
       </c>
       <c r="J118" s="23" t="s">
-        <v>963</v>
+        <v>945</v>
       </c>
       <c r="K118" s="11">
-        <v>9.6301000000000005</v>
+        <v>11.556100000000001</v>
       </c>
       <c r="L118" s="22">
-        <v>205.4</v>
+        <v>225.72</v>
       </c>
       <c r="M118" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A119" s="28" t="s">
-        <v>293</v>
+      <c r="A119" s="12" t="s">
+        <v>291</v>
       </c>
       <c r="B119" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D119" s="10" t="s">
-        <v>964</v>
+        <v>946</v>
       </c>
       <c r="E119" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F119" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G119" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H119" s="25">
         <v>30</v>
       </c>
-      <c r="I119" s="54">
+      <c r="I119" s="48">
         <v>12</v>
       </c>
       <c r="J119" s="23" t="s">
-        <v>965</v>
+        <v>947</v>
       </c>
       <c r="K119" s="11">
         <v>11.556100000000001</v>
       </c>
       <c r="L119" s="22">
-        <v>225.72</v>
+        <v>235.72</v>
       </c>
       <c r="M119" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A120" s="28" t="s">
-        <v>294</v>
+      <c r="A120" s="12" t="s">
+        <v>292</v>
       </c>
       <c r="B120" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D120" s="10" t="s">
-        <v>966</v>
+        <v>948</v>
       </c>
       <c r="E120" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F120" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G120" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H120" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="I120" s="48">
+        <v>8</v>
       </c>
       <c r="J120" s="23" t="s">
-        <v>967</v>
+        <v>949</v>
       </c>
       <c r="K120" s="11">
-        <v>11.556100000000001</v>
+        <v>13.482200000000001</v>
       </c>
       <c r="L120" s="22">
-        <v>235.72</v>
+        <v>270.12</v>
       </c>
       <c r="M120" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A121" s="28" t="s">
-        <v>295</v>
+      <c r="A121" s="12" t="s">
+        <v>293</v>
       </c>
       <c r="B121" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D121" s="10" t="s">
-        <v>968</v>
+        <v>950</v>
       </c>
       <c r="E121" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F121" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G121" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H121" s="25">
         <v>35</v>
       </c>
-      <c r="I121" s="54">
+      <c r="I121" s="48">
         <v>8</v>
       </c>
       <c r="J121" s="23" t="s">
-        <v>969</v>
+        <v>951</v>
       </c>
       <c r="K121" s="11">
         <v>13.482200000000001</v>
       </c>
       <c r="L121" s="22">
-        <v>270.12</v>
+        <v>280.12</v>
       </c>
       <c r="M121" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A122" s="28" t="s">
-        <v>296</v>
+      <c r="A122" s="12" t="s">
+        <v>294</v>
       </c>
       <c r="B122" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D122" s="10" t="s">
-        <v>970</v>
+        <v>952</v>
       </c>
       <c r="E122" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F122" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G122" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H122" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I122" s="54">
+        <v>40</v>
+      </c>
+      <c r="I122" s="48">
         <v>8</v>
       </c>
       <c r="J122" s="23" t="s">
-        <v>971</v>
+        <v>953</v>
       </c>
       <c r="K122" s="11">
-        <v>13.482200000000001</v>
+        <v>15.408200000000001</v>
       </c>
       <c r="L122" s="22">
-        <v>280.12</v>
+        <v>320.52</v>
       </c>
       <c r="M122" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A123" s="28" t="s">
-        <v>297</v>
+      <c r="A123" s="12" t="s">
+        <v>295</v>
       </c>
       <c r="B123" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D123" s="10" t="s">
-        <v>972</v>
+        <v>954</v>
       </c>
       <c r="E123" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F123" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G123" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H123" s="25">
         <v>40</v>
       </c>
-      <c r="I123" s="54">
+      <c r="I123" s="48">
         <v>8</v>
       </c>
       <c r="J123" s="23" t="s">
-        <v>973</v>
+        <v>955</v>
       </c>
       <c r="K123" s="11">
         <v>15.408200000000001</v>
       </c>
       <c r="L123" s="22">
-        <v>320.52</v>
+        <v>330.52</v>
       </c>
       <c r="M123" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A124" s="28" t="s">
-        <v>298</v>
+      <c r="A124" s="12" t="s">
+        <v>296</v>
       </c>
       <c r="B124" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D124" s="10" t="s">
-        <v>974</v>
+        <v>956</v>
       </c>
       <c r="E124" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F124" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G124" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H124" s="25">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I124" s="54">
+        <v>50</v>
+      </c>
+      <c r="I124" s="48">
         <v>8</v>
       </c>
       <c r="J124" s="23" t="s">
-        <v>975</v>
+        <v>957</v>
       </c>
       <c r="K124" s="11">
-        <v>15.408200000000001</v>
+        <v>19.260200000000001</v>
       </c>
       <c r="L124" s="22">
-        <v>330.52</v>
+        <v>350.4</v>
       </c>
       <c r="M124" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A125" s="28" t="s">
-        <v>299</v>
+      <c r="A125" s="12" t="s">
+        <v>297</v>
       </c>
       <c r="B125" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D125" s="10" t="s">
-        <v>976</v>
+        <v>958</v>
       </c>
       <c r="E125" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F125" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G125" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H125" s="25">
         <v>50</v>
       </c>
-      <c r="I125" s="54">
+      <c r="I125" s="48">
         <v>8</v>
       </c>
       <c r="J125" s="23" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="K125" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L125" s="22">
-        <v>350.4</v>
+        <v>360.4</v>
       </c>
       <c r="M125" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A126" s="28" t="s">
-        <v>300</v>
+      <c r="A126" s="12" t="s">
+        <v>298</v>
       </c>
       <c r="B126" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D126" s="10" t="s">
-        <v>978</v>
+        <v>960</v>
       </c>
       <c r="E126" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F126" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G126" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H126" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I126" s="48">
+        <v>4</v>
       </c>
       <c r="J126" s="23" t="s">
-        <v>979</v>
+        <v>961</v>
       </c>
       <c r="K126" s="11">
-        <v>19.260200000000001</v>
+        <v>38.520499999999998</v>
       </c>
       <c r="L126" s="22">
-        <v>360.4</v>
+        <v>1013.64</v>
       </c>
       <c r="M126" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A127" s="28" t="s">
-        <v>301</v>
+      <c r="A127" s="12" t="s">
+        <v>299</v>
       </c>
       <c r="B127" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D127" s="10" t="s">
-        <v>980</v>
+        <v>962</v>
       </c>
       <c r="E127" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F127" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G127" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H127" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>30</v>
+      </c>
+      <c r="I127" s="48">
+        <v>5</v>
       </c>
       <c r="J127" s="23" t="s">
-        <v>981</v>
+        <v>963</v>
       </c>
       <c r="K127" s="11">
-        <v>38.520499999999998</v>
+        <v>13.1548</v>
       </c>
       <c r="L127" s="22">
-        <v>1013.64</v>
+        <v>363.24</v>
       </c>
       <c r="M127" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A128" s="28" t="s">
-        <v>302</v>
+      <c r="A128" s="12" t="s">
+        <v>300</v>
       </c>
       <c r="B128" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D128" s="10" t="s">
-        <v>982</v>
+        <v>964</v>
       </c>
       <c r="E128" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F128" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G128" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H128" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I128" s="48">
+        <v>4</v>
       </c>
       <c r="J128" s="23" t="s">
-        <v>983</v>
+        <v>965</v>
       </c>
       <c r="K128" s="11">
-        <v>13.1548</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L128" s="22">
-        <v>363.24</v>
+        <v>521.74</v>
       </c>
       <c r="M128" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A129" s="28" t="s">
-        <v>303</v>
+      <c r="A129" s="12" t="s">
+        <v>565</v>
       </c>
       <c r="B129" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D129" s="10" t="s">
-        <v>984</v>
+        <v>966</v>
       </c>
       <c r="E129" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F129" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G129" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H129" s="25">
         <v>50</v>
       </c>
-      <c r="I129" s="54">
+      <c r="I129" s="48">
         <v>4</v>
       </c>
       <c r="J129" s="23" t="s">
-        <v>985</v>
+        <v>967</v>
       </c>
       <c r="K129" s="11">
         <v>21.924600000000002</v>
       </c>
       <c r="L129" s="22">
-        <v>521.74</v>
+        <v>531.74</v>
       </c>
       <c r="M129" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A130" s="28" t="s">
-        <v>582</v>
+      <c r="A130" s="12" t="s">
+        <v>563</v>
       </c>
       <c r="B130" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D130" s="10" t="s">
-        <v>986</v>
+        <v>968</v>
       </c>
       <c r="E130" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F130" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G130" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H130" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>100</v>
+      </c>
+      <c r="I130" s="48">
+        <v>1</v>
       </c>
       <c r="J130" s="23" t="s">
-        <v>987</v>
+        <v>969</v>
       </c>
       <c r="K130" s="11">
-        <v>21.924600000000002</v>
+        <v>43.849220000000003</v>
       </c>
       <c r="L130" s="22">
-        <v>531.74</v>
+        <v>1329.46</v>
       </c>
       <c r="M130" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A131" s="28" t="s">
-        <v>580</v>
+      <c r="A131" s="12" t="s">
+        <v>301</v>
       </c>
       <c r="B131" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D131" s="10" t="s">
-        <v>988</v>
+        <v>970</v>
       </c>
       <c r="E131" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F131" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G131" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H131" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>15</v>
+      </c>
+      <c r="I131" s="48">
+        <v>14</v>
       </c>
       <c r="J131" s="23" t="s">
-        <v>989</v>
+        <v>971</v>
       </c>
       <c r="K131" s="11">
-        <v>43.849220000000003</v>
+        <v>6.5773999999999999</v>
       </c>
       <c r="L131" s="22">
-        <v>1329.46</v>
+        <v>157.16</v>
       </c>
       <c r="M131" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A132" s="28" t="s">
-        <v>304</v>
+      <c r="A132" s="12" t="s">
+        <v>302</v>
       </c>
       <c r="B132" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D132" s="10" t="s">
-        <v>990</v>
+        <v>972</v>
       </c>
       <c r="E132" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F132" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G132" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H132" s="25">
         <v>15</v>
       </c>
-      <c r="I132" s="54">
+      <c r="I132" s="48">
         <v>14</v>
       </c>
       <c r="J132" s="23" t="s">
-        <v>991</v>
+        <v>973</v>
       </c>
       <c r="K132" s="11">
         <v>6.5773999999999999</v>
       </c>
       <c r="L132" s="22">
-        <v>157.16</v>
+        <v>167.16</v>
       </c>
       <c r="M132" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A133" s="12" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B133" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D133" s="10" t="s">
-        <v>992</v>
+        <v>974</v>
       </c>
       <c r="E133" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F133" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G133" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H133" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>20</v>
+      </c>
+      <c r="I133" s="48">
+        <v>12</v>
       </c>
       <c r="J133" s="23" t="s">
-        <v>993</v>
+        <v>975</v>
       </c>
       <c r="K133" s="11">
-        <v>6.5773999999999999</v>
+        <v>8.7698</v>
       </c>
       <c r="L133" s="22">
-        <v>167.16</v>
+        <v>189.88</v>
       </c>
       <c r="M133" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A134" s="28" t="s">
-        <v>306</v>
+      <c r="A134" s="12" t="s">
+        <v>304</v>
       </c>
       <c r="B134" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D134" s="10" t="s">
-        <v>994</v>
+        <v>2169</v>
       </c>
       <c r="E134" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F134" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G134" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H134" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>25</v>
+      </c>
+      <c r="I134" s="48">
+        <v>10</v>
       </c>
       <c r="J134" s="23" t="s">
-        <v>995</v>
+        <v>976</v>
       </c>
       <c r="K134" s="11">
-        <v>8.7698</v>
+        <v>10.962300000000001</v>
       </c>
       <c r="L134" s="22">
-        <v>189.88</v>
+        <v>220.26</v>
       </c>
       <c r="M134" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A135" s="28" t="s">
-        <v>307</v>
+      <c r="A135" s="12" t="s">
+        <v>305</v>
       </c>
       <c r="B135" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D135" s="10" t="s">
-        <v>2248</v>
+        <v>2170</v>
       </c>
       <c r="E135" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F135" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G135" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H135" s="25">
         <v>25</v>
       </c>
-      <c r="I135" s="54">
+      <c r="I135" s="48">
         <v>10</v>
       </c>
       <c r="J135" s="23" t="s">
-        <v>996</v>
+        <v>977</v>
       </c>
       <c r="K135" s="11">
         <v>10.962300000000001</v>
       </c>
       <c r="L135" s="22">
-        <v>220.26</v>
+        <v>230.26</v>
       </c>
       <c r="M135" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A136" s="28" t="s">
-        <v>308</v>
+      <c r="A136" s="12" t="s">
+        <v>306</v>
       </c>
       <c r="B136" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D136" s="10" t="s">
-        <v>2249</v>
+        <v>978</v>
       </c>
       <c r="E136" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F136" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G136" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H136" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>30</v>
+      </c>
+      <c r="I136" s="48">
+        <v>8</v>
       </c>
       <c r="J136" s="23" t="s">
-        <v>997</v>
+        <v>979</v>
       </c>
       <c r="K136" s="11">
-        <v>10.962300000000001</v>
+        <v>13.1548</v>
       </c>
       <c r="L136" s="22">
-        <v>230.26</v>
+        <v>258.22000000000003</v>
       </c>
       <c r="M136" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A137" s="28" t="s">
-        <v>309</v>
+      <c r="A137" s="12" t="s">
+        <v>307</v>
       </c>
       <c r="B137" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D137" s="10" t="s">
-        <v>998</v>
+        <v>980</v>
       </c>
       <c r="E137" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F137" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G137" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H137" s="25">
         <v>30</v>
       </c>
-      <c r="I137" s="54">
+      <c r="I137" s="48">
         <v>8</v>
       </c>
       <c r="J137" s="23" t="s">
-        <v>999</v>
+        <v>981</v>
       </c>
       <c r="K137" s="11">
         <v>13.1548</v>
       </c>
       <c r="L137" s="22">
-        <v>258.22000000000003</v>
+        <v>268.22000000000003</v>
       </c>
       <c r="M137" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A138" s="28" t="s">
-        <v>310</v>
+      <c r="A138" s="12" t="s">
+        <v>308</v>
       </c>
       <c r="B138" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D138" s="10" t="s">
-        <v>1000</v>
+        <v>982</v>
       </c>
       <c r="E138" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F138" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G138" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H138" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>35</v>
+      </c>
+      <c r="I138" s="48">
+        <v>7</v>
       </c>
       <c r="J138" s="23" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="K138" s="11">
-        <v>13.1548</v>
+        <v>15.347200000000001</v>
       </c>
       <c r="L138" s="22">
-        <v>268.22000000000003</v>
+        <v>296.24</v>
       </c>
       <c r="M138" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A139" s="28" t="s">
-        <v>311</v>
+      <c r="A139" s="12" t="s">
+        <v>309</v>
       </c>
       <c r="B139" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D139" s="10" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="E139" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F139" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G139" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H139" s="25">
         <v>35</v>
       </c>
-      <c r="I139" s="54">
+      <c r="I139" s="48">
         <v>7</v>
       </c>
       <c r="J139" s="23" t="s">
-        <v>1003</v>
+        <v>985</v>
       </c>
       <c r="K139" s="11">
         <v>15.347200000000001</v>
       </c>
       <c r="L139" s="22">
-        <v>296.24</v>
+        <v>306.24</v>
       </c>
       <c r="M139" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A140" s="28" t="s">
-        <v>312</v>
+      <c r="A140" s="12" t="s">
+        <v>310</v>
       </c>
       <c r="B140" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D140" s="10" t="s">
-        <v>1004</v>
+        <v>986</v>
       </c>
       <c r="E140" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F140" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G140" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H140" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I140" s="54">
+        <v>40</v>
+      </c>
+      <c r="I140" s="48">
         <v>7</v>
       </c>
       <c r="J140" s="23" t="s">
-        <v>1005</v>
+        <v>987</v>
       </c>
       <c r="K140" s="11">
-        <v>15.347200000000001</v>
+        <v>17.5397</v>
       </c>
       <c r="L140" s="22">
-        <v>306.24</v>
+        <v>339.26</v>
       </c>
       <c r="M140" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A141" s="28" t="s">
-        <v>313</v>
+      <c r="A141" s="12" t="s">
+        <v>311</v>
       </c>
       <c r="B141" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D141" s="10" t="s">
-        <v>1006</v>
+        <v>988</v>
       </c>
       <c r="E141" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F141" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G141" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H141" s="25">
         <v>40</v>
       </c>
-      <c r="I141" s="54">
+      <c r="I141" s="48">
         <v>7</v>
       </c>
       <c r="J141" s="23" t="s">
-        <v>1007</v>
+        <v>989</v>
       </c>
       <c r="K141" s="11">
         <v>17.5397</v>
       </c>
       <c r="L141" s="22">
-        <v>339.26</v>
+        <v>349.26</v>
       </c>
       <c r="M141" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A142" s="28" t="s">
-        <v>314</v>
+      <c r="A142" s="12" t="s">
+        <v>312</v>
       </c>
       <c r="B142" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D142" s="10" t="s">
-        <v>1008</v>
+        <v>990</v>
       </c>
       <c r="E142" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F142" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G142" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H142" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I142" s="48">
+        <v>5</v>
       </c>
       <c r="J142" s="23" t="s">
-        <v>1009</v>
+        <v>991</v>
       </c>
       <c r="K142" s="11">
-        <v>17.5397</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L142" s="22">
-        <v>349.26</v>
+        <v>398.76</v>
       </c>
       <c r="M142" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A143" s="28" t="s">
-        <v>315</v>
+      <c r="A143" s="12" t="s">
+        <v>313</v>
       </c>
       <c r="B143" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D143" s="10" t="s">
-        <v>1010</v>
+        <v>992</v>
       </c>
       <c r="E143" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F143" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G143" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H143" s="25">
         <v>50</v>
       </c>
-      <c r="I143" s="54">
+      <c r="I143" s="48">
         <v>5</v>
       </c>
       <c r="J143" s="23" t="s">
-        <v>1011</v>
+        <v>993</v>
       </c>
       <c r="K143" s="11">
         <v>21.924600000000002</v>
       </c>
       <c r="L143" s="22">
-        <v>398.76</v>
+        <v>408.76</v>
       </c>
       <c r="M143" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A144" s="28" t="s">
-        <v>316</v>
+      <c r="A144" s="12" t="s">
+        <v>314</v>
       </c>
       <c r="B144" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D144" s="10" t="s">
-        <v>1012</v>
+        <v>994</v>
       </c>
       <c r="E144" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F144" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G144" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H144" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>100</v>
+      </c>
+      <c r="I144" s="48">
+        <v>4</v>
       </c>
       <c r="J144" s="23" t="s">
-        <v>1013</v>
+        <v>995</v>
       </c>
       <c r="K144" s="11">
-        <v>21.924600000000002</v>
+        <v>43.849200000000003</v>
       </c>
       <c r="L144" s="22">
-        <v>408.76</v>
+        <v>1176.92</v>
       </c>
       <c r="M144" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A145" s="28" t="s">
-        <v>317</v>
+      <c r="A145" s="12" t="s">
+        <v>315</v>
       </c>
       <c r="B145" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D145" s="10" t="s">
-        <v>1014</v>
+        <v>996</v>
       </c>
       <c r="E145" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F145" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G145" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H145" s="25">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I145" s="48">
+        <v>8</v>
       </c>
       <c r="J145" s="23" t="s">
-        <v>1015</v>
+        <v>997</v>
       </c>
       <c r="K145" s="11">
-        <v>26.3095</v>
+        <v>6.5773999999999999</v>
       </c>
       <c r="L145" s="22">
-        <v>589.17999999999995</v>
+        <v>172.48</v>
       </c>
       <c r="M145" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A146" s="28" t="s">
-        <v>318</v>
+      <c r="A146" s="12" t="s">
+        <v>316</v>
       </c>
       <c r="B146" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D146" s="10" t="s">
-        <v>1016</v>
+        <v>996</v>
       </c>
       <c r="E146" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F146" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G146" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H146" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I146" s="48">
+        <v>8</v>
       </c>
       <c r="J146" s="23" t="s">
-        <v>1017</v>
+        <v>998</v>
       </c>
       <c r="K146" s="11">
-        <v>43.849200000000003</v>
+        <v>6.5773999999999999</v>
       </c>
       <c r="L146" s="22">
-        <v>1176.92</v>
+        <v>182.48</v>
       </c>
       <c r="M146" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A147" s="28" t="s">
+      <c r="A147" s="12" t="s">
+        <v>317</v>
+      </c>
+      <c r="B147" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C147" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D147" s="10" t="s">
+        <v>999</v>
+      </c>
+      <c r="E147" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F147" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G147" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H147" s="25">
+        <v>20</v>
+      </c>
+      <c r="I147" s="48">
+        <v>8</v>
+      </c>
+      <c r="J147" s="23" t="s">
+        <v>1000</v>
+      </c>
+      <c r="K147" s="11">
+        <v>8.7698</v>
+      </c>
+      <c r="L147" s="22">
+        <v>212.1</v>
+      </c>
+      <c r="M147" s="22">
+        <f t="shared" ref="M147:M206" si="2">L147*$B$5</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A148" s="12" t="s">
+        <v>318</v>
+      </c>
+      <c r="B148" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C148" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D148" s="10" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E148" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F148" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G148" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H148" s="25">
+        <v>20</v>
+      </c>
+      <c r="I148" s="48">
+        <v>8</v>
+      </c>
+      <c r="J148" s="23" t="s">
+        <v>1002</v>
+      </c>
+      <c r="K148" s="11">
+        <v>8.7698</v>
+      </c>
+      <c r="L148" s="22">
+        <v>222.1</v>
+      </c>
+      <c r="M148" s="22">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A149" s="12" t="s">
         <v>319</v>
       </c>
-      <c r="B147" s="15" t="s">
-[...20 lines deleted...]
-      <c r="I147" s="54">
+      <c r="B149" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C149" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D149" s="10" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E149" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F149" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G149" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H149" s="25">
+        <v>25</v>
+      </c>
+      <c r="I149" s="48">
         <v>8</v>
       </c>
-      <c r="J147" s="23" t="s">
-[...14 lines deleted...]
-      <c r="A148" s="28" t="s">
+      <c r="J149" s="23" t="s">
+        <v>1004</v>
+      </c>
+      <c r="K149" s="11">
+        <v>10.962300000000001</v>
+      </c>
+      <c r="L149" s="22">
+        <v>237.66</v>
+      </c>
+      <c r="M149" s="22">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A150" s="12" t="s">
         <v>320</v>
       </c>
-      <c r="B148" s="15" t="s">
-[...20 lines deleted...]
-      <c r="I148" s="54">
+      <c r="B150" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C150" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D150" s="10" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E150" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F150" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G150" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H150" s="25">
+        <v>25</v>
+      </c>
+      <c r="I150" s="48">
         <v>8</v>
       </c>
-      <c r="J148" s="23" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="J150" s="23" t="s">
-        <v>1024</v>
+        <v>1005</v>
       </c>
       <c r="K150" s="11">
-        <v>8.7698</v>
+        <v>10.962300000000001</v>
       </c>
       <c r="L150" s="22">
-        <v>222.1</v>
+        <v>247.66</v>
       </c>
       <c r="M150" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A151" s="28" t="s">
-        <v>323</v>
+      <c r="A151" s="12" t="s">
+        <v>321</v>
       </c>
       <c r="B151" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D151" s="10" t="s">
-        <v>1025</v>
+        <v>1006</v>
       </c>
       <c r="E151" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F151" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G151" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H151" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>30</v>
+      </c>
+      <c r="I151" s="48">
+        <v>5</v>
       </c>
       <c r="J151" s="23" t="s">
-        <v>1026</v>
+        <v>1007</v>
       </c>
       <c r="K151" s="11">
-        <v>10.962300000000001</v>
+        <v>13.1548</v>
       </c>
       <c r="L151" s="22">
-        <v>237.66</v>
+        <v>281.24</v>
       </c>
       <c r="M151" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A152" s="28" t="s">
-        <v>324</v>
+      <c r="A152" s="12" t="s">
+        <v>322</v>
       </c>
       <c r="B152" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D152" s="10" t="s">
-        <v>1025</v>
+        <v>1008</v>
       </c>
       <c r="E152" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F152" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G152" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H152" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>30</v>
+      </c>
+      <c r="I152" s="48">
+        <v>5</v>
       </c>
       <c r="J152" s="23" t="s">
-        <v>1027</v>
+        <v>1009</v>
       </c>
       <c r="K152" s="11">
-        <v>10.962300000000001</v>
+        <v>13.1548</v>
       </c>
       <c r="L152" s="22">
-        <v>247.66</v>
+        <v>291.24</v>
       </c>
       <c r="M152" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A153" s="28" t="s">
-        <v>325</v>
+      <c r="A153" s="12" t="s">
+        <v>323</v>
       </c>
       <c r="B153" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D153" s="10" t="s">
-        <v>1028</v>
+        <v>1010</v>
       </c>
       <c r="E153" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F153" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G153" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H153" s="25">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I153" s="54">
+        <v>35</v>
+      </c>
+      <c r="I153" s="48">
         <v>5</v>
       </c>
       <c r="J153" s="23" t="s">
-        <v>1029</v>
+        <v>1011</v>
       </c>
       <c r="K153" s="11">
-        <v>13.1548</v>
+        <v>15.347200000000001</v>
       </c>
       <c r="L153" s="22">
-        <v>281.24</v>
+        <v>348.02</v>
       </c>
       <c r="M153" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A154" s="28" t="s">
-        <v>326</v>
+      <c r="A154" s="12" t="s">
+        <v>324</v>
       </c>
       <c r="B154" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D154" s="10" t="s">
-        <v>1030</v>
+        <v>1012</v>
       </c>
       <c r="E154" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F154" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G154" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H154" s="25">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I154" s="54">
+        <v>35</v>
+      </c>
+      <c r="I154" s="48">
         <v>5</v>
       </c>
       <c r="J154" s="23" t="s">
-        <v>1031</v>
+        <v>1013</v>
       </c>
       <c r="K154" s="11">
-        <v>13.1548</v>
+        <v>15.347200000000001</v>
       </c>
       <c r="L154" s="22">
-        <v>291.24</v>
+        <v>358.02</v>
       </c>
       <c r="M154" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A155" s="28" t="s">
-        <v>327</v>
+      <c r="A155" s="12" t="s">
+        <v>325</v>
       </c>
       <c r="B155" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D155" s="10" t="s">
-        <v>1032</v>
+        <v>1014</v>
       </c>
       <c r="E155" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F155" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G155" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H155" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I155" s="54">
+        <v>40</v>
+      </c>
+      <c r="I155" s="48">
         <v>5</v>
       </c>
       <c r="J155" s="23" t="s">
-        <v>1033</v>
+        <v>1015</v>
       </c>
       <c r="K155" s="11">
-        <v>15.347200000000001</v>
+        <v>17.5397</v>
       </c>
       <c r="L155" s="22">
-        <v>348.02</v>
+        <v>373.32</v>
       </c>
       <c r="M155" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A156" s="28" t="s">
-        <v>328</v>
+      <c r="A156" s="12" t="s">
+        <v>326</v>
       </c>
       <c r="B156" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D156" s="10" t="s">
-        <v>1034</v>
+        <v>1016</v>
       </c>
       <c r="E156" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F156" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G156" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H156" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I156" s="54">
+        <v>40</v>
+      </c>
+      <c r="I156" s="48">
         <v>5</v>
       </c>
       <c r="J156" s="23" t="s">
-        <v>1035</v>
+        <v>1017</v>
       </c>
       <c r="K156" s="11">
-        <v>15.347200000000001</v>
+        <v>17.5397</v>
       </c>
       <c r="L156" s="22">
-        <v>358.02</v>
+        <v>383.32</v>
       </c>
       <c r="M156" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A157" s="28" t="s">
-        <v>329</v>
+      <c r="A157" s="12" t="s">
+        <v>327</v>
       </c>
       <c r="B157" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D157" s="10" t="s">
-        <v>1036</v>
+        <v>1018</v>
       </c>
       <c r="E157" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F157" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G157" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H157" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I157" s="48">
+        <v>4</v>
       </c>
       <c r="J157" s="23" t="s">
-        <v>1037</v>
+        <v>1019</v>
       </c>
       <c r="K157" s="11">
-        <v>17.5397</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L157" s="22">
-        <v>373.32</v>
+        <v>457.52</v>
       </c>
       <c r="M157" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A158" s="28" t="s">
-        <v>330</v>
+      <c r="A158" s="12" t="s">
+        <v>328</v>
       </c>
       <c r="B158" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D158" s="10" t="s">
-        <v>1038</v>
+        <v>1020</v>
       </c>
       <c r="E158" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F158" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G158" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H158" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I158" s="48">
+        <v>4</v>
       </c>
       <c r="J158" s="23" t="s">
-        <v>1039</v>
+        <v>1021</v>
       </c>
       <c r="K158" s="11">
-        <v>17.5397</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L158" s="22">
-        <v>383.32</v>
+        <v>467.52</v>
       </c>
       <c r="M158" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A159" s="28" t="s">
-        <v>331</v>
+      <c r="A159" s="12" t="s">
+        <v>329</v>
       </c>
       <c r="B159" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D159" s="10" t="s">
-        <v>1040</v>
+        <v>1022</v>
       </c>
       <c r="E159" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F159" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G159" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H159" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>100</v>
+      </c>
+      <c r="I159" s="48">
+        <v>1</v>
       </c>
       <c r="J159" s="23" t="s">
-        <v>1041</v>
+        <v>1023</v>
       </c>
       <c r="K159" s="11">
-        <v>21.924600000000002</v>
+        <v>43.849200000000003</v>
       </c>
       <c r="L159" s="22">
-        <v>457.52</v>
+        <v>1284.08</v>
       </c>
       <c r="M159" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A160" s="28" t="s">
-        <v>332</v>
+      <c r="A160" s="12" t="s">
+        <v>330</v>
       </c>
       <c r="B160" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D160" s="10" t="s">
-        <v>1042</v>
+        <v>1024</v>
       </c>
       <c r="E160" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F160" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G160" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H160" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I160" s="48">
+        <v>14</v>
       </c>
       <c r="J160" s="23" t="s">
-        <v>1043</v>
+        <v>1025</v>
       </c>
       <c r="K160" s="11">
-        <v>21.924600000000002</v>
+        <v>6.5773999999999999</v>
       </c>
       <c r="L160" s="22">
-        <v>467.52</v>
+        <v>155.74</v>
       </c>
       <c r="M160" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A161" s="28" t="s">
-        <v>333</v>
+      <c r="A161" s="12" t="s">
+        <v>331</v>
       </c>
       <c r="B161" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D161" s="10" t="s">
-        <v>1044</v>
+        <v>1026</v>
       </c>
       <c r="E161" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F161" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G161" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H161" s="25">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I161" s="48">
+        <v>14</v>
       </c>
       <c r="J161" s="23" t="s">
-        <v>1045</v>
+        <v>1027</v>
       </c>
       <c r="K161" s="11">
-        <v>26.3095</v>
+        <v>6.5773999999999999</v>
       </c>
       <c r="L161" s="22">
-        <v>664.02</v>
+        <v>165.74</v>
       </c>
       <c r="M161" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A162" s="28" t="s">
-        <v>334</v>
+      <c r="A162" s="12" t="s">
+        <v>332</v>
       </c>
       <c r="B162" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D162" s="10" t="s">
-        <v>1046</v>
+        <v>1028</v>
       </c>
       <c r="E162" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F162" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G162" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H162" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>20</v>
+      </c>
+      <c r="I162" s="48">
+        <v>14</v>
       </c>
       <c r="J162" s="23" t="s">
-        <v>1047</v>
+        <v>1029</v>
       </c>
       <c r="K162" s="11">
-        <v>43.849200000000003</v>
+        <v>8.7698</v>
       </c>
       <c r="L162" s="22">
-        <v>1284.08</v>
+        <v>188.18</v>
       </c>
       <c r="M162" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A163" s="28" t="s">
-        <v>335</v>
+      <c r="A163" s="12" t="s">
+        <v>333</v>
       </c>
       <c r="B163" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D163" s="10" t="s">
-        <v>1048</v>
+        <v>1030</v>
       </c>
       <c r="E163" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F163" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G163" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H163" s="25">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I163" s="54">
+        <v>20</v>
+      </c>
+      <c r="I163" s="48">
         <v>14</v>
       </c>
       <c r="J163" s="23" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="K163" s="11">
-        <v>6.5773999999999999</v>
+        <v>8.7698</v>
       </c>
       <c r="L163" s="22">
-        <v>155.74</v>
+        <v>198.18</v>
       </c>
       <c r="M163" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A164" s="12" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="B164" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D164" s="10" t="s">
-        <v>1050</v>
+        <v>1032</v>
       </c>
       <c r="E164" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F164" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G164" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H164" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>25</v>
+      </c>
+      <c r="I164" s="48">
+        <v>12</v>
       </c>
       <c r="J164" s="23" t="s">
-        <v>1051</v>
+        <v>1033</v>
       </c>
       <c r="K164" s="11">
-        <v>6.5773999999999999</v>
+        <v>10.962300000000001</v>
       </c>
       <c r="L164" s="22">
-        <v>165.74</v>
+        <v>218.28</v>
       </c>
       <c r="M164" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A165" s="28" t="s">
-        <v>337</v>
+      <c r="A165" s="12" t="s">
+        <v>335</v>
       </c>
       <c r="B165" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D165" s="10" t="s">
-        <v>1052</v>
+        <v>1034</v>
       </c>
       <c r="E165" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F165" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G165" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H165" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>25</v>
+      </c>
+      <c r="I165" s="48">
+        <v>12</v>
       </c>
       <c r="J165" s="23" t="s">
-        <v>1053</v>
+        <v>1035</v>
       </c>
       <c r="K165" s="11">
-        <v>8.7698</v>
+        <v>10.962300000000001</v>
       </c>
       <c r="L165" s="22">
-        <v>188.18</v>
+        <v>228.28</v>
       </c>
       <c r="M165" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A166" s="28" t="s">
-        <v>338</v>
+      <c r="A166" s="12" t="s">
+        <v>336</v>
       </c>
       <c r="B166" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D166" s="10" t="s">
-        <v>1054</v>
+        <v>2135</v>
       </c>
       <c r="E166" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F166" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G166" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H166" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I166" s="48">
+        <v>10</v>
       </c>
       <c r="J166" s="23" t="s">
-        <v>1055</v>
+        <v>1036</v>
       </c>
       <c r="K166" s="11">
-        <v>8.7698</v>
+        <v>13.1548</v>
       </c>
       <c r="L166" s="22">
-        <v>198.18</v>
+        <v>255.9</v>
       </c>
       <c r="M166" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A167" s="28" t="s">
-        <v>339</v>
+      <c r="A167" s="12" t="s">
+        <v>337</v>
       </c>
       <c r="B167" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D167" s="10" t="s">
-        <v>1056</v>
+        <v>2136</v>
       </c>
       <c r="E167" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F167" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G167" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H167" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>30</v>
+      </c>
+      <c r="I167" s="48">
+        <v>10</v>
       </c>
       <c r="J167" s="23" t="s">
-        <v>1057</v>
+        <v>1037</v>
       </c>
       <c r="K167" s="11">
-        <v>10.962300000000001</v>
+        <v>13.1548</v>
       </c>
       <c r="L167" s="22">
-        <v>218.28</v>
+        <v>265.89999999999998</v>
       </c>
       <c r="M167" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A168" s="28" t="s">
-        <v>340</v>
+      <c r="A168" s="12" t="s">
+        <v>338</v>
       </c>
       <c r="B168" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D168" s="10" t="s">
-        <v>1058</v>
+        <v>2145</v>
       </c>
       <c r="E168" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F168" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G168" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H168" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="I168" s="48">
+        <v>10</v>
       </c>
       <c r="J168" s="23" t="s">
-        <v>1059</v>
+        <v>1038</v>
       </c>
       <c r="K168" s="11">
-        <v>10.962300000000001</v>
+        <v>15.347200000000001</v>
       </c>
       <c r="L168" s="22">
-        <v>228.28</v>
+        <v>293.58</v>
       </c>
       <c r="M168" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A169" s="28" t="s">
-        <v>341</v>
+      <c r="A169" s="12" t="s">
+        <v>339</v>
       </c>
       <c r="B169" s="15" t="s">
-        <v>759</v>
-[...14 lines deleted...]
-        <v>762</v>
+        <v>741</v>
+      </c>
+      <c r="C169" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D169" s="10" t="s">
+        <v>2146</v>
+      </c>
+      <c r="E169" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F169" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G169" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H169" s="25">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I169" s="54">
+        <v>35</v>
+      </c>
+      <c r="I169" s="48">
         <v>10</v>
       </c>
       <c r="J169" s="23" t="s">
-        <v>1060</v>
+        <v>1039</v>
       </c>
       <c r="K169" s="11">
-        <v>13.1548</v>
+        <v>15.347200000000001</v>
       </c>
       <c r="L169" s="22">
-        <v>255.9</v>
+        <v>303.58</v>
       </c>
       <c r="M169" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A170" s="28" t="s">
-        <v>342</v>
+      <c r="A170" s="12" t="s">
+        <v>340</v>
       </c>
       <c r="B170" s="15" t="s">
-        <v>759</v>
-[...14 lines deleted...]
-        <v>762</v>
+        <v>741</v>
+      </c>
+      <c r="C170" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D170" s="10" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E170" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F170" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G170" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H170" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>40</v>
+      </c>
+      <c r="I170" s="48">
+        <v>8</v>
       </c>
       <c r="J170" s="23" t="s">
-        <v>1061</v>
+        <v>1041</v>
       </c>
       <c r="K170" s="11">
-        <v>13.1548</v>
+        <v>17.5397</v>
       </c>
       <c r="L170" s="22">
-        <v>265.89999999999998</v>
+        <v>336.2</v>
       </c>
       <c r="M170" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A171" s="28" t="s">
-        <v>343</v>
+      <c r="A171" s="12" t="s">
+        <v>341</v>
       </c>
       <c r="B171" s="15" t="s">
-        <v>759</v>
-[...14 lines deleted...]
-        <v>762</v>
+        <v>741</v>
+      </c>
+      <c r="C171" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D171" s="10" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E171" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F171" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G171" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H171" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>40</v>
+      </c>
+      <c r="I171" s="48">
+        <v>8</v>
       </c>
       <c r="J171" s="23" t="s">
-        <v>1062</v>
+        <v>1043</v>
       </c>
       <c r="K171" s="11">
-        <v>15.347200000000001</v>
+        <v>17.5397</v>
       </c>
       <c r="L171" s="22">
-        <v>293.58</v>
+        <v>346.2</v>
       </c>
       <c r="M171" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A172" s="28" t="s">
-        <v>344</v>
+      <c r="A172" s="12" t="s">
+        <v>342</v>
       </c>
       <c r="B172" s="15" t="s">
-        <v>759</v>
-[...14 lines deleted...]
-        <v>762</v>
+        <v>741</v>
+      </c>
+      <c r="C172" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D172" s="10" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E172" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F172" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G172" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H172" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>50</v>
+      </c>
+      <c r="I172" s="48">
+        <v>7</v>
       </c>
       <c r="J172" s="23" t="s">
-        <v>1063</v>
+        <v>1045</v>
       </c>
       <c r="K172" s="11">
-        <v>15.347200000000001</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L172" s="22">
-        <v>303.58</v>
+        <v>395.18</v>
       </c>
       <c r="M172" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A173" s="28" t="s">
-        <v>345</v>
+      <c r="A173" s="12" t="s">
+        <v>343</v>
       </c>
       <c r="B173" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D173" s="10" t="s">
-        <v>1064</v>
+        <v>1046</v>
       </c>
       <c r="E173" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F173" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G173" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H173" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I173" s="48">
+        <v>7</v>
       </c>
       <c r="J173" s="23" t="s">
-        <v>1065</v>
+        <v>1047</v>
       </c>
       <c r="K173" s="11">
-        <v>17.5397</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L173" s="22">
-        <v>336.2</v>
+        <v>405.18</v>
       </c>
       <c r="M173" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A174" s="28" t="s">
-        <v>346</v>
+      <c r="A174" s="12" t="s">
+        <v>344</v>
       </c>
       <c r="B174" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D174" s="10" t="s">
-        <v>1066</v>
+        <v>1048</v>
       </c>
       <c r="E174" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F174" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G174" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H174" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I174" s="48">
+        <v>4</v>
       </c>
       <c r="J174" s="23" t="s">
-        <v>1067</v>
+        <v>1049</v>
       </c>
       <c r="K174" s="11">
-        <v>17.5397</v>
+        <v>43.849200000000003</v>
       </c>
       <c r="L174" s="22">
-        <v>346.2</v>
+        <v>1166.32</v>
       </c>
       <c r="M174" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A175" s="28" t="s">
-        <v>347</v>
+      <c r="A175" s="12" t="s">
+        <v>464</v>
       </c>
       <c r="B175" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D175" s="10" t="s">
-        <v>1068</v>
+        <v>1050</v>
       </c>
       <c r="E175" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F175" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G175" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H175" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I175" s="48">
+        <v>5</v>
       </c>
       <c r="J175" s="23" t="s">
-        <v>1069</v>
+        <v>1051</v>
       </c>
       <c r="K175" s="11">
-        <v>21.924600000000002</v>
+        <v>14.715299999999999</v>
       </c>
       <c r="L175" s="22">
-        <v>395.18</v>
+        <v>363.34</v>
       </c>
       <c r="M175" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A176" s="28" t="s">
-        <v>348</v>
+      <c r="A176" s="12" t="s">
+        <v>345</v>
       </c>
       <c r="B176" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D176" s="10" t="s">
-        <v>1070</v>
+        <v>1052</v>
       </c>
       <c r="E176" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F176" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G176" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H176" s="25">
         <v>50</v>
       </c>
-      <c r="I176" s="54">
-        <v>7</v>
+      <c r="I176" s="48">
+        <v>4</v>
       </c>
       <c r="J176" s="23" t="s">
-        <v>1071</v>
+        <v>1053</v>
       </c>
       <c r="K176" s="11">
-        <v>21.924600000000002</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L176" s="22">
-        <v>405.18</v>
+        <v>687.02</v>
       </c>
       <c r="M176" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A177" s="28" t="s">
-        <v>349</v>
+      <c r="A177" s="12" t="s">
+        <v>346</v>
       </c>
       <c r="B177" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D177" s="10" t="s">
-        <v>1072</v>
+        <v>1054</v>
       </c>
       <c r="E177" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F177" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G177" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H177" s="25">
         <v>100</v>
       </c>
-      <c r="I177" s="54">
-        <v>4</v>
+      <c r="I177" s="48">
+        <v>1</v>
       </c>
       <c r="J177" s="23" t="s">
-        <v>1073</v>
+        <v>1055</v>
       </c>
       <c r="K177" s="11">
-        <v>43.849200000000003</v>
+        <v>58.8611</v>
       </c>
       <c r="L177" s="22">
-        <v>1166.32</v>
+        <v>1673.1</v>
       </c>
       <c r="M177" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A178" s="28" t="s">
-        <v>479</v>
+      <c r="A178" s="12" t="s">
+        <v>347</v>
       </c>
       <c r="B178" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D178" s="10" t="s">
-        <v>1074</v>
+        <v>1056</v>
       </c>
       <c r="E178" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F178" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G178" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H178" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I178" s="48">
+        <v>12</v>
       </c>
       <c r="J178" s="23" t="s">
-        <v>1075</v>
+        <v>1057</v>
       </c>
       <c r="K178" s="11">
-        <v>14.715299999999999</v>
+        <v>8.8292000000000002</v>
       </c>
       <c r="L178" s="22">
-        <v>363.34</v>
+        <v>213.1</v>
       </c>
       <c r="M178" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A179" s="28" t="s">
-        <v>350</v>
+      <c r="A179" s="12" t="s">
+        <v>348</v>
       </c>
       <c r="B179" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D179" s="10" t="s">
-        <v>1076</v>
+        <v>1058</v>
       </c>
       <c r="E179" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F179" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G179" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H179" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I179" s="48">
+        <v>12</v>
       </c>
       <c r="J179" s="23" t="s">
-        <v>1077</v>
+        <v>1059</v>
       </c>
       <c r="K179" s="11">
-        <v>29.430499999999999</v>
+        <v>8.8292000000000002</v>
       </c>
       <c r="L179" s="22">
-        <v>687.02</v>
+        <v>223.1</v>
       </c>
       <c r="M179" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A180" s="28" t="s">
-        <v>351</v>
+      <c r="A180" s="12" t="s">
+        <v>349</v>
       </c>
       <c r="B180" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D180" s="10" t="s">
-        <v>1078</v>
+        <v>1060</v>
       </c>
       <c r="E180" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F180" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H180" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>20</v>
+      </c>
+      <c r="I180" s="48">
+        <v>8</v>
       </c>
       <c r="J180" s="23" t="s">
-        <v>1079</v>
+        <v>1061</v>
       </c>
       <c r="K180" s="11">
-        <v>58.8611</v>
+        <v>11.7722</v>
       </c>
       <c r="L180" s="22">
-        <v>1673.1</v>
+        <v>242.64</v>
       </c>
       <c r="M180" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A181" s="28" t="s">
-        <v>352</v>
+      <c r="A181" s="12" t="s">
+        <v>350</v>
       </c>
       <c r="B181" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D181" s="10" t="s">
-        <v>1080</v>
+        <v>1062</v>
       </c>
       <c r="E181" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F181" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G181" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H181" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>20</v>
+      </c>
+      <c r="I181" s="48">
+        <v>8</v>
       </c>
       <c r="J181" s="23" t="s">
-        <v>1081</v>
+        <v>1063</v>
       </c>
       <c r="K181" s="11">
-        <v>8.8292000000000002</v>
+        <v>11.7722</v>
       </c>
       <c r="L181" s="22">
-        <v>213.1</v>
+        <v>252.64</v>
       </c>
       <c r="M181" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A182" s="28" t="s">
-        <v>353</v>
+      <c r="A182" s="12" t="s">
+        <v>351</v>
       </c>
       <c r="B182" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D182" s="10" t="s">
-        <v>1082</v>
+        <v>1064</v>
       </c>
       <c r="E182" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F182" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G182" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H182" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>25</v>
+      </c>
+      <c r="I182" s="48">
+        <v>8</v>
       </c>
       <c r="J182" s="23" t="s">
-        <v>1083</v>
+        <v>1065</v>
       </c>
       <c r="K182" s="11">
-        <v>8.8292000000000002</v>
+        <v>14.715299999999999</v>
       </c>
       <c r="L182" s="22">
-        <v>223.1</v>
+        <v>285.64</v>
       </c>
       <c r="M182" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A183" s="28" t="s">
-        <v>354</v>
+      <c r="A183" s="12" t="s">
+        <v>352</v>
       </c>
       <c r="B183" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D183" s="10" t="s">
-        <v>1084</v>
+        <v>1066</v>
       </c>
       <c r="E183" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F183" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G183" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H183" s="25">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="I183" s="54">
+        <v>25</v>
+      </c>
+      <c r="I183" s="48">
         <v>8</v>
       </c>
       <c r="J183" s="23" t="s">
-        <v>1085</v>
+        <v>1067</v>
       </c>
       <c r="K183" s="11">
-        <v>11.7722</v>
+        <v>14.715299999999999</v>
       </c>
       <c r="L183" s="22">
-        <v>242.64</v>
+        <v>295.64</v>
       </c>
       <c r="M183" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A184" s="28" t="s">
-        <v>355</v>
+      <c r="A184" s="12" t="s">
+        <v>353</v>
       </c>
       <c r="B184" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D184" s="10" t="s">
-        <v>1086</v>
+        <v>1068</v>
       </c>
       <c r="E184" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F184" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G184" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H184" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>30</v>
+      </c>
+      <c r="I184" s="48">
+        <v>7</v>
       </c>
       <c r="J184" s="23" t="s">
-        <v>1087</v>
+        <v>1069</v>
       </c>
       <c r="K184" s="11">
-        <v>11.7722</v>
+        <v>17.658300000000001</v>
       </c>
       <c r="L184" s="22">
-        <v>252.64</v>
+        <v>334.92</v>
       </c>
       <c r="M184" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A185" s="28" t="s">
-        <v>356</v>
+      <c r="A185" s="12" t="s">
+        <v>354</v>
       </c>
       <c r="B185" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D185" s="10" t="s">
-        <v>1088</v>
+        <v>1070</v>
       </c>
       <c r="E185" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F185" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G185" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H185" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>30</v>
+      </c>
+      <c r="I185" s="48">
+        <v>7</v>
       </c>
       <c r="J185" s="23" t="s">
-        <v>1089</v>
+        <v>1071</v>
       </c>
       <c r="K185" s="11">
-        <v>14.715299999999999</v>
+        <v>17.658300000000001</v>
       </c>
       <c r="L185" s="22">
-        <v>285.64</v>
+        <v>344.92</v>
       </c>
       <c r="M185" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A186" s="28" t="s">
-        <v>357</v>
+      <c r="A186" s="12" t="s">
+        <v>355</v>
       </c>
       <c r="B186" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D186" s="10" t="s">
-        <v>1090</v>
+        <v>1072</v>
       </c>
       <c r="E186" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F186" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G186" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H186" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>35</v>
+      </c>
+      <c r="I186" s="48">
+        <v>7</v>
       </c>
       <c r="J186" s="23" t="s">
-        <v>1091</v>
+        <v>1073</v>
       </c>
       <c r="K186" s="11">
-        <v>14.715299999999999</v>
+        <v>20.601400000000002</v>
       </c>
       <c r="L186" s="22">
-        <v>295.64</v>
+        <v>384.16</v>
       </c>
       <c r="M186" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A187" s="28" t="s">
-        <v>358</v>
+      <c r="A187" s="12" t="s">
+        <v>356</v>
       </c>
       <c r="B187" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D187" s="10" t="s">
-        <v>1092</v>
+        <v>1074</v>
       </c>
       <c r="E187" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F187" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G187" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H187" s="25">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I187" s="54">
+        <v>35</v>
+      </c>
+      <c r="I187" s="48">
         <v>7</v>
       </c>
       <c r="J187" s="23" t="s">
-        <v>1093</v>
+        <v>1075</v>
       </c>
       <c r="K187" s="11">
-        <v>17.658300000000001</v>
+        <v>20.601400000000002</v>
       </c>
       <c r="L187" s="22">
-        <v>334.92</v>
+        <v>394.16</v>
       </c>
       <c r="M187" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A188" s="28" t="s">
-        <v>359</v>
+      <c r="A188" s="12" t="s">
+        <v>357</v>
       </c>
       <c r="B188" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D188" s="10" t="s">
-        <v>1094</v>
+        <v>1076</v>
       </c>
       <c r="E188" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F188" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G188" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H188" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>40</v>
+      </c>
+      <c r="I188" s="48">
+        <v>5</v>
       </c>
       <c r="J188" s="23" t="s">
-        <v>1095</v>
+        <v>1077</v>
       </c>
       <c r="K188" s="11">
-        <v>17.658300000000001</v>
+        <v>23.5444</v>
       </c>
       <c r="L188" s="22">
-        <v>344.92</v>
+        <v>438.9</v>
       </c>
       <c r="M188" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A189" s="28" t="s">
-        <v>360</v>
+      <c r="A189" s="12" t="s">
+        <v>358</v>
       </c>
       <c r="B189" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D189" s="10" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="E189" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F189" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G189" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H189" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>40</v>
+      </c>
+      <c r="I189" s="48">
+        <v>5</v>
       </c>
       <c r="J189" s="23" t="s">
-        <v>1097</v>
+        <v>1079</v>
       </c>
       <c r="K189" s="11">
-        <v>20.601400000000002</v>
+        <v>23.5444</v>
       </c>
       <c r="L189" s="22">
-        <v>384.16</v>
+        <v>448.9</v>
       </c>
       <c r="M189" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A190" s="12" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="B190" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D190" s="10" t="s">
-        <v>1098</v>
+        <v>1080</v>
       </c>
       <c r="E190" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F190" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G190" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H190" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I190" s="48">
+        <v>5</v>
       </c>
       <c r="J190" s="23" t="s">
-        <v>1099</v>
+        <v>1081</v>
       </c>
       <c r="K190" s="11">
-        <v>20.601400000000002</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L190" s="22">
-        <v>394.16</v>
+        <v>517.14</v>
       </c>
       <c r="M190" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A191" s="28" t="s">
-        <v>362</v>
+      <c r="A191" s="12" t="s">
+        <v>360</v>
       </c>
       <c r="B191" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D191" s="10" t="s">
-        <v>1100</v>
+        <v>1082</v>
       </c>
       <c r="E191" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F191" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G191" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H191" s="25">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I191" s="54">
+        <v>50</v>
+      </c>
+      <c r="I191" s="48">
         <v>5</v>
       </c>
       <c r="J191" s="23" t="s">
-        <v>1101</v>
+        <v>1083</v>
       </c>
       <c r="K191" s="11">
-        <v>23.5444</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L191" s="22">
-        <v>438.9</v>
+        <v>527.14</v>
       </c>
       <c r="M191" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A192" s="12" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="B192" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D192" s="10" t="s">
-        <v>1102</v>
+        <v>1084</v>
       </c>
       <c r="E192" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F192" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G192" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H192" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>100</v>
+      </c>
+      <c r="I192" s="48">
+        <v>4</v>
       </c>
       <c r="J192" s="23" t="s">
-        <v>1103</v>
+        <v>1085</v>
       </c>
       <c r="K192" s="11">
-        <v>23.5444</v>
+        <v>58.8611</v>
       </c>
       <c r="L192" s="22">
-        <v>448.9</v>
+        <v>1448.98</v>
       </c>
       <c r="M192" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A193" s="28" t="s">
-        <v>364</v>
+      <c r="A193" s="12" t="s">
+        <v>362</v>
       </c>
       <c r="B193" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D193" s="10" t="s">
-        <v>1104</v>
+        <v>1086</v>
       </c>
       <c r="E193" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F193" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G193" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H193" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>20</v>
+      </c>
+      <c r="I193" s="48">
+        <v>8</v>
       </c>
       <c r="J193" s="23" t="s">
-        <v>1105</v>
+        <v>1087</v>
       </c>
       <c r="K193" s="11">
-        <v>29.430499999999999</v>
+        <v>11.7722</v>
       </c>
       <c r="L193" s="22">
-        <v>517.14</v>
+        <v>281.12</v>
       </c>
       <c r="M193" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A194" s="28" t="s">
-        <v>365</v>
+      <c r="A194" s="12" t="s">
+        <v>363</v>
       </c>
       <c r="B194" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D194" s="10" t="s">
-        <v>1106</v>
+        <v>1086</v>
       </c>
       <c r="E194" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F194" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G194" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H194" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>20</v>
+      </c>
+      <c r="I194" s="48">
+        <v>8</v>
       </c>
       <c r="J194" s="23" t="s">
-        <v>1107</v>
+        <v>1088</v>
       </c>
       <c r="K194" s="11">
-        <v>29.430499999999999</v>
+        <v>11.7722</v>
       </c>
       <c r="L194" s="22">
-        <v>527.14</v>
+        <v>291.12</v>
       </c>
       <c r="M194" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A195" s="28" t="s">
-        <v>366</v>
+      <c r="A195" s="12" t="s">
+        <v>364</v>
       </c>
       <c r="B195" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D195" s="10" t="s">
-        <v>1108</v>
+        <v>1089</v>
       </c>
       <c r="E195" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F195" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G195" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H195" s="25">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I195" s="48">
+        <v>7</v>
       </c>
       <c r="J195" s="23" t="s">
-        <v>1109</v>
+        <v>1090</v>
       </c>
       <c r="K195" s="11">
-        <v>35.316600000000001</v>
+        <v>14.715299999999999</v>
       </c>
       <c r="L195" s="22">
-        <v>724.36</v>
+        <v>315.18</v>
       </c>
       <c r="M195" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A196" s="28" t="s">
-        <v>367</v>
+      <c r="A196" s="12" t="s">
+        <v>365</v>
       </c>
       <c r="B196" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D196" s="10" t="s">
-        <v>1110</v>
+        <v>1091</v>
       </c>
       <c r="E196" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F196" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G196" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H196" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I196" s="48">
+        <v>7</v>
       </c>
       <c r="J196" s="23" t="s">
-        <v>1111</v>
+        <v>1092</v>
       </c>
       <c r="K196" s="11">
-        <v>58.8611</v>
+        <v>14.715299999999999</v>
       </c>
       <c r="L196" s="22">
-        <v>1448.98</v>
+        <v>325.18</v>
       </c>
       <c r="M196" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A197" s="28" t="s">
-        <v>595</v>
+      <c r="A197" s="12" t="s">
+        <v>366</v>
       </c>
       <c r="B197" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D197" s="10" t="s">
-        <v>1112</v>
+        <v>1093</v>
       </c>
       <c r="E197" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F197" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G197" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H197" s="25">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>30</v>
+      </c>
+      <c r="I197" s="48">
+        <v>5</v>
       </c>
       <c r="J197" s="23" t="s">
-        <v>1113</v>
+        <v>1094</v>
       </c>
       <c r="K197" s="11">
-        <v>5.8861100000000004</v>
+        <v>17.658300000000001</v>
       </c>
       <c r="L197" s="22">
-        <v>172.04</v>
+        <v>364.76</v>
       </c>
       <c r="M197" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A198" s="28" t="s">
-        <v>368</v>
+      <c r="A198" s="14" t="s">
+        <v>367</v>
       </c>
       <c r="B198" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D198" s="10" t="s">
-        <v>1114</v>
+        <v>1095</v>
       </c>
       <c r="E198" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F198" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G198" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H198" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>30</v>
+      </c>
+      <c r="I198" s="48">
+        <v>5</v>
       </c>
       <c r="J198" s="23" t="s">
-        <v>1115</v>
+        <v>1096</v>
       </c>
       <c r="K198" s="11">
-        <v>11.7722</v>
+        <v>17.658300000000001</v>
       </c>
       <c r="L198" s="22">
-        <v>281.12</v>
+        <v>374.76</v>
       </c>
       <c r="M198" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A199" s="28" t="s">
-        <v>369</v>
+      <c r="A199" s="12" t="s">
+        <v>368</v>
       </c>
       <c r="B199" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D199" s="10" t="s">
-        <v>1114</v>
+        <v>1097</v>
       </c>
       <c r="E199" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F199" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G199" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H199" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>35</v>
+      </c>
+      <c r="I199" s="48">
+        <v>5</v>
       </c>
       <c r="J199" s="23" t="s">
-        <v>1116</v>
+        <v>1098</v>
       </c>
       <c r="K199" s="11">
-        <v>11.7722</v>
+        <v>20.601400000000002</v>
       </c>
       <c r="L199" s="22">
-        <v>291.12</v>
+        <v>420.42</v>
       </c>
       <c r="M199" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A200" s="28" t="s">
-        <v>370</v>
+      <c r="A200" s="12" t="s">
+        <v>369</v>
       </c>
       <c r="B200" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D200" s="10" t="s">
-        <v>1117</v>
+        <v>1099</v>
       </c>
       <c r="E200" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F200" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G200" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H200" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>35</v>
+      </c>
+      <c r="I200" s="48">
+        <v>5</v>
       </c>
       <c r="J200" s="23" t="s">
-        <v>1118</v>
+        <v>1100</v>
       </c>
       <c r="K200" s="11">
-        <v>14.715299999999999</v>
+        <v>20.601400000000002</v>
       </c>
       <c r="L200" s="22">
-        <v>315.18</v>
+        <v>430.42</v>
       </c>
       <c r="M200" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A201" s="12" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="B201" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D201" s="10" t="s">
-        <v>1119</v>
+        <v>1101</v>
       </c>
       <c r="E201" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F201" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G201" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H201" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>40</v>
+      </c>
+      <c r="I201" s="48">
+        <v>4</v>
       </c>
       <c r="J201" s="23" t="s">
-        <v>1120</v>
+        <v>1102</v>
       </c>
       <c r="K201" s="11">
-        <v>14.715299999999999</v>
+        <v>23.5444</v>
       </c>
       <c r="L201" s="22">
-        <v>325.18</v>
+        <v>501.66</v>
       </c>
       <c r="M201" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A202" s="12" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B202" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D202" s="10" t="s">
-        <v>1121</v>
+        <v>1103</v>
       </c>
       <c r="E202" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F202" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G202" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H202" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>40</v>
+      </c>
+      <c r="I202" s="48">
+        <v>4</v>
       </c>
       <c r="J202" s="23" t="s">
-        <v>1122</v>
+        <v>1104</v>
       </c>
       <c r="K202" s="11">
-        <v>17.658300000000001</v>
+        <v>23.5444</v>
       </c>
       <c r="L202" s="22">
-        <v>364.76</v>
+        <v>511.66</v>
       </c>
       <c r="M202" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A203" s="14" t="s">
-        <v>373</v>
+      <c r="A203" s="12" t="s">
+        <v>372</v>
       </c>
       <c r="B203" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D203" s="10" t="s">
-        <v>1123</v>
+        <v>1105</v>
       </c>
       <c r="E203" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F203" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G203" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H203" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I203" s="48">
+        <v>4</v>
       </c>
       <c r="J203" s="23" t="s">
-        <v>1124</v>
+        <v>1106</v>
       </c>
       <c r="K203" s="11">
-        <v>17.658300000000001</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L203" s="22">
-        <v>374.76</v>
+        <v>565.14</v>
       </c>
       <c r="M203" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A204" s="28" t="s">
-        <v>374</v>
+      <c r="A204" s="12" t="s">
+        <v>373</v>
       </c>
       <c r="B204" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D204" s="10" t="s">
-        <v>1125</v>
+        <v>1107</v>
       </c>
       <c r="E204" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F204" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G204" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H204" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I204" s="48">
+        <v>4</v>
       </c>
       <c r="J204" s="23" t="s">
-        <v>1126</v>
+        <v>1108</v>
       </c>
       <c r="K204" s="11">
-        <v>20.601400000000002</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L204" s="22">
-        <v>420.42</v>
+        <v>575.14</v>
       </c>
       <c r="M204" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A205" s="28" t="s">
-        <v>375</v>
+      <c r="A205" s="12" t="s">
+        <v>374</v>
       </c>
       <c r="B205" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D205" s="10" t="s">
-        <v>1127</v>
+        <v>1109</v>
       </c>
       <c r="E205" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F205" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G205" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H205" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>100</v>
+      </c>
+      <c r="I205" s="48">
+        <v>1</v>
       </c>
       <c r="J205" s="23" t="s">
-        <v>1128</v>
+        <v>1110</v>
       </c>
       <c r="K205" s="11">
-        <v>20.601400000000002</v>
+        <v>58.8611</v>
       </c>
       <c r="L205" s="22">
-        <v>430.42</v>
+        <v>1635.62</v>
       </c>
       <c r="M205" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A206" s="28" t="s">
-        <v>376</v>
+      <c r="A206" s="12" t="s">
+        <v>375</v>
       </c>
       <c r="B206" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D206" s="10" t="s">
-        <v>1129</v>
+        <v>1111</v>
       </c>
       <c r="E206" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F206" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G206" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H206" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I206" s="48">
+        <v>14</v>
       </c>
       <c r="J206" s="23" t="s">
-        <v>1130</v>
+        <v>1112</v>
       </c>
       <c r="K206" s="11">
-        <v>23.5444</v>
+        <v>8.8292000000000002</v>
       </c>
       <c r="L206" s="22">
-        <v>501.66</v>
+        <v>201.12</v>
       </c>
       <c r="M206" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A207" s="28" t="s">
+      <c r="A207" s="12" t="s">
+        <v>376</v>
+      </c>
+      <c r="B207" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C207" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D207" s="10" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E207" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F207" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G207" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="H207" s="25">
+        <v>20</v>
+      </c>
+      <c r="I207" s="48">
+        <v>12</v>
+      </c>
+      <c r="J207" s="23" t="s">
+        <v>1114</v>
+      </c>
+      <c r="K207" s="11">
+        <v>11.7722</v>
+      </c>
+      <c r="L207" s="22">
+        <v>240.46</v>
+      </c>
+      <c r="M207" s="22">
+        <f t="shared" ref="M207:M269" si="3">L207*$B$5</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A208" s="12" t="s">
         <v>377</v>
       </c>
-      <c r="B207" s="15" t="s">
-[...38 lines deleted...]
-      <c r="A208" s="28" t="s">
+      <c r="B208" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C208" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D208" s="10" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E208" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F208" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G208" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="H208" s="25">
+        <v>20</v>
+      </c>
+      <c r="I208" s="48">
+        <v>12</v>
+      </c>
+      <c r="J208" s="23" t="s">
+        <v>1116</v>
+      </c>
+      <c r="K208" s="11">
+        <v>11.7722</v>
+      </c>
+      <c r="L208" s="22">
+        <v>250.46</v>
+      </c>
+      <c r="M208" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A209" s="12" t="s">
         <v>378</v>
       </c>
-      <c r="B208" s="15" t="s">
-[...38 lines deleted...]
-      <c r="A209" s="28" t="s">
+      <c r="B209" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C209" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D209" s="10" t="s">
+        <v>2137</v>
+      </c>
+      <c r="E209" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F209" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G209" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="H209" s="25">
+        <v>25</v>
+      </c>
+      <c r="I209" s="48">
+        <v>10</v>
+      </c>
+      <c r="J209" s="23" t="s">
+        <v>1117</v>
+      </c>
+      <c r="K209" s="11">
+        <v>14.715299999999999</v>
+      </c>
+      <c r="L209" s="22">
+        <v>283.06</v>
+      </c>
+      <c r="M209" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A210" s="12" t="s">
         <v>379</v>
       </c>
-      <c r="B209" s="15" t="s">
-[...38 lines deleted...]
-      <c r="A210" s="28" t="s">
+      <c r="B210" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C210" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D210" s="10" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E210" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F210" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G210" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="H210" s="25">
+        <v>25</v>
+      </c>
+      <c r="I210" s="48">
+        <v>10</v>
+      </c>
+      <c r="J210" s="23" t="s">
+        <v>1118</v>
+      </c>
+      <c r="K210" s="11">
+        <v>14.715299999999999</v>
+      </c>
+      <c r="L210" s="22">
+        <v>293.06</v>
+      </c>
+      <c r="M210" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A211" s="12" t="s">
         <v>380</v>
       </c>
-      <c r="B210" s="15" t="s">
-[...38 lines deleted...]
-      <c r="A211" s="28" t="s">
+      <c r="B211" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C211" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D211" s="10" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E211" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F211" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G211" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="H211" s="25">
+        <v>30</v>
+      </c>
+      <c r="I211" s="48">
+        <v>8</v>
+      </c>
+      <c r="J211" s="23" t="s">
+        <v>1120</v>
+      </c>
+      <c r="K211" s="11">
+        <v>17.658300000000001</v>
+      </c>
+      <c r="L211" s="22">
+        <v>331.9</v>
+      </c>
+      <c r="M211" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A212" s="12" t="s">
         <v>381</v>
       </c>
-      <c r="B211" s="15" t="s">
-[...38 lines deleted...]
-      <c r="A212" s="28" t="s">
+      <c r="B212" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C212" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D212" s="10" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E212" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F212" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G212" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="H212" s="25">
+        <v>30</v>
+      </c>
+      <c r="I212" s="48">
+        <v>8</v>
+      </c>
+      <c r="J212" s="23" t="s">
+        <v>1122</v>
+      </c>
+      <c r="K212" s="11">
+        <v>17.658300000000001</v>
+      </c>
+      <c r="L212" s="22">
+        <v>341.9</v>
+      </c>
+      <c r="M212" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A213" s="12" t="s">
         <v>382</v>
       </c>
-      <c r="B212" s="15" t="s">
-[...38 lines deleted...]
-      <c r="A213" s="28" t="s">
+      <c r="B213" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C213" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D213" s="10" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E213" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F213" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G213" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="H213" s="25">
+        <v>35</v>
+      </c>
+      <c r="I213" s="48">
+        <v>8</v>
+      </c>
+      <c r="J213" s="23" t="s">
+        <v>1124</v>
+      </c>
+      <c r="K213" s="11">
+        <v>20.601400000000002</v>
+      </c>
+      <c r="L213" s="22">
+        <v>380.7</v>
+      </c>
+      <c r="M213" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A214" s="12" t="s">
         <v>383</v>
       </c>
-      <c r="B213" s="15" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="B214" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D214" s="10" t="s">
-        <v>1145</v>
+        <v>1125</v>
       </c>
       <c r="E214" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F214" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G214" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H214" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="I214" s="48">
+        <v>8</v>
       </c>
       <c r="J214" s="23" t="s">
-        <v>1146</v>
+        <v>1126</v>
       </c>
       <c r="K214" s="11">
-        <v>11.7722</v>
+        <v>20.601400000000002</v>
       </c>
       <c r="L214" s="22">
-        <v>250.46</v>
+        <v>390.7</v>
       </c>
       <c r="M214" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A215" s="28" t="s">
-[...18 lines deleted...]
-        <v>762</v>
+      <c r="A215" s="12" t="s">
+        <v>384</v>
+      </c>
+      <c r="B215" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C215" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D215" s="10" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E215" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F215" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G215" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H215" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>40</v>
+      </c>
+      <c r="I215" s="48">
+        <v>8</v>
       </c>
       <c r="J215" s="23" t="s">
-        <v>1147</v>
+        <v>1128</v>
       </c>
       <c r="K215" s="11">
-        <v>14.715299999999999</v>
+        <v>23.5444</v>
       </c>
       <c r="L215" s="22">
-        <v>283.06</v>
+        <v>434.94</v>
       </c>
       <c r="M215" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A216" s="28" t="s">
-[...18 lines deleted...]
-        <v>762</v>
+      <c r="A216" s="12" t="s">
+        <v>385</v>
+      </c>
+      <c r="B216" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C216" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D216" s="10" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E216" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F216" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G216" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H216" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>40</v>
+      </c>
+      <c r="I216" s="48">
+        <v>8</v>
       </c>
       <c r="J216" s="23" t="s">
-        <v>1148</v>
+        <v>1130</v>
       </c>
       <c r="K216" s="11">
-        <v>14.715299999999999</v>
+        <v>23.5444</v>
       </c>
       <c r="L216" s="22">
-        <v>293.06</v>
+        <v>444.94</v>
       </c>
       <c r="M216" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A217" s="28" t="s">
-[...18 lines deleted...]
-        <v>762</v>
+      <c r="A217" s="12" t="s">
+        <v>386</v>
+      </c>
+      <c r="B217" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C217" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D217" s="10" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E217" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F217" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G217" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H217" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I217" s="48">
+        <v>7</v>
       </c>
       <c r="J217" s="23" t="s">
-        <v>1150</v>
+        <v>1132</v>
       </c>
       <c r="K217" s="11">
-        <v>17.658300000000001</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L217" s="22">
-        <v>331.9</v>
+        <v>512.48</v>
       </c>
       <c r="M217" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A218" s="28" t="s">
-        <v>388</v>
+      <c r="A218" s="12" t="s">
+        <v>387</v>
       </c>
       <c r="B218" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D218" s="10" t="s">
-        <v>1151</v>
+        <v>1133</v>
       </c>
       <c r="E218" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F218" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G218" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H218" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I218" s="48">
+        <v>7</v>
       </c>
       <c r="J218" s="23" t="s">
-        <v>1152</v>
+        <v>1134</v>
       </c>
       <c r="K218" s="11">
-        <v>17.658300000000001</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L218" s="22">
-        <v>341.9</v>
+        <v>522.48</v>
       </c>
       <c r="M218" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A219" s="28" t="s">
-        <v>389</v>
+      <c r="A219" s="12" t="s">
+        <v>556</v>
       </c>
       <c r="B219" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D219" s="10" t="s">
-        <v>1153</v>
+        <v>2244</v>
       </c>
       <c r="E219" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F219" s="10" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="G219" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H219" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I219" s="48">
+        <v>4</v>
       </c>
       <c r="J219" s="23" t="s">
-        <v>1154</v>
+        <v>1135</v>
       </c>
       <c r="K219" s="11">
-        <v>20.601400000000002</v>
+        <v>58.8611</v>
       </c>
       <c r="L219" s="22">
-        <v>380.7</v>
+        <v>1435.94</v>
       </c>
       <c r="M219" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A220" s="28" t="s">
-        <v>390</v>
+      <c r="A220" s="12" t="s">
+        <v>388</v>
       </c>
       <c r="B220" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D220" s="10" t="s">
-        <v>1155</v>
+        <v>1136</v>
       </c>
       <c r="E220" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F220" s="10" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="G220" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H220" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I220" s="48">
+        <v>4</v>
       </c>
       <c r="J220" s="23" t="s">
-        <v>1156</v>
+        <v>1137</v>
       </c>
       <c r="K220" s="11">
-        <v>20.601400000000002</v>
+        <v>39.418100000000003</v>
       </c>
       <c r="L220" s="22">
-        <v>390.7</v>
+        <v>993.5</v>
       </c>
       <c r="M220" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A221" s="12" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B221" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D221" s="10" t="s">
-        <v>1157</v>
+        <v>1138</v>
       </c>
       <c r="E221" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F221" s="10" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="G221" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H221" s="25">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I221" s="54">
+        <v>20</v>
+      </c>
+      <c r="I221" s="48">
         <v>8</v>
       </c>
       <c r="J221" s="23" t="s">
-        <v>1158</v>
+        <v>1139</v>
       </c>
       <c r="K221" s="11">
-        <v>23.5444</v>
+        <v>15.767300000000001</v>
       </c>
       <c r="L221" s="22">
-        <v>434.94</v>
+        <v>366.98</v>
       </c>
       <c r="M221" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A222" s="28" t="s">
-        <v>392</v>
+      <c r="A222" s="12" t="s">
+        <v>390</v>
       </c>
       <c r="B222" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D222" s="10" t="s">
-        <v>1159</v>
+        <v>1140</v>
       </c>
       <c r="E222" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F222" s="10" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="G222" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H222" s="25">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I222" s="54">
+        <v>25</v>
+      </c>
+      <c r="I222" s="48">
         <v>8</v>
       </c>
       <c r="J222" s="23" t="s">
-        <v>1160</v>
+        <v>1141</v>
       </c>
       <c r="K222" s="11">
-        <v>23.5444</v>
+        <v>19.709099999999999</v>
       </c>
       <c r="L222" s="22">
-        <v>444.94</v>
+        <v>400.8</v>
       </c>
       <c r="M222" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A223" s="28" t="s">
-        <v>393</v>
+      <c r="A223" s="12" t="s">
+        <v>391</v>
       </c>
       <c r="B223" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D223" s="10" t="s">
-        <v>1161</v>
+        <v>1142</v>
       </c>
       <c r="E223" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F223" s="10" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="G223" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H223" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I223" s="54">
+        <v>30</v>
+      </c>
+      <c r="I223" s="48">
         <v>7</v>
       </c>
       <c r="J223" s="23" t="s">
-        <v>1162</v>
+        <v>1143</v>
       </c>
       <c r="K223" s="11">
-        <v>29.430499999999999</v>
+        <v>23.6509</v>
       </c>
       <c r="L223" s="22">
-        <v>512.48</v>
+        <v>479</v>
       </c>
       <c r="M223" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A224" s="28" t="s">
-        <v>394</v>
+      <c r="A224" s="12" t="s">
+        <v>392</v>
       </c>
       <c r="B224" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D224" s="10" t="s">
-        <v>1163</v>
+        <v>1144</v>
       </c>
       <c r="E224" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F224" s="10" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="G224" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H224" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I224" s="54">
+        <v>30</v>
+      </c>
+      <c r="I224" s="48">
         <v>7</v>
       </c>
       <c r="J224" s="23" t="s">
-        <v>1164</v>
+        <v>1145</v>
       </c>
       <c r="K224" s="11">
-        <v>29.430499999999999</v>
+        <v>23.6509</v>
       </c>
       <c r="L224" s="22">
-        <v>522.48</v>
+        <v>489</v>
       </c>
       <c r="M224" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A225" s="28" t="s">
-        <v>395</v>
+      <c r="A225" s="12" t="s">
+        <v>393</v>
       </c>
       <c r="B225" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D225" s="10" t="s">
-        <v>1165</v>
+        <v>1146</v>
       </c>
       <c r="E225" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F225" s="10" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="G225" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H225" s="25">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I225" s="54">
+        <v>35</v>
+      </c>
+      <c r="I225" s="48">
         <v>5</v>
       </c>
       <c r="J225" s="23" t="s">
-        <v>1166</v>
+        <v>1147</v>
       </c>
       <c r="K225" s="11">
-        <v>35.316600000000001</v>
+        <v>27.592700000000001</v>
       </c>
       <c r="L225" s="22">
-        <v>717.84</v>
+        <v>631.4</v>
       </c>
       <c r="M225" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A226" s="28" t="s">
-        <v>573</v>
+      <c r="A226" s="12" t="s">
+        <v>394</v>
       </c>
       <c r="B226" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D226" s="10" t="s">
-        <v>1167</v>
+        <v>1148</v>
       </c>
       <c r="E226" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F226" s="10" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="G226" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H226" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>35</v>
+      </c>
+      <c r="I226" s="48">
+        <v>5</v>
       </c>
       <c r="J226" s="23" t="s">
-        <v>1168</v>
+        <v>1149</v>
       </c>
       <c r="K226" s="11">
-        <v>58.8611</v>
+        <v>27.592700000000001</v>
       </c>
       <c r="L226" s="22">
-        <v>1435.94</v>
+        <v>641.4</v>
       </c>
       <c r="M226" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A227" s="28" t="s">
-        <v>396</v>
+      <c r="A227" s="12" t="s">
+        <v>395</v>
       </c>
       <c r="B227" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D227" s="10" t="s">
-        <v>1169</v>
+        <v>1150</v>
       </c>
       <c r="E227" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F227" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G227" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H227" s="25">
         <v>50</v>
       </c>
-      <c r="I227" s="54">
+      <c r="I227" s="48">
         <v>4</v>
       </c>
       <c r="J227" s="23" t="s">
-        <v>1170</v>
+        <v>1151</v>
       </c>
       <c r="K227" s="11">
         <v>39.418100000000003</v>
       </c>
       <c r="L227" s="22">
-        <v>993.5</v>
+        <v>696.12</v>
       </c>
       <c r="M227" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A228" s="28" t="s">
-        <v>397</v>
+      <c r="A228" s="12" t="s">
+        <v>396</v>
       </c>
       <c r="B228" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D228" s="10" t="s">
-        <v>1171</v>
+        <v>1152</v>
       </c>
       <c r="E228" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F228" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G228" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H228" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I228" s="48">
+        <v>4</v>
       </c>
       <c r="J228" s="23" t="s">
-        <v>1172</v>
+        <v>1153</v>
       </c>
       <c r="K228" s="11">
-        <v>15.767300000000001</v>
+        <v>39.418100000000003</v>
       </c>
       <c r="L228" s="22">
-        <v>366.98</v>
+        <v>706.12</v>
       </c>
       <c r="M228" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A229" s="28" t="s">
-        <v>398</v>
+      <c r="A229" s="12" t="s">
+        <v>397</v>
       </c>
       <c r="B229" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D229" s="10" t="s">
-        <v>1173</v>
+        <v>1154</v>
       </c>
       <c r="E229" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F229" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G229" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H229" s="25">
         <v>25</v>
       </c>
-      <c r="I229" s="54">
-        <v>8</v>
+      <c r="I229" s="48">
+        <v>7</v>
       </c>
       <c r="J229" s="23" t="s">
-        <v>1174</v>
+        <v>1155</v>
       </c>
       <c r="K229" s="11">
         <v>19.709099999999999</v>
       </c>
       <c r="L229" s="22">
-        <v>400.8</v>
+        <v>488.96</v>
       </c>
       <c r="M229" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A230" s="28" t="s">
-        <v>399</v>
+      <c r="A230" s="12" t="s">
+        <v>451</v>
       </c>
       <c r="B230" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D230" s="10" t="s">
-        <v>1175</v>
+        <v>1156</v>
       </c>
       <c r="E230" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F230" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G230" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H230" s="25">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I230" s="54">
+        <v>25</v>
+      </c>
+      <c r="I230" s="48">
         <v>7</v>
       </c>
       <c r="J230" s="23" t="s">
-        <v>1176</v>
+        <v>1157</v>
       </c>
       <c r="K230" s="11">
-        <v>23.6509</v>
+        <v>19.709099999999999</v>
       </c>
       <c r="L230" s="22">
-        <v>479</v>
+        <v>498.96</v>
       </c>
       <c r="M230" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A231" s="28" t="s">
-        <v>400</v>
+      <c r="A231" s="12" t="s">
+        <v>398</v>
       </c>
       <c r="B231" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D231" s="10" t="s">
-        <v>1177</v>
+        <v>1158</v>
       </c>
       <c r="E231" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F231" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G231" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H231" s="25">
         <v>30</v>
       </c>
-      <c r="I231" s="54">
-        <v>7</v>
+      <c r="I231" s="48">
+        <v>5</v>
       </c>
       <c r="J231" s="23" t="s">
-        <v>1178</v>
+        <v>1159</v>
       </c>
       <c r="K231" s="11">
         <v>23.6509</v>
       </c>
       <c r="L231" s="22">
-        <v>489</v>
+        <v>590.41999999999996</v>
       </c>
       <c r="M231" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A232" s="12" t="s">
-        <v>401</v>
+        <v>539</v>
       </c>
       <c r="B232" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D232" s="10" t="s">
-        <v>1179</v>
+        <v>1160</v>
       </c>
       <c r="E232" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F232" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G232" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H232" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I232" s="54">
+        <v>30</v>
+      </c>
+      <c r="I232" s="48">
         <v>5</v>
       </c>
       <c r="J232" s="23" t="s">
-        <v>1180</v>
+        <v>1161</v>
       </c>
       <c r="K232" s="11">
-        <v>27.592700000000001</v>
+        <v>23.651</v>
       </c>
       <c r="L232" s="22">
-        <v>631.4</v>
+        <v>600.41999999999996</v>
       </c>
       <c r="M232" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A233" s="28" t="s">
-        <v>402</v>
+      <c r="A233" s="12" t="s">
+        <v>399</v>
       </c>
       <c r="B233" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D233" s="10" t="s">
-        <v>1181</v>
+        <v>1162</v>
       </c>
       <c r="E233" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F233" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G233" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H233" s="25">
         <v>35</v>
       </c>
-      <c r="I233" s="54">
+      <c r="I233" s="48">
         <v>5</v>
       </c>
       <c r="J233" s="23" t="s">
-        <v>1182</v>
+        <v>1163</v>
       </c>
       <c r="K233" s="11">
         <v>27.592700000000001</v>
       </c>
       <c r="L233" s="22">
-        <v>641.4</v>
+        <v>687.18</v>
       </c>
       <c r="M233" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A234" s="28" t="s">
-        <v>403</v>
+      <c r="A234" s="12" t="s">
+        <v>531</v>
       </c>
       <c r="B234" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D234" s="10" t="s">
-        <v>1183</v>
+        <v>1164</v>
       </c>
       <c r="E234" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F234" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G234" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H234" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I234" s="54">
+        <v>40</v>
+      </c>
+      <c r="I234" s="48">
         <v>4</v>
       </c>
       <c r="J234" s="23" t="s">
-        <v>1184</v>
+        <v>1165</v>
       </c>
       <c r="K234" s="11">
-        <v>39.418100000000003</v>
+        <v>31.534500000000001</v>
       </c>
       <c r="L234" s="22">
-        <v>696.12</v>
+        <v>749.46</v>
       </c>
       <c r="M234" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A235" s="28" t="s">
-        <v>404</v>
+      <c r="A235" s="12" t="s">
+        <v>400</v>
       </c>
       <c r="B235" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D235" s="10" t="s">
-        <v>1185</v>
+        <v>1166</v>
       </c>
       <c r="E235" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F235" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G235" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H235" s="25">
         <v>50</v>
       </c>
-      <c r="I235" s="54">
+      <c r="I235" s="48">
         <v>4</v>
       </c>
       <c r="J235" s="23" t="s">
-        <v>1186</v>
+        <v>1167</v>
       </c>
       <c r="K235" s="11">
         <v>39.418100000000003</v>
       </c>
       <c r="L235" s="22">
-        <v>706.12</v>
+        <v>771.88</v>
       </c>
       <c r="M235" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A236" s="28" t="s">
-        <v>405</v>
+      <c r="A236" s="12" t="s">
+        <v>401</v>
       </c>
       <c r="B236" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D236" s="10" t="s">
-        <v>1187</v>
+        <v>1168</v>
       </c>
       <c r="E236" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F236" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G236" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H236" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I236" s="48">
+        <v>4</v>
       </c>
       <c r="J236" s="23" t="s">
-        <v>1188</v>
+        <v>1169</v>
       </c>
       <c r="K236" s="11">
-        <v>19.709099999999999</v>
+        <v>39.418100000000003</v>
       </c>
       <c r="L236" s="22">
-        <v>488.96</v>
+        <v>781.88</v>
       </c>
       <c r="M236" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A237" s="28" t="s">
-        <v>466</v>
+      <c r="A237" s="12" t="s">
+        <v>452</v>
       </c>
       <c r="B237" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D237" s="10" t="s">
-        <v>1189</v>
+        <v>1170</v>
       </c>
       <c r="E237" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F237" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G237" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H237" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I237" s="48">
+        <v>8</v>
       </c>
       <c r="J237" s="23" t="s">
-        <v>1190</v>
+        <v>1171</v>
       </c>
       <c r="K237" s="11">
-        <v>19.709099999999999</v>
+        <v>11.8254</v>
       </c>
       <c r="L237" s="22">
-        <v>498.96</v>
+        <v>270.74</v>
       </c>
       <c r="M237" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A238" s="28" t="s">
-        <v>406</v>
+      <c r="A238" s="12" t="s">
+        <v>402</v>
       </c>
       <c r="B238" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D238" s="10" t="s">
-        <v>1191</v>
+        <v>1172</v>
       </c>
       <c r="E238" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F238" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G238" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H238" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>25</v>
+      </c>
+      <c r="I238" s="48">
+        <v>8</v>
       </c>
       <c r="J238" s="23" t="s">
-        <v>1192</v>
+        <v>1173</v>
       </c>
       <c r="K238" s="11">
-        <v>23.6509</v>
+        <v>19.709099999999999</v>
       </c>
       <c r="L238" s="22">
-        <v>590.41999999999996</v>
+        <v>397.2</v>
       </c>
       <c r="M238" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A239" s="28" t="s">
-        <v>556</v>
+      <c r="A239" s="12" t="s">
+        <v>403</v>
       </c>
       <c r="B239" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D239" s="10" t="s">
-        <v>1193</v>
+        <v>1174</v>
       </c>
       <c r="E239" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F239" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G239" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H239" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>25</v>
+      </c>
+      <c r="I239" s="48">
+        <v>8</v>
       </c>
       <c r="J239" s="23" t="s">
-        <v>1194</v>
+        <v>1175</v>
       </c>
       <c r="K239" s="11">
-        <v>23.651</v>
+        <v>19.709099999999999</v>
       </c>
       <c r="L239" s="22">
-        <v>600.41999999999996</v>
+        <v>407.2</v>
       </c>
       <c r="M239" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A240" s="28" t="s">
-        <v>407</v>
+      <c r="A240" s="12" t="s">
+        <v>404</v>
       </c>
       <c r="B240" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D240" s="10" t="s">
-        <v>1195</v>
+        <v>1176</v>
       </c>
       <c r="E240" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F240" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G240" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H240" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>30</v>
+      </c>
+      <c r="I240" s="48">
+        <v>7</v>
       </c>
       <c r="J240" s="23" t="s">
-        <v>1196</v>
+        <v>1177</v>
       </c>
       <c r="K240" s="11">
-        <v>27.592700000000001</v>
+        <v>23.6509</v>
       </c>
       <c r="L240" s="22">
-        <v>687.18</v>
+        <v>474.68</v>
       </c>
       <c r="M240" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A241" s="28" t="s">
-        <v>548</v>
+      <c r="A241" s="12" t="s">
+        <v>405</v>
       </c>
       <c r="B241" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D241" s="10" t="s">
-        <v>1197</v>
+        <v>1178</v>
       </c>
       <c r="E241" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F241" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G241" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H241" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>35</v>
+      </c>
+      <c r="I241" s="48">
+        <v>7</v>
       </c>
       <c r="J241" s="23" t="s">
-        <v>1198</v>
+        <v>1179</v>
       </c>
       <c r="K241" s="11">
-        <v>31.534500000000001</v>
+        <v>27.592700000000001</v>
       </c>
       <c r="L241" s="22">
-        <v>749.46</v>
+        <v>625.72</v>
       </c>
       <c r="M241" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A242" s="28" t="s">
-        <v>408</v>
+      <c r="A242" s="12" t="s">
+        <v>406</v>
       </c>
       <c r="B242" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D242" s="10" t="s">
-        <v>1199</v>
+        <v>1180</v>
       </c>
       <c r="E242" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F242" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G242" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H242" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>35</v>
+      </c>
+      <c r="I242" s="48">
+        <v>7</v>
       </c>
       <c r="J242" s="23" t="s">
-        <v>1200</v>
+        <v>1181</v>
       </c>
       <c r="K242" s="11">
-        <v>39.418100000000003</v>
+        <v>27.592700000000001</v>
       </c>
       <c r="L242" s="22">
-        <v>771.88</v>
+        <v>635.72</v>
       </c>
       <c r="M242" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A243" s="28" t="s">
-        <v>409</v>
+      <c r="A243" s="12" t="s">
+        <v>407</v>
       </c>
       <c r="B243" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D243" s="10" t="s">
-        <v>1201</v>
+        <v>1182</v>
       </c>
       <c r="E243" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F243" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G243" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H243" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>40</v>
+      </c>
+      <c r="I243" s="48">
+        <v>5</v>
       </c>
       <c r="J243" s="23" t="s">
-        <v>1202</v>
+        <v>1183</v>
       </c>
       <c r="K243" s="11">
-        <v>39.418100000000003</v>
+        <v>31.534500000000001</v>
       </c>
       <c r="L243" s="22">
-        <v>781.88</v>
+        <v>713.54</v>
       </c>
       <c r="M243" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A244" s="28" t="s">
-        <v>467</v>
+      <c r="A244" s="12" t="s">
+        <v>408</v>
       </c>
       <c r="B244" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D244" s="10" t="s">
-        <v>1203</v>
+        <v>1184</v>
       </c>
       <c r="E244" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F244" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G244" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H244" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I244" s="48">
+        <v>5</v>
       </c>
       <c r="J244" s="23" t="s">
-        <v>1204</v>
+        <v>1185</v>
       </c>
       <c r="K244" s="11">
-        <v>11.8254</v>
+        <v>39.418100000000003</v>
       </c>
       <c r="L244" s="22">
-        <v>270.74</v>
+        <v>689.86</v>
       </c>
       <c r="M244" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A245" s="28" t="s">
-        <v>410</v>
+      <c r="A245" s="12" t="s">
+        <v>409</v>
       </c>
       <c r="B245" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D245" s="10" t="s">
-        <v>1205</v>
+        <v>1186</v>
       </c>
       <c r="E245" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F245" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G245" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H245" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I245" s="48">
+        <v>5</v>
       </c>
       <c r="J245" s="23" t="s">
-        <v>1206</v>
+        <v>1187</v>
       </c>
       <c r="K245" s="11">
-        <v>19.709099999999999</v>
+        <v>39.418100000000003</v>
       </c>
       <c r="L245" s="22">
-        <v>397.2</v>
+        <v>699.86</v>
       </c>
       <c r="M245" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A246" s="28" t="s">
-        <v>411</v>
+      <c r="A246" s="12" t="s">
+        <v>410</v>
       </c>
       <c r="B246" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D246" s="10" t="s">
-        <v>1207</v>
+        <v>1188</v>
       </c>
       <c r="E246" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="F246" s="10" t="s">
-        <v>852</v>
+        <v>772</v>
       </c>
       <c r="G246" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H246" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I246" s="48">
+        <v>5</v>
       </c>
       <c r="J246" s="23" t="s">
-        <v>1208</v>
+        <v>1189</v>
       </c>
       <c r="K246" s="11">
-        <v>19.709099999999999</v>
+        <v>24.360600000000002</v>
       </c>
       <c r="L246" s="22">
-        <v>407.2</v>
+        <v>568.84</v>
       </c>
       <c r="M246" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A247" s="28" t="s">
-        <v>412</v>
+      <c r="A247" s="12" t="s">
+        <v>411</v>
       </c>
       <c r="B247" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D247" s="10" t="s">
-        <v>1209</v>
+        <v>1190</v>
       </c>
       <c r="E247" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="F247" s="10" t="s">
-        <v>852</v>
+        <v>807</v>
       </c>
       <c r="G247" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H247" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I247" s="48">
+        <v>5</v>
       </c>
       <c r="J247" s="23" t="s">
-        <v>1210</v>
+        <v>1191</v>
       </c>
       <c r="K247" s="11">
-        <v>23.6509</v>
+        <v>31.866499999999998</v>
       </c>
       <c r="L247" s="22">
-        <v>474.68</v>
+        <v>723.58</v>
       </c>
       <c r="M247" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A248" s="28" t="s">
-        <v>413</v>
+      <c r="A248" s="12" t="s">
+        <v>412</v>
       </c>
       <c r="B248" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D248" s="10" t="s">
-        <v>1211</v>
+        <v>1192</v>
       </c>
       <c r="E248" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="F248" s="10" t="s">
-        <v>852</v>
+        <v>807</v>
       </c>
       <c r="G248" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H248" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>100</v>
+      </c>
+      <c r="I248" s="48">
+        <v>4</v>
       </c>
       <c r="J248" s="23" t="s">
-        <v>1212</v>
+        <v>1193</v>
       </c>
       <c r="K248" s="11">
-        <v>27.592700000000001</v>
+        <v>63.7331</v>
       </c>
       <c r="L248" s="22">
-        <v>625.72</v>
+        <v>1656.68</v>
       </c>
       <c r="M248" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A249" s="28" t="s">
-        <v>414</v>
+      <c r="A249" s="12" t="s">
+        <v>413</v>
       </c>
       <c r="B249" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D249" s="10" t="s">
-        <v>1213</v>
+        <v>1194</v>
       </c>
       <c r="E249" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="F249" s="10" t="s">
-        <v>852</v>
+        <v>807</v>
       </c>
       <c r="G249" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H249" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I249" s="54">
+        <v>50</v>
+      </c>
+      <c r="I249" s="48">
         <v>7</v>
       </c>
       <c r="J249" s="23" t="s">
-        <v>1214</v>
+        <v>1195</v>
       </c>
       <c r="K249" s="11">
-        <v>27.592700000000001</v>
+        <v>31.8</v>
       </c>
       <c r="L249" s="22">
-        <v>635.72</v>
+        <v>717.06</v>
       </c>
       <c r="M249" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A250" s="28" t="s">
-        <v>415</v>
+      <c r="A250" s="12" t="s">
+        <v>414</v>
       </c>
       <c r="B250" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D250" s="10" t="s">
-        <v>1215</v>
+        <v>1196</v>
       </c>
       <c r="E250" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="F250" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G250" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H250" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I250" s="48">
+        <v>4</v>
       </c>
       <c r="J250" s="23" t="s">
-        <v>1216</v>
+        <v>1197</v>
       </c>
       <c r="K250" s="11">
-        <v>31.534500000000001</v>
+        <v>41.854100000000003</v>
       </c>
       <c r="L250" s="22">
-        <v>713.54</v>
+        <v>926.94</v>
       </c>
       <c r="M250" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A251" s="28" t="s">
-        <v>416</v>
+      <c r="A251" s="12" t="s">
+        <v>415</v>
       </c>
       <c r="B251" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D251" s="10" t="s">
-        <v>1217</v>
+        <v>1198</v>
       </c>
       <c r="E251" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="F251" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G251" s="10" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="H251" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>25</v>
+      </c>
+      <c r="I251" s="48">
+        <v>7</v>
       </c>
       <c r="J251" s="23" t="s">
-        <v>1218</v>
+        <v>1199</v>
       </c>
       <c r="K251" s="11">
-        <v>39.418100000000003</v>
+        <v>20.927099999999999</v>
       </c>
       <c r="L251" s="22">
-        <v>689.86</v>
+        <v>514.66</v>
       </c>
       <c r="M251" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A252" s="28" t="s">
-        <v>417</v>
+      <c r="A252" s="12" t="s">
+        <v>416</v>
       </c>
       <c r="B252" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D252" s="10" t="s">
-        <v>1219</v>
+        <v>1200</v>
       </c>
       <c r="E252" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="F252" s="10" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="G252" s="10" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="H252" s="25">
         <v>50</v>
       </c>
-      <c r="I252" s="54">
-        <v>5</v>
+      <c r="I252" s="48">
+        <v>4</v>
       </c>
       <c r="J252" s="23" t="s">
-        <v>1220</v>
+        <v>1201</v>
       </c>
       <c r="K252" s="11">
-        <v>39.418100000000003</v>
+        <v>41.854100000000003</v>
       </c>
       <c r="L252" s="22">
-        <v>699.86</v>
+        <v>1034.26</v>
       </c>
       <c r="M252" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A253" s="28" t="s">
-        <v>418</v>
+      <c r="A253" s="12" t="s">
+        <v>417</v>
       </c>
       <c r="B253" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D253" s="10" t="s">
-        <v>1221</v>
+        <v>1200</v>
       </c>
       <c r="E253" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="F253" s="10" t="s">
-        <v>790</v>
+        <v>834</v>
       </c>
       <c r="G253" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H253" s="25">
         <v>50</v>
       </c>
-      <c r="I253" s="54">
-        <v>5</v>
+      <c r="I253" s="48">
+        <v>4</v>
       </c>
       <c r="J253" s="23" t="s">
-        <v>1222</v>
+        <v>1202</v>
       </c>
       <c r="K253" s="11">
-        <v>24.360600000000002</v>
+        <v>41.854100000000003</v>
       </c>
       <c r="L253" s="22">
-        <v>568.84</v>
+        <v>1044.26</v>
       </c>
       <c r="M253" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A254" s="28" t="s">
-        <v>419</v>
+      <c r="A254" s="12" t="s">
+        <v>418</v>
       </c>
       <c r="B254" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D254" s="10" t="s">
-        <v>1223</v>
+        <v>1203</v>
       </c>
       <c r="E254" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="F254" s="10" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="G254" s="10" t="s">
-        <v>763</v>
+        <v>744</v>
       </c>
       <c r="H254" s="25">
         <v>50</v>
       </c>
-      <c r="I254" s="54">
+      <c r="I254" s="48">
         <v>5</v>
       </c>
       <c r="J254" s="23" t="s">
-        <v>1224</v>
+        <v>1204</v>
       </c>
       <c r="K254" s="11">
-        <v>31.866499999999998</v>
+        <v>41.854100000000003</v>
       </c>
       <c r="L254" s="22">
-        <v>723.58</v>
+        <v>918.6</v>
       </c>
       <c r="M254" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A255" s="28" t="s">
-        <v>420</v>
+      <c r="A255" s="12" t="s">
+        <v>471</v>
       </c>
       <c r="B255" s="15" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D255" s="10" t="s">
-        <v>1225</v>
+        <v>1205</v>
       </c>
       <c r="E255" s="10" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="F255" s="10" t="s">
-        <v>825</v>
+        <v>750</v>
       </c>
       <c r="G255" s="10" t="s">
-        <v>763</v>
+        <v>744</v>
       </c>
       <c r="H255" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>35</v>
+      </c>
+      <c r="I255" s="48">
+        <v>8</v>
       </c>
       <c r="J255" s="23" t="s">
-        <v>1226</v>
+        <v>1206</v>
       </c>
       <c r="K255" s="11">
-        <v>63.7331</v>
+        <v>11.445</v>
       </c>
       <c r="L255" s="22">
-        <v>1656.68</v>
+        <v>296.48</v>
       </c>
       <c r="M255" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A256" s="28" t="s">
-        <v>421</v>
+      <c r="A256" s="12" t="s">
+        <v>602</v>
       </c>
       <c r="B256" s="15" t="s">
-        <v>759</v>
+        <v>1207</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D256" s="10" t="s">
-        <v>1227</v>
+        <v>1208</v>
       </c>
       <c r="E256" s="10" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="F256" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G256" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H256" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I256" s="48">
+        <v>5</v>
       </c>
       <c r="J256" s="23" t="s">
-        <v>1228</v>
+        <v>1209</v>
       </c>
       <c r="K256" s="11">
-        <v>31.8</v>
+        <v>5.36</v>
       </c>
       <c r="L256" s="22">
-        <v>717.06</v>
+        <v>321.5</v>
       </c>
       <c r="M256" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A257" s="28" t="s">
-        <v>422</v>
+      <c r="A257" s="12" t="s">
+        <v>603</v>
       </c>
       <c r="B257" s="15" t="s">
-        <v>759</v>
+        <v>1207</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D257" s="10" t="s">
-        <v>1229</v>
+        <v>1210</v>
       </c>
       <c r="E257" s="10" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="F257" s="10" t="s">
-        <v>852</v>
+        <v>744</v>
       </c>
       <c r="G257" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H257" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I257" s="54">
+        <v>35</v>
+      </c>
+      <c r="I257" s="48">
         <v>4</v>
       </c>
       <c r="J257" s="23" t="s">
-        <v>1230</v>
+        <v>1211</v>
       </c>
       <c r="K257" s="11">
-        <v>41.854100000000003</v>
+        <v>7.5039999999999996</v>
       </c>
       <c r="L257" s="22">
-        <v>926.94</v>
+        <v>457.66</v>
       </c>
       <c r="M257" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A258" s="28" t="s">
-        <v>423</v>
+      <c r="A258" s="12" t="s">
+        <v>634</v>
       </c>
       <c r="B258" s="15" t="s">
-        <v>759</v>
+        <v>1207</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D258" s="10" t="s">
-        <v>1231</v>
+        <v>1212</v>
       </c>
       <c r="E258" s="10" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="F258" s="10" t="s">
-        <v>852</v>
+        <v>744</v>
       </c>
       <c r="G258" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H258" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I258" s="48">
+        <v>4</v>
       </c>
       <c r="J258" s="23" t="s">
-        <v>1232</v>
+        <v>1213</v>
       </c>
       <c r="K258" s="11">
-        <v>20.927099999999999</v>
+        <v>10.72</v>
       </c>
       <c r="L258" s="22">
-        <v>514.66</v>
+        <v>635.4</v>
       </c>
       <c r="M258" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A259" s="28" t="s">
-        <v>424</v>
+      <c r="A259" s="12" t="s">
+        <v>635</v>
       </c>
       <c r="B259" s="15" t="s">
-        <v>759</v>
+        <v>1207</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D259" s="10" t="s">
-        <v>1233</v>
+        <v>1214</v>
       </c>
       <c r="E259" s="10" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="F259" s="10" t="s">
-        <v>852</v>
+        <v>744</v>
       </c>
       <c r="G259" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H259" s="25">
         <v>50</v>
       </c>
-      <c r="I259" s="54">
+      <c r="I259" s="48">
         <v>4</v>
       </c>
       <c r="J259" s="23" t="s">
-        <v>1234</v>
+        <v>1215</v>
       </c>
       <c r="K259" s="11">
-        <v>41.854100000000003</v>
+        <v>10.72</v>
       </c>
       <c r="L259" s="22">
-        <v>1034.26</v>
+        <v>599.28</v>
       </c>
       <c r="M259" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A260" s="28" t="s">
-        <v>425</v>
+      <c r="A260" s="12" t="s">
+        <v>728</v>
       </c>
       <c r="B260" s="15" t="s">
-        <v>759</v>
+        <v>1207</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D260" s="10" t="s">
-        <v>1233</v>
+        <v>1216</v>
       </c>
       <c r="E260" s="10" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="F260" s="10" t="s">
-        <v>852</v>
+        <v>744</v>
       </c>
       <c r="G260" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H260" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I260" s="48">
+        <v>14</v>
       </c>
       <c r="J260" s="23" t="s">
-        <v>1235</v>
+        <v>1217</v>
       </c>
       <c r="K260" s="11">
-        <v>41.854100000000003</v>
+        <v>3.21</v>
       </c>
       <c r="L260" s="22">
-        <v>1044.26</v>
+        <v>182.5</v>
       </c>
       <c r="M260" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A261" s="28" t="s">
-        <v>426</v>
+      <c r="A261" s="12" t="s">
+        <v>729</v>
       </c>
       <c r="B261" s="15" t="s">
-        <v>759</v>
+        <v>1207</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D261" s="10" t="s">
-        <v>1236</v>
+        <v>1218</v>
       </c>
       <c r="E261" s="10" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="F261" s="10" t="s">
-        <v>852</v>
+        <v>744</v>
       </c>
       <c r="G261" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H261" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I261" s="48">
+        <v>14</v>
       </c>
       <c r="J261" s="23" t="s">
-        <v>1237</v>
+        <v>1219</v>
       </c>
       <c r="K261" s="11">
-        <v>41.854100000000003</v>
+        <v>3.21</v>
       </c>
       <c r="L261" s="22">
-        <v>918.6</v>
+        <v>146.38</v>
       </c>
       <c r="M261" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A262" s="28" t="s">
-        <v>486</v>
+      <c r="A262" s="12" t="s">
+        <v>600</v>
       </c>
       <c r="B262" s="15" t="s">
-        <v>759</v>
+        <v>1207</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D262" s="10" t="s">
-        <v>1238</v>
+        <v>1220</v>
       </c>
       <c r="E262" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F262" s="10" t="s">
-        <v>768</v>
+        <v>744</v>
       </c>
       <c r="G262" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H262" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>15</v>
+      </c>
+      <c r="I262" s="48">
+        <v>14</v>
       </c>
       <c r="J262" s="23" t="s">
-        <v>1239</v>
+        <v>1221</v>
       </c>
       <c r="K262" s="11">
-        <v>11.445</v>
+        <v>3.2103000000000002</v>
       </c>
       <c r="L262" s="22">
-        <v>296.48</v>
+        <v>267.60000000000002</v>
       </c>
       <c r="M262" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A263" s="28" t="s">
-        <v>620</v>
+      <c r="A263" s="12" t="s">
+        <v>545</v>
       </c>
       <c r="B263" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D263" s="10" t="s">
-        <v>1241</v>
+        <v>1222</v>
       </c>
       <c r="E263" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F263" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G263" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H263" s="25">
         <v>25</v>
       </c>
-      <c r="I263" s="54">
-        <v>5</v>
+      <c r="I263" s="48">
+        <v>12</v>
       </c>
       <c r="J263" s="23" t="s">
-        <v>1242</v>
+        <v>1223</v>
       </c>
       <c r="K263" s="11">
         <v>5.36</v>
       </c>
       <c r="L263" s="22">
-        <v>321.5</v>
+        <v>243.88</v>
       </c>
       <c r="M263" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A264" s="28" t="s">
-        <v>621</v>
+      <c r="A264" s="12" t="s">
+        <v>546</v>
       </c>
       <c r="B264" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D264" s="10" t="s">
-        <v>1243</v>
+        <v>1224</v>
       </c>
       <c r="E264" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F264" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G264" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H264" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I264" s="48">
+        <v>12</v>
       </c>
       <c r="J264" s="23" t="s">
-        <v>1244</v>
+        <v>1225</v>
       </c>
       <c r="K264" s="11">
-        <v>7.5039999999999996</v>
+        <v>5.36</v>
       </c>
       <c r="L264" s="22">
-        <v>457.66</v>
+        <v>381.2</v>
       </c>
       <c r="M264" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A265" s="28" t="s">
-        <v>652</v>
+      <c r="A265" s="12" t="s">
+        <v>547</v>
       </c>
       <c r="B265" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D265" s="10" t="s">
-        <v>1245</v>
+        <v>1226</v>
       </c>
       <c r="E265" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F265" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G265" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H265" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I265" s="48">
+        <v>12</v>
       </c>
       <c r="J265" s="23" t="s">
-        <v>1246</v>
+        <v>1227</v>
       </c>
       <c r="K265" s="11">
-        <v>10.72</v>
+        <v>5.36</v>
       </c>
       <c r="L265" s="22">
-        <v>635.4</v>
+        <v>207.78</v>
       </c>
       <c r="M265" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A266" s="28" t="s">
-        <v>653</v>
+      <c r="A266" s="12" t="s">
+        <v>707</v>
       </c>
       <c r="B266" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D266" s="10" t="s">
-        <v>1247</v>
+        <v>2248</v>
       </c>
       <c r="E266" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F266" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G266" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H266" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I266" s="48">
+        <v>14</v>
       </c>
       <c r="J266" s="23" t="s">
-        <v>1248</v>
+        <v>1228</v>
       </c>
       <c r="K266" s="11">
-        <v>10.72</v>
+        <v>5.36</v>
       </c>
       <c r="L266" s="22">
-        <v>599.28</v>
+        <v>355.42</v>
       </c>
       <c r="M266" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A267" s="28" t="s">
-        <v>746</v>
+      <c r="A267" s="12" t="s">
+        <v>638</v>
       </c>
       <c r="B267" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D267" s="10" t="s">
-        <v>1249</v>
+        <v>2171</v>
       </c>
       <c r="E267" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F267" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G267" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H267" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I267" s="48">
+        <v>12</v>
       </c>
       <c r="J267" s="23" t="s">
-        <v>1250</v>
+        <v>1229</v>
       </c>
       <c r="K267" s="11">
-        <v>3.21</v>
+        <v>6.4222700000000001</v>
       </c>
       <c r="L267" s="22">
-        <v>182.5</v>
+        <v>280.3</v>
       </c>
       <c r="M267" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A268" s="28" t="s">
-        <v>747</v>
+      <c r="A268" s="12" t="s">
+        <v>639</v>
       </c>
       <c r="B268" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D268" s="10" t="s">
-        <v>1251</v>
+        <v>1230</v>
       </c>
       <c r="E268" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F268" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G268" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H268" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I268" s="48">
+        <v>12</v>
       </c>
       <c r="J268" s="23" t="s">
-        <v>1252</v>
+        <v>1231</v>
       </c>
       <c r="K268" s="11">
-        <v>3.21</v>
+        <v>6.43</v>
       </c>
       <c r="L268" s="22">
-        <v>146.38</v>
+        <v>368.94</v>
       </c>
       <c r="M268" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A269" s="28" t="s">
-        <v>618</v>
+      <c r="A269" s="12" t="s">
+        <v>667</v>
       </c>
       <c r="B269" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D269" s="10" t="s">
-        <v>1253</v>
+        <v>1232</v>
       </c>
       <c r="E269" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F269" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G269" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H269" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>35</v>
+      </c>
+      <c r="I269" s="48">
+        <v>8</v>
       </c>
       <c r="J269" s="23" t="s">
-        <v>1254</v>
+        <v>1233</v>
       </c>
       <c r="K269" s="11">
-        <v>3.2103000000000002</v>
+        <v>7.5039999999999996</v>
       </c>
       <c r="L269" s="22">
-        <v>267.60000000000002</v>
+        <v>303.76</v>
       </c>
       <c r="M269" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A270" s="28" t="s">
-        <v>562</v>
+      <c r="A270" s="12" t="s">
+        <v>668</v>
       </c>
       <c r="B270" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C270" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D270" s="10" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E270" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F270" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="G270" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H270" s="25">
+        <v>35</v>
+      </c>
+      <c r="I270" s="48">
+        <v>8</v>
+      </c>
+      <c r="J270" s="23" t="s">
+        <v>1235</v>
+      </c>
+      <c r="K270" s="11">
+        <v>7.5039999999999996</v>
+      </c>
+      <c r="L270" s="22">
+        <v>267.64</v>
+      </c>
+      <c r="M270" s="22">
+        <f t="shared" ref="M270:M333" si="4">L270*$B$5</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A271" s="12" t="s">
+        <v>595</v>
+      </c>
+      <c r="B271" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C271" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D271" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E271" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F271" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="G271" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H271" s="25">
+        <v>35</v>
+      </c>
+      <c r="I271" s="48">
+        <v>8</v>
+      </c>
+      <c r="J271" s="23" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K271" s="11">
+        <v>7.5039999999999996</v>
+      </c>
+      <c r="L271" s="22">
+        <v>441.76</v>
+      </c>
+      <c r="M271" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A272" s="12" t="s">
+        <v>511</v>
+      </c>
+      <c r="B272" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C272" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D272" s="10" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E272" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F272" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="G272" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H272" s="25">
+        <v>50</v>
+      </c>
+      <c r="I272" s="48">
+        <v>8</v>
+      </c>
+      <c r="J272" s="23" t="s">
+        <v>1239</v>
+      </c>
+      <c r="K272" s="11">
+        <v>10.72</v>
+      </c>
+      <c r="L272" s="22">
+        <v>416.28</v>
+      </c>
+      <c r="M272" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A273" s="12" t="s">
+        <v>512</v>
+      </c>
+      <c r="B273" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C273" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D273" s="10" t="s">
         <v>1240</v>
       </c>
-      <c r="C270" s="15" t="s">
-[...130 lines deleted...]
-      </c>
       <c r="E273" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F273" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G273" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H273" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I273" s="48">
+        <v>8</v>
       </c>
       <c r="J273" s="23" t="s">
-        <v>1262</v>
+        <v>1241</v>
       </c>
       <c r="K273" s="11">
-        <v>5.36</v>
+        <v>10.71</v>
       </c>
       <c r="L273" s="22">
-        <v>355.42</v>
+        <v>652.94000000000005</v>
       </c>
       <c r="M273" s="22">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A274" s="12" t="s">
-        <v>656</v>
+        <v>513</v>
       </c>
       <c r="B274" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D274" s="10" t="s">
-        <v>2250</v>
+        <v>2172</v>
       </c>
       <c r="E274" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F274" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G274" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H274" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I274" s="48">
+        <v>8</v>
       </c>
       <c r="J274" s="23" t="s">
-        <v>1263</v>
+        <v>1242</v>
       </c>
       <c r="K274" s="11">
-        <v>6.4222700000000001</v>
+        <v>10.71</v>
       </c>
       <c r="L274" s="22">
-        <v>280.3</v>
+        <v>557.82000000000005</v>
       </c>
       <c r="M274" s="22">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A275" s="28" t="s">
-        <v>657</v>
+      <c r="A275" s="12" t="s">
+        <v>514</v>
       </c>
       <c r="B275" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D275" s="10" t="s">
-        <v>1264</v>
+        <v>2173</v>
       </c>
       <c r="E275" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F275" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G275" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H275" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I275" s="48">
+        <v>8</v>
       </c>
       <c r="J275" s="23" t="s">
-        <v>1265</v>
+        <v>1243</v>
       </c>
       <c r="K275" s="11">
-        <v>6.43</v>
+        <v>10.72</v>
       </c>
       <c r="L275" s="22">
-        <v>368.94</v>
+        <v>380.14</v>
       </c>
       <c r="M275" s="22">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A276" s="28" t="s">
-        <v>685</v>
+      <c r="A276" s="12" t="s">
+        <v>646</v>
       </c>
       <c r="B276" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D276" s="10" t="s">
-        <v>1266</v>
+        <v>1244</v>
       </c>
       <c r="E276" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F276" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G276" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H276" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I276" s="54">
+        <v>50</v>
+      </c>
+      <c r="I276" s="48">
         <v>8</v>
       </c>
       <c r="J276" s="23" t="s">
-        <v>1267</v>
+        <v>1245</v>
       </c>
       <c r="K276" s="11">
-        <v>7.5039999999999996</v>
+        <v>10.71</v>
       </c>
       <c r="L276" s="22">
-        <v>303.76</v>
+        <v>689.08</v>
       </c>
       <c r="M276" s="22">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A277" s="28" t="s">
-        <v>686</v>
+      <c r="A277" s="12" t="s">
+        <v>647</v>
       </c>
       <c r="B277" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D277" s="10" t="s">
-        <v>1268</v>
+        <v>2174</v>
       </c>
       <c r="E277" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F277" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G277" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H277" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I277" s="54">
+        <v>50</v>
+      </c>
+      <c r="I277" s="48">
         <v>8</v>
       </c>
       <c r="J277" s="23" t="s">
-        <v>1269</v>
+        <v>1246</v>
       </c>
       <c r="K277" s="11">
-        <v>7.5039999999999996</v>
+        <v>10.72</v>
       </c>
       <c r="L277" s="22">
-        <v>267.64</v>
+        <v>593.96</v>
       </c>
       <c r="M277" s="22">
-        <f t="shared" ref="M277:M340" si="4">L277*$B$5</f>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A278" s="28" t="s">
-        <v>613</v>
+      <c r="A278" s="12" t="s">
+        <v>637</v>
       </c>
       <c r="B278" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D278" s="10" t="s">
-        <v>1270</v>
+        <v>1247</v>
       </c>
       <c r="E278" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F278" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G278" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H278" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I278" s="54">
+        <v>15</v>
+      </c>
+      <c r="I278" s="48">
         <v>8</v>
       </c>
       <c r="J278" s="23" t="s">
-        <v>1271</v>
+        <v>1248</v>
       </c>
       <c r="K278" s="11">
-        <v>7.5039999999999996</v>
+        <v>3.21</v>
       </c>
       <c r="L278" s="22">
-        <v>441.76</v>
+        <v>202.1</v>
       </c>
       <c r="M278" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A279" s="12" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="B279" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D279" s="10" t="s">
-        <v>1272</v>
+        <v>1249</v>
       </c>
       <c r="E279" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F279" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G279" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H279" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I279" s="54">
+        <v>25</v>
+      </c>
+      <c r="I279" s="48">
         <v>8</v>
       </c>
       <c r="J279" s="23" t="s">
-        <v>1273</v>
+        <v>1250</v>
       </c>
       <c r="K279" s="11">
-        <v>10.72</v>
+        <v>5.36</v>
       </c>
       <c r="L279" s="22">
-        <v>416.28</v>
+        <v>277.8</v>
       </c>
       <c r="M279" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A280" s="28" t="s">
-        <v>529</v>
+      <c r="A280" s="12" t="s">
+        <v>497</v>
       </c>
       <c r="B280" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D280" s="10" t="s">
-        <v>1274</v>
+        <v>2175</v>
       </c>
       <c r="E280" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F280" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G280" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H280" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I280" s="54">
+        <v>25</v>
+      </c>
+      <c r="I280" s="48">
         <v>8</v>
       </c>
       <c r="J280" s="23" t="s">
-        <v>1275</v>
+        <v>1252</v>
       </c>
       <c r="K280" s="11">
-        <v>10.71</v>
+        <v>5.36</v>
       </c>
       <c r="L280" s="22">
-        <v>652.94000000000005</v>
+        <v>241.66</v>
       </c>
       <c r="M280" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A281" s="28" t="s">
-        <v>530</v>
+      <c r="A281" s="12" t="s">
+        <v>593</v>
       </c>
       <c r="B281" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D281" s="10" t="s">
-        <v>2251</v>
+        <v>1253</v>
       </c>
       <c r="E281" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F281" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G281" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H281" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>35</v>
+      </c>
+      <c r="I281" s="48">
+        <v>7</v>
       </c>
       <c r="J281" s="23" t="s">
-        <v>1276</v>
+        <v>1254</v>
       </c>
       <c r="K281" s="11">
-        <v>10.71</v>
+        <v>7.5039999999999996</v>
       </c>
       <c r="L281" s="22">
-        <v>557.82000000000005</v>
+        <v>346.94</v>
       </c>
       <c r="M281" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A282" s="28" t="s">
-        <v>531</v>
+      <c r="A282" s="12" t="s">
+        <v>594</v>
       </c>
       <c r="B282" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D282" s="10" t="s">
-        <v>2252</v>
+        <v>1251</v>
       </c>
       <c r="E282" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F282" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G282" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H282" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>35</v>
+      </c>
+      <c r="I282" s="48">
+        <v>7</v>
       </c>
       <c r="J282" s="23" t="s">
-        <v>1277</v>
+        <v>1255</v>
       </c>
       <c r="K282" s="11">
-        <v>10.72</v>
+        <v>7.5039999999999996</v>
       </c>
       <c r="L282" s="22">
-        <v>380.14</v>
+        <v>310.82</v>
       </c>
       <c r="M282" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A283" s="28" t="s">
-        <v>664</v>
+      <c r="A283" s="12" t="s">
+        <v>656</v>
       </c>
       <c r="B283" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D283" s="10" t="s">
-        <v>1278</v>
+        <v>1256</v>
       </c>
       <c r="E283" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F283" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G283" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H283" s="25">
         <v>50</v>
       </c>
-      <c r="I283" s="54">
-        <v>8</v>
+      <c r="I283" s="48">
+        <v>5</v>
       </c>
       <c r="J283" s="23" t="s">
-        <v>1279</v>
+        <v>1257</v>
       </c>
       <c r="K283" s="11">
-        <v>10.71</v>
+        <v>10.72</v>
       </c>
       <c r="L283" s="22">
-        <v>689.08</v>
+        <v>477.38</v>
       </c>
       <c r="M283" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A284" s="28" t="s">
-        <v>665</v>
+      <c r="A284" s="12" t="s">
+        <v>657</v>
       </c>
       <c r="B284" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D284" s="10" t="s">
-        <v>2253</v>
+        <v>1258</v>
       </c>
       <c r="E284" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F284" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G284" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H284" s="25">
         <v>50</v>
       </c>
-      <c r="I284" s="54">
-        <v>8</v>
+      <c r="I284" s="48">
+        <v>5</v>
       </c>
       <c r="J284" s="23" t="s">
-        <v>1280</v>
+        <v>1259</v>
       </c>
       <c r="K284" s="11">
         <v>10.72</v>
       </c>
       <c r="L284" s="22">
-        <v>593.96</v>
+        <v>441.28</v>
       </c>
       <c r="M284" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A285" s="12" t="s">
-        <v>655</v>
+        <v>674</v>
       </c>
       <c r="B285" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D285" s="10" t="s">
-        <v>1281</v>
+        <v>1260</v>
       </c>
       <c r="E285" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F285" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G285" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H285" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>35</v>
+      </c>
+      <c r="I285" s="48">
+        <v>4</v>
       </c>
       <c r="J285" s="23" t="s">
-        <v>1282</v>
+        <v>1261</v>
       </c>
       <c r="K285" s="11">
-        <v>3.21</v>
+        <v>9.1839999999999993</v>
       </c>
       <c r="L285" s="22">
-        <v>202.1</v>
+        <v>475.76</v>
       </c>
       <c r="M285" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A286" s="28" t="s">
-        <v>537</v>
+      <c r="A286" s="12" t="s">
+        <v>574</v>
       </c>
       <c r="B286" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D286" s="10" t="s">
-        <v>1283</v>
+        <v>1262</v>
       </c>
       <c r="E286" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F286" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G286" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H286" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I286" s="48">
+        <v>4</v>
       </c>
       <c r="J286" s="23" t="s">
-        <v>1284</v>
+        <v>1263</v>
       </c>
       <c r="K286" s="11">
-        <v>5.36</v>
+        <v>13.12</v>
       </c>
       <c r="L286" s="22">
-        <v>277.8</v>
+        <v>654.04</v>
       </c>
       <c r="M286" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A287" s="28" t="s">
-        <v>514</v>
+      <c r="A287" s="12" t="s">
+        <v>575</v>
       </c>
       <c r="B287" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D287" s="10" t="s">
-        <v>2254</v>
+        <v>1264</v>
       </c>
       <c r="E287" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F287" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G287" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H287" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I287" s="48">
+        <v>4</v>
       </c>
       <c r="J287" s="23" t="s">
-        <v>1286</v>
+        <v>1265</v>
       </c>
       <c r="K287" s="11">
-        <v>5.36</v>
+        <v>13.12</v>
       </c>
       <c r="L287" s="22">
-        <v>241.66</v>
+        <v>612.79999999999995</v>
       </c>
       <c r="M287" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A288" s="28" t="s">
-        <v>611</v>
+      <c r="A288" s="12" t="s">
+        <v>522</v>
       </c>
       <c r="B288" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D288" s="10" t="s">
-        <v>1287</v>
+        <v>1266</v>
       </c>
       <c r="E288" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F288" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G288" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H288" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I288" s="48">
+        <v>14</v>
       </c>
       <c r="J288" s="23" t="s">
-        <v>1288</v>
+        <v>1267</v>
       </c>
       <c r="K288" s="11">
-        <v>7.5039999999999996</v>
+        <v>3.94</v>
       </c>
       <c r="L288" s="22">
-        <v>346.94</v>
+        <v>192.62</v>
       </c>
       <c r="M288" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A289" s="28" t="s">
-        <v>612</v>
+      <c r="A289" s="12" t="s">
+        <v>523</v>
       </c>
       <c r="B289" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D289" s="10" t="s">
-        <v>1285</v>
+        <v>1268</v>
       </c>
       <c r="E289" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F289" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G289" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H289" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I289" s="48">
+        <v>14</v>
       </c>
       <c r="J289" s="23" t="s">
-        <v>1289</v>
+        <v>1269</v>
       </c>
       <c r="K289" s="11">
-        <v>7.5039999999999996</v>
+        <v>3.94</v>
       </c>
       <c r="L289" s="22">
-        <v>310.82</v>
+        <v>151.38</v>
       </c>
       <c r="M289" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A290" s="12" t="s">
-        <v>674</v>
+        <v>488</v>
       </c>
       <c r="B290" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D290" s="10" t="s">
-        <v>1290</v>
+        <v>1270</v>
       </c>
       <c r="E290" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F290" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G290" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H290" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I290" s="48">
+        <v>14</v>
       </c>
       <c r="J290" s="23" t="s">
-        <v>1291</v>
+        <v>2127</v>
       </c>
       <c r="K290" s="11">
-        <v>10.72</v>
+        <v>3.9409000000000001</v>
       </c>
       <c r="L290" s="22">
-        <v>477.38</v>
+        <v>277.72000000000003</v>
       </c>
       <c r="M290" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A291" s="28" t="s">
-        <v>675</v>
+      <c r="A291" s="12" t="s">
+        <v>683</v>
       </c>
       <c r="B291" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D291" s="10" t="s">
-        <v>1292</v>
+        <v>1271</v>
       </c>
       <c r="E291" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F291" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G291" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H291" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>25</v>
+      </c>
+      <c r="I291" s="48">
+        <v>12</v>
       </c>
       <c r="J291" s="23" t="s">
-        <v>1293</v>
+        <v>1272</v>
       </c>
       <c r="K291" s="11">
-        <v>10.72</v>
+        <v>6.56</v>
       </c>
       <c r="L291" s="22">
-        <v>441.28</v>
+        <v>256</v>
       </c>
       <c r="M291" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A292" s="28" t="s">
-        <v>692</v>
+      <c r="A292" s="12" t="s">
+        <v>684</v>
       </c>
       <c r="B292" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D292" s="10" t="s">
-        <v>1294</v>
+        <v>1273</v>
       </c>
       <c r="E292" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F292" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G292" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H292" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I292" s="48">
+        <v>12</v>
       </c>
       <c r="J292" s="23" t="s">
-        <v>1295</v>
+        <v>1274</v>
       </c>
       <c r="K292" s="11">
-        <v>9.1839999999999993</v>
+        <v>6.57</v>
       </c>
       <c r="L292" s="22">
-        <v>475.76</v>
+        <v>388.2</v>
       </c>
       <c r="M292" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A293" s="28" t="s">
-        <v>591</v>
+      <c r="A293" s="12" t="s">
+        <v>685</v>
       </c>
       <c r="B293" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D293" s="10" t="s">
-        <v>1296</v>
+        <v>1275</v>
       </c>
       <c r="E293" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F293" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G293" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H293" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I293" s="48">
+        <v>12</v>
       </c>
       <c r="J293" s="23" t="s">
-        <v>1297</v>
+        <v>1276</v>
       </c>
       <c r="K293" s="11">
-        <v>13.12</v>
+        <v>6.56</v>
       </c>
       <c r="L293" s="22">
-        <v>654.04</v>
+        <v>214.78</v>
       </c>
       <c r="M293" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A294" s="28" t="s">
-        <v>592</v>
+      <c r="A294" s="12" t="s">
+        <v>518</v>
       </c>
       <c r="B294" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D294" s="10" t="s">
-        <v>1298</v>
+        <v>1277</v>
       </c>
       <c r="E294" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F294" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G294" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H294" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I294" s="48">
+        <v>12</v>
       </c>
       <c r="J294" s="23" t="s">
-        <v>1299</v>
+        <v>1278</v>
       </c>
       <c r="K294" s="11">
-        <v>13.12</v>
+        <v>6.57</v>
       </c>
       <c r="L294" s="22">
-        <v>612.79999999999995</v>
+        <v>429.82</v>
       </c>
       <c r="M294" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A295" s="28" t="s">
-        <v>539</v>
+      <c r="A295" s="12" t="s">
+        <v>519</v>
       </c>
       <c r="B295" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D295" s="10" t="s">
-        <v>1300</v>
+        <v>1279</v>
       </c>
       <c r="E295" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F295" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G295" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H295" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>25</v>
+      </c>
+      <c r="I295" s="48">
+        <v>12</v>
       </c>
       <c r="J295" s="23" t="s">
-        <v>1301</v>
+        <v>1280</v>
       </c>
       <c r="K295" s="11">
-        <v>3.94</v>
+        <v>6.56</v>
       </c>
       <c r="L295" s="22">
-        <v>192.62</v>
+        <v>367.54</v>
       </c>
       <c r="M295" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A296" s="28" t="s">
-        <v>540</v>
+      <c r="A296" s="12" t="s">
+        <v>669</v>
       </c>
       <c r="B296" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D296" s="10" t="s">
-        <v>1302</v>
+        <v>1281</v>
       </c>
       <c r="E296" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F296" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G296" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H296" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I296" s="48">
+        <v>8</v>
       </c>
       <c r="J296" s="23" t="s">
-        <v>1303</v>
+        <v>1282</v>
       </c>
       <c r="K296" s="11">
-        <v>3.94</v>
+        <v>7.8838699999999999</v>
       </c>
       <c r="L296" s="22">
-        <v>151.38</v>
+        <v>293.62</v>
       </c>
       <c r="M296" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A297" s="28" t="s">
-        <v>504</v>
+      <c r="A297" s="12" t="s">
+        <v>713</v>
       </c>
       <c r="B297" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D297" s="10" t="s">
-        <v>1304</v>
+        <v>1283</v>
       </c>
       <c r="E297" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F297" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G297" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H297" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I297" s="48">
+        <v>8</v>
       </c>
       <c r="J297" s="23" t="s">
-        <v>2187</v>
+        <v>1284</v>
       </c>
       <c r="K297" s="11">
-        <v>3.9409000000000001</v>
+        <v>7.89</v>
       </c>
       <c r="L297" s="22">
-        <v>277.72000000000003</v>
+        <v>377.14</v>
       </c>
       <c r="M297" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A298" s="28" t="s">
-        <v>701</v>
+      <c r="A298" s="12" t="s">
+        <v>725</v>
       </c>
       <c r="B298" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D298" s="10" t="s">
-        <v>1305</v>
+        <v>1285</v>
       </c>
       <c r="E298" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F298" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G298" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H298" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="I298" s="48">
+        <v>8</v>
       </c>
       <c r="J298" s="23" t="s">
-        <v>1306</v>
+        <v>1286</v>
       </c>
       <c r="K298" s="11">
-        <v>6.56</v>
+        <v>9.1839999999999993</v>
       </c>
       <c r="L298" s="22">
-        <v>256</v>
+        <v>321.02</v>
       </c>
       <c r="M298" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A299" s="28" t="s">
-        <v>702</v>
+      <c r="A299" s="12" t="s">
+        <v>726</v>
       </c>
       <c r="B299" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D299" s="10" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="E299" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F299" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G299" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H299" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="I299" s="48">
+        <v>8</v>
       </c>
       <c r="J299" s="23" t="s">
-        <v>1308</v>
+        <v>1288</v>
       </c>
       <c r="K299" s="11">
-        <v>6.57</v>
+        <v>9.1839999999999993</v>
       </c>
       <c r="L299" s="22">
-        <v>388.2</v>
+        <v>279.8</v>
       </c>
       <c r="M299" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A300" s="28" t="s">
-        <v>703</v>
+      <c r="A300" s="12" t="s">
+        <v>727</v>
       </c>
       <c r="B300" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D300" s="10" t="s">
-        <v>1309</v>
+        <v>1289</v>
       </c>
       <c r="E300" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F300" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G300" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H300" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="I300" s="48">
+        <v>8</v>
       </c>
       <c r="J300" s="23" t="s">
-        <v>1310</v>
+        <v>1290</v>
       </c>
       <c r="K300" s="11">
-        <v>6.56</v>
+        <v>9.1839999999999993</v>
       </c>
       <c r="L300" s="22">
-        <v>214.78</v>
+        <v>459.02</v>
       </c>
       <c r="M300" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A301" s="12" t="s">
-        <v>535</v>
+        <v>698</v>
       </c>
       <c r="B301" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D301" s="10" t="s">
-        <v>1311</v>
+        <v>1291</v>
       </c>
       <c r="E301" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F301" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G301" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H301" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I301" s="48">
+        <v>7</v>
       </c>
       <c r="J301" s="23" t="s">
-        <v>1312</v>
+        <v>1292</v>
       </c>
       <c r="K301" s="11">
-        <v>6.57</v>
+        <v>13.12</v>
       </c>
       <c r="L301" s="22">
-        <v>429.82</v>
+        <v>434.1</v>
       </c>
       <c r="M301" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A302" s="28" t="s">
-        <v>536</v>
+      <c r="A302" s="12" t="s">
+        <v>597</v>
       </c>
       <c r="B302" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D302" s="10" t="s">
-        <v>1313</v>
+        <v>1293</v>
       </c>
       <c r="E302" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F302" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G302" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H302" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I302" s="48">
+        <v>7</v>
       </c>
       <c r="J302" s="23" t="s">
-        <v>1314</v>
+        <v>1294</v>
       </c>
       <c r="K302" s="11">
-        <v>6.56</v>
+        <v>13.14</v>
       </c>
       <c r="L302" s="22">
-        <v>367.54</v>
+        <v>665.64</v>
       </c>
       <c r="M302" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A303" s="28" t="s">
-        <v>687</v>
+      <c r="A303" s="12" t="s">
+        <v>598</v>
       </c>
       <c r="B303" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D303" s="10" t="s">
-        <v>1315</v>
+        <v>1295</v>
       </c>
       <c r="E303" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F303" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G303" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H303" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I303" s="48">
+        <v>7</v>
       </c>
       <c r="J303" s="23" t="s">
-        <v>1316</v>
+        <v>1296</v>
       </c>
       <c r="K303" s="11">
-        <v>7.8838699999999999</v>
+        <v>13.14</v>
       </c>
       <c r="L303" s="22">
-        <v>293.62</v>
+        <v>570.52</v>
       </c>
       <c r="M303" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A304" s="28" t="s">
-        <v>731</v>
+      <c r="A304" s="12" t="s">
+        <v>599</v>
       </c>
       <c r="B304" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D304" s="10" t="s">
-        <v>1317</v>
+        <v>2176</v>
       </c>
       <c r="E304" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F304" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G304" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H304" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I304" s="48">
+        <v>7</v>
       </c>
       <c r="J304" s="23" t="s">
-        <v>1318</v>
+        <v>1297</v>
       </c>
       <c r="K304" s="11">
-        <v>7.89</v>
+        <v>13.12</v>
       </c>
       <c r="L304" s="22">
-        <v>377.14</v>
+        <v>392.84</v>
       </c>
       <c r="M304" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A305" s="28" t="s">
+      <c r="A305" s="12" t="s">
+        <v>716</v>
+      </c>
+      <c r="B305" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C305" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D305" s="10" t="s">
+        <v>2177</v>
+      </c>
+      <c r="E305" s="10" t="s">
         <v>743</v>
       </c>
-      <c r="B305" s="15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F305" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G305" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H305" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I305" s="48">
+        <v>7</v>
       </c>
       <c r="J305" s="23" t="s">
-        <v>1320</v>
+        <v>1298</v>
       </c>
       <c r="K305" s="11">
-        <v>9.1839999999999993</v>
+        <v>13.12</v>
       </c>
       <c r="L305" s="22">
-        <v>321.02</v>
+        <v>611.78</v>
       </c>
       <c r="M305" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A306" s="28" t="s">
-        <v>744</v>
+      <c r="A306" s="12" t="s">
+        <v>525</v>
       </c>
       <c r="B306" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D306" s="10" t="s">
-        <v>1321</v>
+        <v>1299</v>
       </c>
       <c r="E306" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F306" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G306" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H306" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I306" s="54">
+        <v>15</v>
+      </c>
+      <c r="I306" s="48">
         <v>8</v>
       </c>
       <c r="J306" s="23" t="s">
-        <v>1322</v>
+        <v>1300</v>
       </c>
       <c r="K306" s="11">
-        <v>9.1839999999999993</v>
+        <v>3.94</v>
       </c>
       <c r="L306" s="22">
-        <v>279.8</v>
+        <v>212.36</v>
       </c>
       <c r="M306" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A307" s="28" t="s">
-        <v>745</v>
+      <c r="A307" s="12" t="s">
+        <v>527</v>
       </c>
       <c r="B307" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D307" s="10" t="s">
-        <v>1323</v>
+        <v>1301</v>
       </c>
       <c r="E307" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F307" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G307" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H307" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I307" s="54">
+        <v>15</v>
+      </c>
+      <c r="I307" s="48">
         <v>8</v>
       </c>
       <c r="J307" s="23" t="s">
-        <v>1324</v>
+        <v>1302</v>
       </c>
       <c r="K307" s="11">
-        <v>9.1839999999999993</v>
+        <v>3.94</v>
       </c>
       <c r="L307" s="22">
-        <v>459.02</v>
+        <v>171.12</v>
       </c>
       <c r="M307" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A308" s="28" t="s">
-        <v>716</v>
+      <c r="A308" s="12" t="s">
+        <v>581</v>
       </c>
       <c r="B308" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D308" s="10" t="s">
-        <v>1325</v>
+        <v>1303</v>
       </c>
       <c r="E308" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F308" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G308" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H308" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I308" s="48">
+        <v>8</v>
       </c>
       <c r="J308" s="23" t="s">
-        <v>1326</v>
+        <v>1304</v>
       </c>
       <c r="K308" s="11">
-        <v>13.12</v>
+        <v>6.56</v>
       </c>
       <c r="L308" s="22">
-        <v>434.1</v>
+        <v>290.06</v>
       </c>
       <c r="M308" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A309" s="28" t="s">
-        <v>615</v>
+      <c r="A309" s="12" t="s">
+        <v>505</v>
       </c>
       <c r="B309" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D309" s="10" t="s">
-        <v>1327</v>
+        <v>2178</v>
       </c>
       <c r="E309" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F309" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G309" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H309" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I309" s="48">
+        <v>8</v>
       </c>
       <c r="J309" s="23" t="s">
-        <v>1328</v>
+        <v>1305</v>
       </c>
       <c r="K309" s="11">
-        <v>13.14</v>
+        <v>6.56</v>
       </c>
       <c r="L309" s="22">
-        <v>665.64</v>
+        <v>248.84</v>
       </c>
       <c r="M309" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A310" s="28" t="s">
-        <v>616</v>
+      <c r="A310" s="12" t="s">
+        <v>570</v>
       </c>
       <c r="B310" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D310" s="10" t="s">
-        <v>1329</v>
+        <v>1306</v>
       </c>
       <c r="E310" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F310" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G310" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H310" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I310" s="54">
+        <v>35</v>
+      </c>
+      <c r="I310" s="48">
         <v>7</v>
       </c>
       <c r="J310" s="23" t="s">
-        <v>1330</v>
+        <v>1307</v>
       </c>
       <c r="K310" s="11">
-        <v>13.14</v>
+        <v>9.1839999999999993</v>
       </c>
       <c r="L310" s="22">
-        <v>570.52</v>
+        <v>370.62</v>
       </c>
       <c r="M310" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A311" s="28" t="s">
-        <v>617</v>
+      <c r="A311" s="12" t="s">
+        <v>492</v>
       </c>
       <c r="B311" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D311" s="10" t="s">
-        <v>2255</v>
+        <v>1308</v>
       </c>
       <c r="E311" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F311" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G311" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H311" s="25">
         <v>50</v>
       </c>
-      <c r="I311" s="54">
-        <v>7</v>
+      <c r="I311" s="48">
+        <v>5</v>
       </c>
       <c r="J311" s="23" t="s">
-        <v>1331</v>
+        <v>1309</v>
       </c>
       <c r="K311" s="11">
         <v>13.12</v>
       </c>
       <c r="L311" s="22">
-        <v>392.84</v>
+        <v>510.52</v>
       </c>
       <c r="M311" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A312" s="28" t="s">
-        <v>734</v>
+      <c r="A312" s="12" t="s">
+        <v>705</v>
       </c>
       <c r="B312" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D312" s="10" t="s">
-        <v>2256</v>
+        <v>2179</v>
       </c>
       <c r="E312" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F312" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G312" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H312" s="25">
         <v>50</v>
       </c>
-      <c r="I312" s="54">
-        <v>7</v>
+      <c r="I312" s="48">
+        <v>5</v>
       </c>
       <c r="J312" s="23" t="s">
-        <v>1332</v>
+        <v>1310</v>
       </c>
       <c r="K312" s="11">
         <v>13.12</v>
       </c>
       <c r="L312" s="22">
-        <v>611.78</v>
+        <v>469.28</v>
       </c>
       <c r="M312" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A313" s="28" t="s">
-        <v>542</v>
+      <c r="A313" s="12" t="s">
+        <v>571</v>
       </c>
       <c r="B313" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D313" s="10" t="s">
-        <v>1333</v>
+        <v>1311</v>
       </c>
       <c r="E313" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F313" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G313" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H313" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>35</v>
+      </c>
+      <c r="I313" s="48">
+        <v>4</v>
       </c>
       <c r="J313" s="23" t="s">
-        <v>1334</v>
+        <v>1312</v>
       </c>
       <c r="K313" s="11">
-        <v>3.94</v>
+        <v>11.6167</v>
       </c>
       <c r="L313" s="22">
-        <v>212.36</v>
+        <v>469.2</v>
       </c>
       <c r="M313" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A314" s="12" t="s">
-        <v>544</v>
+        <v>573</v>
       </c>
       <c r="B314" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D314" s="10" t="s">
-        <v>1335</v>
+        <v>1313</v>
       </c>
       <c r="E314" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F314" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G314" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H314" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I314" s="48">
+        <v>4</v>
       </c>
       <c r="J314" s="23" t="s">
-        <v>1336</v>
+        <v>1314</v>
       </c>
       <c r="K314" s="11">
-        <v>3.94</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L314" s="22">
-        <v>171.12</v>
+        <v>663.46</v>
       </c>
       <c r="M314" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A315" s="28" t="s">
-        <v>599</v>
+      <c r="A315" s="12" t="s">
+        <v>739</v>
       </c>
       <c r="B315" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D315" s="10" t="s">
-        <v>1337</v>
+        <v>1315</v>
       </c>
       <c r="E315" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F315" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G315" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H315" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>15</v>
+      </c>
+      <c r="I315" s="48">
+        <v>14</v>
       </c>
       <c r="J315" s="23" t="s">
-        <v>1338</v>
+        <v>1316</v>
       </c>
       <c r="K315" s="11">
-        <v>6.56</v>
+        <v>4.9800000000000004</v>
       </c>
       <c r="L315" s="22">
-        <v>290.06</v>
+        <v>208.96</v>
       </c>
       <c r="M315" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A316" s="28" t="s">
-        <v>522</v>
+      <c r="A316" s="12" t="s">
+        <v>559</v>
       </c>
       <c r="B316" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D316" s="10" t="s">
-        <v>2257</v>
+        <v>1317</v>
       </c>
       <c r="E316" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F316" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G316" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H316" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>15</v>
+      </c>
+      <c r="I316" s="48">
+        <v>14</v>
       </c>
       <c r="J316" s="23" t="s">
-        <v>1339</v>
+        <v>1318</v>
       </c>
       <c r="K316" s="11">
-        <v>6.56</v>
+        <v>4.9800000000000004</v>
       </c>
       <c r="L316" s="22">
-        <v>248.84</v>
+        <v>157.94</v>
       </c>
       <c r="M316" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A317" s="28" t="s">
-        <v>587</v>
+      <c r="A317" s="12" t="s">
+        <v>561</v>
       </c>
       <c r="B317" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D317" s="10" t="s">
-        <v>1340</v>
+        <v>1319</v>
       </c>
       <c r="E317" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F317" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G317" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H317" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I317" s="48">
+        <v>14</v>
       </c>
       <c r="J317" s="23" t="s">
-        <v>1341</v>
+        <v>1320</v>
       </c>
       <c r="K317" s="11">
-        <v>9.1839999999999993</v>
+        <v>4.9772999999999996</v>
       </c>
       <c r="L317" s="22">
-        <v>370.62</v>
+        <v>294.06</v>
       </c>
       <c r="M317" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A318" s="28" t="s">
-        <v>508</v>
+      <c r="A318" s="12" t="s">
+        <v>553</v>
       </c>
       <c r="B318" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D318" s="10" t="s">
-        <v>1342</v>
+        <v>1321</v>
       </c>
       <c r="E318" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F318" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G318" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H318" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>25</v>
+      </c>
+      <c r="I318" s="48">
+        <v>8</v>
       </c>
       <c r="J318" s="23" t="s">
-        <v>1343</v>
+        <v>1322</v>
       </c>
       <c r="K318" s="11">
-        <v>13.12</v>
+        <v>9.1280000000000001</v>
       </c>
       <c r="L318" s="22">
-        <v>510.52</v>
+        <v>304.56</v>
       </c>
       <c r="M318" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A319" s="28" t="s">
-        <v>723</v>
+      <c r="A319" s="12" t="s">
+        <v>554</v>
       </c>
       <c r="B319" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D319" s="10" t="s">
-        <v>2258</v>
+        <v>1323</v>
       </c>
       <c r="E319" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F319" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G319" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H319" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>25</v>
+      </c>
+      <c r="I319" s="48">
+        <v>8</v>
       </c>
       <c r="J319" s="23" t="s">
-        <v>1344</v>
+        <v>1324</v>
       </c>
       <c r="K319" s="11">
-        <v>13.12</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="L319" s="22">
-        <v>469.28</v>
+        <v>426.96</v>
       </c>
       <c r="M319" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A320" s="28" t="s">
-        <v>588</v>
+      <c r="A320" s="12" t="s">
+        <v>555</v>
       </c>
       <c r="B320" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D320" s="10" t="s">
-        <v>1345</v>
+        <v>1325</v>
       </c>
       <c r="E320" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F320" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G320" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H320" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I320" s="48">
+        <v>8</v>
       </c>
       <c r="J320" s="23" t="s">
-        <v>1346</v>
+        <v>1326</v>
       </c>
       <c r="K320" s="11">
-        <v>11.6167</v>
+        <v>9.1280000000000001</v>
       </c>
       <c r="L320" s="22">
-        <v>469.2</v>
+        <v>253.54</v>
       </c>
       <c r="M320" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A321" s="28" t="s">
-        <v>590</v>
+      <c r="A321" s="12" t="s">
+        <v>503</v>
       </c>
       <c r="B321" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D321" s="10" t="s">
-        <v>1347</v>
+        <v>1327</v>
       </c>
       <c r="E321" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F321" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G321" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H321" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I321" s="48">
+        <v>8</v>
       </c>
       <c r="J321" s="23" t="s">
-        <v>1348</v>
+        <v>1328</v>
       </c>
       <c r="K321" s="11">
-        <v>16.595300000000002</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="L321" s="22">
-        <v>663.46</v>
+        <v>479.3</v>
       </c>
       <c r="M321" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A322" s="28" t="s">
-        <v>757</v>
+      <c r="A322" s="12" t="s">
+        <v>504</v>
       </c>
       <c r="B322" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D322" s="10" t="s">
-        <v>1349</v>
+        <v>1329</v>
       </c>
       <c r="E322" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F322" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G322" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H322" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>25</v>
+      </c>
+      <c r="I322" s="48">
+        <v>8</v>
       </c>
       <c r="J322" s="23" t="s">
-        <v>1350</v>
+        <v>1330</v>
       </c>
       <c r="K322" s="11">
-        <v>4.9800000000000004</v>
+        <v>8.2975999999999992</v>
       </c>
       <c r="L322" s="22">
-        <v>208.96</v>
+        <v>416.1</v>
       </c>
       <c r="M322" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A323" s="12" t="s">
-        <v>576</v>
+        <v>521</v>
       </c>
       <c r="B323" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D323" s="10" t="s">
-        <v>1351</v>
+        <v>1331</v>
       </c>
       <c r="E323" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F323" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G323" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H323" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I323" s="48">
+        <v>8</v>
       </c>
       <c r="J323" s="23" t="s">
-        <v>1352</v>
+        <v>1332</v>
       </c>
       <c r="K323" s="11">
-        <v>4.9800000000000004</v>
+        <v>9.9600000000000009</v>
       </c>
       <c r="L323" s="22">
-        <v>157.94</v>
+        <v>413.9</v>
       </c>
       <c r="M323" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A324" s="28" t="s">
-        <v>578</v>
+      <c r="A324" s="12" t="s">
+        <v>617</v>
       </c>
       <c r="B324" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D324" s="10" t="s">
-        <v>1353</v>
+        <v>1333</v>
       </c>
       <c r="E324" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F324" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G324" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H324" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>35</v>
+      </c>
+      <c r="I324" s="48">
+        <v>8</v>
       </c>
       <c r="J324" s="23" t="s">
-        <v>1354</v>
+        <v>1334</v>
       </c>
       <c r="K324" s="11">
-        <v>4.9772999999999996</v>
+        <v>11.6167</v>
       </c>
       <c r="L324" s="22">
-        <v>294.06</v>
+        <v>369.56</v>
       </c>
       <c r="M324" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A325" s="12" t="s">
-        <v>570</v>
+        <v>618</v>
       </c>
       <c r="B325" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D325" s="10" t="s">
-        <v>1355</v>
+        <v>1335</v>
       </c>
       <c r="E325" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F325" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G325" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H325" s="25">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I325" s="54">
+        <v>35</v>
+      </c>
+      <c r="I325" s="48">
         <v>8</v>
       </c>
       <c r="J325" s="23" t="s">
-        <v>1356</v>
+        <v>1336</v>
       </c>
       <c r="K325" s="11">
-        <v>9.1280000000000001</v>
+        <v>11.6167</v>
       </c>
       <c r="L325" s="22">
-        <v>304.56</v>
+        <v>318.54000000000002</v>
       </c>
       <c r="M325" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A326" s="28" t="s">
-        <v>571</v>
+      <c r="A326" s="12" t="s">
+        <v>620</v>
       </c>
       <c r="B326" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D326" s="10" t="s">
-        <v>1357</v>
+        <v>1337</v>
       </c>
       <c r="E326" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F326" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G326" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H326" s="25">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I326" s="54">
+        <v>35</v>
+      </c>
+      <c r="I326" s="48">
         <v>8</v>
       </c>
       <c r="J326" s="23" t="s">
-        <v>1358</v>
+        <v>1338</v>
       </c>
       <c r="K326" s="11">
-        <v>8.3000000000000007</v>
+        <v>11.6167</v>
       </c>
       <c r="L326" s="22">
-        <v>426.96</v>
+        <v>463.22</v>
       </c>
       <c r="M326" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A327" s="28" t="s">
-        <v>572</v>
+      <c r="A327" s="12" t="s">
+        <v>679</v>
       </c>
       <c r="B327" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D327" s="10" t="s">
-        <v>1359</v>
+        <v>1339</v>
       </c>
       <c r="E327" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F327" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G327" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H327" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I327" s="48">
+        <v>7</v>
       </c>
       <c r="J327" s="23" t="s">
-        <v>1360</v>
+        <v>1340</v>
       </c>
       <c r="K327" s="11">
-        <v>9.1280000000000001</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L327" s="22">
-        <v>253.54</v>
+        <v>494.04</v>
       </c>
       <c r="M327" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A328" s="28" t="s">
-        <v>520</v>
+      <c r="A328" s="12" t="s">
+        <v>680</v>
       </c>
       <c r="B328" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D328" s="10" t="s">
-        <v>1361</v>
+        <v>1341</v>
       </c>
       <c r="E328" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F328" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G328" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H328" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I328" s="48">
+        <v>7</v>
       </c>
       <c r="J328" s="23" t="s">
-        <v>1362</v>
+        <v>1342</v>
       </c>
       <c r="K328" s="11">
-        <v>8.3000000000000007</v>
+        <v>16.600000000000001</v>
       </c>
       <c r="L328" s="22">
-        <v>479.3</v>
+        <v>715.82</v>
       </c>
       <c r="M328" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A329" s="12" t="s">
-        <v>521</v>
+        <v>681</v>
       </c>
       <c r="B329" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D329" s="10" t="s">
-        <v>1363</v>
+        <v>1343</v>
       </c>
       <c r="E329" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F329" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G329" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H329" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I329" s="48">
+        <v>7</v>
       </c>
       <c r="J329" s="23" t="s">
-        <v>1364</v>
+        <v>1344</v>
       </c>
       <c r="K329" s="11">
-        <v>8.2975999999999992</v>
+        <v>16.600000000000001</v>
       </c>
       <c r="L329" s="22">
-        <v>416.1</v>
+        <v>620.70000000000005</v>
       </c>
       <c r="M329" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A330" s="12" t="s">
-        <v>538</v>
+        <v>682</v>
       </c>
       <c r="B330" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D330" s="10" t="s">
-        <v>1365</v>
+        <v>1345</v>
       </c>
       <c r="E330" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F330" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G330" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H330" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I330" s="48">
+        <v>7</v>
       </c>
       <c r="J330" s="23" t="s">
-        <v>1366</v>
+        <v>1346</v>
       </c>
       <c r="K330" s="11">
-        <v>9.9600000000000009</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L330" s="22">
-        <v>413.9</v>
+        <v>443.02</v>
       </c>
       <c r="M330" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A331" s="28" t="s">
-        <v>635</v>
+      <c r="A331" s="12" t="s">
+        <v>606</v>
       </c>
       <c r="B331" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D331" s="10" t="s">
-        <v>1367</v>
+        <v>1347</v>
       </c>
       <c r="E331" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F331" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G331" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H331" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I331" s="48">
+        <v>7</v>
       </c>
       <c r="J331" s="23" t="s">
-        <v>1368</v>
+        <v>1348</v>
       </c>
       <c r="K331" s="11">
-        <v>11.6167</v>
+        <v>16.600000000000001</v>
       </c>
       <c r="L331" s="22">
-        <v>369.56</v>
+        <v>766.84</v>
       </c>
       <c r="M331" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A332" s="28" t="s">
-        <v>636</v>
+      <c r="A332" s="12" t="s">
+        <v>607</v>
       </c>
       <c r="B332" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D332" s="10" t="s">
-        <v>1369</v>
+        <v>1349</v>
       </c>
       <c r="E332" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F332" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G332" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H332" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I332" s="48">
+        <v>7</v>
       </c>
       <c r="J332" s="23" t="s">
-        <v>1370</v>
+        <v>1350</v>
       </c>
       <c r="K332" s="11">
-        <v>11.6167</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L332" s="22">
-        <v>318.54000000000002</v>
+        <v>671.72</v>
       </c>
       <c r="M332" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A333" s="28" t="s">
-        <v>638</v>
+      <c r="A333" s="12" t="s">
+        <v>702</v>
       </c>
       <c r="B333" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D333" s="10" t="s">
-        <v>1371</v>
+        <v>1351</v>
       </c>
       <c r="E333" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F333" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G333" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H333" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>25</v>
+      </c>
+      <c r="I333" s="48">
+        <v>7</v>
       </c>
       <c r="J333" s="23" t="s">
-        <v>1372</v>
+        <v>1352</v>
       </c>
       <c r="K333" s="11">
-        <v>11.6167</v>
+        <v>8.2975999999999992</v>
       </c>
       <c r="L333" s="22">
-        <v>463.22</v>
+        <v>338.76</v>
       </c>
       <c r="M333" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A334" s="28" t="s">
-        <v>697</v>
+      <c r="A334" s="12" t="s">
+        <v>703</v>
       </c>
       <c r="B334" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D334" s="10" t="s">
-        <v>1373</v>
+        <v>1353</v>
       </c>
       <c r="E334" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F334" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G334" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H334" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I334" s="54">
+        <v>25</v>
+      </c>
+      <c r="I334" s="48">
         <v>7</v>
       </c>
       <c r="J334" s="23" t="s">
-        <v>1374</v>
+        <v>1354</v>
       </c>
       <c r="K334" s="11">
-        <v>16.595300000000002</v>
+        <v>8.2975999999999992</v>
       </c>
       <c r="L334" s="22">
-        <v>494.04</v>
+        <v>287.72000000000003</v>
       </c>
       <c r="M334" s="22">
-        <f t="shared" si="4"/>
+        <f t="shared" ref="M334:M397" si="5">L334*$B$5</f>
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A335" s="28" t="s">
-        <v>698</v>
+      <c r="A335" s="12" t="s">
+        <v>641</v>
       </c>
       <c r="B335" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D335" s="10" t="s">
-        <v>1375</v>
+        <v>1355</v>
       </c>
       <c r="E335" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F335" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G335" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H335" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I335" s="54">
+        <v>35</v>
+      </c>
+      <c r="I335" s="48">
         <v>7</v>
       </c>
       <c r="J335" s="23" t="s">
-        <v>1376</v>
+        <v>1356</v>
       </c>
       <c r="K335" s="11">
-        <v>16.600000000000001</v>
+        <v>11.6167</v>
       </c>
       <c r="L335" s="22">
-        <v>715.82</v>
+        <v>454.4</v>
       </c>
       <c r="M335" s="22">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A336" s="28" t="s">
-        <v>699</v>
+      <c r="A336" s="12" t="s">
+        <v>642</v>
       </c>
       <c r="B336" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D336" s="10" t="s">
-        <v>1377</v>
+        <v>1357</v>
       </c>
       <c r="E336" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F336" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G336" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H336" s="25">
         <v>50</v>
       </c>
-      <c r="I336" s="54">
-        <v>7</v>
+      <c r="I336" s="48">
+        <v>5</v>
       </c>
       <c r="J336" s="23" t="s">
-        <v>1378</v>
+        <v>1358</v>
       </c>
       <c r="K336" s="11">
-        <v>16.600000000000001</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L336" s="22">
-        <v>620.70000000000005</v>
+        <v>608.26</v>
       </c>
       <c r="M336" s="22">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A337" s="28" t="s">
-        <v>700</v>
+      <c r="A337" s="12" t="s">
+        <v>643</v>
       </c>
       <c r="B337" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D337" s="10" t="s">
-        <v>1379</v>
+        <v>1359</v>
       </c>
       <c r="E337" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F337" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G337" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H337" s="25">
         <v>50</v>
       </c>
-      <c r="I337" s="54">
-        <v>7</v>
+      <c r="I337" s="48">
+        <v>5</v>
       </c>
       <c r="J337" s="23" t="s">
-        <v>1380</v>
+        <v>1360</v>
       </c>
       <c r="K337" s="11">
         <v>16.595300000000002</v>
       </c>
       <c r="L337" s="22">
-        <v>443.02</v>
+        <v>557.22</v>
       </c>
       <c r="M337" s="22">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A338" s="28" t="s">
-        <v>624</v>
+      <c r="A338" s="12" t="s">
+        <v>719</v>
       </c>
       <c r="B338" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D338" s="10" t="s">
-        <v>1381</v>
+        <v>2180</v>
       </c>
       <c r="E338" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F338" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G338" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H338" s="25">
         <v>50</v>
       </c>
-      <c r="I338" s="54">
-        <v>7</v>
+      <c r="I338" s="48">
+        <v>5</v>
       </c>
       <c r="J338" s="23" t="s">
-        <v>1382</v>
+        <v>2128</v>
       </c>
       <c r="K338" s="11">
-        <v>16.600000000000001</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L338" s="22">
-        <v>766.84</v>
+        <v>785.94</v>
       </c>
       <c r="M338" s="22">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A339" s="28" t="s">
-        <v>625</v>
+      <c r="A339" s="12" t="s">
+        <v>636</v>
       </c>
       <c r="B339" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D339" s="10" t="s">
-        <v>1383</v>
+        <v>1361</v>
       </c>
       <c r="E339" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F339" s="10" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="G339" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H339" s="25">
         <v>50</v>
       </c>
-      <c r="I339" s="54">
+      <c r="I339" s="48">
         <v>7</v>
       </c>
       <c r="J339" s="23" t="s">
-        <v>1384</v>
+        <v>1362</v>
       </c>
       <c r="K339" s="11">
-        <v>16.595300000000002</v>
+        <v>15.8048</v>
       </c>
       <c r="L339" s="22">
-        <v>671.72</v>
+        <v>495.98</v>
       </c>
       <c r="M339" s="22">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A340" s="28" t="s">
-        <v>720</v>
+      <c r="A340" s="12" t="s">
+        <v>510</v>
       </c>
       <c r="B340" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D340" s="10" t="s">
-        <v>1385</v>
+        <v>1363</v>
       </c>
       <c r="E340" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F340" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G340" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H340" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>35</v>
+      </c>
+      <c r="I340" s="48">
+        <v>4</v>
       </c>
       <c r="J340" s="23" t="s">
-        <v>1386</v>
+        <v>1364</v>
       </c>
       <c r="K340" s="11">
-        <v>8.2975999999999992</v>
+        <v>13.475</v>
       </c>
       <c r="L340" s="22">
-        <v>338.76</v>
+        <v>682.36</v>
       </c>
       <c r="M340" s="22">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A341" s="28" t="s">
-        <v>721</v>
+      <c r="A341" s="12" t="s">
+        <v>614</v>
       </c>
       <c r="B341" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D341" s="10" t="s">
-        <v>1387</v>
+        <v>2251</v>
       </c>
       <c r="E341" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F341" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G341" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H341" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I341" s="48">
+        <v>2</v>
       </c>
       <c r="J341" s="23" t="s">
-        <v>1388</v>
+        <v>1365</v>
       </c>
       <c r="K341" s="11">
-        <v>8.2975999999999992</v>
+        <v>19.25</v>
       </c>
       <c r="L341" s="22">
-        <v>287.72000000000003</v>
+        <v>730.52</v>
       </c>
       <c r="M341" s="22">
-        <f t="shared" ref="M341:M404" si="5">L341*$B$5</f>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A342" s="28" t="s">
-        <v>659</v>
+      <c r="A342" s="12" t="s">
+        <v>615</v>
       </c>
       <c r="B342" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D342" s="10" t="s">
-        <v>1389</v>
+        <v>1366</v>
       </c>
       <c r="E342" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F342" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G342" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H342" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I342" s="48">
+        <v>4</v>
       </c>
       <c r="J342" s="23" t="s">
-        <v>1390</v>
+        <v>1367</v>
       </c>
       <c r="K342" s="11">
-        <v>11.6167</v>
+        <v>19.25</v>
       </c>
       <c r="L342" s="22">
-        <v>454.4</v>
+        <v>677.82</v>
       </c>
       <c r="M342" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A343" s="28" t="s">
-        <v>660</v>
+      <c r="A343" s="12" t="s">
+        <v>737</v>
       </c>
       <c r="B343" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D343" s="10" t="s">
-        <v>1391</v>
+        <v>1368</v>
       </c>
       <c r="E343" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F343" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G343" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H343" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I343" s="48">
+        <v>14</v>
       </c>
       <c r="J343" s="23" t="s">
-        <v>1392</v>
+        <v>1369</v>
       </c>
       <c r="K343" s="11">
-        <v>16.595300000000002</v>
+        <v>5.78</v>
       </c>
       <c r="L343" s="22">
-        <v>608.26</v>
+        <v>223</v>
       </c>
       <c r="M343" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A344" s="28" t="s">
-        <v>661</v>
+      <c r="A344" s="12" t="s">
+        <v>738</v>
       </c>
       <c r="B344" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D344" s="10" t="s">
-        <v>1393</v>
+        <v>1370</v>
       </c>
       <c r="E344" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F344" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G344" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H344" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I344" s="48">
+        <v>14</v>
       </c>
       <c r="J344" s="23" t="s">
-        <v>1394</v>
+        <v>1371</v>
       </c>
       <c r="K344" s="11">
-        <v>16.595300000000002</v>
+        <v>5.78</v>
       </c>
       <c r="L344" s="22">
-        <v>557.22</v>
+        <v>170.3</v>
       </c>
       <c r="M344" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A345" s="12" t="s">
-        <v>737</v>
+        <v>582</v>
       </c>
       <c r="B345" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D345" s="10" t="s">
-        <v>2259</v>
+        <v>2181</v>
       </c>
       <c r="E345" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F345" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G345" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H345" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>25</v>
+      </c>
+      <c r="I345" s="48">
+        <v>8</v>
       </c>
       <c r="J345" s="23" t="s">
-        <v>2188</v>
+        <v>1372</v>
       </c>
       <c r="K345" s="11">
-        <v>16.595300000000002</v>
+        <v>9.625</v>
       </c>
       <c r="L345" s="22">
-        <v>785.94</v>
+        <v>299.48</v>
       </c>
       <c r="M345" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A346" s="12" t="s">
-        <v>654</v>
+        <v>583</v>
       </c>
       <c r="B346" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D346" s="10" t="s">
-        <v>1395</v>
+        <v>1373</v>
       </c>
       <c r="E346" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F346" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G346" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H346" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I346" s="48">
+        <v>8</v>
       </c>
       <c r="J346" s="23" t="s">
-        <v>1396</v>
+        <v>1374</v>
       </c>
       <c r="K346" s="11">
-        <v>15.8048</v>
+        <v>9.6300000000000008</v>
       </c>
       <c r="L346" s="22">
-        <v>495.98</v>
+        <v>420.22</v>
       </c>
       <c r="M346" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A347" s="28" t="s">
-        <v>527</v>
+      <c r="A347" s="12" t="s">
+        <v>584</v>
       </c>
       <c r="B347" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D347" s="10" t="s">
-        <v>1397</v>
+        <v>1375</v>
       </c>
       <c r="E347" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F347" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G347" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H347" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I347" s="48">
+        <v>8</v>
       </c>
       <c r="J347" s="23" t="s">
-        <v>1398</v>
+        <v>1376</v>
       </c>
       <c r="K347" s="11">
-        <v>13.475</v>
+        <v>9.625</v>
       </c>
       <c r="L347" s="22">
-        <v>682.36</v>
+        <v>246.8</v>
       </c>
       <c r="M347" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A348" s="28" t="s">
-        <v>632</v>
+      <c r="A348" s="12" t="s">
+        <v>586</v>
       </c>
       <c r="B348" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D348" s="10" t="s">
-        <v>1399</v>
+        <v>1377</v>
       </c>
       <c r="E348" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F348" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G348" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H348" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I348" s="48">
+        <v>8</v>
       </c>
       <c r="J348" s="23" t="s">
-        <v>1400</v>
+        <v>1378</v>
       </c>
       <c r="K348" s="11">
-        <v>19.25</v>
+        <v>9.6300000000000008</v>
       </c>
       <c r="L348" s="22">
-        <v>730.52</v>
+        <v>527.29999999999995</v>
       </c>
       <c r="M348" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A349" s="28" t="s">
-        <v>633</v>
+      <c r="A349" s="12" t="s">
+        <v>587</v>
       </c>
       <c r="B349" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D349" s="10" t="s">
-        <v>1401</v>
+        <v>2182</v>
       </c>
       <c r="E349" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F349" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G349" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H349" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I349" s="48">
+        <v>8</v>
       </c>
       <c r="J349" s="23" t="s">
-        <v>1402</v>
+        <v>1379</v>
       </c>
       <c r="K349" s="11">
-        <v>19.25</v>
+        <v>9.625</v>
       </c>
       <c r="L349" s="22">
-        <v>677.82</v>
+        <v>411.02</v>
       </c>
       <c r="M349" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A350" s="28" t="s">
-        <v>755</v>
+      <c r="A350" s="12" t="s">
+        <v>612</v>
       </c>
       <c r="B350" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D350" s="10" t="s">
-        <v>1403</v>
+        <v>1380</v>
       </c>
       <c r="E350" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F350" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G350" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H350" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I350" s="48">
+        <v>8</v>
       </c>
       <c r="J350" s="23" t="s">
-        <v>1404</v>
+        <v>1381</v>
       </c>
       <c r="K350" s="11">
-        <v>5.78</v>
+        <v>11.556100000000001</v>
       </c>
       <c r="L350" s="22">
-        <v>223</v>
+        <v>338.44</v>
       </c>
       <c r="M350" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A351" s="28" t="s">
-        <v>756</v>
+      <c r="A351" s="12" t="s">
+        <v>613</v>
       </c>
       <c r="B351" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D351" s="10" t="s">
-        <v>1405</v>
+        <v>1382</v>
       </c>
       <c r="E351" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F351" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G351" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H351" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I351" s="48">
+        <v>8</v>
       </c>
       <c r="J351" s="23" t="s">
-        <v>1406</v>
+        <v>1383</v>
       </c>
       <c r="K351" s="11">
-        <v>5.78</v>
+        <v>11.56</v>
       </c>
       <c r="L351" s="22">
-        <v>170.3</v>
+        <v>410.5</v>
       </c>
       <c r="M351" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A352" s="28" t="s">
-        <v>600</v>
+      <c r="A352" s="12" t="s">
+        <v>660</v>
       </c>
       <c r="B352" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D352" s="10" t="s">
-        <v>2260</v>
+        <v>1384</v>
       </c>
       <c r="E352" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F352" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G352" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H352" s="25">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I352" s="54">
+        <v>35</v>
+      </c>
+      <c r="I352" s="48">
         <v>8</v>
       </c>
       <c r="J352" s="23" t="s">
-        <v>1407</v>
+        <v>1385</v>
       </c>
       <c r="K352" s="11">
-        <v>9.625</v>
+        <v>13.475</v>
       </c>
       <c r="L352" s="22">
-        <v>299.48</v>
+        <v>394.14</v>
       </c>
       <c r="M352" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A353" s="28" t="s">
-        <v>601</v>
+      <c r="A353" s="12" t="s">
+        <v>710</v>
       </c>
       <c r="B353" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D353" s="10" t="s">
-        <v>1408</v>
+        <v>1386</v>
       </c>
       <c r="E353" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F353" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G353" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H353" s="25">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I353" s="54">
+        <v>35</v>
+      </c>
+      <c r="I353" s="48">
         <v>8</v>
       </c>
       <c r="J353" s="23" t="s">
-        <v>1409</v>
+        <v>1387</v>
       </c>
       <c r="K353" s="11">
-        <v>9.6300000000000008</v>
+        <v>13.475</v>
       </c>
       <c r="L353" s="22">
-        <v>420.22</v>
+        <v>341.44</v>
       </c>
       <c r="M353" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A354" s="28" t="s">
-        <v>602</v>
+      <c r="A354" s="12" t="s">
+        <v>712</v>
       </c>
       <c r="B354" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D354" s="10" t="s">
-        <v>1410</v>
+        <v>1388</v>
       </c>
       <c r="E354" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F354" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G354" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H354" s="25">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I354" s="54">
+        <v>35</v>
+      </c>
+      <c r="I354" s="48">
         <v>8</v>
       </c>
       <c r="J354" s="23" t="s">
-        <v>1411</v>
+        <v>2129</v>
       </c>
       <c r="K354" s="11">
-        <v>9.625</v>
+        <v>13.475</v>
       </c>
       <c r="L354" s="22">
-        <v>246.8</v>
+        <v>532.14</v>
       </c>
       <c r="M354" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A355" s="28" t="s">
-        <v>604</v>
+      <c r="A355" s="12" t="s">
+        <v>516</v>
       </c>
       <c r="B355" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D355" s="10" t="s">
-        <v>1412</v>
+        <v>1389</v>
       </c>
       <c r="E355" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F355" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G355" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H355" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I355" s="48">
+        <v>7</v>
       </c>
       <c r="J355" s="23" t="s">
-        <v>1413</v>
+        <v>1390</v>
       </c>
       <c r="K355" s="11">
-        <v>9.6300000000000008</v>
+        <v>19.25</v>
       </c>
       <c r="L355" s="22">
-        <v>527.29999999999995</v>
+        <v>498.36</v>
       </c>
       <c r="M355" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A356" s="28" t="s">
-        <v>605</v>
+      <c r="A356" s="12" t="s">
+        <v>653</v>
       </c>
       <c r="B356" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D356" s="10" t="s">
-        <v>2261</v>
+        <v>1391</v>
       </c>
       <c r="E356" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F356" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G356" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H356" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I356" s="48">
+        <v>7</v>
       </c>
       <c r="J356" s="23" t="s">
-        <v>1414</v>
+        <v>1392</v>
       </c>
       <c r="K356" s="11">
-        <v>9.625</v>
+        <v>19.260000000000002</v>
       </c>
       <c r="L356" s="22">
-        <v>411.02</v>
+        <v>623.34</v>
       </c>
       <c r="M356" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A357" s="28" t="s">
-        <v>630</v>
+      <c r="A357" s="12" t="s">
+        <v>654</v>
       </c>
       <c r="B357" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D357" s="10" t="s">
-        <v>1415</v>
+        <v>1393</v>
       </c>
       <c r="E357" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F357" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G357" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H357" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I357" s="48">
+        <v>7</v>
       </c>
       <c r="J357" s="23" t="s">
-        <v>1416</v>
+        <v>1394</v>
       </c>
       <c r="K357" s="11">
-        <v>11.556100000000001</v>
+        <v>19.25</v>
       </c>
       <c r="L357" s="22">
-        <v>338.44</v>
+        <v>445.66</v>
       </c>
       <c r="M357" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A358" s="28" t="s">
-        <v>631</v>
+      <c r="A358" s="12" t="s">
+        <v>483</v>
       </c>
       <c r="B358" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D358" s="10" t="s">
-        <v>1417</v>
+        <v>1395</v>
       </c>
       <c r="E358" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F358" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G358" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H358" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I358" s="48">
+        <v>7</v>
       </c>
       <c r="J358" s="23" t="s">
-        <v>1418</v>
+        <v>1396</v>
       </c>
       <c r="K358" s="11">
-        <v>11.56</v>
+        <v>19.25</v>
       </c>
       <c r="L358" s="22">
-        <v>410.5</v>
+        <v>676.04</v>
       </c>
       <c r="M358" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A359" s="12" t="s">
-        <v>678</v>
+        <v>591</v>
       </c>
       <c r="B359" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D359" s="10" t="s">
-        <v>1419</v>
+        <v>1397</v>
       </c>
       <c r="E359" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F359" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G359" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H359" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I359" s="54">
+        <v>15</v>
+      </c>
+      <c r="I359" s="48">
         <v>8</v>
       </c>
       <c r="J359" s="23" t="s">
-        <v>1420</v>
+        <v>1398</v>
       </c>
       <c r="K359" s="11">
-        <v>13.475</v>
+        <v>5.78</v>
       </c>
       <c r="L359" s="22">
-        <v>394.14</v>
+        <v>263.88</v>
       </c>
       <c r="M359" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A360" s="28" t="s">
-        <v>728</v>
+      <c r="A360" s="12" t="s">
+        <v>592</v>
       </c>
       <c r="B360" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C360" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D360" s="10" t="s">
-        <v>1421</v>
+        <v>1399</v>
       </c>
       <c r="E360" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F360" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G360" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H360" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I360" s="54">
+        <v>15</v>
+      </c>
+      <c r="I360" s="48">
         <v>8</v>
       </c>
       <c r="J360" s="23" t="s">
-        <v>1422</v>
+        <v>1400</v>
       </c>
       <c r="K360" s="11">
-        <v>13.475</v>
+        <v>5.78</v>
       </c>
       <c r="L360" s="22">
-        <v>341.44</v>
+        <v>211.18</v>
       </c>
       <c r="M360" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A361" s="28" t="s">
-        <v>730</v>
+      <c r="A361" s="12" t="s">
+        <v>662</v>
       </c>
       <c r="B361" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C361" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D361" s="10" t="s">
-        <v>1423</v>
+        <v>1401</v>
       </c>
       <c r="E361" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F361" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G361" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H361" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>25</v>
+      </c>
+      <c r="I361" s="48">
+        <v>7</v>
       </c>
       <c r="J361" s="23" t="s">
-        <v>2189</v>
+        <v>1402</v>
       </c>
       <c r="K361" s="11">
-        <v>13.475</v>
+        <v>9.625</v>
       </c>
       <c r="L361" s="22">
-        <v>532.14</v>
+        <v>358.36</v>
       </c>
       <c r="M361" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A362" s="28" t="s">
-        <v>533</v>
+      <c r="A362" s="12" t="s">
+        <v>663</v>
       </c>
       <c r="B362" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D362" s="10" t="s">
-        <v>1424</v>
+        <v>1403</v>
       </c>
       <c r="E362" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F362" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G362" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H362" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I362" s="54">
+        <v>25</v>
+      </c>
+      <c r="I362" s="48">
         <v>7</v>
       </c>
       <c r="J362" s="23" t="s">
-        <v>1425</v>
+        <v>1404</v>
       </c>
       <c r="K362" s="11">
-        <v>19.25</v>
+        <v>9.625</v>
       </c>
       <c r="L362" s="22">
-        <v>498.36</v>
+        <v>305.68</v>
       </c>
       <c r="M362" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A363" s="28" t="s">
-        <v>671</v>
+      <c r="A363" s="12" t="s">
+        <v>541</v>
       </c>
       <c r="B363" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C363" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D363" s="10" t="s">
-        <v>1426</v>
+        <v>1405</v>
       </c>
       <c r="E363" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F363" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G363" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H363" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>35</v>
+      </c>
+      <c r="I363" s="48">
+        <v>5</v>
       </c>
       <c r="J363" s="23" t="s">
-        <v>1427</v>
+        <v>1406</v>
       </c>
       <c r="K363" s="11">
-        <v>19.260000000000002</v>
+        <v>13.475</v>
       </c>
       <c r="L363" s="22">
-        <v>623.34</v>
+        <v>435.86</v>
       </c>
       <c r="M363" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A364" s="28" t="s">
-        <v>672</v>
+      <c r="A364" s="12" t="s">
+        <v>542</v>
       </c>
       <c r="B364" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C364" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D364" s="10" t="s">
-        <v>1428</v>
+        <v>1407</v>
       </c>
       <c r="E364" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F364" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G364" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H364" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>35</v>
+      </c>
+      <c r="I364" s="48">
+        <v>5</v>
       </c>
       <c r="J364" s="23" t="s">
-        <v>1429</v>
+        <v>1408</v>
       </c>
       <c r="K364" s="11">
-        <v>19.25</v>
+        <v>13.475</v>
       </c>
       <c r="L364" s="22">
-        <v>445.66</v>
+        <v>383.16</v>
       </c>
       <c r="M364" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A365" s="28" t="s">
-        <v>499</v>
+      <c r="A365" s="12" t="s">
+        <v>699</v>
       </c>
       <c r="B365" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C365" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D365" s="10" t="s">
-        <v>1430</v>
+        <v>1409</v>
       </c>
       <c r="E365" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F365" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G365" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H365" s="25">
         <v>50</v>
       </c>
-      <c r="I365" s="54">
-        <v>7</v>
+      <c r="I365" s="48">
+        <v>4</v>
       </c>
       <c r="J365" s="23" t="s">
-        <v>1431</v>
+        <v>1410</v>
       </c>
       <c r="K365" s="11">
         <v>19.25</v>
       </c>
       <c r="L365" s="22">
-        <v>676.04</v>
+        <v>568.5</v>
       </c>
       <c r="M365" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A366" s="28" t="s">
-        <v>609</v>
+      <c r="A366" s="14" t="s">
+        <v>700</v>
       </c>
       <c r="B366" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C366" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D366" s="10" t="s">
-        <v>1432</v>
+        <v>1411</v>
       </c>
       <c r="E366" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F366" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G366" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H366" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I366" s="48">
+        <v>4</v>
       </c>
       <c r="J366" s="23" t="s">
-        <v>1433</v>
+        <v>1412</v>
       </c>
       <c r="K366" s="11">
-        <v>5.78</v>
+        <v>19.25</v>
       </c>
       <c r="L366" s="22">
-        <v>263.88</v>
+        <v>515.79999999999995</v>
       </c>
       <c r="M366" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A367" s="28" t="s">
-        <v>610</v>
+      <c r="A367" s="12" t="s">
+        <v>693</v>
       </c>
       <c r="B367" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C367" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D367" s="10" t="s">
-        <v>1434</v>
+        <v>2183</v>
       </c>
       <c r="E367" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F367" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G367" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H367" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I367" s="48">
+        <v>4</v>
       </c>
       <c r="J367" s="23" t="s">
-        <v>1435</v>
+        <v>2130</v>
       </c>
       <c r="K367" s="11">
-        <v>5.78</v>
+        <v>19.25</v>
       </c>
       <c r="L367" s="22">
-        <v>211.18</v>
+        <v>746.18</v>
       </c>
       <c r="M367" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A368" s="28" t="s">
-        <v>680</v>
+      <c r="A368" s="12" t="s">
+        <v>557</v>
       </c>
       <c r="B368" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C368" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D368" s="10" t="s">
-        <v>1436</v>
+        <v>1413</v>
       </c>
       <c r="E368" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F368" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G368" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H368" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>35</v>
+      </c>
+      <c r="I368" s="48">
+        <v>4</v>
       </c>
       <c r="J368" s="23" t="s">
-        <v>1437</v>
+        <v>1414</v>
       </c>
       <c r="K368" s="11">
-        <v>9.625</v>
+        <v>15.34</v>
       </c>
       <c r="L368" s="22">
-        <v>358.36</v>
+        <v>564.41999999999996</v>
       </c>
       <c r="M368" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A369" s="28" t="s">
-        <v>681</v>
+      <c r="A369" s="12" t="s">
+        <v>629</v>
       </c>
       <c r="B369" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C369" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D369" s="10" t="s">
-        <v>1438</v>
+        <v>2250</v>
       </c>
       <c r="E369" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F369" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G369" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H369" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I369" s="48">
+        <v>2</v>
       </c>
       <c r="J369" s="23" t="s">
-        <v>1439</v>
+        <v>1415</v>
       </c>
       <c r="K369" s="11">
-        <v>9.625</v>
+        <v>21.92</v>
       </c>
       <c r="L369" s="22">
-        <v>305.68</v>
+        <v>749.28</v>
       </c>
       <c r="M369" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A370" s="28" t="s">
-        <v>558</v>
+      <c r="A370" s="12" t="s">
+        <v>534</v>
       </c>
       <c r="B370" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C370" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D370" s="10" t="s">
-        <v>1440</v>
+        <v>1416</v>
       </c>
       <c r="E370" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F370" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G370" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H370" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>25</v>
+      </c>
+      <c r="I370" s="48">
+        <v>8</v>
       </c>
       <c r="J370" s="23" t="s">
-        <v>1441</v>
+        <v>1417</v>
       </c>
       <c r="K370" s="11">
-        <v>13.475</v>
+        <v>10.96</v>
       </c>
       <c r="L370" s="22">
-        <v>435.86</v>
+        <v>273.88</v>
       </c>
       <c r="M370" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A371" s="28" t="s">
-        <v>559</v>
+      <c r="A371" s="12" t="s">
+        <v>694</v>
       </c>
       <c r="B371" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C371" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D371" s="10" t="s">
-        <v>1442</v>
+        <v>1418</v>
       </c>
       <c r="E371" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F371" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G371" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H371" s="25">
         <v>35</v>
       </c>
-      <c r="I371" s="54">
-        <v>5</v>
+      <c r="I371" s="48">
+        <v>7</v>
       </c>
       <c r="J371" s="23" t="s">
-        <v>1443</v>
+        <v>1419</v>
       </c>
       <c r="K371" s="11">
-        <v>13.475</v>
+        <v>15.34</v>
       </c>
       <c r="L371" s="22">
-        <v>383.16</v>
+        <v>366.94</v>
       </c>
       <c r="M371" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A372" s="28" t="s">
-        <v>717</v>
+      <c r="A372" s="12" t="s">
+        <v>530</v>
       </c>
       <c r="B372" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C372" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D372" s="10" t="s">
-        <v>1444</v>
+        <v>1420</v>
       </c>
       <c r="E372" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F372" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G372" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H372" s="25">
         <v>50</v>
       </c>
-      <c r="I372" s="54">
-        <v>4</v>
+      <c r="I372" s="48">
+        <v>5</v>
       </c>
       <c r="J372" s="23" t="s">
-        <v>1445</v>
+        <v>1421</v>
       </c>
       <c r="K372" s="11">
-        <v>19.25</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L372" s="22">
-        <v>568.5</v>
+        <v>583.38</v>
       </c>
       <c r="M372" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A373" s="14" t="s">
-        <v>718</v>
+      <c r="A373" s="12" t="s">
+        <v>549</v>
       </c>
       <c r="B373" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C373" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D373" s="10" t="s">
-        <v>1446</v>
+        <v>1422</v>
       </c>
       <c r="E373" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F373" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G373" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H373" s="25">
         <v>50</v>
       </c>
-      <c r="I373" s="54">
-        <v>4</v>
+      <c r="I373" s="48">
+        <v>5</v>
       </c>
       <c r="J373" s="23" t="s">
-        <v>1447</v>
+        <v>1423</v>
       </c>
       <c r="K373" s="11">
-        <v>19.25</v>
+        <v>21.92</v>
       </c>
       <c r="L373" s="22">
-        <v>515.79999999999995</v>
+        <v>498.72</v>
       </c>
       <c r="M373" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A374" s="28" t="s">
-        <v>711</v>
+      <c r="A374" s="12" t="s">
+        <v>537</v>
       </c>
       <c r="B374" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C374" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D374" s="10" t="s">
-        <v>2262</v>
+        <v>1424</v>
       </c>
       <c r="E374" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F374" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G374" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H374" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I374" s="48">
+        <v>8</v>
       </c>
       <c r="J374" s="23" t="s">
-        <v>2190</v>
+        <v>1425</v>
       </c>
       <c r="K374" s="11">
-        <v>19.25</v>
+        <v>10.96</v>
       </c>
       <c r="L374" s="22">
-        <v>746.18</v>
+        <v>389.84</v>
       </c>
       <c r="M374" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A375" s="28" t="s">
-        <v>574</v>
+      <c r="A375" s="12" t="s">
+        <v>576</v>
       </c>
       <c r="B375" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C375" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D375" s="10" t="s">
-        <v>1448</v>
+        <v>2245</v>
       </c>
       <c r="E375" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F375" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G375" s="10" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H375" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I375" s="48">
+        <v>5</v>
       </c>
       <c r="J375" s="23" t="s">
-        <v>1449</v>
+        <v>1426</v>
       </c>
       <c r="K375" s="11">
-        <v>15.34</v>
+        <v>10.96</v>
       </c>
       <c r="L375" s="22">
-        <v>564.41999999999996</v>
+        <v>305.18</v>
       </c>
       <c r="M375" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A376" s="28" t="s">
-        <v>647</v>
+      <c r="A376" s="12" t="s">
+        <v>721</v>
       </c>
       <c r="B376" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C376" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D376" s="10" t="s">
-        <v>1450</v>
+        <v>1427</v>
       </c>
       <c r="E376" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F376" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G376" s="10" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H376" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>35</v>
+      </c>
+      <c r="I376" s="48">
+        <v>5</v>
       </c>
       <c r="J376" s="23" t="s">
-        <v>1451</v>
+        <v>1428</v>
       </c>
       <c r="K376" s="11">
-        <v>21.92</v>
+        <v>15.35</v>
       </c>
       <c r="L376" s="22">
-        <v>749.28</v>
+        <v>535.29999999999995</v>
       </c>
       <c r="M376" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A377" s="28" t="s">
-        <v>551</v>
+      <c r="A377" s="12" t="s">
+        <v>722</v>
       </c>
       <c r="B377" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C377" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D377" s="10" t="s">
-        <v>1452</v>
+        <v>1429</v>
       </c>
       <c r="E377" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F377" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G377" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H377" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>35</v>
+      </c>
+      <c r="I377" s="48">
+        <v>5</v>
       </c>
       <c r="J377" s="23" t="s">
-        <v>1453</v>
+        <v>1430</v>
       </c>
       <c r="K377" s="11">
-        <v>10.96</v>
+        <v>15.34</v>
       </c>
       <c r="L377" s="22">
-        <v>273.88</v>
+        <v>450.64</v>
       </c>
       <c r="M377" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A378" s="28" t="s">
-        <v>712</v>
+      <c r="A378" s="12" t="s">
+        <v>734</v>
       </c>
       <c r="B378" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C378" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D378" s="10" t="s">
-        <v>1454</v>
+        <v>1431</v>
       </c>
       <c r="E378" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F378" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G378" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H378" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I378" s="48">
+        <v>4</v>
       </c>
       <c r="J378" s="23" t="s">
-        <v>1455</v>
+        <v>1432</v>
       </c>
       <c r="K378" s="11">
-        <v>15.34</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L378" s="22">
-        <v>366.94</v>
+        <v>700.76</v>
       </c>
       <c r="M378" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A379" s="28" t="s">
-        <v>547</v>
+      <c r="A379" s="12" t="s">
+        <v>735</v>
       </c>
       <c r="B379" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C379" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D379" s="10" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E379" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F379" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G379" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H379" s="25">
         <v>50</v>
       </c>
-      <c r="I379" s="54">
-        <v>5</v>
+      <c r="I379" s="48">
+        <v>4</v>
       </c>
       <c r="J379" s="23" t="s">
-        <v>1457</v>
+        <v>1434</v>
       </c>
       <c r="K379" s="11">
-        <v>21.924600000000002</v>
+        <v>21.92</v>
       </c>
       <c r="L379" s="22">
-        <v>583.38</v>
+        <v>604.54</v>
       </c>
       <c r="M379" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A380" s="28" t="s">
-        <v>566</v>
+      <c r="A380" s="12" t="s">
+        <v>500</v>
       </c>
       <c r="B380" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C380" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D380" s="10" t="s">
-        <v>1458</v>
+        <v>2249</v>
       </c>
       <c r="E380" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F380" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G380" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H380" s="25">
         <v>50</v>
       </c>
-      <c r="I380" s="54">
-        <v>5</v>
+      <c r="I380" s="48">
+        <v>2</v>
       </c>
       <c r="J380" s="23" t="s">
-        <v>1459</v>
+        <v>1435</v>
       </c>
       <c r="K380" s="11">
-        <v>21.92</v>
+        <v>29.42</v>
       </c>
       <c r="L380" s="22">
-        <v>498.72</v>
+        <v>977.98</v>
       </c>
       <c r="M380" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A381" s="28" t="s">
-        <v>554</v>
+      <c r="A381" s="12" t="s">
+        <v>717</v>
       </c>
       <c r="B381" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C381" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D381" s="10" t="s">
-        <v>1460</v>
+        <v>1436</v>
       </c>
       <c r="E381" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F381" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G381" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H381" s="25">
         <v>25</v>
       </c>
-      <c r="I381" s="54">
+      <c r="I381" s="48">
         <v>8</v>
       </c>
       <c r="J381" s="23" t="s">
-        <v>1461</v>
+        <v>1437</v>
       </c>
       <c r="K381" s="11">
-        <v>10.96</v>
+        <v>14.71</v>
       </c>
       <c r="L381" s="22">
-        <v>389.84</v>
+        <v>352.84</v>
       </c>
       <c r="M381" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A382" s="12" t="s">
-        <v>593</v>
+        <v>731</v>
       </c>
       <c r="B382" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C382" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D382" s="10" t="s">
-        <v>2263</v>
+        <v>1438</v>
       </c>
       <c r="E382" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F382" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G382" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H382" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>35</v>
+      </c>
+      <c r="I382" s="48">
+        <v>7</v>
       </c>
       <c r="J382" s="23" t="s">
-        <v>1462</v>
+        <v>1439</v>
       </c>
       <c r="K382" s="11">
-        <v>10.96</v>
+        <v>20.6</v>
       </c>
       <c r="L382" s="22">
-        <v>305.18</v>
+        <v>475.38</v>
       </c>
       <c r="M382" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A383" s="28" t="s">
-        <v>739</v>
+      <c r="A383" s="12" t="s">
+        <v>688</v>
       </c>
       <c r="B383" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C383" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D383" s="10" t="s">
-        <v>1463</v>
+        <v>1440</v>
       </c>
       <c r="E383" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F383" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G383" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H383" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I383" s="54">
+        <v>50</v>
+      </c>
+      <c r="I383" s="48">
         <v>5</v>
       </c>
       <c r="J383" s="23" t="s">
-        <v>1464</v>
+        <v>1441</v>
       </c>
       <c r="K383" s="11">
-        <v>15.35</v>
+        <v>29.42</v>
       </c>
       <c r="L383" s="22">
-        <v>535.29999999999995</v>
+        <v>701.5</v>
       </c>
       <c r="M383" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A384" s="28" t="s">
-        <v>740</v>
+      <c r="A384" s="12" t="s">
+        <v>690</v>
       </c>
       <c r="B384" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C384" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D384" s="10" t="s">
-        <v>1465</v>
+        <v>1442</v>
       </c>
       <c r="E384" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F384" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G384" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H384" s="25">
         <v>35</v>
       </c>
-      <c r="I384" s="54">
-        <v>5</v>
+      <c r="I384" s="48">
+        <v>4</v>
       </c>
       <c r="J384" s="23" t="s">
-        <v>1466</v>
+        <v>1443</v>
       </c>
       <c r="K384" s="11">
-        <v>15.34</v>
+        <v>20.6</v>
       </c>
       <c r="L384" s="22">
-        <v>450.64</v>
+        <v>544.64</v>
       </c>
       <c r="M384" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A385" s="28" t="s">
-        <v>752</v>
+      <c r="A385" s="12" t="s">
+        <v>482</v>
       </c>
       <c r="B385" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C385" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D385" s="10" t="s">
-        <v>1467</v>
+        <v>1444</v>
       </c>
       <c r="E385" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F385" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G385" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H385" s="25">
         <v>50</v>
       </c>
-      <c r="I385" s="54">
+      <c r="I385" s="48">
         <v>4</v>
       </c>
       <c r="J385" s="23" t="s">
-        <v>1468</v>
+        <v>1445</v>
       </c>
       <c r="K385" s="11">
-        <v>21.924600000000002</v>
+        <v>29.42</v>
       </c>
       <c r="L385" s="22">
-        <v>700.76</v>
+        <v>737.54</v>
       </c>
       <c r="M385" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A386" s="28" t="s">
+      <c r="A386" s="12" t="s">
+        <v>239</v>
+      </c>
+      <c r="B386" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C386" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D386" s="10" t="s">
+        <v>1446</v>
+      </c>
+      <c r="E386" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F386" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="G386" s="10" t="s">
         <v>753</v>
       </c>
-      <c r="B386" s="15" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H386" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I386" s="48">
+        <v>7</v>
       </c>
       <c r="J386" s="23" t="s">
-        <v>1470</v>
+        <v>1447</v>
       </c>
       <c r="K386" s="11">
-        <v>21.92</v>
+        <v>5.3518999999999997</v>
       </c>
       <c r="L386" s="22">
-        <v>604.54</v>
+        <v>314.7</v>
       </c>
       <c r="M386" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A387" s="28" t="s">
-        <v>517</v>
+      <c r="A387" s="12" t="s">
+        <v>237</v>
       </c>
       <c r="B387" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C387" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D387" s="10" t="s">
-        <v>1471</v>
+        <v>1448</v>
       </c>
       <c r="E387" s="10" t="s">
-        <v>762</v>
+        <v>743</v>
       </c>
       <c r="F387" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G387" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H387" s="25">
         <v>50</v>
       </c>
-      <c r="I387" s="54">
+      <c r="I387" s="48">
         <v>4</v>
       </c>
       <c r="J387" s="23" t="s">
-        <v>1472</v>
+        <v>1449</v>
       </c>
       <c r="K387" s="11">
-        <v>29.42</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L387" s="22">
-        <v>977.98</v>
+        <v>559.16</v>
       </c>
       <c r="M387" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A388" s="28" t="s">
-        <v>735</v>
+      <c r="A388" s="12" t="s">
+        <v>238</v>
       </c>
       <c r="B388" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C388" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D388" s="10" t="s">
-        <v>1473</v>
+        <v>1450</v>
       </c>
       <c r="E388" s="10" t="s">
-        <v>762</v>
+        <v>743</v>
       </c>
       <c r="F388" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G388" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H388" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I388" s="48">
+        <v>4</v>
       </c>
       <c r="J388" s="23" t="s">
-        <v>1474</v>
+        <v>1451</v>
       </c>
       <c r="K388" s="11">
-        <v>14.71</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L388" s="22">
-        <v>352.84</v>
+        <v>527.36</v>
       </c>
       <c r="M388" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A389" s="28" t="s">
-        <v>749</v>
+      <c r="A389" s="12" t="s">
+        <v>201</v>
       </c>
       <c r="B389" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C389" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D389" s="10" t="s">
-        <v>1475</v>
+        <v>1452</v>
       </c>
       <c r="E389" s="10" t="s">
-        <v>762</v>
+        <v>743</v>
       </c>
       <c r="F389" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G389" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H389" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>100</v>
+      </c>
+      <c r="I389" s="48">
+        <v>1</v>
       </c>
       <c r="J389" s="23" t="s">
-        <v>1476</v>
+        <v>1453</v>
       </c>
       <c r="K389" s="11">
-        <v>20.6</v>
+        <v>21.407599999999999</v>
       </c>
       <c r="L389" s="22">
-        <v>475.38</v>
+        <v>1140.18</v>
       </c>
       <c r="M389" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A390" s="28" t="s">
-        <v>706</v>
+      <c r="A390" s="12" t="s">
+        <v>86</v>
       </c>
       <c r="B390" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C390" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D390" s="10" t="s">
-        <v>1477</v>
+        <v>1454</v>
       </c>
       <c r="E390" s="10" t="s">
-        <v>762</v>
+        <v>743</v>
       </c>
       <c r="F390" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G390" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H390" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I390" s="48">
+        <v>14</v>
       </c>
       <c r="J390" s="23" t="s">
-        <v>1478</v>
+        <v>1455</v>
       </c>
       <c r="K390" s="11">
-        <v>29.42</v>
+        <v>3.2111000000000001</v>
       </c>
       <c r="L390" s="22">
-        <v>701.5</v>
+        <v>160.6</v>
       </c>
       <c r="M390" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A391" s="28" t="s">
-        <v>708</v>
+      <c r="A391" s="12" t="s">
+        <v>96</v>
       </c>
       <c r="B391" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C391" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D391" s="10" t="s">
-        <v>1479</v>
+        <v>1456</v>
       </c>
       <c r="E391" s="10" t="s">
-        <v>762</v>
+        <v>743</v>
       </c>
       <c r="F391" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G391" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H391" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I391" s="48">
+        <v>14</v>
       </c>
       <c r="J391" s="23" t="s">
-        <v>1480</v>
+        <v>1457</v>
       </c>
       <c r="K391" s="11">
-        <v>20.6</v>
+        <v>3.2111000000000001</v>
       </c>
       <c r="L391" s="22">
-        <v>544.64</v>
+        <v>192.88</v>
       </c>
       <c r="M391" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A392" s="28" t="s">
-        <v>498</v>
+      <c r="A392" s="12" t="s">
+        <v>197</v>
       </c>
       <c r="B392" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C392" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D392" s="10" t="s">
-        <v>1481</v>
+        <v>1458</v>
       </c>
       <c r="E392" s="10" t="s">
-        <v>762</v>
+        <v>743</v>
       </c>
       <c r="F392" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G392" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H392" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I392" s="48">
+        <v>14</v>
       </c>
       <c r="J392" s="23" t="s">
-        <v>1482</v>
+        <v>1459</v>
       </c>
       <c r="K392" s="11">
-        <v>29.42</v>
+        <v>3.2111000000000001</v>
       </c>
       <c r="L392" s="22">
-        <v>737.54</v>
+        <v>128.82</v>
       </c>
       <c r="M392" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A393" s="28" t="s">
-        <v>242</v>
+      <c r="A393" s="12" t="s">
+        <v>730</v>
       </c>
       <c r="B393" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C393" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D393" s="10" t="s">
-        <v>1483</v>
+        <v>1460</v>
       </c>
       <c r="E393" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F393" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G393" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H393" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I393" s="48">
+        <v>14</v>
       </c>
       <c r="J393" s="23" t="s">
-        <v>1484</v>
+        <v>1461</v>
       </c>
       <c r="K393" s="11">
-        <v>5.3518999999999997</v>
+        <v>3.2111000000000001</v>
       </c>
       <c r="L393" s="22">
-        <v>314.7</v>
+        <v>277.98</v>
       </c>
       <c r="M393" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A394" s="28" t="s">
-        <v>240</v>
+      <c r="A394" s="12" t="s">
+        <v>163</v>
       </c>
       <c r="B394" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C394" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D394" s="10" t="s">
-        <v>1485</v>
+        <v>1462</v>
       </c>
       <c r="E394" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F394" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G394" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H394" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I394" s="48">
+        <v>14</v>
       </c>
       <c r="J394" s="23" t="s">
-        <v>1486</v>
+        <v>1463</v>
       </c>
       <c r="K394" s="11">
-        <v>10.703799999999999</v>
+        <v>3.2111000000000001</v>
       </c>
       <c r="L394" s="22">
-        <v>559.16</v>
+        <v>245.7</v>
       </c>
       <c r="M394" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A395" s="28" t="s">
-        <v>241</v>
+      <c r="A395" s="12" t="s">
+        <v>102</v>
       </c>
       <c r="B395" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C395" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D395" s="10" t="s">
-        <v>1487</v>
+        <v>1464</v>
       </c>
       <c r="E395" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F395" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G395" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H395" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>20</v>
+      </c>
+      <c r="I395" s="48">
+        <v>12</v>
       </c>
       <c r="J395" s="23" t="s">
-        <v>1488</v>
+        <v>1465</v>
       </c>
       <c r="K395" s="11">
-        <v>10.703799999999999</v>
+        <v>4.2815000000000003</v>
       </c>
       <c r="L395" s="22">
-        <v>527.36</v>
+        <v>189.92</v>
       </c>
       <c r="M395" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A396" s="28" t="s">
-        <v>203</v>
+      <c r="A396" s="12" t="s">
+        <v>41</v>
       </c>
       <c r="B396" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C396" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D396" s="10" t="s">
-        <v>1489</v>
+        <v>2184</v>
       </c>
       <c r="E396" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F396" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G396" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H396" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>25</v>
+      </c>
+      <c r="I396" s="48">
+        <v>14</v>
       </c>
       <c r="J396" s="23" t="s">
-        <v>1490</v>
+        <v>1466</v>
       </c>
       <c r="K396" s="11">
-        <v>21.407599999999999</v>
+        <v>5.3518999999999997</v>
       </c>
       <c r="L396" s="22">
-        <v>1140.18</v>
+        <v>214.62</v>
       </c>
       <c r="M396" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A397" s="28" t="s">
-        <v>86</v>
+      <c r="A397" s="12" t="s">
+        <v>135</v>
       </c>
       <c r="B397" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C397" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D397" s="10" t="s">
-        <v>1491</v>
+        <v>1467</v>
       </c>
       <c r="E397" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F397" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G397" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H397" s="25">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I397" s="54">
+        <v>25</v>
+      </c>
+      <c r="I397" s="48">
         <v>14</v>
       </c>
       <c r="J397" s="23" t="s">
-        <v>1492</v>
+        <v>1468</v>
       </c>
       <c r="K397" s="11">
-        <v>3.2111000000000001</v>
+        <v>5.3518999999999997</v>
       </c>
       <c r="L397" s="22">
-        <v>160.6</v>
+        <v>182.84</v>
       </c>
       <c r="M397" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A398" s="28" t="s">
-        <v>96</v>
+      <c r="A398" s="12" t="s">
+        <v>706</v>
       </c>
       <c r="B398" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C398" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D398" s="10" t="s">
-        <v>1493</v>
+        <v>1469</v>
       </c>
       <c r="E398" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F398" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G398" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H398" s="25">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I398" s="54">
+        <v>25</v>
+      </c>
+      <c r="I398" s="48">
         <v>14</v>
       </c>
       <c r="J398" s="23" t="s">
-        <v>1494</v>
+        <v>1470</v>
       </c>
       <c r="K398" s="11">
-        <v>3.2111000000000001</v>
+        <v>5.35189</v>
       </c>
       <c r="L398" s="22">
-        <v>192.88</v>
+        <v>361.48</v>
       </c>
       <c r="M398" s="22">
-        <f t="shared" si="5"/>
+        <f t="shared" ref="M398:M458" si="6">L398*$B$5</f>
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A399" s="28" t="s">
-        <v>199</v>
+      <c r="A399" s="12" t="s">
+        <v>68</v>
       </c>
       <c r="B399" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C399" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D399" s="10" t="s">
-        <v>1495</v>
+        <v>1471</v>
       </c>
       <c r="E399" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F399" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G399" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H399" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>25</v>
+      </c>
+      <c r="I399" s="48">
+        <v>12</v>
       </c>
       <c r="J399" s="23" t="s">
-        <v>1496</v>
+        <v>1472</v>
       </c>
       <c r="K399" s="11">
-        <v>3.2111000000000001</v>
+        <v>5.3518999999999997</v>
       </c>
       <c r="L399" s="22">
-        <v>128.82</v>
+        <v>326.16000000000003</v>
       </c>
       <c r="M399" s="22">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A400" s="28" t="s">
-        <v>748</v>
+      <c r="A400" s="12" t="s">
+        <v>59</v>
       </c>
       <c r="B400" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C400" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D400" s="10" t="s">
-        <v>1497</v>
+        <v>2185</v>
       </c>
       <c r="E400" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F400" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G400" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H400" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I400" s="48">
+        <v>12</v>
       </c>
       <c r="J400" s="23" t="s">
-        <v>1498</v>
+        <v>1473</v>
       </c>
       <c r="K400" s="11">
-        <v>3.2111000000000001</v>
+        <v>6.4222999999999999</v>
       </c>
       <c r="L400" s="22">
-        <v>277.98</v>
+        <v>246.66</v>
       </c>
       <c r="M400" s="22">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A401" s="28" t="s">
-        <v>165</v>
+      <c r="A401" s="12" t="s">
+        <v>53</v>
       </c>
       <c r="B401" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C401" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D401" s="10" t="s">
-        <v>1499</v>
+        <v>1474</v>
       </c>
       <c r="E401" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F401" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G401" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H401" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I401" s="48">
+        <v>12</v>
       </c>
       <c r="J401" s="23" t="s">
-        <v>1500</v>
+        <v>1475</v>
       </c>
       <c r="K401" s="11">
-        <v>3.2111000000000001</v>
+        <v>6.4222999999999999</v>
       </c>
       <c r="L401" s="22">
-        <v>245.7</v>
+        <v>288.48</v>
       </c>
       <c r="M401" s="22">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A402" s="28" t="s">
-        <v>102</v>
+      <c r="A402" s="12" t="s">
+        <v>228</v>
       </c>
       <c r="B402" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C402" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D402" s="10" t="s">
-        <v>1501</v>
+        <v>1476</v>
       </c>
       <c r="E402" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F402" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G402" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H402" s="25">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="I402" s="54">
+        <v>30</v>
+      </c>
+      <c r="I402" s="48">
         <v>12</v>
       </c>
       <c r="J402" s="23" t="s">
-        <v>1502</v>
+        <v>1477</v>
       </c>
       <c r="K402" s="11">
-        <v>4.2815000000000003</v>
+        <v>6.4222999999999999</v>
       </c>
       <c r="L402" s="22">
-        <v>189.92</v>
+        <v>214.86</v>
       </c>
       <c r="M402" s="22">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A403" s="28" t="s">
-        <v>41</v>
+      <c r="A403" s="12" t="s">
+        <v>665</v>
       </c>
       <c r="B403" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C403" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D403" s="10" t="s">
-        <v>2264</v>
+        <v>1478</v>
       </c>
       <c r="E403" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F403" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G403" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H403" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I403" s="48">
+        <v>12</v>
       </c>
       <c r="J403" s="23" t="s">
-        <v>1503</v>
+        <v>1479</v>
       </c>
       <c r="K403" s="11">
-        <v>5.3518999999999997</v>
+        <v>6.4222700000000001</v>
       </c>
       <c r="L403" s="22">
-        <v>214.62</v>
+        <v>256.68</v>
       </c>
       <c r="M403" s="22">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A404" s="28" t="s">
-        <v>137</v>
+      <c r="A404" s="12" t="s">
+        <v>117</v>
       </c>
       <c r="B404" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C404" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D404" s="10" t="s">
-        <v>1504</v>
+        <v>1480</v>
       </c>
       <c r="E404" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F404" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G404" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H404" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I404" s="48">
+        <v>12</v>
       </c>
       <c r="J404" s="23" t="s">
-        <v>1505</v>
+        <v>1481</v>
       </c>
       <c r="K404" s="11">
-        <v>5.3518999999999997</v>
+        <v>6.4222999999999999</v>
       </c>
       <c r="L404" s="22">
-        <v>182.84</v>
+        <v>413.26</v>
       </c>
       <c r="M404" s="22">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A405" s="28" t="s">
-        <v>724</v>
+      <c r="A405" s="12" t="s">
+        <v>465</v>
       </c>
       <c r="B405" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C405" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D405" s="10" t="s">
-        <v>1506</v>
+        <v>1482</v>
       </c>
       <c r="E405" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F405" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G405" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H405" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I405" s="48">
+        <v>12</v>
       </c>
       <c r="J405" s="23" t="s">
-        <v>1507</v>
+        <v>1483</v>
       </c>
       <c r="K405" s="11">
-        <v>5.35189</v>
+        <v>6.4222999999999999</v>
       </c>
       <c r="L405" s="22">
-        <v>361.48</v>
+        <v>409.66</v>
       </c>
       <c r="M405" s="22">
-        <f t="shared" ref="M405:M468" si="6">L405*$B$5</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A406" s="28" t="s">
-        <v>68</v>
+      <c r="A406" s="12" t="s">
+        <v>87</v>
       </c>
       <c r="B406" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C406" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D406" s="10" t="s">
-        <v>1508</v>
+        <v>2186</v>
       </c>
       <c r="E406" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F406" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G406" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H406" s="25">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I406" s="54">
+        <v>30</v>
+      </c>
+      <c r="I406" s="48">
         <v>12</v>
       </c>
       <c r="J406" s="23" t="s">
-        <v>1509</v>
+        <v>1484</v>
       </c>
       <c r="K406" s="11">
-        <v>5.3518999999999997</v>
+        <v>6.4222999999999999</v>
       </c>
       <c r="L406" s="22">
-        <v>326.16000000000003</v>
+        <v>371.44</v>
       </c>
       <c r="M406" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A407" s="28" t="s">
-        <v>59</v>
+      <c r="A407" s="12" t="s">
+        <v>33</v>
       </c>
       <c r="B407" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C407" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D407" s="10" t="s">
-        <v>2265</v>
+        <v>1485</v>
       </c>
       <c r="E407" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F407" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G407" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H407" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="I407" s="48">
+        <v>8</v>
       </c>
       <c r="J407" s="23" t="s">
-        <v>1510</v>
+        <v>1486</v>
       </c>
       <c r="K407" s="11">
-        <v>6.4222999999999999</v>
+        <v>7.4926000000000004</v>
       </c>
       <c r="L407" s="22">
-        <v>246.66</v>
+        <v>267.3</v>
       </c>
       <c r="M407" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A408" s="28" t="s">
-        <v>53</v>
+      <c r="A408" s="12" t="s">
+        <v>72</v>
       </c>
       <c r="B408" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C408" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D408" s="10" t="s">
-        <v>1511</v>
+        <v>1487</v>
       </c>
       <c r="E408" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F408" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G408" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H408" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="I408" s="48">
+        <v>8</v>
       </c>
       <c r="J408" s="23" t="s">
-        <v>1512</v>
+        <v>1488</v>
       </c>
       <c r="K408" s="11">
-        <v>6.4222999999999999</v>
+        <v>7.4926000000000004</v>
       </c>
       <c r="L408" s="22">
-        <v>288.48</v>
+        <v>235.52</v>
       </c>
       <c r="M408" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A409" s="28" t="s">
-        <v>230</v>
+      <c r="A409" s="12" t="s">
+        <v>596</v>
       </c>
       <c r="B409" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C409" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D409" s="10" t="s">
-        <v>1513</v>
+        <v>1489</v>
       </c>
       <c r="E409" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F409" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G409" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H409" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>40</v>
+      </c>
+      <c r="I409" s="48">
+        <v>8</v>
       </c>
       <c r="J409" s="23" t="s">
-        <v>1514</v>
+        <v>1490</v>
       </c>
       <c r="K409" s="11">
-        <v>6.4222999999999999</v>
+        <v>8.5630299999999995</v>
       </c>
       <c r="L409" s="22">
-        <v>214.86</v>
+        <v>311.88</v>
       </c>
       <c r="M409" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A410" s="28" t="s">
-        <v>683</v>
+      <c r="A410" s="12" t="s">
+        <v>21</v>
       </c>
       <c r="B410" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C410" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D410" s="10" t="s">
-        <v>1515</v>
+        <v>1491</v>
       </c>
       <c r="E410" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F410" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G410" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H410" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I410" s="48">
+        <v>8</v>
       </c>
       <c r="J410" s="23" t="s">
-        <v>1516</v>
+        <v>1492</v>
       </c>
       <c r="K410" s="11">
-        <v>6.4222700000000001</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L410" s="22">
-        <v>256.68</v>
+        <v>366.32</v>
       </c>
       <c r="M410" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A411" s="28" t="s">
-        <v>118</v>
+      <c r="A411" s="12" t="s">
+        <v>43</v>
       </c>
       <c r="B411" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C411" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D411" s="10" t="s">
-        <v>1517</v>
+        <v>1493</v>
       </c>
       <c r="E411" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F411" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G411" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H411" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I411" s="48">
+        <v>8</v>
       </c>
       <c r="J411" s="23" t="s">
-        <v>1518</v>
+        <v>1494</v>
       </c>
       <c r="K411" s="11">
-        <v>6.4222999999999999</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L411" s="22">
-        <v>413.26</v>
+        <v>420.92</v>
       </c>
       <c r="M411" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A412" s="28" t="s">
-        <v>480</v>
+      <c r="A412" s="12" t="s">
+        <v>75</v>
       </c>
       <c r="B412" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C412" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D412" s="10" t="s">
-        <v>1519</v>
+        <v>2187</v>
       </c>
       <c r="E412" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F412" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G412" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H412" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I412" s="48">
+        <v>8</v>
       </c>
       <c r="J412" s="23" t="s">
-        <v>1520</v>
+        <v>1495</v>
       </c>
       <c r="K412" s="11">
-        <v>6.4222999999999999</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L412" s="22">
-        <v>409.66</v>
+        <v>334.52</v>
       </c>
       <c r="M412" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A413" s="28" t="s">
-        <v>87</v>
+      <c r="A413" s="12" t="s">
+        <v>644</v>
       </c>
       <c r="B413" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C413" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D413" s="10" t="s">
-        <v>2266</v>
+        <v>1496</v>
       </c>
       <c r="E413" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F413" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G413" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H413" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I413" s="48">
+        <v>8</v>
       </c>
       <c r="J413" s="23" t="s">
-        <v>1521</v>
+        <v>1497</v>
       </c>
       <c r="K413" s="11">
-        <v>6.4222999999999999</v>
+        <v>10.70378</v>
       </c>
       <c r="L413" s="22">
-        <v>371.44</v>
+        <v>389.12</v>
       </c>
       <c r="M413" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A414" s="28" t="s">
-        <v>33</v>
+      <c r="A414" s="12" t="s">
+        <v>108</v>
       </c>
       <c r="B414" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C414" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D414" s="10" t="s">
-        <v>1522</v>
+        <v>1498</v>
       </c>
       <c r="E414" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F414" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G414" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H414" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I414" s="54">
+        <v>50</v>
+      </c>
+      <c r="I414" s="48">
         <v>8</v>
       </c>
       <c r="J414" s="23" t="s">
-        <v>1523</v>
+        <v>1499</v>
       </c>
       <c r="K414" s="11">
-        <v>7.4926000000000004</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L414" s="22">
-        <v>267.3</v>
+        <v>598.6</v>
       </c>
       <c r="M414" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A415" s="28" t="s">
-        <v>72</v>
+      <c r="A415" s="12" t="s">
+        <v>466</v>
       </c>
       <c r="B415" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C415" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D415" s="10" t="s">
-        <v>1524</v>
+        <v>1500</v>
       </c>
       <c r="E415" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F415" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G415" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H415" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I415" s="54">
+        <v>50</v>
+      </c>
+      <c r="I415" s="48">
         <v>8</v>
       </c>
       <c r="J415" s="23" t="s">
-        <v>1525</v>
+        <v>1501</v>
       </c>
       <c r="K415" s="11">
-        <v>7.4926000000000004</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L415" s="22">
-        <v>235.52</v>
+        <v>593.94000000000005</v>
       </c>
       <c r="M415" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A416" s="28" t="s">
-        <v>614</v>
+      <c r="A416" s="12" t="s">
+        <v>31</v>
       </c>
       <c r="B416" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C416" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D416" s="10" t="s">
-        <v>1526</v>
+        <v>1502</v>
       </c>
       <c r="E416" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F416" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G416" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H416" s="25">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I416" s="54">
+        <v>50</v>
+      </c>
+      <c r="I416" s="48">
         <v>8</v>
       </c>
       <c r="J416" s="23" t="s">
-        <v>1527</v>
+        <v>1503</v>
       </c>
       <c r="K416" s="11">
-        <v>8.5630299999999995</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L416" s="22">
-        <v>311.88</v>
+        <v>544</v>
       </c>
       <c r="M416" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A417" s="28" t="s">
-        <v>21</v>
+      <c r="A417" s="12" t="s">
+        <v>176</v>
       </c>
       <c r="B417" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C417" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D417" s="10" t="s">
-        <v>1528</v>
+        <v>2139</v>
       </c>
       <c r="E417" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F417" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G417" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H417" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I417" s="48">
+        <v>5</v>
       </c>
       <c r="J417" s="23" t="s">
-        <v>1529</v>
+        <v>1504</v>
       </c>
       <c r="K417" s="11">
-        <v>10.703799999999999</v>
+        <v>21.407599999999999</v>
       </c>
       <c r="L417" s="22">
-        <v>366.32</v>
+        <v>790.14</v>
       </c>
       <c r="M417" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A418" s="28" t="s">
-        <v>43</v>
+      <c r="A418" s="12" t="s">
+        <v>124</v>
       </c>
       <c r="B418" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C418" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D418" s="10" t="s">
-        <v>1530</v>
+        <v>1505</v>
       </c>
       <c r="E418" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F418" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G418" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H418" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I418" s="48">
+        <v>5</v>
       </c>
       <c r="J418" s="23" t="s">
-        <v>1531</v>
+        <v>1506</v>
       </c>
       <c r="K418" s="11">
-        <v>10.703799999999999</v>
+        <v>21.407599999999999</v>
       </c>
       <c r="L418" s="22">
-        <v>420.92</v>
+        <v>758.36</v>
       </c>
       <c r="M418" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A419" s="28" t="s">
-        <v>75</v>
+      <c r="A419" s="12" t="s">
+        <v>442</v>
       </c>
       <c r="B419" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C419" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D419" s="10" t="s">
-        <v>2267</v>
+        <v>2188</v>
       </c>
       <c r="E419" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F419" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G419" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H419" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I419" s="54">
+        <v>25</v>
+      </c>
+      <c r="I419" s="48">
         <v>8</v>
       </c>
       <c r="J419" s="23" t="s">
-        <v>1532</v>
+        <v>1507</v>
       </c>
       <c r="K419" s="11">
-        <v>10.703799999999999</v>
+        <v>5.3518999999999997</v>
       </c>
       <c r="L419" s="22">
-        <v>334.52</v>
+        <v>244.46</v>
       </c>
       <c r="M419" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A420" s="28" t="s">
-        <v>662</v>
+      <c r="A420" s="14" t="s">
+        <v>498</v>
       </c>
       <c r="B420" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C420" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D420" s="10" t="s">
-        <v>1533</v>
+        <v>1508</v>
       </c>
       <c r="E420" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F420" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G420" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H420" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I420" s="54">
+        <v>25</v>
+      </c>
+      <c r="I420" s="48">
         <v>8</v>
       </c>
       <c r="J420" s="23" t="s">
-        <v>1534</v>
+        <v>1509</v>
       </c>
       <c r="K420" s="11">
-        <v>10.70378</v>
+        <v>5.3518920000000003</v>
       </c>
       <c r="L420" s="22">
-        <v>389.12</v>
+        <v>291.44</v>
       </c>
       <c r="M420" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A421" s="28" t="s">
-        <v>108</v>
+      <c r="A421" s="12" t="s">
+        <v>169</v>
       </c>
       <c r="B421" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C421" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D421" s="10" t="s">
-        <v>1535</v>
+        <v>1510</v>
       </c>
       <c r="E421" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F421" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G421" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H421" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>30</v>
+      </c>
+      <c r="I421" s="48">
+        <v>7</v>
       </c>
       <c r="J421" s="23" t="s">
-        <v>1536</v>
+        <v>1511</v>
       </c>
       <c r="K421" s="11">
-        <v>10.703799999999999</v>
+        <v>6.4222999999999999</v>
       </c>
       <c r="L421" s="22">
-        <v>598.6</v>
+        <v>249.72</v>
       </c>
       <c r="M421" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A422" s="28" t="s">
-        <v>481</v>
+      <c r="A422" s="12" t="s">
+        <v>165</v>
       </c>
       <c r="B422" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C422" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D422" s="10" t="s">
-        <v>1537</v>
+        <v>1512</v>
       </c>
       <c r="E422" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F422" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G422" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H422" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>35</v>
+      </c>
+      <c r="I422" s="48">
+        <v>7</v>
       </c>
       <c r="J422" s="23" t="s">
-        <v>1538</v>
+        <v>1513</v>
       </c>
       <c r="K422" s="11">
-        <v>10.703799999999999</v>
+        <v>7.4926000000000004</v>
       </c>
       <c r="L422" s="22">
-        <v>593.94000000000005</v>
+        <v>305.3</v>
       </c>
       <c r="M422" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A423" s="28" t="s">
-        <v>31</v>
+      <c r="A423" s="12" t="s">
+        <v>110</v>
       </c>
       <c r="B423" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C423" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D423" s="10" t="s">
-        <v>1539</v>
+        <v>1514</v>
       </c>
       <c r="E423" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F423" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G423" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H423" s="25">
         <v>50</v>
       </c>
-      <c r="I423" s="54">
-        <v>8</v>
+      <c r="I423" s="48">
+        <v>5</v>
       </c>
       <c r="J423" s="23" t="s">
-        <v>1540</v>
+        <v>1515</v>
       </c>
       <c r="K423" s="11">
         <v>10.703799999999999</v>
       </c>
       <c r="L423" s="22">
-        <v>544</v>
+        <v>420.1</v>
       </c>
       <c r="M423" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A424" s="28" t="s">
-        <v>454</v>
+      <c r="A424" s="12" t="s">
+        <v>146</v>
       </c>
       <c r="B424" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C424" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D424" s="10" t="s">
-        <v>1541</v>
+        <v>1516</v>
       </c>
       <c r="E424" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F424" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G424" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H424" s="25">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I424" s="48">
+        <v>5</v>
       </c>
       <c r="J424" s="23" t="s">
-        <v>1542</v>
+        <v>1517</v>
       </c>
       <c r="K424" s="11">
-        <v>12.8445</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L424" s="22">
-        <v>479.84</v>
+        <v>388.32</v>
       </c>
       <c r="M424" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A425" s="28" t="s">
-        <v>435</v>
+      <c r="A425" s="12" t="s">
+        <v>440</v>
       </c>
       <c r="B425" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C425" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D425" s="10" t="s">
-        <v>1543</v>
+        <v>1518</v>
       </c>
       <c r="E425" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F425" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G425" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H425" s="25">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I425" s="48">
+        <v>5</v>
       </c>
       <c r="J425" s="23" t="s">
-        <v>1544</v>
+        <v>1519</v>
       </c>
       <c r="K425" s="11">
-        <v>12.8445</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L425" s="22">
-        <v>448.04</v>
+        <v>597.78</v>
       </c>
       <c r="M425" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A426" s="28" t="s">
-        <v>239</v>
+      <c r="A426" s="12" t="s">
+        <v>51</v>
       </c>
       <c r="B426" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C426" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D426" s="10" t="s">
-        <v>1545</v>
+        <v>1520</v>
       </c>
       <c r="E426" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F426" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G426" s="10" t="s">
-        <v>763</v>
+        <v>744</v>
       </c>
       <c r="H426" s="25">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I426" s="48">
+        <v>14</v>
       </c>
       <c r="J426" s="23" t="s">
-        <v>1546</v>
+        <v>1521</v>
       </c>
       <c r="K426" s="11">
-        <v>13.914899999999999</v>
+        <v>3.2111000000000001</v>
       </c>
       <c r="L426" s="22">
-        <v>528.38</v>
+        <v>159.44</v>
       </c>
       <c r="M426" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A427" s="28" t="s">
-        <v>178</v>
+      <c r="A427" s="12" t="s">
+        <v>150</v>
       </c>
       <c r="B427" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C427" s="15" t="s">
-        <v>860</v>
-[...11 lines deleted...]
-        <v>763</v>
+        <v>842</v>
+      </c>
+      <c r="D427" s="10" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E427" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F427" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="G427" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H427" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I427" s="48">
+        <v>14</v>
       </c>
       <c r="J427" s="23" t="s">
-        <v>1547</v>
+        <v>1523</v>
       </c>
       <c r="K427" s="11">
-        <v>21.407599999999999</v>
+        <v>3.2111000000000001</v>
       </c>
       <c r="L427" s="22">
-        <v>790.14</v>
+        <v>127.66</v>
       </c>
       <c r="M427" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A428" s="28" t="s">
-        <v>126</v>
+      <c r="A428" s="12" t="s">
+        <v>137</v>
       </c>
       <c r="B428" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C428" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D428" s="10" t="s">
-        <v>1548</v>
+        <v>1524</v>
       </c>
       <c r="E428" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F428" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G428" s="10" t="s">
-        <v>763</v>
+        <v>744</v>
       </c>
       <c r="H428" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I428" s="48">
+        <v>14</v>
       </c>
       <c r="J428" s="23" t="s">
-        <v>1549</v>
+        <v>1525</v>
       </c>
       <c r="K428" s="11">
-        <v>21.407599999999999</v>
+        <v>3.2111000000000001</v>
       </c>
       <c r="L428" s="22">
-        <v>758.36</v>
+        <v>169.44</v>
       </c>
       <c r="M428" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A429" s="28" t="s">
-        <v>455</v>
+      <c r="A429" s="12" t="s">
+        <v>36</v>
       </c>
       <c r="B429" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C429" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D429" s="10" t="s">
-        <v>2268</v>
+        <v>1526</v>
       </c>
       <c r="E429" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F429" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G429" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H429" s="25">
         <v>25</v>
       </c>
-      <c r="I429" s="54">
-        <v>8</v>
+      <c r="I429" s="48">
+        <v>14</v>
       </c>
       <c r="J429" s="23" t="s">
-        <v>1550</v>
+        <v>1527</v>
       </c>
       <c r="K429" s="11">
         <v>5.3518999999999997</v>
       </c>
       <c r="L429" s="22">
-        <v>244.46</v>
+        <v>212.98</v>
       </c>
       <c r="M429" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A430" s="14" t="s">
-        <v>515</v>
+      <c r="A430" s="12" t="s">
+        <v>71</v>
       </c>
       <c r="B430" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C430" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D430" s="10" t="s">
-        <v>1551</v>
+        <v>1528</v>
       </c>
       <c r="E430" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F430" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G430" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H430" s="25">
         <v>25</v>
       </c>
-      <c r="I430" s="54">
-        <v>8</v>
+      <c r="I430" s="48">
+        <v>14</v>
       </c>
       <c r="J430" s="23" t="s">
-        <v>1552</v>
+        <v>1529</v>
       </c>
       <c r="K430" s="11">
-        <v>5.3518920000000003</v>
+        <v>5.3518999999999997</v>
       </c>
       <c r="L430" s="22">
-        <v>291.44</v>
+        <v>181.2</v>
       </c>
       <c r="M430" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A431" s="28" t="s">
-        <v>171</v>
+      <c r="A431" s="12" t="s">
+        <v>73</v>
       </c>
       <c r="B431" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C431" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D431" s="10" t="s">
-        <v>1553</v>
+        <v>1530</v>
       </c>
       <c r="E431" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F431" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G431" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H431" s="25">
         <v>30</v>
       </c>
-      <c r="I431" s="54">
-        <v>7</v>
+      <c r="I431" s="48">
+        <v>14</v>
       </c>
       <c r="J431" s="23" t="s">
-        <v>1554</v>
+        <v>1531</v>
       </c>
       <c r="K431" s="11">
         <v>6.4222999999999999</v>
       </c>
       <c r="L431" s="22">
-        <v>249.72</v>
+        <v>244.72</v>
       </c>
       <c r="M431" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A432" s="28" t="s">
-        <v>167</v>
+      <c r="A432" s="12" t="s">
+        <v>46</v>
       </c>
       <c r="B432" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C432" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D432" s="10" t="s">
-        <v>1555</v>
+        <v>1532</v>
       </c>
       <c r="E432" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F432" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G432" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H432" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>30</v>
+      </c>
+      <c r="I432" s="48">
+        <v>14</v>
       </c>
       <c r="J432" s="23" t="s">
-        <v>1556</v>
+        <v>1533</v>
       </c>
       <c r="K432" s="11">
-        <v>7.4926000000000004</v>
+        <v>6.4222999999999999</v>
       </c>
       <c r="L432" s="22">
-        <v>305.3</v>
+        <v>212.92</v>
       </c>
       <c r="M432" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A433" s="28" t="s">
-        <v>111</v>
+      <c r="A433" s="12" t="s">
+        <v>142</v>
       </c>
       <c r="B433" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C433" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D433" s="10" t="s">
-        <v>1557</v>
+        <v>1534</v>
       </c>
       <c r="E433" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F433" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G433" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H433" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>30</v>
+      </c>
+      <c r="I433" s="48">
+        <v>14</v>
       </c>
       <c r="J433" s="23" t="s">
-        <v>1558</v>
+        <v>1535</v>
       </c>
       <c r="K433" s="11">
-        <v>10.703799999999999</v>
+        <v>6.4222999999999999</v>
       </c>
       <c r="L433" s="22">
-        <v>420.1</v>
+        <v>369.5</v>
       </c>
       <c r="M433" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A434" s="28" t="s">
-        <v>148</v>
+      <c r="A434" s="12" t="s">
+        <v>26</v>
       </c>
       <c r="B434" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C434" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D434" s="10" t="s">
-        <v>1559</v>
+        <v>1536</v>
       </c>
       <c r="E434" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F434" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G434" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H434" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>35</v>
+      </c>
+      <c r="I434" s="48">
+        <v>12</v>
       </c>
       <c r="J434" s="23" t="s">
-        <v>1560</v>
+        <v>1537</v>
       </c>
       <c r="K434" s="11">
-        <v>10.703799999999999</v>
+        <v>7.4926000000000004</v>
       </c>
       <c r="L434" s="22">
-        <v>388.32</v>
+        <v>265.18</v>
       </c>
       <c r="M434" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A435" s="28" t="s">
-        <v>452</v>
+      <c r="A435" s="12" t="s">
+        <v>120</v>
       </c>
       <c r="B435" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C435" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D435" s="10" t="s">
-        <v>1561</v>
+        <v>1538</v>
       </c>
       <c r="E435" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F435" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G435" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H435" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>35</v>
+      </c>
+      <c r="I435" s="48">
+        <v>12</v>
       </c>
       <c r="J435" s="23" t="s">
-        <v>1562</v>
+        <v>1539</v>
       </c>
       <c r="K435" s="11">
-        <v>10.703799999999999</v>
+        <v>7.4926000000000004</v>
       </c>
       <c r="L435" s="22">
-        <v>597.78</v>
+        <v>233.4</v>
       </c>
       <c r="M435" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A436" s="12" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="B436" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C436" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D436" s="10" t="s">
-        <v>1563</v>
+        <v>1540</v>
       </c>
       <c r="E436" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F436" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G436" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H436" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I436" s="48">
+        <v>8</v>
       </c>
       <c r="J436" s="23" t="s">
-        <v>1564</v>
+        <v>1541</v>
       </c>
       <c r="K436" s="11">
-        <v>3.2111000000000001</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L436" s="22">
-        <v>159.44</v>
+        <v>363.3</v>
       </c>
       <c r="M436" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A437" s="28" t="s">
-        <v>152</v>
+      <c r="A437" s="12" t="s">
+        <v>24</v>
       </c>
       <c r="B437" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C437" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D437" s="10" t="s">
-        <v>1565</v>
+        <v>1542</v>
       </c>
       <c r="E437" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F437" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G437" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H437" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I437" s="48">
+        <v>8</v>
       </c>
       <c r="J437" s="23" t="s">
-        <v>1566</v>
+        <v>1543</v>
       </c>
       <c r="K437" s="11">
-        <v>3.2111000000000001</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L437" s="22">
-        <v>127.66</v>
+        <v>331.5</v>
       </c>
       <c r="M437" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A438" s="28" t="s">
-        <v>139</v>
+      <c r="A438" s="12" t="s">
+        <v>151</v>
       </c>
       <c r="B438" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C438" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D438" s="10" t="s">
-        <v>1567</v>
+        <v>1544</v>
       </c>
       <c r="E438" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F438" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="G438" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H438" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I438" s="48">
+        <v>8</v>
       </c>
       <c r="J438" s="23" t="s">
-        <v>1568</v>
+        <v>1545</v>
       </c>
       <c r="K438" s="11">
-        <v>3.2111000000000001</v>
+        <v>10.703799999999999</v>
       </c>
       <c r="L438" s="22">
-        <v>169.44</v>
+        <v>540.98</v>
       </c>
       <c r="M438" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A439" s="28" t="s">
-        <v>36</v>
+      <c r="A439" s="12" t="s">
+        <v>236</v>
       </c>
       <c r="B439" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C439" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D439" s="10" t="s">
-        <v>1569</v>
+        <v>1546</v>
       </c>
       <c r="E439" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F439" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G439" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H439" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I439" s="48">
+        <v>5</v>
       </c>
       <c r="J439" s="23" t="s">
-        <v>1570</v>
+        <v>1547</v>
       </c>
       <c r="K439" s="11">
-        <v>5.3518999999999997</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L439" s="22">
-        <v>212.98</v>
+        <v>377.82</v>
       </c>
       <c r="M439" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A440" s="28" t="s">
-        <v>71</v>
+      <c r="A440" s="12" t="s">
+        <v>540</v>
       </c>
       <c r="B440" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C440" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D440" s="10" t="s">
-        <v>1571</v>
+        <v>2189</v>
       </c>
       <c r="E440" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F440" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G440" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H440" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I440" s="48">
+        <v>5</v>
       </c>
       <c r="J440" s="23" t="s">
-        <v>1572</v>
+        <v>1548</v>
       </c>
       <c r="K440" s="11">
-        <v>5.3518999999999997</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L440" s="22">
-        <v>181.2</v>
+        <v>341.52</v>
       </c>
       <c r="M440" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A441" s="28" t="s">
-        <v>73</v>
+      <c r="A441" s="12" t="s">
+        <v>233</v>
       </c>
       <c r="B441" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C441" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D441" s="10" t="s">
-        <v>1573</v>
+        <v>1549</v>
       </c>
       <c r="E441" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F441" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G441" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H441" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I441" s="48">
+        <v>4</v>
       </c>
       <c r="J441" s="23" t="s">
-        <v>1574</v>
+        <v>1550</v>
       </c>
       <c r="K441" s="11">
-        <v>6.4222999999999999</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L441" s="22">
-        <v>244.72</v>
+        <v>575.55999999999995</v>
       </c>
       <c r="M441" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A442" s="28" t="s">
-        <v>46</v>
+      <c r="A442" s="12" t="s">
+        <v>129</v>
       </c>
       <c r="B442" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C442" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D442" s="10" t="s">
-        <v>1575</v>
+        <v>1551</v>
       </c>
       <c r="E442" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F442" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G442" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H442" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I442" s="48">
+        <v>4</v>
       </c>
       <c r="J442" s="23" t="s">
-        <v>1576</v>
+        <v>1552</v>
       </c>
       <c r="K442" s="11">
-        <v>6.4222999999999999</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L442" s="22">
-        <v>212.92</v>
+        <v>539.26</v>
       </c>
       <c r="M442" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A443" s="28" t="s">
-        <v>144</v>
+      <c r="A443" s="12" t="s">
+        <v>234</v>
       </c>
       <c r="B443" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C443" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D443" s="10" t="s">
-        <v>1577</v>
+        <v>1553</v>
       </c>
       <c r="E443" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F443" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G443" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H443" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>100</v>
+      </c>
+      <c r="I443" s="48">
+        <v>1</v>
       </c>
       <c r="J443" s="23" t="s">
-        <v>1578</v>
+        <v>1554</v>
       </c>
       <c r="K443" s="11">
-        <v>6.4222999999999999</v>
+        <v>26.279599999999999</v>
       </c>
       <c r="L443" s="22">
-        <v>369.5</v>
+        <v>1203.58</v>
       </c>
       <c r="M443" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A444" s="12" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="B444" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C444" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D444" s="10" t="s">
-        <v>1579</v>
+        <v>1555</v>
       </c>
       <c r="E444" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F444" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G444" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H444" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>100</v>
+      </c>
+      <c r="I444" s="48">
+        <v>2</v>
       </c>
       <c r="J444" s="23" t="s">
-        <v>1580</v>
+        <v>1556</v>
       </c>
       <c r="K444" s="11">
-        <v>7.4926000000000004</v>
+        <v>26.279599999999999</v>
       </c>
       <c r="L444" s="22">
-        <v>265.18</v>
+        <v>1167.28</v>
       </c>
       <c r="M444" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A445" s="28" t="s">
-        <v>122</v>
+      <c r="A445" s="12" t="s">
+        <v>84</v>
       </c>
       <c r="B445" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C445" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D445" s="10" t="s">
-        <v>1581</v>
+        <v>1557</v>
       </c>
       <c r="E445" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F445" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G445" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H445" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>15</v>
+      </c>
+      <c r="I445" s="48">
+        <v>14</v>
       </c>
       <c r="J445" s="23" t="s">
-        <v>1582</v>
+        <v>1558</v>
       </c>
       <c r="K445" s="11">
-        <v>7.4926000000000004</v>
+        <v>3.9419</v>
       </c>
       <c r="L445" s="22">
-        <v>233.4</v>
+        <v>169.5</v>
       </c>
       <c r="M445" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A446" s="28" t="s">
-        <v>18</v>
+      <c r="A446" s="12" t="s">
+        <v>126</v>
       </c>
       <c r="B446" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C446" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D446" s="10" t="s">
-        <v>1583</v>
+        <v>1559</v>
       </c>
       <c r="E446" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F446" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G446" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H446" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>15</v>
+      </c>
+      <c r="I446" s="48">
+        <v>14</v>
       </c>
       <c r="J446" s="23" t="s">
-        <v>1584</v>
+        <v>1560</v>
       </c>
       <c r="K446" s="11">
-        <v>10.703799999999999</v>
+        <v>3.9419</v>
       </c>
       <c r="L446" s="22">
-        <v>363.3</v>
+        <v>210.2</v>
       </c>
       <c r="M446" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A447" s="28" t="s">
-        <v>24</v>
+      <c r="A447" s="12" t="s">
+        <v>229</v>
       </c>
       <c r="B447" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C447" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D447" s="10" t="s">
-        <v>1585</v>
+        <v>1561</v>
       </c>
       <c r="E447" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F447" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G447" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H447" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>15</v>
+      </c>
+      <c r="I447" s="48">
+        <v>14</v>
       </c>
       <c r="J447" s="23" t="s">
-        <v>1586</v>
+        <v>1562</v>
       </c>
       <c r="K447" s="11">
-        <v>10.703799999999999</v>
+        <v>3.9419</v>
       </c>
       <c r="L447" s="22">
-        <v>331.5</v>
+        <v>133.22</v>
       </c>
       <c r="M447" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A448" s="28" t="s">
-        <v>153</v>
+      <c r="A448" s="12" t="s">
+        <v>487</v>
       </c>
       <c r="B448" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C448" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D448" s="10" t="s">
-        <v>1587</v>
+        <v>1563</v>
       </c>
       <c r="E448" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F448" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="G448" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H448" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>15</v>
+      </c>
+      <c r="I448" s="48">
+        <v>14</v>
       </c>
       <c r="J448" s="23" t="s">
-        <v>1588</v>
+        <v>1564</v>
       </c>
       <c r="K448" s="11">
-        <v>10.703799999999999</v>
+        <v>3.9419</v>
       </c>
       <c r="L448" s="22">
-        <v>540.98</v>
+        <v>295.27999999999997</v>
       </c>
       <c r="M448" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A449" s="28" t="s">
-        <v>238</v>
+      <c r="A449" s="12" t="s">
+        <v>162</v>
       </c>
       <c r="B449" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C449" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D449" s="10" t="s">
-        <v>1589</v>
+        <v>1565</v>
       </c>
       <c r="E449" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F449" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G449" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H449" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I449" s="48">
+        <v>14</v>
       </c>
       <c r="J449" s="23" t="s">
-        <v>1590</v>
+        <v>1566</v>
       </c>
       <c r="K449" s="11">
-        <v>7.8838999999999997</v>
+        <v>3.9419</v>
       </c>
       <c r="L449" s="22">
-        <v>377.82</v>
+        <v>254.6</v>
       </c>
       <c r="M449" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A450" s="28" t="s">
-        <v>557</v>
+      <c r="A450" s="12" t="s">
+        <v>115</v>
       </c>
       <c r="B450" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C450" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D450" s="10" t="s">
-        <v>2269</v>
+        <v>1567</v>
       </c>
       <c r="E450" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F450" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G450" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H450" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>20</v>
+      </c>
+      <c r="I450" s="48">
+        <v>12</v>
       </c>
       <c r="J450" s="23" t="s">
-        <v>1591</v>
+        <v>1568</v>
       </c>
       <c r="K450" s="11">
-        <v>7.8838999999999997</v>
+        <v>5.2558999999999996</v>
       </c>
       <c r="L450" s="22">
-        <v>341.52</v>
+        <v>199.8</v>
       </c>
       <c r="M450" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A451" s="28" t="s">
-        <v>235</v>
+      <c r="A451" s="12" t="s">
+        <v>489</v>
       </c>
       <c r="B451" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C451" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D451" s="10" t="s">
-        <v>1592</v>
+        <v>1569</v>
       </c>
       <c r="E451" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F451" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G451" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H451" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>20</v>
+      </c>
+      <c r="I451" s="48">
+        <v>14</v>
       </c>
       <c r="J451" s="23" t="s">
-        <v>1593</v>
+        <v>1570</v>
       </c>
       <c r="K451" s="11">
-        <v>13.139799999999999</v>
+        <v>5.2558999999999996</v>
       </c>
       <c r="L451" s="22">
-        <v>575.55999999999995</v>
+        <v>245.24</v>
       </c>
       <c r="M451" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A452" s="12" t="s">
-        <v>131</v>
+        <v>35</v>
       </c>
       <c r="B452" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C452" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D452" s="10" t="s">
-        <v>1594</v>
+        <v>1571</v>
       </c>
       <c r="E452" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F452" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G452" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H452" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I452" s="48">
+        <v>14</v>
       </c>
       <c r="J452" s="23" t="s">
-        <v>1595</v>
+        <v>1572</v>
       </c>
       <c r="K452" s="11">
-        <v>13.139799999999999</v>
+        <v>6.5698999999999996</v>
       </c>
       <c r="L452" s="22">
-        <v>539.26</v>
+        <v>225.28</v>
       </c>
       <c r="M452" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A453" s="28" t="s">
-        <v>236</v>
+      <c r="A453" s="12" t="s">
+        <v>127</v>
       </c>
       <c r="B453" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C453" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D453" s="10" t="s">
-        <v>1596</v>
+        <v>1573</v>
       </c>
       <c r="E453" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F453" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G453" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H453" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>25</v>
+      </c>
+      <c r="I453" s="48">
+        <v>14</v>
       </c>
       <c r="J453" s="23" t="s">
-        <v>1597</v>
+        <v>1574</v>
       </c>
       <c r="K453" s="11">
-        <v>26.279599999999999</v>
+        <v>6.5698999999999996</v>
       </c>
       <c r="L453" s="22">
-        <v>1203.58</v>
+        <v>189</v>
       </c>
       <c r="M453" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A454" s="28" t="s">
-        <v>177</v>
+      <c r="A454" s="12" t="s">
+        <v>225</v>
       </c>
       <c r="B454" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C454" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D454" s="10" t="s">
-        <v>1598</v>
+        <v>1575</v>
       </c>
       <c r="E454" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F454" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G454" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H454" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>25</v>
+      </c>
+      <c r="I454" s="48">
+        <v>12</v>
       </c>
       <c r="J454" s="23" t="s">
-        <v>1599</v>
+        <v>1576</v>
       </c>
       <c r="K454" s="11">
-        <v>26.279599999999999</v>
+        <v>6.5698999999999996</v>
       </c>
       <c r="L454" s="22">
-        <v>1167.28</v>
+        <v>239.18</v>
       </c>
       <c r="M454" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A455" s="28" t="s">
-        <v>84</v>
+      <c r="A455" s="12" t="s">
+        <v>517</v>
       </c>
       <c r="B455" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C455" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D455" s="10" t="s">
-        <v>1600</v>
+        <v>1577</v>
       </c>
       <c r="E455" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F455" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G455" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H455" s="25">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I455" s="54">
+        <v>25</v>
+      </c>
+      <c r="I455" s="48">
         <v>14</v>
       </c>
       <c r="J455" s="23" t="s">
-        <v>1601</v>
+        <v>1578</v>
       </c>
       <c r="K455" s="11">
-        <v>3.9419</v>
+        <v>6.56989</v>
       </c>
       <c r="L455" s="22">
-        <v>169.5</v>
+        <v>372.16</v>
       </c>
       <c r="M455" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A456" s="28" t="s">
-        <v>128</v>
+      <c r="A456" s="12" t="s">
+        <v>55</v>
       </c>
       <c r="B456" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C456" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D456" s="10" t="s">
-        <v>1602</v>
+        <v>1579</v>
       </c>
       <c r="E456" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F456" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G456" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H456" s="25">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I456" s="54">
+        <v>25</v>
+      </c>
+      <c r="I456" s="48">
         <v>14</v>
       </c>
       <c r="J456" s="23" t="s">
-        <v>1603</v>
+        <v>1580</v>
       </c>
       <c r="K456" s="11">
-        <v>3.9419</v>
+        <v>6.5698999999999996</v>
       </c>
       <c r="L456" s="22">
-        <v>210.2</v>
+        <v>336.82</v>
       </c>
       <c r="M456" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A457" s="28" t="s">
-        <v>231</v>
+      <c r="A457" s="12" t="s">
+        <v>57</v>
       </c>
       <c r="B457" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C457" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D457" s="10" t="s">
-        <v>1604</v>
+        <v>1581</v>
       </c>
       <c r="E457" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F457" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G457" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H457" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I457" s="48">
+        <v>12</v>
       </c>
       <c r="J457" s="23" t="s">
-        <v>1605</v>
+        <v>1582</v>
       </c>
       <c r="K457" s="11">
-        <v>3.9419</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L457" s="22">
-        <v>133.22</v>
+        <v>258.38</v>
       </c>
       <c r="M457" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A458" s="28" t="s">
-        <v>503</v>
+      <c r="A458" s="12" t="s">
+        <v>70</v>
       </c>
       <c r="B458" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C458" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D458" s="10" t="s">
-        <v>1606</v>
+        <v>1583</v>
       </c>
       <c r="E458" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F458" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G458" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H458" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I458" s="48">
+        <v>12</v>
       </c>
       <c r="J458" s="23" t="s">
-        <v>1607</v>
+        <v>1584</v>
       </c>
       <c r="K458" s="11">
-        <v>3.9419</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L458" s="22">
-        <v>295.27999999999997</v>
+        <v>313.32</v>
       </c>
       <c r="M458" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A459" s="28" t="s">
-        <v>164</v>
+      <c r="A459" s="12" t="s">
+        <v>160</v>
       </c>
       <c r="B459" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C459" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D459" s="10" t="s">
-        <v>1608</v>
+        <v>1585</v>
       </c>
       <c r="E459" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F459" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G459" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H459" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I459" s="48">
+        <v>12</v>
       </c>
       <c r="J459" s="23" t="s">
-        <v>1609</v>
+        <v>1586</v>
       </c>
       <c r="K459" s="11">
-        <v>3.9419</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L459" s="22">
-        <v>254.6</v>
+        <v>222.08</v>
       </c>
       <c r="M459" s="22">
-        <f t="shared" si="6"/>
+        <f t="shared" ref="M459:M519" si="7">L459*$B$5</f>
         <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A460" s="28" t="s">
-        <v>116</v>
+      <c r="A460" s="12" t="s">
+        <v>714</v>
       </c>
       <c r="B460" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C460" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D460" s="10" t="s">
-        <v>1610</v>
+        <v>1587</v>
       </c>
       <c r="E460" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F460" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G460" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H460" s="25">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="I460" s="54">
+        <v>30</v>
+      </c>
+      <c r="I460" s="48">
         <v>12</v>
       </c>
       <c r="J460" s="23" t="s">
-        <v>1611</v>
+        <v>1588</v>
       </c>
       <c r="K460" s="11">
-        <v>5.2558999999999996</v>
+        <v>7.8838699999999999</v>
       </c>
       <c r="L460" s="22">
-        <v>199.8</v>
+        <v>277.02</v>
       </c>
       <c r="M460" s="22">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A461" s="28" t="s">
-        <v>505</v>
+      <c r="A461" s="12" t="s">
+        <v>147</v>
       </c>
       <c r="B461" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C461" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D461" s="10" t="s">
-        <v>1612</v>
+        <v>1589</v>
       </c>
       <c r="E461" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F461" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G461" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H461" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I461" s="48">
+        <v>12</v>
       </c>
       <c r="J461" s="23" t="s">
-        <v>1613</v>
+        <v>1590</v>
       </c>
       <c r="K461" s="11">
-        <v>5.2558999999999996</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L461" s="22">
-        <v>245.24</v>
+        <v>438.1</v>
       </c>
       <c r="M461" s="22">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A462" s="28" t="s">
-        <v>35</v>
+      <c r="A462" s="12" t="s">
+        <v>467</v>
       </c>
       <c r="B462" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C462" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D462" s="10" t="s">
-        <v>1614</v>
+        <v>1591</v>
       </c>
       <c r="E462" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F462" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G462" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H462" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I462" s="48">
+        <v>12</v>
       </c>
       <c r="J462" s="23" t="s">
-        <v>1615</v>
+        <v>1592</v>
       </c>
       <c r="K462" s="11">
-        <v>6.5698999999999996</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L462" s="22">
-        <v>225.28</v>
+        <v>421.38</v>
       </c>
       <c r="M462" s="22">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="463" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A463" s="12" t="s">
-        <v>129</v>
+        <v>83</v>
       </c>
       <c r="B463" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C463" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D463" s="10" t="s">
-        <v>1616</v>
+        <v>1593</v>
       </c>
       <c r="E463" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F463" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G463" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H463" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I463" s="48">
+        <v>12</v>
       </c>
       <c r="J463" s="23" t="s">
-        <v>1617</v>
+        <v>1594</v>
       </c>
       <c r="K463" s="11">
-        <v>6.5698999999999996</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L463" s="22">
-        <v>189</v>
+        <v>383.16</v>
       </c>
       <c r="M463" s="22">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="464" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A464" s="28" t="s">
-        <v>227</v>
+      <c r="A464" s="12" t="s">
+        <v>45</v>
       </c>
       <c r="B464" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C464" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D464" s="10" t="s">
-        <v>1618</v>
+        <v>1595</v>
       </c>
       <c r="E464" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F464" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G464" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H464" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="I464" s="48">
+        <v>8</v>
       </c>
       <c r="J464" s="23" t="s">
-        <v>1619</v>
+        <v>1596</v>
       </c>
       <c r="K464" s="11">
-        <v>6.5698999999999996</v>
+        <v>9.1978000000000009</v>
       </c>
       <c r="L464" s="22">
-        <v>239.18</v>
+        <v>282.5</v>
       </c>
       <c r="M464" s="22">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="465" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A465" s="28" t="s">
-        <v>534</v>
+      <c r="A465" s="12" t="s">
+        <v>79</v>
       </c>
       <c r="B465" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C465" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D465" s="10" t="s">
-        <v>1620</v>
+        <v>1597</v>
       </c>
       <c r="E465" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F465" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G465" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H465" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>35</v>
+      </c>
+      <c r="I465" s="48">
+        <v>8</v>
       </c>
       <c r="J465" s="23" t="s">
-        <v>1621</v>
+        <v>1598</v>
       </c>
       <c r="K465" s="11">
-        <v>6.56989</v>
+        <v>9.1978000000000009</v>
       </c>
       <c r="L465" s="22">
-        <v>372.16</v>
+        <v>246.22</v>
       </c>
       <c r="M465" s="22">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="466" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A466" s="12" t="s">
-        <v>55</v>
+      <c r="A466" s="14" t="s">
+        <v>200</v>
       </c>
       <c r="B466" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C466" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D466" s="10" t="s">
-        <v>1622</v>
+        <v>1599</v>
       </c>
       <c r="E466" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F466" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G466" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H466" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>40</v>
+      </c>
+      <c r="I466" s="48">
+        <v>8</v>
       </c>
       <c r="J466" s="23" t="s">
-        <v>1623</v>
+        <v>1600</v>
       </c>
       <c r="K466" s="11">
-        <v>6.5698999999999996</v>
+        <v>10.511799999999999</v>
       </c>
       <c r="L466" s="22">
-        <v>336.82</v>
+        <v>327.27999999999997</v>
       </c>
       <c r="M466" s="22">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="467" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A467" s="28" t="s">
-        <v>57</v>
+      <c r="A467" s="12" t="s">
+        <v>472</v>
       </c>
       <c r="B467" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C467" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D467" s="10" t="s">
-        <v>1624</v>
+        <v>1601</v>
       </c>
       <c r="E467" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F467" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G467" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H467" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>40</v>
+      </c>
+      <c r="I467" s="48">
+        <v>8</v>
       </c>
       <c r="J467" s="23" t="s">
-        <v>1625</v>
+        <v>1602</v>
       </c>
       <c r="K467" s="11">
-        <v>7.8838999999999997</v>
+        <v>10.511799999999999</v>
       </c>
       <c r="L467" s="22">
-        <v>258.38</v>
+        <v>391.72</v>
       </c>
       <c r="M467" s="22">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="468" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A468" s="28" t="s">
-        <v>70</v>
+      <c r="A468" s="12" t="s">
+        <v>208</v>
       </c>
       <c r="B468" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C468" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D468" s="10" t="s">
-        <v>1626</v>
+        <v>1603</v>
       </c>
       <c r="E468" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F468" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G468" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H468" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>40</v>
+      </c>
+      <c r="I468" s="48">
+        <v>8</v>
       </c>
       <c r="J468" s="23" t="s">
-        <v>1627</v>
+        <v>1604</v>
       </c>
       <c r="K468" s="11">
-        <v>7.8838999999999997</v>
+        <v>10.511799999999999</v>
       </c>
       <c r="L468" s="22">
-        <v>313.32</v>
+        <v>290.98</v>
       </c>
       <c r="M468" s="22">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="469" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A469" s="28" t="s">
-        <v>162</v>
+      <c r="A469" s="14" t="s">
+        <v>23</v>
       </c>
       <c r="B469" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C469" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D469" s="10" t="s">
-        <v>1628</v>
+        <v>1605</v>
       </c>
       <c r="E469" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F469" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G469" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H469" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I469" s="48">
+        <v>7</v>
       </c>
       <c r="J469" s="23" t="s">
-        <v>1629</v>
+        <v>1606</v>
       </c>
       <c r="K469" s="11">
-        <v>7.8838999999999997</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L469" s="22">
-        <v>222.08</v>
+        <v>382</v>
       </c>
       <c r="M469" s="22">
-        <f t="shared" ref="M469:M532" si="7">L469*$B$5</f>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="470" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A470" s="28" t="s">
-        <v>732</v>
+      <c r="A470" s="12" t="s">
+        <v>50</v>
       </c>
       <c r="B470" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C470" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D470" s="10" t="s">
-        <v>1630</v>
+        <v>1607</v>
       </c>
       <c r="E470" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F470" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G470" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H470" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I470" s="48">
+        <v>7</v>
       </c>
       <c r="J470" s="23" t="s">
-        <v>1631</v>
+        <v>1608</v>
       </c>
       <c r="K470" s="11">
-        <v>7.8838699999999999</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L470" s="22">
-        <v>277.02</v>
+        <v>455.94</v>
       </c>
       <c r="M470" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A471" s="28" t="s">
-        <v>149</v>
+      <c r="A471" s="12" t="s">
+        <v>47</v>
       </c>
       <c r="B471" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C471" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D471" s="10" t="s">
-        <v>1632</v>
+        <v>2190</v>
       </c>
       <c r="E471" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F471" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G471" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H471" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I471" s="48">
+        <v>7</v>
       </c>
       <c r="J471" s="23" t="s">
-        <v>1633</v>
+        <v>1609</v>
       </c>
       <c r="K471" s="11">
-        <v>7.8838999999999997</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L471" s="22">
-        <v>438.1</v>
+        <v>345.7</v>
       </c>
       <c r="M471" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A472" s="28" t="s">
-        <v>482</v>
+      <c r="A472" s="12" t="s">
+        <v>130</v>
       </c>
       <c r="B472" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C472" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D472" s="10" t="s">
-        <v>1634</v>
+        <v>1610</v>
       </c>
       <c r="E472" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F472" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G472" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H472" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I472" s="48">
+        <v>7</v>
       </c>
       <c r="J472" s="23" t="s">
-        <v>1635</v>
+        <v>1611</v>
       </c>
       <c r="K472" s="11">
-        <v>7.8838999999999997</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L472" s="22">
-        <v>421.38</v>
+        <v>419.64</v>
       </c>
       <c r="M472" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="473" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A473" s="28" t="s">
-        <v>83</v>
+      <c r="A473" s="12" t="s">
+        <v>123</v>
       </c>
       <c r="B473" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C473" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D473" s="10" t="s">
-        <v>1636</v>
+        <v>1612</v>
       </c>
       <c r="E473" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F473" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G473" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H473" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I473" s="48">
+        <v>7</v>
       </c>
       <c r="J473" s="23" t="s">
-        <v>1637</v>
+        <v>1613</v>
       </c>
       <c r="K473" s="11">
-        <v>7.8838999999999997</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L473" s="22">
-        <v>383.16</v>
+        <v>633.62</v>
       </c>
       <c r="M473" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="474" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A474" s="28" t="s">
-        <v>45</v>
+      <c r="A474" s="12" t="s">
+        <v>468</v>
       </c>
       <c r="B474" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C474" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D474" s="10" t="s">
-        <v>1638</v>
+        <v>1614</v>
       </c>
       <c r="E474" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F474" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G474" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H474" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I474" s="48">
+        <v>7</v>
       </c>
       <c r="J474" s="23" t="s">
-        <v>1639</v>
+        <v>1615</v>
       </c>
       <c r="K474" s="11">
-        <v>9.1978000000000009</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L474" s="22">
-        <v>282.5</v>
+        <v>609.62</v>
       </c>
       <c r="M474" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="475" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A475" s="28" t="s">
-        <v>79</v>
+      <c r="A475" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="B475" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C475" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D475" s="10" t="s">
-        <v>1640</v>
+        <v>1616</v>
       </c>
       <c r="E475" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F475" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G475" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H475" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I475" s="48">
+        <v>7</v>
       </c>
       <c r="J475" s="23" t="s">
-        <v>1641</v>
+        <v>1617</v>
       </c>
       <c r="K475" s="11">
-        <v>9.1978000000000009</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L475" s="22">
-        <v>246.22</v>
+        <v>559.67999999999995</v>
       </c>
       <c r="M475" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="476" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A476" s="14" t="s">
-        <v>202</v>
+      <c r="A476" s="12" t="s">
+        <v>88</v>
       </c>
       <c r="B476" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C476" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D476" s="10" t="s">
-        <v>1642</v>
+        <v>2141</v>
       </c>
       <c r="E476" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F476" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G476" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H476" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I476" s="48">
+        <v>5</v>
       </c>
       <c r="J476" s="23" t="s">
-        <v>1643</v>
+        <v>1618</v>
       </c>
       <c r="K476" s="11">
-        <v>10.511799999999999</v>
+        <v>26.279599999999999</v>
       </c>
       <c r="L476" s="22">
-        <v>327.27999999999997</v>
+        <v>820.14</v>
       </c>
       <c r="M476" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A477" s="28" t="s">
-        <v>487</v>
+      <c r="A477" s="12" t="s">
+        <v>100</v>
       </c>
       <c r="B477" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C477" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D477" s="10" t="s">
-        <v>1644</v>
+        <v>1619</v>
       </c>
       <c r="E477" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F477" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G477" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H477" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I477" s="48">
+        <v>5</v>
       </c>
       <c r="J477" s="23" t="s">
-        <v>1645</v>
+        <v>1620</v>
       </c>
       <c r="K477" s="11">
-        <v>10.511799999999999</v>
+        <v>26.279599999999999</v>
       </c>
       <c r="L477" s="22">
-        <v>391.72</v>
+        <v>783.86</v>
       </c>
       <c r="M477" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="478" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A478" s="28" t="s">
-        <v>210</v>
+      <c r="A478" s="12" t="s">
+        <v>524</v>
       </c>
       <c r="B478" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C478" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D478" s="10" t="s">
-        <v>1646</v>
+        <v>2140</v>
       </c>
       <c r="E478" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F478" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G478" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H478" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I478" s="48">
+        <v>5</v>
       </c>
       <c r="J478" s="23" t="s">
-        <v>1647</v>
+        <v>2131</v>
       </c>
       <c r="K478" s="11">
-        <v>10.511799999999999</v>
+        <v>26.279599999999999</v>
       </c>
       <c r="L478" s="22">
-        <v>290.98</v>
+        <v>1136.94</v>
       </c>
       <c r="M478" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="479" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A479" s="14" t="s">
-        <v>23</v>
+      <c r="A479" s="12" t="s">
+        <v>526</v>
       </c>
       <c r="B479" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C479" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D479" s="10" t="s">
-        <v>1648</v>
+        <v>2191</v>
       </c>
       <c r="E479" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F479" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G479" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H479" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I479" s="48">
+        <v>14</v>
       </c>
       <c r="J479" s="23" t="s">
-        <v>1649</v>
+        <v>1621</v>
       </c>
       <c r="K479" s="11">
-        <v>13.139799999999999</v>
+        <v>3.9419</v>
       </c>
       <c r="L479" s="22">
-        <v>382</v>
+        <v>150.58000000000001</v>
       </c>
       <c r="M479" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="480" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A480" s="12" t="s">
-        <v>50</v>
+        <v>443</v>
       </c>
       <c r="B480" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C480" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D480" s="10" t="s">
-        <v>1650</v>
+        <v>1622</v>
       </c>
       <c r="E480" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F480" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G480" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H480" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>20</v>
+      </c>
+      <c r="I480" s="48">
+        <v>8</v>
       </c>
       <c r="J480" s="23" t="s">
-        <v>1651</v>
+        <v>1623</v>
       </c>
       <c r="K480" s="11">
-        <v>13.139799999999999</v>
+        <v>5.2559100000000001</v>
       </c>
       <c r="L480" s="22">
-        <v>455.94</v>
+        <v>219.1</v>
       </c>
       <c r="M480" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A481" s="28" t="s">
-        <v>47</v>
+      <c r="A481" s="12" t="s">
+        <v>580</v>
       </c>
       <c r="B481" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C481" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D481" s="10" t="s">
-        <v>2270</v>
+        <v>1624</v>
       </c>
       <c r="E481" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F481" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G481" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H481" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>20</v>
+      </c>
+      <c r="I481" s="48">
+        <v>8</v>
       </c>
       <c r="J481" s="23" t="s">
-        <v>1652</v>
+        <v>1625</v>
       </c>
       <c r="K481" s="11">
-        <v>13.139799999999999</v>
+        <v>5.2558999999999996</v>
       </c>
       <c r="L481" s="22">
-        <v>345.7</v>
+        <v>182.8</v>
       </c>
       <c r="M481" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="482" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A482" s="28" t="s">
-        <v>132</v>
+      <c r="A482" s="12" t="s">
+        <v>195</v>
       </c>
       <c r="B482" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C482" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D482" s="10" t="s">
-        <v>1653</v>
+        <v>1626</v>
       </c>
       <c r="E482" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F482" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G482" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H482" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I482" s="48">
+        <v>8</v>
       </c>
       <c r="J482" s="23" t="s">
-        <v>1654</v>
+        <v>1627</v>
       </c>
       <c r="K482" s="11">
-        <v>13.139799999999999</v>
+        <v>6.5698999999999996</v>
       </c>
       <c r="L482" s="22">
-        <v>419.64</v>
+        <v>255.26</v>
       </c>
       <c r="M482" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="483" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A483" s="28" t="s">
-        <v>125</v>
+      <c r="A483" s="12" t="s">
+        <v>196</v>
       </c>
       <c r="B483" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C483" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D483" s="10" t="s">
-        <v>1655</v>
+        <v>2192</v>
       </c>
       <c r="E483" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F483" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G483" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H483" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I483" s="48">
+        <v>8</v>
       </c>
       <c r="J483" s="23" t="s">
-        <v>1656</v>
+        <v>1628</v>
       </c>
       <c r="K483" s="11">
-        <v>13.139799999999999</v>
+        <v>6.5698999999999996</v>
       </c>
       <c r="L483" s="22">
-        <v>633.62</v>
+        <v>218.98</v>
       </c>
       <c r="M483" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A484" s="28" t="s">
-        <v>483</v>
+      <c r="A484" s="12" t="s">
+        <v>506</v>
       </c>
       <c r="B484" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C484" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D484" s="10" t="s">
-        <v>1657</v>
+        <v>1629</v>
       </c>
       <c r="E484" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F484" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G484" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H484" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I484" s="48">
+        <v>8</v>
       </c>
       <c r="J484" s="23" t="s">
-        <v>1658</v>
+        <v>1630</v>
       </c>
       <c r="K484" s="11">
-        <v>13.139799999999999</v>
+        <v>6.5698920000000003</v>
       </c>
       <c r="L484" s="22">
-        <v>609.62</v>
+        <v>297.52</v>
       </c>
       <c r="M484" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A485" s="28" t="s">
+      <c r="A485" s="12" t="s">
+        <v>193</v>
+      </c>
+      <c r="B485" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C485" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D485" s="10" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E485" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F485" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G485" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H485" s="25">
         <v>30</v>
       </c>
-      <c r="B485" s="15" t="s">
-[...20 lines deleted...]
-      <c r="I485" s="54">
+      <c r="I485" s="48">
         <v>7</v>
       </c>
       <c r="J485" s="23" t="s">
-        <v>1660</v>
+        <v>1632</v>
       </c>
       <c r="K485" s="11">
-        <v>13.139799999999999</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L485" s="22">
-        <v>559.67999999999995</v>
+        <v>293.38</v>
       </c>
       <c r="M485" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="486" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A486" s="28" t="s">
-        <v>456</v>
+      <c r="A486" s="12" t="s">
+        <v>181</v>
       </c>
       <c r="B486" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C486" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D486" s="10" t="s">
-        <v>1661</v>
+        <v>1633</v>
       </c>
       <c r="E486" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F486" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G486" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H486" s="25">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>30</v>
+      </c>
+      <c r="I486" s="48">
+        <v>7</v>
       </c>
       <c r="J486" s="23" t="s">
-        <v>1662</v>
+        <v>1634</v>
       </c>
       <c r="K486" s="11">
-        <v>15.7677</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L486" s="22">
-        <v>513.55999999999995</v>
+        <v>257.08</v>
       </c>
       <c r="M486" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="487" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A487" s="28" t="s">
-        <v>488</v>
+      <c r="A487" s="12" t="s">
+        <v>166</v>
       </c>
       <c r="B487" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C487" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D487" s="10" t="s">
-        <v>1663</v>
+        <v>1635</v>
       </c>
       <c r="E487" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F487" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G487" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H487" s="25">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>35</v>
+      </c>
+      <c r="I487" s="48">
+        <v>7</v>
       </c>
       <c r="J487" s="23" t="s">
-        <v>1664</v>
+        <v>1636</v>
       </c>
       <c r="K487" s="11">
-        <v>15.7677</v>
+        <v>9.1978000000000009</v>
       </c>
       <c r="L487" s="22">
-        <v>447.38</v>
+        <v>326.14</v>
       </c>
       <c r="M487" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A488" s="28" t="s">
-        <v>110</v>
+      <c r="A488" s="12" t="s">
+        <v>444</v>
       </c>
       <c r="B488" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C488" s="15" t="s">
-        <v>860</v>
-[...11 lines deleted...]
-        <v>763</v>
+        <v>842</v>
+      </c>
+      <c r="D488" s="10" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E488" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F488" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G488" s="10" t="s">
+        <v>772</v>
       </c>
       <c r="H488" s="25">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="I488" s="54">
+        <v>40</v>
+      </c>
+      <c r="I488" s="48">
         <v>5</v>
       </c>
       <c r="J488" s="23" t="s">
-        <v>1666</v>
+        <v>1638</v>
       </c>
       <c r="K488" s="11">
-        <v>17.081700000000001</v>
+        <v>10.511799999999999</v>
       </c>
       <c r="L488" s="22">
-        <v>552.82000000000005</v>
+        <v>365.18</v>
       </c>
       <c r="M488" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A489" s="28" t="s">
-        <v>88</v>
+      <c r="A489" s="12" t="s">
+        <v>491</v>
       </c>
       <c r="B489" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C489" s="15" t="s">
-        <v>860</v>
-[...11 lines deleted...]
-        <v>763</v>
+        <v>842</v>
+      </c>
+      <c r="D489" s="10" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E489" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F489" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G489" s="10" t="s">
+        <v>772</v>
       </c>
       <c r="H489" s="25">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="I489" s="54">
+        <v>40</v>
+      </c>
+      <c r="I489" s="48">
         <v>5</v>
       </c>
       <c r="J489" s="23" t="s">
-        <v>1667</v>
+        <v>1640</v>
       </c>
       <c r="K489" s="11">
-        <v>26.279599999999999</v>
+        <v>10.511799999999999</v>
       </c>
       <c r="L489" s="22">
-        <v>820.14</v>
+        <v>328.88</v>
       </c>
       <c r="M489" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A490" s="28" t="s">
-        <v>100</v>
+      <c r="A490" s="12" t="s">
+        <v>92</v>
       </c>
       <c r="B490" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C490" s="15" t="s">
-        <v>860</v>
-[...11 lines deleted...]
-        <v>763</v>
+        <v>842</v>
+      </c>
+      <c r="D490" s="10" t="s">
+        <v>1641</v>
+      </c>
+      <c r="E490" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F490" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G490" s="10" t="s">
+        <v>772</v>
       </c>
       <c r="H490" s="25">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="I490" s="54">
+        <v>50</v>
+      </c>
+      <c r="I490" s="48">
         <v>5</v>
       </c>
       <c r="J490" s="23" t="s">
-        <v>1669</v>
+        <v>1642</v>
       </c>
       <c r="K490" s="11">
-        <v>26.279599999999999</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L490" s="22">
-        <v>783.86</v>
+        <v>449.26</v>
       </c>
       <c r="M490" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A491" s="28" t="s">
-        <v>541</v>
+      <c r="A491" s="12" t="s">
+        <v>99</v>
       </c>
       <c r="B491" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C491" s="15" t="s">
-        <v>860</v>
-[...11 lines deleted...]
-        <v>763</v>
+        <v>842</v>
+      </c>
+      <c r="D491" s="10" t="s">
+        <v>2193</v>
+      </c>
+      <c r="E491" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F491" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G491" s="10" t="s">
+        <v>772</v>
       </c>
       <c r="H491" s="25">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="I491" s="54">
+        <v>50</v>
+      </c>
+      <c r="I491" s="48">
         <v>5</v>
       </c>
       <c r="J491" s="23" t="s">
-        <v>2191</v>
+        <v>1643</v>
       </c>
       <c r="K491" s="11">
-        <v>26.279599999999999</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L491" s="22">
-        <v>1136.94</v>
+        <v>412.96</v>
       </c>
       <c r="M491" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="492" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A492" s="28" t="s">
-        <v>543</v>
+      <c r="A492" s="12" t="s">
+        <v>439</v>
       </c>
       <c r="B492" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C492" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D492" s="10" t="s">
-        <v>2271</v>
+        <v>1644</v>
       </c>
       <c r="E492" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F492" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G492" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H492" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I492" s="48">
+        <v>5</v>
       </c>
       <c r="J492" s="23" t="s">
-        <v>1670</v>
+        <v>1645</v>
       </c>
       <c r="K492" s="11">
-        <v>3.9419</v>
+        <v>12.9</v>
       </c>
       <c r="L492" s="22">
-        <v>150.58000000000001</v>
+        <v>626.94000000000005</v>
       </c>
       <c r="M492" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="493" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A493" s="28" t="s">
-        <v>457</v>
+      <c r="A493" s="12" t="s">
+        <v>182</v>
       </c>
       <c r="B493" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C493" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D493" s="10" t="s">
-        <v>1671</v>
+        <v>1646</v>
       </c>
       <c r="E493" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F493" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G493" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H493" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I493" s="48">
+        <v>1</v>
       </c>
       <c r="J493" s="23" t="s">
-        <v>1672</v>
+        <v>1647</v>
       </c>
       <c r="K493" s="11">
-        <v>5.2559100000000001</v>
+        <v>26.279599999999999</v>
       </c>
       <c r="L493" s="22">
-        <v>219.1</v>
+        <v>906.22</v>
       </c>
       <c r="M493" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="494" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A494" s="28" t="s">
-        <v>598</v>
+      <c r="A494" s="12" t="s">
+        <v>60</v>
       </c>
       <c r="B494" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C494" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D494" s="10" t="s">
-        <v>1673</v>
+        <v>1648</v>
       </c>
       <c r="E494" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F494" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G494" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H494" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>15</v>
+      </c>
+      <c r="I494" s="48">
+        <v>14</v>
       </c>
       <c r="J494" s="23" t="s">
-        <v>1674</v>
+        <v>1649</v>
       </c>
       <c r="K494" s="11">
-        <v>5.2558999999999996</v>
+        <v>3.9419</v>
       </c>
       <c r="L494" s="22">
-        <v>182.8</v>
+        <v>168.3</v>
       </c>
       <c r="M494" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="495" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A495" s="28" t="s">
-        <v>197</v>
+      <c r="A495" s="12" t="s">
+        <v>194</v>
       </c>
       <c r="B495" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C495" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D495" s="10" t="s">
-        <v>1675</v>
+        <v>1650</v>
       </c>
       <c r="E495" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F495" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G495" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H495" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>15</v>
+      </c>
+      <c r="I495" s="48">
+        <v>14</v>
       </c>
       <c r="J495" s="23" t="s">
-        <v>1676</v>
+        <v>1651</v>
       </c>
       <c r="K495" s="11">
-        <v>6.5698999999999996</v>
+        <v>3.9419</v>
       </c>
       <c r="L495" s="22">
-        <v>255.26</v>
+        <v>132.02000000000001</v>
       </c>
       <c r="M495" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A496" s="28" t="s">
-        <v>198</v>
+      <c r="A496" s="12" t="s">
+        <v>34</v>
       </c>
       <c r="B496" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C496" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D496" s="10" t="s">
-        <v>2272</v>
+        <v>1652</v>
       </c>
       <c r="E496" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F496" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G496" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H496" s="25">
         <v>25</v>
       </c>
-      <c r="I496" s="54">
-        <v>8</v>
+      <c r="I496" s="48">
+        <v>14</v>
       </c>
       <c r="J496" s="23" t="s">
-        <v>1677</v>
+        <v>1653</v>
       </c>
       <c r="K496" s="11">
         <v>6.5698999999999996</v>
       </c>
       <c r="L496" s="22">
-        <v>218.98</v>
+        <v>223.58</v>
       </c>
       <c r="M496" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="497" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A497" s="28" t="s">
-        <v>523</v>
+      <c r="A497" s="12" t="s">
+        <v>76</v>
       </c>
       <c r="B497" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C497" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D497" s="10" t="s">
-        <v>1678</v>
+        <v>1654</v>
       </c>
       <c r="E497" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F497" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G497" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H497" s="25">
         <v>25</v>
       </c>
-      <c r="I497" s="54">
-        <v>8</v>
+      <c r="I497" s="48">
+        <v>14</v>
       </c>
       <c r="J497" s="23" t="s">
-        <v>1679</v>
+        <v>1655</v>
       </c>
       <c r="K497" s="11">
-        <v>6.5698920000000003</v>
+        <v>6.5698999999999996</v>
       </c>
       <c r="L497" s="22">
-        <v>297.52</v>
+        <v>187.3</v>
       </c>
       <c r="M497" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="498" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A498" s="28" t="s">
-        <v>195</v>
+      <c r="A498" s="14" t="s">
+        <v>69</v>
       </c>
       <c r="B498" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C498" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D498" s="10" t="s">
-        <v>1680</v>
+        <v>1656</v>
       </c>
       <c r="E498" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F498" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G498" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H498" s="25">
         <v>30</v>
       </c>
-      <c r="I498" s="54">
-        <v>7</v>
+      <c r="I498" s="48">
+        <v>14</v>
       </c>
       <c r="J498" s="23" t="s">
-        <v>1681</v>
+        <v>1657</v>
       </c>
       <c r="K498" s="11">
         <v>7.8838999999999997</v>
       </c>
       <c r="L498" s="22">
-        <v>293.38</v>
+        <v>256.38</v>
       </c>
       <c r="M498" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="499" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A499" s="28" t="s">
-        <v>183</v>
+      <c r="A499" s="12" t="s">
+        <v>63</v>
       </c>
       <c r="B499" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C499" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D499" s="10" t="s">
-        <v>1682</v>
+        <v>1658</v>
       </c>
       <c r="E499" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F499" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G499" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H499" s="25">
         <v>30</v>
       </c>
-      <c r="I499" s="54">
-        <v>7</v>
+      <c r="I499" s="48">
+        <v>14</v>
       </c>
       <c r="J499" s="23" t="s">
-        <v>1683</v>
+        <v>1659</v>
       </c>
       <c r="K499" s="11">
         <v>7.8838999999999997</v>
       </c>
       <c r="L499" s="22">
-        <v>257.08</v>
+        <v>220.08</v>
       </c>
       <c r="M499" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A500" s="28" t="s">
-        <v>168</v>
+      <c r="A500" s="12" t="s">
+        <v>125</v>
       </c>
       <c r="B500" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C500" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D500" s="10" t="s">
-        <v>1684</v>
+        <v>1660</v>
       </c>
       <c r="E500" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F500" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G500" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H500" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>30</v>
+      </c>
+      <c r="I500" s="48">
+        <v>14</v>
       </c>
       <c r="J500" s="23" t="s">
-        <v>1685</v>
+        <v>1661</v>
       </c>
       <c r="K500" s="11">
-        <v>9.1978000000000009</v>
+        <v>7.8838999999999997</v>
       </c>
       <c r="L500" s="22">
-        <v>326.14</v>
+        <v>381.16</v>
       </c>
       <c r="M500" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A501" s="28" t="s">
-        <v>458</v>
+      <c r="A501" s="12" t="s">
+        <v>38</v>
       </c>
       <c r="B501" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C501" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D501" s="10" t="s">
-        <v>1686</v>
+        <v>1662</v>
       </c>
       <c r="E501" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F501" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G501" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H501" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>35</v>
+      </c>
+      <c r="I501" s="48">
+        <v>12</v>
       </c>
       <c r="J501" s="23" t="s">
-        <v>1687</v>
+        <v>1663</v>
       </c>
       <c r="K501" s="11">
-        <v>10.511799999999999</v>
+        <v>9.1978000000000009</v>
       </c>
       <c r="L501" s="22">
-        <v>365.18</v>
+        <v>280.27999999999997</v>
       </c>
       <c r="M501" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A502" s="28" t="s">
-        <v>507</v>
+      <c r="A502" s="12" t="s">
+        <v>22</v>
       </c>
       <c r="B502" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C502" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D502" s="10" t="s">
-        <v>1688</v>
+        <v>1664</v>
       </c>
       <c r="E502" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F502" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G502" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H502" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I502" s="48">
+        <v>7</v>
       </c>
       <c r="J502" s="23" t="s">
-        <v>1689</v>
+        <v>1665</v>
       </c>
       <c r="K502" s="11">
-        <v>10.511799999999999</v>
+        <v>13.139799999999999</v>
       </c>
       <c r="L502" s="22">
-        <v>328.88</v>
+        <v>378.88</v>
       </c>
       <c r="M502" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="503" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A503" s="28" t="s">
-        <v>92</v>
+      <c r="A503" s="12" t="s">
+        <v>27</v>
       </c>
       <c r="B503" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C503" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D503" s="10" t="s">
-        <v>1690</v>
+        <v>1666</v>
       </c>
       <c r="E503" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F503" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G503" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H503" s="25">
         <v>50</v>
       </c>
-      <c r="I503" s="54">
-        <v>5</v>
+      <c r="I503" s="48">
+        <v>7</v>
       </c>
       <c r="J503" s="23" t="s">
-        <v>1691</v>
+        <v>1667</v>
       </c>
       <c r="K503" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L503" s="22">
-        <v>449.26</v>
+        <v>342.58</v>
       </c>
       <c r="M503" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A504" s="28" t="s">
-        <v>99</v>
+      <c r="A504" s="12" t="s">
+        <v>140</v>
       </c>
       <c r="B504" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C504" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D504" s="10" t="s">
-        <v>2273</v>
+        <v>1668</v>
       </c>
       <c r="E504" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F504" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="G504" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H504" s="25">
         <v>50</v>
       </c>
-      <c r="I504" s="54">
-        <v>5</v>
+      <c r="I504" s="48">
+        <v>7</v>
       </c>
       <c r="J504" s="23" t="s">
-        <v>1692</v>
+        <v>1669</v>
       </c>
       <c r="K504" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L504" s="22">
-        <v>412.96</v>
+        <v>556.55999999999995</v>
       </c>
       <c r="M504" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A505" s="28" t="s">
-        <v>451</v>
+      <c r="A505" s="12" t="s">
+        <v>226</v>
       </c>
       <c r="B505" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C505" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D505" s="10" t="s">
-        <v>1693</v>
+        <v>1670</v>
       </c>
       <c r="E505" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F505" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G505" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H505" s="25">
         <v>50</v>
       </c>
-      <c r="I505" s="54">
-        <v>5</v>
+      <c r="I505" s="48">
+        <v>4</v>
       </c>
       <c r="J505" s="23" t="s">
-        <v>1694</v>
+        <v>1671</v>
       </c>
       <c r="K505" s="11">
-        <v>12.9</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L505" s="22">
-        <v>626.94000000000005</v>
+        <v>618.76</v>
       </c>
       <c r="M505" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A506" s="28" t="s">
-        <v>184</v>
+      <c r="A506" s="12" t="s">
+        <v>572</v>
       </c>
       <c r="B506" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C506" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D506" s="10" t="s">
-        <v>1695</v>
+        <v>1672</v>
       </c>
       <c r="E506" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F506" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G506" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H506" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>50</v>
+      </c>
+      <c r="I506" s="48">
+        <v>4</v>
       </c>
       <c r="J506" s="23" t="s">
-        <v>1696</v>
+        <v>1673</v>
       </c>
       <c r="K506" s="11">
-        <v>26.279599999999999</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L506" s="22">
-        <v>906.22</v>
+        <v>583.84</v>
       </c>
       <c r="M506" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="507" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A507" s="28" t="s">
-        <v>60</v>
+      <c r="A507" s="12" t="s">
+        <v>230</v>
       </c>
       <c r="B507" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C507" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D507" s="10" t="s">
-        <v>1697</v>
+        <v>1674</v>
       </c>
       <c r="E507" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F507" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G507" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H507" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>100</v>
+      </c>
+      <c r="I507" s="48">
+        <v>1</v>
       </c>
       <c r="J507" s="23" t="s">
-        <v>1698</v>
+        <v>1675</v>
       </c>
       <c r="K507" s="11">
-        <v>3.9419</v>
+        <v>33.1905</v>
       </c>
       <c r="L507" s="22">
-        <v>168.3</v>
+        <v>1368.28</v>
       </c>
       <c r="M507" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="508" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A508" s="28" t="s">
-        <v>196</v>
+      <c r="A508" s="12" t="s">
+        <v>168</v>
       </c>
       <c r="B508" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C508" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D508" s="10" t="s">
-        <v>1699</v>
+        <v>1676</v>
       </c>
       <c r="E508" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F508" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G508" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H508" s="25">
         <v>15</v>
       </c>
-      <c r="I508" s="54">
+      <c r="I508" s="48">
         <v>14</v>
       </c>
       <c r="J508" s="23" t="s">
-        <v>1700</v>
+        <v>1677</v>
       </c>
       <c r="K508" s="11">
-        <v>3.9419</v>
+        <v>4.9786000000000001</v>
       </c>
       <c r="L508" s="22">
-        <v>132.02000000000001</v>
+        <v>183.88</v>
       </c>
       <c r="M508" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="509" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A509" s="28" t="s">
-        <v>34</v>
+      <c r="A509" s="12" t="s">
+        <v>159</v>
       </c>
       <c r="B509" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C509" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D509" s="10" t="s">
-        <v>1701</v>
+        <v>1678</v>
       </c>
       <c r="E509" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F509" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G509" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H509" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>15</v>
+      </c>
+      <c r="I509" s="48">
+        <v>12</v>
       </c>
       <c r="J509" s="23" t="s">
-        <v>1702</v>
+        <v>1679</v>
       </c>
       <c r="K509" s="11">
-        <v>6.5698999999999996</v>
+        <v>4.9786000000000001</v>
       </c>
       <c r="L509" s="22">
-        <v>223.58</v>
+        <v>230.8</v>
       </c>
       <c r="M509" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A510" s="28" t="s">
-        <v>76</v>
+      <c r="A510" s="12" t="s">
+        <v>210</v>
       </c>
       <c r="B510" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C510" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D510" s="10" t="s">
-        <v>1703</v>
+        <v>1680</v>
       </c>
       <c r="E510" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F510" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G510" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H510" s="25">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I510" s="54">
+        <v>15</v>
+      </c>
+      <c r="I510" s="48">
         <v>14</v>
       </c>
       <c r="J510" s="23" t="s">
-        <v>1704</v>
+        <v>1681</v>
       </c>
       <c r="K510" s="11">
-        <v>6.5698999999999996</v>
+        <v>4.9050000000000002</v>
       </c>
       <c r="L510" s="22">
-        <v>187.3</v>
+        <v>138.97999999999999</v>
       </c>
       <c r="M510" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A511" s="14" t="s">
-        <v>69</v>
+      <c r="A511" s="12" t="s">
+        <v>560</v>
       </c>
       <c r="B511" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C511" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D511" s="10" t="s">
-        <v>1705</v>
+        <v>1682</v>
       </c>
       <c r="E511" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F511" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G511" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H511" s="25">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I511" s="54">
+        <v>15</v>
+      </c>
+      <c r="I511" s="48">
         <v>14</v>
       </c>
       <c r="J511" s="23" t="s">
-        <v>1706</v>
+        <v>1683</v>
       </c>
       <c r="K511" s="11">
-        <v>7.8838999999999997</v>
+        <v>4.9790000000000001</v>
       </c>
       <c r="L511" s="22">
-        <v>256.38</v>
+        <v>268.98</v>
       </c>
       <c r="M511" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A512" s="28" t="s">
-        <v>63</v>
+      <c r="A512" s="12" t="s">
+        <v>139</v>
       </c>
       <c r="B512" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C512" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D512" s="10" t="s">
-        <v>1707</v>
+        <v>1684</v>
       </c>
       <c r="E512" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F512" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G512" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H512" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>20</v>
+      </c>
+      <c r="I512" s="48">
+        <v>12</v>
       </c>
       <c r="J512" s="23" t="s">
-        <v>1708</v>
+        <v>1685</v>
       </c>
       <c r="K512" s="11">
-        <v>7.8838999999999997</v>
+        <v>6.6380999999999997</v>
       </c>
       <c r="L512" s="22">
-        <v>220.08</v>
+        <v>224.56</v>
       </c>
       <c r="M512" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A513" s="28" t="s">
-        <v>127</v>
+      <c r="A513" s="12" t="s">
+        <v>61</v>
       </c>
       <c r="B513" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C513" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D513" s="10" t="s">
-        <v>1709</v>
+        <v>1686</v>
       </c>
       <c r="E513" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F513" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G513" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H513" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>25</v>
+      </c>
+      <c r="I513" s="48">
+        <v>12</v>
       </c>
       <c r="J513" s="23" t="s">
-        <v>1710</v>
+        <v>1687</v>
       </c>
       <c r="K513" s="11">
-        <v>7.8838999999999997</v>
+        <v>8.2975999999999992</v>
       </c>
       <c r="L513" s="22">
-        <v>381.16</v>
+        <v>268.02</v>
       </c>
       <c r="M513" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A514" s="28" t="s">
-        <v>38</v>
+      <c r="A514" s="12" t="s">
+        <v>145</v>
       </c>
       <c r="B514" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C514" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D514" s="10" t="s">
-        <v>1711</v>
+        <v>1688</v>
       </c>
       <c r="E514" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F514" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G514" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H514" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I514" s="54">
+        <v>25</v>
+      </c>
+      <c r="I514" s="48">
         <v>12</v>
       </c>
       <c r="J514" s="23" t="s">
-        <v>1712</v>
+        <v>1689</v>
       </c>
       <c r="K514" s="11">
-        <v>9.1978000000000009</v>
+        <v>8.2975999999999992</v>
       </c>
       <c r="L514" s="22">
-        <v>280.27999999999997</v>
+        <v>223.12</v>
       </c>
       <c r="M514" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="515" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A515" s="28" t="s">
-        <v>22</v>
+      <c r="A515" s="12" t="s">
+        <v>502</v>
       </c>
       <c r="B515" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C515" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D515" s="10" t="s">
-        <v>1713</v>
+        <v>1690</v>
       </c>
       <c r="E515" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F515" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G515" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H515" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I515" s="48">
+        <v>12</v>
       </c>
       <c r="J515" s="23" t="s">
-        <v>1714</v>
+        <v>1691</v>
       </c>
       <c r="K515" s="11">
-        <v>13.139799999999999</v>
+        <v>8.2976299999999998</v>
       </c>
       <c r="L515" s="22">
-        <v>378.88</v>
+        <v>414.88</v>
       </c>
       <c r="M515" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A516" s="28" t="s">
-        <v>27</v>
+      <c r="A516" s="12" t="s">
+        <v>113</v>
       </c>
       <c r="B516" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C516" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D516" s="10" t="s">
-        <v>1715</v>
+        <v>1692</v>
       </c>
       <c r="E516" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F516" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G516" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H516" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I516" s="48">
+        <v>12</v>
       </c>
       <c r="J516" s="23" t="s">
-        <v>1716</v>
+        <v>1693</v>
       </c>
       <c r="K516" s="11">
-        <v>13.139799999999999</v>
+        <v>8.2975999999999992</v>
       </c>
       <c r="L516" s="22">
-        <v>342.58</v>
+        <v>379.56</v>
       </c>
       <c r="M516" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A517" s="28" t="s">
-        <v>142</v>
+      <c r="A517" s="12" t="s">
+        <v>93</v>
       </c>
       <c r="B517" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C517" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D517" s="10" t="s">
-        <v>1717</v>
+        <v>1694</v>
       </c>
       <c r="E517" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F517" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G517" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H517" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>30</v>
+      </c>
+      <c r="I517" s="48">
+        <v>8</v>
       </c>
       <c r="J517" s="23" t="s">
-        <v>1718</v>
+        <v>1695</v>
       </c>
       <c r="K517" s="11">
-        <v>13.139799999999999</v>
+        <v>9.9572000000000003</v>
       </c>
       <c r="L517" s="22">
-        <v>556.55999999999995</v>
+        <v>299.32</v>
       </c>
       <c r="M517" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A518" s="28" t="s">
-        <v>228</v>
+      <c r="A518" s="12" t="s">
+        <v>171</v>
       </c>
       <c r="B518" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C518" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D518" s="10" t="s">
-        <v>1719</v>
+        <v>1696</v>
       </c>
       <c r="E518" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F518" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G518" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H518" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>30</v>
+      </c>
+      <c r="I518" s="48">
+        <v>8</v>
       </c>
       <c r="J518" s="23" t="s">
-        <v>1720</v>
+        <v>1697</v>
       </c>
       <c r="K518" s="11">
-        <v>16.595300000000002</v>
+        <v>9.9572000000000003</v>
       </c>
       <c r="L518" s="22">
-        <v>618.76</v>
+        <v>363.96</v>
       </c>
       <c r="M518" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A519" s="28" t="s">
-        <v>589</v>
+      <c r="A519" s="12" t="s">
+        <v>186</v>
       </c>
       <c r="B519" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C519" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D519" s="10" t="s">
-        <v>1721</v>
+        <v>1698</v>
       </c>
       <c r="E519" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F519" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G519" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H519" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>30</v>
+      </c>
+      <c r="I519" s="48">
+        <v>8</v>
       </c>
       <c r="J519" s="23" t="s">
-        <v>1722</v>
+        <v>1699</v>
       </c>
       <c r="K519" s="11">
-        <v>16.595300000000002</v>
+        <v>9.9572000000000003</v>
       </c>
       <c r="L519" s="22">
-        <v>583.84</v>
+        <v>254.42</v>
       </c>
       <c r="M519" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A520" s="28" t="s">
-        <v>232</v>
+      <c r="A520" s="12" t="s">
+        <v>469</v>
       </c>
       <c r="B520" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C520" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D520" s="10" t="s">
-        <v>1723</v>
+        <v>1700</v>
       </c>
       <c r="E520" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F520" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G520" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H520" s="25">
+        <v>30</v>
+      </c>
+      <c r="I520" s="48">
+        <v>8</v>
+      </c>
+      <c r="J520" s="23" t="s">
+        <v>1701</v>
+      </c>
+      <c r="K520" s="11">
+        <v>9.9572000000000003</v>
+      </c>
+      <c r="L520" s="22">
+        <v>462.32</v>
+      </c>
+      <c r="M520" s="22">
+        <f t="shared" ref="M520:M583" si="8">L520*$B$5</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A521" s="12" t="s">
+        <v>122</v>
+      </c>
+      <c r="B521" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C521" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D521" s="10" t="s">
+        <v>1702</v>
+      </c>
+      <c r="E521" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F521" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G521" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H521" s="25">
+        <v>30</v>
+      </c>
+      <c r="I521" s="48">
+        <v>8</v>
+      </c>
+      <c r="J521" s="23" t="s">
+        <v>1703</v>
+      </c>
+      <c r="K521" s="11">
+        <v>9.9572000000000003</v>
+      </c>
+      <c r="L521" s="22">
+        <v>424.1</v>
+      </c>
+      <c r="M521" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A522" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B522" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C522" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D522" s="10" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E522" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F522" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G522" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H522" s="25">
+        <v>35</v>
+      </c>
+      <c r="I522" s="48">
+        <v>8</v>
+      </c>
+      <c r="J522" s="23" t="s">
+        <v>1705</v>
+      </c>
+      <c r="K522" s="11">
+        <v>11.6167</v>
+      </c>
+      <c r="L522" s="22">
+        <v>325.22000000000003</v>
+      </c>
+      <c r="M522" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A523" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="B523" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C523" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D523" s="10" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E523" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F523" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G523" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H523" s="25">
+        <v>35</v>
+      </c>
+      <c r="I523" s="48">
+        <v>8</v>
+      </c>
+      <c r="J523" s="23" t="s">
+        <v>1707</v>
+      </c>
+      <c r="K523" s="11">
+        <v>11.6167</v>
+      </c>
+      <c r="L523" s="22">
+        <v>280.32</v>
+      </c>
+      <c r="M523" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A524" s="12" t="s">
+        <v>619</v>
+      </c>
+      <c r="B524" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C524" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D524" s="10" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E524" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F524" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G524" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H524" s="25">
+        <v>35</v>
+      </c>
+      <c r="I524" s="48">
+        <v>8</v>
+      </c>
+      <c r="J524" s="23" t="s">
+        <v>1709</v>
+      </c>
+      <c r="K524" s="11">
+        <v>11.617000000000001</v>
+      </c>
+      <c r="L524" s="22">
+        <v>463.22</v>
+      </c>
+      <c r="M524" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A525" s="12" t="s">
+        <v>621</v>
+      </c>
+      <c r="B525" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C525" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D525" s="10" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E525" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F525" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G525" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H525" s="25">
+        <v>40</v>
+      </c>
+      <c r="I525" s="48">
+        <v>8</v>
+      </c>
+      <c r="J525" s="23" t="s">
+        <v>1711</v>
+      </c>
+      <c r="K525" s="11">
+        <v>13.276199999999999</v>
+      </c>
+      <c r="L525" s="22">
+        <v>395.9</v>
+      </c>
+      <c r="M525" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A526" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="B526" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C526" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D526" s="10" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E526" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F526" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G526" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H526" s="25">
+        <v>50</v>
+      </c>
+      <c r="I526" s="48">
+        <v>7</v>
+      </c>
+      <c r="J526" s="23" t="s">
+        <v>1713</v>
+      </c>
+      <c r="K526" s="11">
+        <v>16.595300000000002</v>
+      </c>
+      <c r="L526" s="22">
+        <v>434.76</v>
+      </c>
+      <c r="M526" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A527" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="B527" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C527" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D527" s="10" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E527" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F527" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G527" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H527" s="25">
+        <v>50</v>
+      </c>
+      <c r="I527" s="48">
+        <v>7</v>
+      </c>
+      <c r="J527" s="23" t="s">
+        <v>1715</v>
+      </c>
+      <c r="K527" s="11">
+        <v>16.595300000000002</v>
+      </c>
+      <c r="L527" s="22">
+        <v>523</v>
+      </c>
+      <c r="M527" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A528" s="12" t="s">
+        <v>134</v>
+      </c>
+      <c r="B528" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C528" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D528" s="10" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E528" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F528" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G528" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H528" s="25">
+        <v>50</v>
+      </c>
+      <c r="I528" s="48">
+        <v>7</v>
+      </c>
+      <c r="J528" s="23" t="s">
+        <v>1717</v>
+      </c>
+      <c r="K528" s="11">
+        <v>16.595300000000002</v>
+      </c>
+      <c r="L528" s="22">
+        <v>389.86</v>
+      </c>
+      <c r="M528" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A529" s="12" t="s">
+        <v>470</v>
+      </c>
+      <c r="B529" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C529" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D529" s="10" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E529" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F529" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G529" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H529" s="25">
+        <v>50</v>
+      </c>
+      <c r="I529" s="48">
+        <v>7</v>
+      </c>
+      <c r="J529" s="23" t="s">
+        <v>1719</v>
+      </c>
+      <c r="K529" s="11">
+        <v>16.595300000000002</v>
+      </c>
+      <c r="L529" s="22">
+        <v>662.38</v>
+      </c>
+      <c r="M529" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A530" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B530" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C530" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D530" s="10" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E530" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F530" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G530" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H530" s="25">
+        <v>50</v>
+      </c>
+      <c r="I530" s="48">
+        <v>7</v>
+      </c>
+      <c r="J530" s="23" t="s">
+        <v>1721</v>
+      </c>
+      <c r="K530" s="11">
+        <v>16.595300000000002</v>
+      </c>
+      <c r="L530" s="22">
+        <v>612.44000000000005</v>
+      </c>
+      <c r="M530" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A531" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="B531" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C531" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D531" s="10" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E531" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F531" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G531" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H531" s="25">
         <v>100</v>
       </c>
-      <c r="I520" s="54">
-[...5 lines deleted...]
-      <c r="K520" s="11">
+      <c r="I531" s="48">
+        <v>4</v>
+      </c>
+      <c r="J531" s="23" t="s">
+        <v>1722</v>
+      </c>
+      <c r="K531" s="11">
         <v>33.1905</v>
       </c>
-      <c r="L520" s="22">
-[...460 lines deleted...]
-      </c>
       <c r="L531" s="22">
-        <v>363.96</v>
+        <v>980.26</v>
       </c>
       <c r="M531" s="22">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A532" s="12" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B532" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C532" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D532" s="10" t="s">
-        <v>1747</v>
+        <v>2194</v>
       </c>
       <c r="E532" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F532" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G532" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H532" s="25">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I532" s="54">
+        <v>25</v>
+      </c>
+      <c r="I532" s="48">
         <v>8</v>
       </c>
       <c r="J532" s="23" t="s">
-        <v>1748</v>
+        <v>1723</v>
       </c>
       <c r="K532" s="11">
-        <v>9.9572000000000003</v>
+        <v>8.2975999999999992</v>
       </c>
       <c r="L532" s="22">
-        <v>254.42</v>
+        <v>298.10000000000002</v>
       </c>
       <c r="M532" s="22">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="533" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A533" s="28" t="s">
-        <v>484</v>
+      <c r="A533" s="12" t="s">
+        <v>704</v>
       </c>
       <c r="B533" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C533" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D533" s="10" t="s">
-        <v>1749</v>
+        <v>1724</v>
       </c>
       <c r="E533" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F533" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G533" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H533" s="25">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I533" s="54">
+        <v>25</v>
+      </c>
+      <c r="I533" s="48">
         <v>8</v>
       </c>
       <c r="J533" s="23" t="s">
-        <v>1750</v>
+        <v>1725</v>
       </c>
       <c r="K533" s="11">
-        <v>9.9572000000000003</v>
+        <v>8.297625</v>
       </c>
       <c r="L533" s="22">
-        <v>462.32</v>
+        <v>330.88</v>
       </c>
       <c r="M533" s="22">
-        <f t="shared" ref="M533:M596" si="8">L533*$B$5</f>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="534" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A534" s="28" t="s">
-        <v>124</v>
+      <c r="A534" s="12" t="s">
+        <v>189</v>
       </c>
       <c r="B534" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C534" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D534" s="10" t="s">
-        <v>1751</v>
+        <v>1726</v>
       </c>
       <c r="E534" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F534" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G534" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H534" s="25">
         <v>30</v>
       </c>
-      <c r="I534" s="54">
-        <v>8</v>
+      <c r="I534" s="48">
+        <v>7</v>
       </c>
       <c r="J534" s="23" t="s">
-        <v>1752</v>
+        <v>1727</v>
       </c>
       <c r="K534" s="11">
         <v>9.9572000000000003</v>
       </c>
       <c r="L534" s="22">
-        <v>424.1</v>
+        <v>300.14</v>
       </c>
       <c r="M534" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="535" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A535" s="12" t="s">
-        <v>77</v>
+        <v>155</v>
       </c>
       <c r="B535" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C535" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D535" s="10" t="s">
-        <v>1753</v>
+        <v>1728</v>
       </c>
       <c r="E535" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F535" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G535" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H535" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I535" s="48">
+        <v>5</v>
       </c>
       <c r="J535" s="23" t="s">
-        <v>1754</v>
+        <v>1729</v>
       </c>
       <c r="K535" s="11">
-        <v>11.6167</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L535" s="22">
-        <v>325.22000000000003</v>
+        <v>535.26</v>
       </c>
       <c r="M535" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="536" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A536" s="28" t="s">
-        <v>163</v>
+      <c r="A536" s="12" t="s">
+        <v>170</v>
       </c>
       <c r="B536" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C536" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D536" s="10" t="s">
-        <v>1755</v>
+        <v>1730</v>
       </c>
       <c r="E536" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F536" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G536" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H536" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I536" s="48">
+        <v>5</v>
       </c>
       <c r="J536" s="23" t="s">
-        <v>1756</v>
+        <v>1731</v>
       </c>
       <c r="K536" s="11">
-        <v>11.6167</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L536" s="22">
-        <v>280.32</v>
+        <v>490.36</v>
       </c>
       <c r="M536" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="537" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A537" s="28" t="s">
-        <v>637</v>
+      <c r="A537" s="12" t="s">
+        <v>437</v>
       </c>
       <c r="B537" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C537" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D537" s="10" t="s">
-        <v>1757</v>
+        <v>1732</v>
       </c>
       <c r="E537" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F537" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G537" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H537" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I537" s="48">
+        <v>5</v>
       </c>
       <c r="J537" s="23" t="s">
-        <v>1758</v>
+        <v>1733</v>
       </c>
       <c r="K537" s="11">
-        <v>11.617000000000001</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L537" s="22">
-        <v>463.22</v>
+        <v>712.94</v>
       </c>
       <c r="M537" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="538" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A538" s="12" t="s">
-        <v>639</v>
+        <v>720</v>
       </c>
       <c r="B538" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C538" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D538" s="10" t="s">
-        <v>1759</v>
+        <v>1734</v>
       </c>
       <c r="E538" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F538" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G538" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H538" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I538" s="48">
+        <v>1</v>
       </c>
       <c r="J538" s="23" t="s">
-        <v>1760</v>
+        <v>1735</v>
       </c>
       <c r="K538" s="11">
-        <v>13.276199999999999</v>
+        <v>33.1905</v>
       </c>
       <c r="L538" s="22">
-        <v>395.9</v>
+        <v>1127.5999999999999</v>
       </c>
       <c r="M538" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="539" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A539" s="28" t="s">
-        <v>37</v>
+      <c r="A539" s="12" t="s">
+        <v>82</v>
       </c>
       <c r="B539" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C539" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D539" s="10" t="s">
-        <v>1761</v>
+        <v>1736</v>
       </c>
       <c r="E539" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F539" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G539" s="10" t="s">
-        <v>763</v>
+        <v>744</v>
       </c>
       <c r="H539" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I539" s="48">
+        <v>14</v>
       </c>
       <c r="J539" s="23" t="s">
-        <v>1762</v>
+        <v>1737</v>
       </c>
       <c r="K539" s="11">
-        <v>16.595300000000002</v>
+        <v>4.9786000000000001</v>
       </c>
       <c r="L539" s="22">
-        <v>434.76</v>
+        <v>182.62</v>
       </c>
       <c r="M539" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A540" s="28" t="s">
-        <v>119</v>
+      <c r="A540" s="12" t="s">
+        <v>445</v>
       </c>
       <c r="B540" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C540" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D540" s="10" t="s">
-        <v>1763</v>
+        <v>1738</v>
       </c>
       <c r="E540" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F540" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G540" s="10" t="s">
-        <v>763</v>
+        <v>744</v>
       </c>
       <c r="H540" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I540" s="48">
+        <v>14</v>
       </c>
       <c r="J540" s="23" t="s">
-        <v>1764</v>
+        <v>1739</v>
       </c>
       <c r="K540" s="11">
-        <v>16.595300000000002</v>
+        <v>4.9050000000000002</v>
       </c>
       <c r="L540" s="22">
-        <v>523</v>
+        <v>137.72</v>
       </c>
       <c r="M540" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A541" s="28" t="s">
-        <v>136</v>
+      <c r="A541" s="12" t="s">
+        <v>98</v>
       </c>
       <c r="B541" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C541" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D541" s="10" t="s">
-        <v>1765</v>
+        <v>1740</v>
       </c>
       <c r="E541" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F541" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G541" s="10" t="s">
-        <v>763</v>
+        <v>744</v>
       </c>
       <c r="H541" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I541" s="48">
+        <v>14</v>
       </c>
       <c r="J541" s="23" t="s">
-        <v>1766</v>
+        <v>1741</v>
       </c>
       <c r="K541" s="11">
-        <v>16.595300000000002</v>
+        <v>8.2975999999999992</v>
       </c>
       <c r="L541" s="22">
-        <v>389.86</v>
+        <v>266.02</v>
       </c>
       <c r="M541" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="542" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A542" s="28" t="s">
-        <v>485</v>
+      <c r="A542" s="12" t="s">
+        <v>106</v>
       </c>
       <c r="B542" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C542" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D542" s="10" t="s">
-        <v>1767</v>
+        <v>1742</v>
       </c>
       <c r="E542" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F542" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G542" s="10" t="s">
-        <v>763</v>
+        <v>744</v>
       </c>
       <c r="H542" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I542" s="48">
+        <v>14</v>
       </c>
       <c r="J542" s="23" t="s">
-        <v>1768</v>
+        <v>1743</v>
       </c>
       <c r="K542" s="11">
-        <v>16.595300000000002</v>
+        <v>8.2975999999999992</v>
       </c>
       <c r="L542" s="22">
-        <v>662.38</v>
+        <v>221.12</v>
       </c>
       <c r="M542" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A543" s="28" t="s">
-        <v>78</v>
+      <c r="A543" s="12" t="s">
+        <v>103</v>
       </c>
       <c r="B543" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C543" s="15" t="s">
-        <v>860</v>
-[...11 lines deleted...]
-        <v>763</v>
+        <v>842</v>
+      </c>
+      <c r="D543" s="10" t="s">
+        <v>1744</v>
+      </c>
+      <c r="E543" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F543" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G543" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H543" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>30</v>
+      </c>
+      <c r="I543" s="48">
+        <v>12</v>
       </c>
       <c r="J543" s="23" t="s">
-        <v>1770</v>
+        <v>1745</v>
       </c>
       <c r="K543" s="11">
-        <v>16.595300000000002</v>
+        <v>9.9572000000000003</v>
       </c>
       <c r="L543" s="22">
-        <v>612.44000000000005</v>
+        <v>252.14</v>
       </c>
       <c r="M543" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A544" s="28" t="s">
-        <v>219</v>
+      <c r="A544" s="12" t="s">
+        <v>235</v>
       </c>
       <c r="B544" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C544" s="15" t="s">
-        <v>860</v>
-[...11 lines deleted...]
-        <v>763</v>
+        <v>842</v>
+      </c>
+      <c r="D544" s="10" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E544" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="F544" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G544" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H544" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>30</v>
+      </c>
+      <c r="I544" s="48">
+        <v>12</v>
       </c>
       <c r="J544" s="23" t="s">
-        <v>1771</v>
+        <v>1747</v>
       </c>
       <c r="K544" s="11">
-        <v>33.1905</v>
+        <v>9.9572000000000003</v>
       </c>
       <c r="L544" s="22">
-        <v>980.26</v>
+        <v>421.82</v>
       </c>
       <c r="M544" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="545" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A545" s="28" t="s">
-        <v>193</v>
+      <c r="A545" s="12" t="s">
+        <v>67</v>
       </c>
       <c r="B545" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C545" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D545" s="10" t="s">
-        <v>2274</v>
+        <v>1748</v>
       </c>
       <c r="E545" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F545" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G545" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H545" s="25">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I545" s="54">
+        <v>35</v>
+      </c>
+      <c r="I545" s="48">
         <v>8</v>
       </c>
       <c r="J545" s="23" t="s">
-        <v>1772</v>
+        <v>1749</v>
       </c>
       <c r="K545" s="11">
-        <v>8.2975999999999992</v>
+        <v>11.6167</v>
       </c>
       <c r="L545" s="22">
-        <v>298.10000000000002</v>
+        <v>322.7</v>
       </c>
       <c r="M545" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="546" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A546" s="28" t="s">
-        <v>722</v>
+      <c r="A546" s="12" t="s">
+        <v>40</v>
       </c>
       <c r="B546" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C546" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D546" s="10" t="s">
-        <v>1773</v>
+        <v>1750</v>
       </c>
       <c r="E546" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F546" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G546" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H546" s="25">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I546" s="54">
+        <v>50</v>
+      </c>
+      <c r="I546" s="48">
         <v>8</v>
       </c>
       <c r="J546" s="23" t="s">
-        <v>1774</v>
+        <v>1751</v>
       </c>
       <c r="K546" s="11">
-        <v>8.297625</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L546" s="22">
-        <v>330.88</v>
+        <v>431.26</v>
       </c>
       <c r="M546" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="547" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A547" s="28" t="s">
-        <v>191</v>
+      <c r="A547" s="12" t="s">
+        <v>65</v>
       </c>
       <c r="B547" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C547" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D547" s="10" t="s">
-        <v>1775</v>
+        <v>1752</v>
       </c>
       <c r="E547" s="10" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F547" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G547" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H547" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>50</v>
+      </c>
+      <c r="I547" s="48">
+        <v>8</v>
       </c>
       <c r="J547" s="23" t="s">
-        <v>1776</v>
+        <v>1753</v>
       </c>
       <c r="K547" s="11">
-        <v>9.9572000000000003</v>
+        <v>16.595300000000002</v>
       </c>
       <c r="L547" s="22">
-        <v>300.14</v>
+        <v>386.36</v>
       </c>
       <c r="M547" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="548" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A548" s="28" t="s">
-        <v>157</v>
+      <c r="A548" s="12" t="s">
+        <v>227</v>
       </c>
       <c r="B548" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C548" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D548" s="10" t="s">
-        <v>1777</v>
+        <v>1754</v>
       </c>
       <c r="E548" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F548" s="10" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="G548" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H548" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="I548" s="48">
+        <v>14</v>
       </c>
       <c r="J548" s="23" t="s">
-        <v>1778</v>
+        <v>1755</v>
       </c>
       <c r="K548" s="11">
-        <v>16.595300000000002</v>
+        <v>4.7413999999999996</v>
       </c>
       <c r="L548" s="22">
-        <v>535.26</v>
+        <v>185.58</v>
       </c>
       <c r="M548" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="549" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A549" s="28" t="s">
-        <v>172</v>
+      <c r="A549" s="12" t="s">
+        <v>435</v>
       </c>
       <c r="B549" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C549" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D549" s="10" t="s">
-        <v>1779</v>
+        <v>1756</v>
       </c>
       <c r="E549" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F549" s="10" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="G549" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H549" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>25</v>
+      </c>
+      <c r="I549" s="48">
+        <v>8</v>
       </c>
       <c r="J549" s="23" t="s">
-        <v>1780</v>
+        <v>1757</v>
       </c>
       <c r="K549" s="11">
-        <v>16.595300000000002</v>
+        <v>7.9024000000000001</v>
       </c>
       <c r="L549" s="22">
-        <v>490.36</v>
+        <v>271.89999999999998</v>
       </c>
       <c r="M549" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="550" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A550" s="28" t="s">
-        <v>449</v>
+      <c r="A550" s="12" t="s">
+        <v>223</v>
       </c>
       <c r="B550" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C550" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D550" s="10" t="s">
-        <v>1781</v>
+        <v>1758</v>
       </c>
       <c r="E550" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F550" s="10" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="G550" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H550" s="25">
         <v>50</v>
       </c>
-      <c r="I550" s="54">
-        <v>5</v>
+      <c r="I550" s="48">
+        <v>7</v>
       </c>
       <c r="J550" s="23" t="s">
-        <v>1782</v>
+        <v>1759</v>
       </c>
       <c r="K550" s="11">
-        <v>16.595300000000002</v>
+        <v>15.8048</v>
       </c>
       <c r="L550" s="22">
-        <v>712.94</v>
+        <v>474.24</v>
       </c>
       <c r="M550" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A551" s="28" t="s">
-        <v>738</v>
+      <c r="A551" s="12" t="s">
+        <v>222</v>
       </c>
       <c r="B551" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C551" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D551" s="10" t="s">
-        <v>1783</v>
+        <v>1760</v>
       </c>
       <c r="E551" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F551" s="10" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="G551" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H551" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>50</v>
+      </c>
+      <c r="I551" s="48">
+        <v>7</v>
       </c>
       <c r="J551" s="23" t="s">
-        <v>1784</v>
+        <v>1761</v>
       </c>
       <c r="K551" s="11">
-        <v>33.1905</v>
+        <v>15.8</v>
       </c>
       <c r="L551" s="22">
-        <v>1127.5999999999999</v>
+        <v>436.46</v>
       </c>
       <c r="M551" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A552" s="28" t="s">
-        <v>82</v>
+      <c r="A552" s="12" t="s">
+        <v>173</v>
       </c>
       <c r="B552" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C552" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D552" s="10" t="s">
-        <v>1785</v>
+        <v>1762</v>
       </c>
       <c r="E552" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F552" s="10" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="G552" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H552" s="25">
         <v>15</v>
       </c>
-      <c r="I552" s="54">
+      <c r="I552" s="48">
         <v>14</v>
       </c>
       <c r="J552" s="23" t="s">
-        <v>1786</v>
+        <v>1763</v>
       </c>
       <c r="K552" s="11">
-        <v>4.9786000000000001</v>
+        <v>4.7413999999999996</v>
       </c>
       <c r="L552" s="22">
-        <v>182.62</v>
+        <v>184.24</v>
       </c>
       <c r="M552" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A553" s="28" t="s">
-        <v>459</v>
+      <c r="A553" s="12" t="s">
+        <v>216</v>
       </c>
       <c r="B553" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C553" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D553" s="10" t="s">
-        <v>1787</v>
+        <v>1764</v>
       </c>
       <c r="E553" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F553" s="10" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="G553" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H553" s="25">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I553" s="54">
+        <v>25</v>
+      </c>
+      <c r="I553" s="48">
         <v>14</v>
       </c>
       <c r="J553" s="23" t="s">
-        <v>1788</v>
+        <v>1765</v>
       </c>
       <c r="K553" s="11">
-        <v>4.9050000000000002</v>
+        <v>7.9024000000000001</v>
       </c>
       <c r="L553" s="22">
-        <v>137.72</v>
+        <v>269.8</v>
       </c>
       <c r="M553" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A554" s="28" t="s">
-        <v>98</v>
+      <c r="A554" s="12" t="s">
+        <v>174</v>
       </c>
       <c r="B554" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C554" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D554" s="10" t="s">
-        <v>1789</v>
+        <v>1766</v>
       </c>
       <c r="E554" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F554" s="10" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="G554" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H554" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>35</v>
+      </c>
+      <c r="I554" s="48">
+        <v>12</v>
       </c>
       <c r="J554" s="23" t="s">
-        <v>1790</v>
+        <v>1767</v>
       </c>
       <c r="K554" s="11">
-        <v>8.2975999999999992</v>
+        <v>11.0633</v>
       </c>
       <c r="L554" s="22">
-        <v>266.02</v>
+        <v>338.82</v>
       </c>
       <c r="M554" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A555" s="28" t="s">
-        <v>106</v>
+      <c r="A555" s="12" t="s">
+        <v>91</v>
       </c>
       <c r="B555" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C555" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D555" s="10" t="s">
-        <v>1791</v>
+        <v>1768</v>
       </c>
       <c r="E555" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F555" s="10" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="G555" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H555" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I555" s="48">
+        <v>8</v>
       </c>
       <c r="J555" s="23" t="s">
-        <v>1792</v>
+        <v>1769</v>
       </c>
       <c r="K555" s="11">
-        <v>8.2975999999999992</v>
+        <v>15.8048</v>
       </c>
       <c r="L555" s="22">
-        <v>221.12</v>
+        <v>470.32</v>
       </c>
       <c r="M555" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="556" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A556" s="28" t="s">
-        <v>103</v>
+      <c r="A556" s="12" t="s">
+        <v>143</v>
       </c>
       <c r="B556" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C556" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D556" s="10" t="s">
-        <v>1793</v>
+        <v>1770</v>
       </c>
       <c r="E556" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F556" s="10" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="G556" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H556" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I556" s="48">
+        <v>8</v>
       </c>
       <c r="J556" s="23" t="s">
-        <v>1794</v>
+        <v>1771</v>
       </c>
       <c r="K556" s="11">
-        <v>9.9572000000000003</v>
+        <v>15.8048</v>
       </c>
       <c r="L556" s="22">
-        <v>252.14</v>
+        <v>432.54</v>
       </c>
       <c r="M556" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A557" s="28" t="s">
-        <v>237</v>
+      <c r="A557" s="12" t="s">
+        <v>509</v>
       </c>
       <c r="B557" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C557" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D557" s="10" t="s">
-        <v>1795</v>
+        <v>1772</v>
       </c>
       <c r="E557" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F557" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G557" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H557" s="25">
         <v>30</v>
       </c>
-      <c r="I557" s="54">
-        <v>12</v>
+      <c r="I557" s="48">
+        <v>5</v>
       </c>
       <c r="J557" s="23" t="s">
-        <v>1796</v>
+        <v>2132</v>
       </c>
       <c r="K557" s="11">
-        <v>9.9572000000000003</v>
+        <v>11.556100000000001</v>
       </c>
       <c r="L557" s="22">
-        <v>421.82</v>
+        <v>392.26</v>
       </c>
       <c r="M557" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A558" s="28" t="s">
-        <v>67</v>
+      <c r="A558" s="12" t="s">
+        <v>219</v>
       </c>
       <c r="B558" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C558" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D558" s="10" t="s">
-        <v>1797</v>
+        <v>1773</v>
       </c>
       <c r="E558" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F558" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G558" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H558" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I558" s="48">
+        <v>4</v>
       </c>
       <c r="J558" s="23" t="s">
-        <v>1798</v>
+        <v>1774</v>
       </c>
       <c r="K558" s="11">
-        <v>11.6167</v>
+        <v>19.260200000000001</v>
       </c>
       <c r="L558" s="22">
-        <v>322.7</v>
+        <v>642.86</v>
       </c>
       <c r="M558" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="559" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A559" s="28" t="s">
-        <v>40</v>
+      <c r="A559" s="12" t="s">
+        <v>141</v>
       </c>
       <c r="B559" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C559" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D559" s="10" t="s">
-        <v>1799</v>
+        <v>1775</v>
       </c>
       <c r="E559" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F559" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G559" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H559" s="25">
         <v>50</v>
       </c>
-      <c r="I559" s="54">
-        <v>8</v>
+      <c r="I559" s="48">
+        <v>4</v>
       </c>
       <c r="J559" s="23" t="s">
-        <v>1800</v>
+        <v>1776</v>
       </c>
       <c r="K559" s="11">
-        <v>16.595300000000002</v>
+        <v>19.260200000000001</v>
       </c>
       <c r="L559" s="22">
-        <v>431.26</v>
+        <v>596.48</v>
       </c>
       <c r="M559" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="560" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A560" s="28" t="s">
-        <v>65</v>
+      <c r="A560" s="12" t="s">
+        <v>232</v>
       </c>
       <c r="B560" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C560" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D560" s="10" t="s">
-        <v>1801</v>
+        <v>1777</v>
       </c>
       <c r="E560" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="F560" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G560" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H560" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I560" s="48">
+        <v>1</v>
       </c>
       <c r="J560" s="23" t="s">
-        <v>1802</v>
+        <v>1778</v>
       </c>
       <c r="K560" s="11">
-        <v>16.595300000000002</v>
+        <v>38.520499999999998</v>
       </c>
       <c r="L560" s="22">
-        <v>386.36</v>
+        <v>1495.94</v>
       </c>
       <c r="M560" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A561" s="12" t="s">
-        <v>229</v>
+        <v>187</v>
       </c>
       <c r="B561" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C561" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D561" s="10" t="s">
-        <v>1803</v>
+        <v>1779</v>
       </c>
       <c r="E561" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F561" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G561" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H561" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>100</v>
+      </c>
+      <c r="I561" s="48">
+        <v>1</v>
       </c>
       <c r="J561" s="23" t="s">
-        <v>1804</v>
+        <v>1780</v>
       </c>
       <c r="K561" s="11">
-        <v>4.7413999999999996</v>
+        <v>38.520499999999998</v>
       </c>
       <c r="L561" s="22">
-        <v>185.58</v>
+        <v>1449.56</v>
       </c>
       <c r="M561" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="562" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A562" s="12" t="s">
-        <v>447</v>
+        <v>89</v>
       </c>
       <c r="B562" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C562" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D562" s="10" t="s">
-        <v>1805</v>
+        <v>1781</v>
       </c>
       <c r="E562" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F562" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G562" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H562" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>15</v>
+      </c>
+      <c r="I562" s="48">
+        <v>14</v>
       </c>
       <c r="J562" s="23" t="s">
-        <v>1806</v>
+        <v>1782</v>
       </c>
       <c r="K562" s="11">
-        <v>7.9024000000000001</v>
+        <v>5.7781000000000002</v>
       </c>
       <c r="L562" s="22">
-        <v>271.89999999999998</v>
+        <v>196.24</v>
       </c>
       <c r="M562" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="563" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A563" s="28" t="s">
-        <v>225</v>
+      <c r="A563" s="12" t="s">
+        <v>109</v>
       </c>
       <c r="B563" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C563" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D563" s="10" t="s">
-        <v>1807</v>
+        <v>1783</v>
       </c>
       <c r="E563" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F563" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G563" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H563" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I563" s="48">
+        <v>12</v>
       </c>
       <c r="J563" s="23" t="s">
-        <v>1808</v>
+        <v>1784</v>
       </c>
       <c r="K563" s="11">
-        <v>15.8048</v>
+        <v>5.7781000000000002</v>
       </c>
       <c r="L563" s="22">
-        <v>474.24</v>
+        <v>237.54</v>
       </c>
       <c r="M563" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="564" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A564" s="28" t="s">
-        <v>224</v>
+      <c r="A564" s="12" t="s">
+        <v>138</v>
       </c>
       <c r="B564" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C564" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D564" s="10" t="s">
-        <v>1809</v>
+        <v>1785</v>
       </c>
       <c r="E564" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F564" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G564" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H564" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I564" s="48">
+        <v>14</v>
       </c>
       <c r="J564" s="23" t="s">
-        <v>1810</v>
+        <v>1786</v>
       </c>
       <c r="K564" s="11">
-        <v>15.8</v>
+        <v>5.7781000000000002</v>
       </c>
       <c r="L564" s="22">
-        <v>436.46</v>
+        <v>149.86000000000001</v>
       </c>
       <c r="M564" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A565" s="28" t="s">
-        <v>175</v>
+      <c r="A565" s="12" t="s">
+        <v>601</v>
       </c>
       <c r="B565" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C565" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D565" s="10" t="s">
-        <v>1811</v>
+        <v>2247</v>
       </c>
       <c r="E565" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F565" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G565" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H565" s="25">
         <v>15</v>
       </c>
-      <c r="I565" s="54">
-        <v>14</v>
+      <c r="I565" s="48">
+        <v>12</v>
       </c>
       <c r="J565" s="23" t="s">
-        <v>1812</v>
+        <v>1787</v>
       </c>
       <c r="K565" s="11">
-        <v>4.7413999999999996</v>
+        <v>5.7781000000000002</v>
       </c>
       <c r="L565" s="22">
-        <v>184.24</v>
+        <v>322.64</v>
       </c>
       <c r="M565" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="566" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A566" s="28" t="s">
-        <v>218</v>
+      <c r="A566" s="12" t="s">
+        <v>156</v>
       </c>
       <c r="B566" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C566" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D566" s="10" t="s">
-        <v>1813</v>
+        <v>1788</v>
       </c>
       <c r="E566" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F566" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G566" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H566" s="25">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I566" s="54">
+        <v>15</v>
+      </c>
+      <c r="I566" s="48">
         <v>14</v>
       </c>
       <c r="J566" s="23" t="s">
-        <v>1814</v>
+        <v>1789</v>
       </c>
       <c r="K566" s="11">
-        <v>7.9024000000000001</v>
+        <v>5.7781000000000002</v>
       </c>
       <c r="L566" s="22">
-        <v>269.8</v>
+        <v>281.33999999999997</v>
       </c>
       <c r="M566" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="567" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A567" s="28" t="s">
-        <v>176</v>
+      <c r="A567" s="12" t="s">
+        <v>448</v>
       </c>
       <c r="B567" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C567" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D567" s="10" t="s">
-        <v>1815</v>
+        <v>1790</v>
       </c>
       <c r="E567" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F567" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G567" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H567" s="25">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I567" s="54">
+        <v>20</v>
+      </c>
+      <c r="I567" s="48">
         <v>12</v>
       </c>
       <c r="J567" s="23" t="s">
-        <v>1816</v>
+        <v>1791</v>
       </c>
       <c r="K567" s="11">
-        <v>11.0633</v>
+        <v>7.7040899999999999</v>
       </c>
       <c r="L567" s="22">
-        <v>338.82</v>
+        <v>238.72</v>
       </c>
       <c r="M567" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="568" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A568" s="28" t="s">
-        <v>91</v>
+      <c r="A568" s="12" t="s">
+        <v>473</v>
       </c>
       <c r="B568" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C568" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D568" s="10" t="s">
-        <v>1817</v>
+        <v>1792</v>
       </c>
       <c r="E568" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F568" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G568" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H568" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>20</v>
+      </c>
+      <c r="I568" s="48">
+        <v>12</v>
       </c>
       <c r="J568" s="23" t="s">
-        <v>1818</v>
+        <v>1793</v>
       </c>
       <c r="K568" s="11">
-        <v>15.8048</v>
+        <v>7.7041000000000004</v>
       </c>
       <c r="L568" s="22">
-        <v>470.32</v>
+        <v>284.88</v>
       </c>
       <c r="M568" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A569" s="28" t="s">
-        <v>145</v>
+      <c r="A569" s="12" t="s">
+        <v>32</v>
       </c>
       <c r="B569" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C569" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D569" s="10" t="s">
-        <v>1819</v>
+        <v>1794</v>
       </c>
       <c r="E569" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F569" s="10" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G569" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H569" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>25</v>
+      </c>
+      <c r="I569" s="48">
+        <v>12</v>
       </c>
       <c r="J569" s="23" t="s">
-        <v>1820</v>
+        <v>1795</v>
       </c>
       <c r="K569" s="11">
-        <v>15.8048</v>
+        <v>9.6301000000000005</v>
       </c>
       <c r="L569" s="22">
-        <v>432.54</v>
+        <v>263.54000000000002</v>
       </c>
       <c r="M569" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A570" s="28" t="s">
-        <v>526</v>
+      <c r="A570" s="12" t="s">
+        <v>128</v>
       </c>
       <c r="B570" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C570" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D570" s="10" t="s">
-        <v>1821</v>
+        <v>1796</v>
       </c>
       <c r="E570" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F570" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G570" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H570" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>25</v>
+      </c>
+      <c r="I570" s="48">
+        <v>12</v>
       </c>
       <c r="J570" s="23" t="s">
-        <v>2192</v>
+        <v>1797</v>
       </c>
       <c r="K570" s="11">
-        <v>11.556100000000001</v>
+        <v>9.6301000000000005</v>
       </c>
       <c r="L570" s="22">
-        <v>392.26</v>
+        <v>217.18</v>
       </c>
       <c r="M570" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A571" s="28" t="s">
-        <v>221</v>
+      <c r="A571" s="12" t="s">
+        <v>2164</v>
       </c>
       <c r="B571" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C571" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D571" s="10" t="s">
-        <v>1822</v>
+        <v>2163</v>
       </c>
       <c r="E571" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F571" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G571" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H571" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I571" s="48">
+        <v>12</v>
       </c>
       <c r="J571" s="23" t="s">
-        <v>1823</v>
+        <v>2162</v>
       </c>
       <c r="K571" s="11">
-        <v>19.260200000000001</v>
+        <v>9.6301000000000005</v>
       </c>
       <c r="L571" s="22">
-        <v>642.86</v>
+        <v>410.42</v>
       </c>
       <c r="M571" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A572" s="28" t="s">
-        <v>143</v>
+      <c r="A572" s="12" t="s">
+        <v>58</v>
       </c>
       <c r="B572" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C572" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D572" s="10" t="s">
-        <v>1824</v>
+        <v>1798</v>
       </c>
       <c r="E572" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F572" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G572" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H572" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>25</v>
+      </c>
+      <c r="I572" s="48">
+        <v>12</v>
       </c>
       <c r="J572" s="23" t="s">
-        <v>1825</v>
+        <v>1799</v>
       </c>
       <c r="K572" s="11">
-        <v>19.260200000000001</v>
+        <v>9.6301000000000005</v>
       </c>
       <c r="L572" s="22">
-        <v>596.48</v>
+        <v>375.08</v>
       </c>
       <c r="M572" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="573" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A573" s="28" t="s">
-        <v>234</v>
+      <c r="A573" s="12" t="s">
+        <v>49</v>
       </c>
       <c r="B573" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C573" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D573" s="10" t="s">
-        <v>1826</v>
+        <v>1800</v>
       </c>
       <c r="E573" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F573" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G573" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H573" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>30</v>
+      </c>
+      <c r="I573" s="48">
+        <v>8</v>
       </c>
       <c r="J573" s="23" t="s">
-        <v>1827</v>
+        <v>1801</v>
       </c>
       <c r="K573" s="11">
-        <v>38.520499999999998</v>
+        <v>11.556100000000001</v>
       </c>
       <c r="L573" s="22">
-        <v>1495.94</v>
+        <v>297.82</v>
       </c>
       <c r="M573" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A574" s="28" t="s">
-        <v>189</v>
+      <c r="A574" s="12" t="s">
+        <v>54</v>
       </c>
       <c r="B574" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C574" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D574" s="10" t="s">
-        <v>1828</v>
+        <v>1802</v>
       </c>
       <c r="E574" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F574" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G574" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H574" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>30</v>
+      </c>
+      <c r="I574" s="48">
+        <v>7</v>
       </c>
       <c r="J574" s="23" t="s">
-        <v>1829</v>
+        <v>1803</v>
       </c>
       <c r="K574" s="11">
-        <v>38.520499999999998</v>
+        <v>11.556100000000001</v>
       </c>
       <c r="L574" s="22">
-        <v>1449.56</v>
+        <v>353.7</v>
       </c>
       <c r="M574" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A575" s="28" t="s">
-        <v>89</v>
+      <c r="A575" s="12" t="s">
+        <v>184</v>
       </c>
       <c r="B575" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C575" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D575" s="10" t="s">
-        <v>1830</v>
+        <v>1804</v>
       </c>
       <c r="E575" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F575" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G575" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H575" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I575" s="48">
+        <v>8</v>
       </c>
       <c r="J575" s="23" t="s">
-        <v>1831</v>
+        <v>1805</v>
       </c>
       <c r="K575" s="11">
-        <v>5.7781000000000002</v>
+        <v>11.556100000000001</v>
       </c>
       <c r="L575" s="22">
-        <v>196.24</v>
+        <v>251.44</v>
       </c>
       <c r="M575" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A576" s="28" t="s">
-        <v>109</v>
+      <c r="A576" s="12" t="s">
+        <v>485</v>
       </c>
       <c r="B576" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C576" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D576" s="10" t="s">
-        <v>1832</v>
+        <v>1806</v>
       </c>
       <c r="E576" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F576" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G576" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H576" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>30</v>
+      </c>
+      <c r="I576" s="48">
+        <v>7</v>
       </c>
       <c r="J576" s="23" t="s">
-        <v>1833</v>
+        <v>1807</v>
       </c>
       <c r="K576" s="11">
-        <v>5.7781000000000002</v>
+        <v>11.556139999999999</v>
       </c>
       <c r="L576" s="22">
-        <v>237.54</v>
+        <v>307.32</v>
       </c>
       <c r="M576" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="577" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A577" s="28" t="s">
-        <v>140</v>
+      <c r="A577" s="12" t="s">
+        <v>116</v>
       </c>
       <c r="B577" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C577" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D577" s="10" t="s">
-        <v>1834</v>
+        <v>1808</v>
       </c>
       <c r="E577" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F577" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G577" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H577" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I577" s="48">
+        <v>7</v>
       </c>
       <c r="J577" s="23" t="s">
-        <v>1835</v>
+        <v>1809</v>
       </c>
       <c r="K577" s="11">
-        <v>5.7781000000000002</v>
+        <v>11.556100000000001</v>
       </c>
       <c r="L577" s="22">
-        <v>149.86000000000001</v>
+        <v>478.48</v>
       </c>
       <c r="M577" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="578" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A578" s="28" t="s">
-        <v>619</v>
+      <c r="A578" s="12" t="s">
+        <v>105</v>
       </c>
       <c r="B578" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C578" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D578" s="10" t="s">
-        <v>1836</v>
+        <v>1810</v>
       </c>
       <c r="E578" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F578" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G578" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H578" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I578" s="48">
+        <v>8</v>
       </c>
       <c r="J578" s="23" t="s">
-        <v>1837</v>
+        <v>1811</v>
       </c>
       <c r="K578" s="11">
-        <v>5.7781000000000002</v>
+        <v>11.556100000000001</v>
       </c>
       <c r="L578" s="22">
-        <v>322.64</v>
+        <v>422.6</v>
       </c>
       <c r="M578" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="579" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A579" s="28" t="s">
-        <v>158</v>
+      <c r="A579" s="12" t="s">
+        <v>474</v>
       </c>
       <c r="B579" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C579" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D579" s="10" t="s">
-        <v>1838</v>
+        <v>1812</v>
       </c>
       <c r="E579" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F579" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G579" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H579" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>35</v>
+      </c>
+      <c r="I579" s="48">
+        <v>8</v>
       </c>
       <c r="J579" s="23" t="s">
-        <v>1839</v>
+        <v>1813</v>
       </c>
       <c r="K579" s="11">
-        <v>5.7781000000000002</v>
+        <v>13.482200000000001</v>
       </c>
       <c r="L579" s="22">
-        <v>281.33999999999997</v>
+        <v>346.84</v>
       </c>
       <c r="M579" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="580" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A580" s="28" t="s">
-        <v>462</v>
+      <c r="A580" s="12" t="s">
+        <v>66</v>
       </c>
       <c r="B580" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C580" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D580" s="10" t="s">
-        <v>1840</v>
+        <v>1814</v>
       </c>
       <c r="E580" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F580" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G580" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H580" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="I580" s="48">
+        <v>8</v>
       </c>
       <c r="J580" s="23" t="s">
-        <v>1841</v>
+        <v>1815</v>
       </c>
       <c r="K580" s="11">
-        <v>7.7040899999999999</v>
+        <v>13.482200000000001</v>
       </c>
       <c r="L580" s="22">
-        <v>238.72</v>
+        <v>300.45999999999998</v>
       </c>
       <c r="M580" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="581" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A581" s="28" t="s">
-        <v>489</v>
+      <c r="A581" s="12" t="s">
+        <v>475</v>
       </c>
       <c r="B581" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C581" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D581" s="10" t="s">
-        <v>1842</v>
+        <v>1816</v>
       </c>
       <c r="E581" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F581" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G581" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H581" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>40</v>
+      </c>
+      <c r="I581" s="48">
+        <v>8</v>
       </c>
       <c r="J581" s="23" t="s">
-        <v>1843</v>
+        <v>1817</v>
       </c>
       <c r="K581" s="11">
-        <v>7.7041000000000004</v>
+        <v>15.408200000000001</v>
       </c>
       <c r="L581" s="22">
-        <v>284.88</v>
+        <v>401.48</v>
       </c>
       <c r="M581" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="582" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A582" s="28" t="s">
-        <v>32</v>
+      <c r="A582" s="12" t="s">
+        <v>476</v>
       </c>
       <c r="B582" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C582" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D582" s="10" t="s">
-        <v>1844</v>
+        <v>1818</v>
       </c>
       <c r="E582" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F582" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G582" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H582" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>40</v>
+      </c>
+      <c r="I582" s="48">
+        <v>7</v>
       </c>
       <c r="J582" s="23" t="s">
-        <v>1845</v>
+        <v>1819</v>
       </c>
       <c r="K582" s="11">
-        <v>9.6301000000000005</v>
+        <v>15.408200000000001</v>
       </c>
       <c r="L582" s="22">
-        <v>263.54000000000002</v>
+        <v>467.08</v>
       </c>
       <c r="M582" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="583" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A583" s="28" t="s">
-        <v>130</v>
+      <c r="A583" s="12" t="s">
+        <v>20</v>
       </c>
       <c r="B583" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C583" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D583" s="10" t="s">
-        <v>1846</v>
+        <v>1820</v>
       </c>
       <c r="E583" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F583" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G583" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H583" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I583" s="48">
+        <v>7</v>
       </c>
       <c r="J583" s="23" t="s">
-        <v>1847</v>
+        <v>1821</v>
       </c>
       <c r="K583" s="11">
-        <v>9.6301000000000005</v>
+        <v>19.260200000000001</v>
       </c>
       <c r="L583" s="22">
-        <v>217.18</v>
+        <v>438.56</v>
       </c>
       <c r="M583" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A584" s="28" t="s">
-        <v>2237</v>
+      <c r="A584" s="12" t="s">
+        <v>39</v>
       </c>
       <c r="B584" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C584" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D584" s="10" t="s">
-        <v>2236</v>
+        <v>1822</v>
       </c>
       <c r="E584" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F584" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G584" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H584" s="25">
+        <v>50</v>
+      </c>
+      <c r="I584" s="48">
+        <v>7</v>
+      </c>
+      <c r="J584" s="23" t="s">
+        <v>1823</v>
+      </c>
+      <c r="K584" s="11">
+        <v>19.260200000000001</v>
+      </c>
+      <c r="L584" s="22">
+        <v>513.88</v>
+      </c>
+      <c r="M584" s="22">
+        <f t="shared" ref="M584:M646" si="9">L584*$B$5</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A585" s="16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B585" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C585" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D585" s="10" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E585" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F585" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G585" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H585" s="25">
+        <v>50</v>
+      </c>
+      <c r="I585" s="48">
+        <v>7</v>
+      </c>
+      <c r="J585" s="23" t="s">
+        <v>1825</v>
+      </c>
+      <c r="K585" s="11">
+        <v>19.260200000000001</v>
+      </c>
+      <c r="L585" s="22">
+        <v>392.18</v>
+      </c>
+      <c r="M585" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A586" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="B586" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C586" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D586" s="10" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E586" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F586" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G586" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H586" s="25">
+        <v>50</v>
+      </c>
+      <c r="I586" s="48">
+        <v>7</v>
+      </c>
+      <c r="J586" s="23" t="s">
+        <v>1827</v>
+      </c>
+      <c r="K586" s="11">
+        <v>19.260200000000001</v>
+      </c>
+      <c r="L586" s="22">
+        <v>467.52</v>
+      </c>
+      <c r="M586" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A587" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="B587" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C587" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D587" s="10" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E587" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F587" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G587" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H587" s="25">
+        <v>50</v>
+      </c>
+      <c r="I587" s="48">
+        <v>7</v>
+      </c>
+      <c r="J587" s="23" t="s">
+        <v>1829</v>
+      </c>
+      <c r="K587" s="11">
+        <v>19.260200000000001</v>
+      </c>
+      <c r="L587" s="22">
+        <v>691.56</v>
+      </c>
+      <c r="M587" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A588" s="12" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B588" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C588" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D588" s="10" t="s">
+        <v>2160</v>
+      </c>
+      <c r="E588" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F588" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G588" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H588" s="25">
+        <v>50</v>
+      </c>
+      <c r="I588" s="48">
+        <v>7</v>
+      </c>
+      <c r="J588" s="23" t="s">
+        <v>2161</v>
+      </c>
+      <c r="K588" s="11">
+        <v>19.260200000000001</v>
+      </c>
+      <c r="L588" s="22">
+        <v>666.18</v>
+      </c>
+      <c r="M588" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A589" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B589" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C589" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D589" s="10" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E589" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F589" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G589" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H589" s="25">
+        <v>50</v>
+      </c>
+      <c r="I589" s="48">
+        <v>7</v>
+      </c>
+      <c r="J589" s="23" t="s">
+        <v>1831</v>
+      </c>
+      <c r="K589" s="11">
+        <v>19.260200000000001</v>
+      </c>
+      <c r="L589" s="22">
+        <v>616.24</v>
+      </c>
+      <c r="M589" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A590" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B590" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C590" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D590" s="10" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E590" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F590" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G590" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H590" s="25">
+        <v>100</v>
+      </c>
+      <c r="I590" s="48">
+        <v>4</v>
+      </c>
+      <c r="J590" s="23" t="s">
+        <v>1832</v>
+      </c>
+      <c r="K590" s="11">
+        <v>38.520499999999998</v>
+      </c>
+      <c r="L590" s="22">
+        <v>1151.8399999999999</v>
+      </c>
+      <c r="M590" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A591" s="12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B591" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C591" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D591" s="10" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E591" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F591" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G591" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H591" s="25">
+        <v>100</v>
+      </c>
+      <c r="I591" s="48">
+        <v>4</v>
+      </c>
+      <c r="J591" s="23" t="s">
+        <v>1834</v>
+      </c>
+      <c r="K591" s="11">
+        <v>38.520499999999998</v>
+      </c>
+      <c r="L591" s="22">
+        <v>1105.46</v>
+      </c>
+      <c r="M591" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A592" s="12" t="s">
+        <v>220</v>
+      </c>
+      <c r="B592" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C592" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D592" s="10" t="s">
+        <v>1835</v>
+      </c>
+      <c r="E592" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F592" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G592" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H592" s="25">
+        <v>15</v>
+      </c>
+      <c r="I592" s="48">
+        <v>8</v>
+      </c>
+      <c r="J592" s="23" t="s">
+        <v>1836</v>
+      </c>
+      <c r="K592" s="11">
+        <v>5.7781000000000002</v>
+      </c>
+      <c r="L592" s="22">
+        <v>185.84</v>
+      </c>
+      <c r="M592" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A593" s="12" t="s">
+        <v>214</v>
+      </c>
+      <c r="B593" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C593" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D593" s="10" t="s">
+        <v>1837</v>
+      </c>
+      <c r="E593" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F593" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G593" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H593" s="25">
+        <v>20</v>
+      </c>
+      <c r="I593" s="48">
+        <v>8</v>
+      </c>
+      <c r="J593" s="23" t="s">
+        <v>1838</v>
+      </c>
+      <c r="K593" s="11">
+        <v>7.7041000000000004</v>
+      </c>
+      <c r="L593" s="22">
+        <v>221.8</v>
+      </c>
+      <c r="M593" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A594" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="B594" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C594" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D594" s="10" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E594" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F594" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G594" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H594" s="25">
         <v>25</v>
       </c>
-      <c r="I584" s="54">
-[...26 lines deleted...]
-      <c r="D585" s="10" t="s">
+      <c r="I594" s="48">
+        <v>7</v>
+      </c>
+      <c r="J594" s="23" t="s">
+        <v>1840</v>
+      </c>
+      <c r="K594" s="11">
+        <v>9.625</v>
+      </c>
+      <c r="L594" s="22">
+        <v>315.36</v>
+      </c>
+      <c r="M594" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A595" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="B595" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C595" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D595" s="10" t="s">
+        <v>1841</v>
+      </c>
+      <c r="E595" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F595" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G595" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H595" s="25">
+        <v>25</v>
+      </c>
+      <c r="I595" s="48">
+        <v>7</v>
+      </c>
+      <c r="J595" s="23" t="s">
+        <v>1842</v>
+      </c>
+      <c r="K595" s="11">
+        <v>9.625</v>
+      </c>
+      <c r="L595" s="22">
+        <v>269</v>
+      </c>
+      <c r="M595" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="596" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A596" s="12" t="s">
+        <v>733</v>
+      </c>
+      <c r="B596" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C596" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D596" s="10" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E596" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F596" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G596" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H596" s="25">
+        <v>25</v>
+      </c>
+      <c r="I596" s="48">
+        <v>7</v>
+      </c>
+      <c r="J596" s="23" t="s">
+        <v>1844</v>
+      </c>
+      <c r="K596" s="11">
+        <v>9.6301170000000003</v>
+      </c>
+      <c r="L596" s="22">
+        <v>356.54</v>
+      </c>
+      <c r="M596" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A597" s="12" t="s">
+        <v>224</v>
+      </c>
+      <c r="B597" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C597" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D597" s="10" t="s">
+        <v>1845</v>
+      </c>
+      <c r="E597" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F597" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G597" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H597" s="25">
+        <v>30</v>
+      </c>
+      <c r="I597" s="48">
+        <v>7</v>
+      </c>
+      <c r="J597" s="23" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K597" s="11">
+        <v>11.556100000000001</v>
+      </c>
+      <c r="L597" s="22">
+        <v>382.62</v>
+      </c>
+      <c r="M597" s="22">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A598" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="B598" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C598" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D598" s="10" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E598" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F598" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G598" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H598" s="25">
+        <v>30</v>
+      </c>
+      <c r="I598" s="48">
+        <v>7</v>
+      </c>
+      <c r="J598" s="23" t="s">
         <v>1848</v>
       </c>
-      <c r="E585" s="10" t="s">
-[...59 lines deleted...]
-      <c r="K586" s="11">
+      <c r="K598" s="11">
         <v>11.556100000000001</v>
       </c>
-      <c r="L586" s="22">
-[...502 lines deleted...]
-      </c>
       <c r="L598" s="22">
-        <v>392.18</v>
+        <v>336.24</v>
       </c>
       <c r="M598" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="599" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A599" s="28" t="s">
-        <v>150</v>
+      <c r="A599" s="12" t="s">
+        <v>203</v>
       </c>
       <c r="B599" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C599" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D599" s="10" t="s">
-        <v>1876</v>
+        <v>1849</v>
       </c>
       <c r="E599" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F599" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G599" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H599" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>35</v>
+      </c>
+      <c r="I599" s="48">
+        <v>5</v>
       </c>
       <c r="J599" s="23" t="s">
-        <v>1877</v>
+        <v>1850</v>
       </c>
       <c r="K599" s="11">
-        <v>19.260200000000001</v>
+        <v>13.482200000000001</v>
       </c>
       <c r="L599" s="22">
-        <v>467.52</v>
+        <v>383.56</v>
       </c>
       <c r="M599" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="600" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A600" s="28" t="s">
-        <v>115</v>
+      <c r="A600" s="12" t="s">
+        <v>218</v>
       </c>
       <c r="B600" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C600" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D600" s="10" t="s">
-        <v>1878</v>
+        <v>1851</v>
       </c>
       <c r="E600" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F600" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G600" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H600" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>40</v>
+      </c>
+      <c r="I600" s="48">
+        <v>5</v>
       </c>
       <c r="J600" s="23" t="s">
-        <v>1879</v>
+        <v>1852</v>
       </c>
       <c r="K600" s="11">
-        <v>19.260200000000001</v>
+        <v>15.408200000000001</v>
       </c>
       <c r="L600" s="22">
-        <v>691.56</v>
+        <v>438.86</v>
       </c>
       <c r="M600" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="601" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A601" s="28" t="s">
-        <v>2232</v>
+      <c r="A601" s="12" t="s">
+        <v>90</v>
       </c>
       <c r="B601" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C601" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D601" s="10" t="s">
-        <v>2233</v>
+        <v>1853</v>
       </c>
       <c r="E601" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F601" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G601" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H601" s="25">
         <v>50</v>
       </c>
-      <c r="I601" s="54">
-[...3 lines deleted...]
-        <v>2234</v>
+      <c r="I601" s="48">
+        <v>5</v>
+      </c>
+      <c r="J601" s="23" t="s">
+        <v>1854</v>
       </c>
       <c r="K601" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L601" s="22">
-        <v>666.18</v>
+        <v>500.28</v>
       </c>
       <c r="M601" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A602" s="28" t="s">
-        <v>29</v>
+      <c r="A602" s="12" t="s">
+        <v>94</v>
       </c>
       <c r="B602" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C602" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D602" s="10" t="s">
-        <v>1880</v>
+        <v>1855</v>
       </c>
       <c r="E602" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F602" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G602" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H602" s="25">
         <v>50</v>
       </c>
-      <c r="I602" s="54">
-        <v>7</v>
+      <c r="I602" s="48">
+        <v>5</v>
       </c>
       <c r="J602" s="23" t="s">
-        <v>1881</v>
+        <v>1856</v>
       </c>
       <c r="K602" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L602" s="22">
-        <v>616.24</v>
+        <v>453.9</v>
       </c>
       <c r="M602" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="603" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A603" s="28" t="s">
-        <v>120</v>
+      <c r="A603" s="12" t="s">
+        <v>438</v>
       </c>
       <c r="B603" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C603" s="15" t="s">
-        <v>860</v>
-[...11 lines deleted...]
-        <v>763</v>
+        <v>842</v>
+      </c>
+      <c r="D603" s="10" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E603" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F603" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G603" s="10" t="s">
+        <v>772</v>
       </c>
       <c r="H603" s="25">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>50</v>
+      </c>
+      <c r="I603" s="48">
+        <v>5</v>
       </c>
       <c r="J603" s="23" t="s">
-        <v>1882</v>
+        <v>1858</v>
       </c>
       <c r="K603" s="11">
-        <v>25.0383</v>
+        <v>19.25</v>
       </c>
       <c r="L603" s="22">
-        <v>710.1</v>
+        <v>677.96</v>
       </c>
       <c r="M603" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="604" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A604" s="28" t="s">
-        <v>85</v>
+      <c r="A604" s="12" t="s">
+        <v>179</v>
       </c>
       <c r="B604" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C604" s="15" t="s">
-        <v>860</v>
-[...11 lines deleted...]
-        <v>763</v>
+        <v>842</v>
+      </c>
+      <c r="D604" s="10" t="s">
+        <v>1859</v>
+      </c>
+      <c r="E604" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F604" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G604" s="10" t="s">
+        <v>772</v>
       </c>
       <c r="H604" s="25">
         <v>100</v>
       </c>
-      <c r="I604" s="54">
-        <v>4</v>
+      <c r="I604" s="48">
+        <v>1</v>
       </c>
       <c r="J604" s="23" t="s">
-        <v>1883</v>
+        <v>1860</v>
       </c>
       <c r="K604" s="11">
         <v>38.520499999999998</v>
       </c>
       <c r="L604" s="22">
-        <v>1151.8399999999999</v>
+        <v>1303.5</v>
       </c>
       <c r="M604" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="605" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A605" s="28" t="s">
-        <v>104</v>
+      <c r="A605" s="12" t="s">
+        <v>178</v>
       </c>
       <c r="B605" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C605" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D605" s="10" t="s">
-        <v>1884</v>
+        <v>1861</v>
       </c>
       <c r="E605" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F605" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G605" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H605" s="25">
         <v>100</v>
       </c>
-      <c r="I605" s="54">
-        <v>4</v>
+      <c r="I605" s="48">
+        <v>1</v>
       </c>
       <c r="J605" s="23" t="s">
-        <v>1885</v>
+        <v>1862</v>
       </c>
       <c r="K605" s="11">
         <v>38.520499999999998</v>
       </c>
       <c r="L605" s="22">
-        <v>1105.46</v>
+        <v>1257.1199999999999</v>
       </c>
       <c r="M605" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="606" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A606" s="28" t="s">
-        <v>222</v>
+      <c r="A606" s="12" t="s">
+        <v>48</v>
       </c>
       <c r="B606" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C606" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D606" s="10" t="s">
-        <v>1886</v>
+        <v>1863</v>
       </c>
       <c r="E606" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F606" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G606" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H606" s="25">
         <v>15</v>
       </c>
-      <c r="I606" s="54">
-        <v>8</v>
+      <c r="I606" s="48">
+        <v>14</v>
       </c>
       <c r="J606" s="23" t="s">
-        <v>1887</v>
+        <v>1864</v>
       </c>
       <c r="K606" s="11">
         <v>5.7781000000000002</v>
       </c>
       <c r="L606" s="22">
-        <v>185.84</v>
+        <v>194.9</v>
       </c>
       <c r="M606" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="607" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A607" s="28" t="s">
-        <v>216</v>
+      <c r="A607" s="12" t="s">
+        <v>209</v>
       </c>
       <c r="B607" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C607" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D607" s="10" t="s">
-        <v>1888</v>
+        <v>1865</v>
       </c>
       <c r="E607" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F607" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G607" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H607" s="25">
         <v>20</v>
       </c>
-      <c r="I607" s="54">
-        <v>8</v>
+      <c r="I607" s="48">
+        <v>14</v>
       </c>
       <c r="J607" s="23" t="s">
-        <v>1889</v>
+        <v>1866</v>
       </c>
       <c r="K607" s="11">
         <v>7.7041000000000004</v>
       </c>
       <c r="L607" s="22">
-        <v>221.8</v>
+        <v>236.98</v>
       </c>
       <c r="M607" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="608" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A608" s="28" t="s">
-        <v>213</v>
+      <c r="A608" s="12" t="s">
+        <v>44</v>
       </c>
       <c r="B608" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C608" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D608" s="10" t="s">
-        <v>1890</v>
+        <v>1867</v>
       </c>
       <c r="E608" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F608" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G608" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H608" s="25">
         <v>25</v>
       </c>
-      <c r="I608" s="54">
-        <v>7</v>
+      <c r="I608" s="48">
+        <v>14</v>
       </c>
       <c r="J608" s="23" t="s">
-        <v>1891</v>
+        <v>1868</v>
       </c>
       <c r="K608" s="11">
-        <v>9.625</v>
+        <v>9.6301000000000005</v>
       </c>
       <c r="L608" s="22">
-        <v>315.36</v>
+        <v>261.58</v>
       </c>
       <c r="M608" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="609" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A609" s="28" t="s">
-        <v>209</v>
+      <c r="A609" s="12" t="s">
+        <v>81</v>
       </c>
       <c r="B609" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C609" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D609" s="10" t="s">
-        <v>1892</v>
+        <v>1869</v>
       </c>
       <c r="E609" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F609" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G609" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H609" s="25">
         <v>25</v>
       </c>
-      <c r="I609" s="54">
-        <v>7</v>
+      <c r="I609" s="48">
+        <v>14</v>
       </c>
       <c r="J609" s="23" t="s">
-        <v>1893</v>
+        <v>1870</v>
       </c>
       <c r="K609" s="11">
-        <v>9.625</v>
+        <v>9.6301000000000005</v>
       </c>
       <c r="L609" s="22">
-        <v>269</v>
+        <v>215.22</v>
       </c>
       <c r="M609" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="610" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A610" s="28" t="s">
-        <v>751</v>
+      <c r="A610" s="12" t="s">
+        <v>52</v>
       </c>
       <c r="B610" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C610" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D610" s="10" t="s">
-        <v>1894</v>
+        <v>1871</v>
       </c>
       <c r="E610" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F610" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G610" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H610" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>30</v>
+      </c>
+      <c r="I610" s="48">
+        <v>12</v>
       </c>
       <c r="J610" s="23" t="s">
-        <v>1895</v>
+        <v>1872</v>
       </c>
       <c r="K610" s="11">
-        <v>9.6301170000000003</v>
+        <v>11.556100000000001</v>
       </c>
       <c r="L610" s="22">
-        <v>356.54</v>
+        <v>295.56</v>
       </c>
       <c r="M610" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="611" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A611" s="28" t="s">
-        <v>226</v>
+      <c r="A611" s="13" t="s">
+        <v>42</v>
       </c>
       <c r="B611" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C611" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D611" s="10" t="s">
-        <v>1896</v>
+        <v>1873</v>
       </c>
       <c r="E611" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F611" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G611" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H611" s="25">
         <v>30</v>
       </c>
-      <c r="I611" s="54">
-        <v>7</v>
+      <c r="I611" s="48">
+        <v>12</v>
       </c>
       <c r="J611" s="23" t="s">
-        <v>1897</v>
+        <v>1874</v>
       </c>
       <c r="K611" s="11">
         <v>11.556100000000001</v>
       </c>
       <c r="L611" s="22">
-        <v>382.62</v>
+        <v>249.18</v>
       </c>
       <c r="M611" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="612" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A612" s="28" t="s">
-        <v>169</v>
+      <c r="A612" s="12" t="s">
+        <v>28</v>
       </c>
       <c r="B612" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C612" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D612" s="10" t="s">
-        <v>1898</v>
+        <v>1875</v>
       </c>
       <c r="E612" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F612" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G612" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H612" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>35</v>
+      </c>
+      <c r="I612" s="48">
+        <v>8</v>
       </c>
       <c r="J612" s="23" t="s">
-        <v>1899</v>
+        <v>1876</v>
       </c>
       <c r="K612" s="11">
-        <v>11.556100000000001</v>
+        <v>13.482200000000001</v>
       </c>
       <c r="L612" s="22">
-        <v>336.24</v>
+        <v>344.14</v>
       </c>
       <c r="M612" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="613" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A613" s="28" t="s">
-        <v>205</v>
+      <c r="A613" s="12" t="s">
+        <v>19</v>
       </c>
       <c r="B613" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C613" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D613" s="10" t="s">
-        <v>1900</v>
+        <v>1877</v>
       </c>
       <c r="E613" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F613" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G613" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H613" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I613" s="48">
+        <v>8</v>
       </c>
       <c r="J613" s="23" t="s">
-        <v>1901</v>
+        <v>1878</v>
       </c>
       <c r="K613" s="11">
-        <v>13.482200000000001</v>
+        <v>19.260200000000001</v>
       </c>
       <c r="L613" s="22">
-        <v>383.56</v>
+        <v>435.04</v>
       </c>
       <c r="M613" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="614" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A614" s="28" t="s">
-        <v>220</v>
+      <c r="A614" s="12" t="s">
+        <v>25</v>
       </c>
       <c r="B614" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C614" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D614" s="10" t="s">
-        <v>1902</v>
+        <v>1879</v>
       </c>
       <c r="E614" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F614" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G614" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H614" s="25">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I614" s="48">
+        <v>8</v>
       </c>
       <c r="J614" s="23" t="s">
-        <v>1903</v>
+        <v>1880</v>
       </c>
       <c r="K614" s="11">
-        <v>15.408200000000001</v>
+        <v>19.260200000000001</v>
       </c>
       <c r="L614" s="22">
-        <v>438.86</v>
+        <v>388.66</v>
       </c>
       <c r="M614" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="615" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A615" s="28" t="s">
-        <v>90</v>
+      <c r="A615" s="12" t="s">
+        <v>149</v>
       </c>
       <c r="B615" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C615" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D615" s="10" t="s">
-        <v>1904</v>
+        <v>1881</v>
       </c>
       <c r="E615" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F615" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G615" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H615" s="25">
         <v>50</v>
       </c>
-      <c r="I615" s="54">
-        <v>5</v>
+      <c r="I615" s="48">
+        <v>8</v>
       </c>
       <c r="J615" s="23" t="s">
-        <v>1905</v>
+        <v>1882</v>
       </c>
       <c r="K615" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L615" s="22">
-        <v>500.28</v>
+        <v>612.72</v>
       </c>
       <c r="M615" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="616" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A616" s="28" t="s">
-        <v>94</v>
+      <c r="A616" s="12" t="s">
+        <v>188</v>
       </c>
       <c r="B616" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C616" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D616" s="10" t="s">
-        <v>1906</v>
+        <v>2144</v>
       </c>
       <c r="E616" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F616" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G616" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H616" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>100</v>
+      </c>
+      <c r="I616" s="48">
+        <v>4</v>
       </c>
       <c r="J616" s="23" t="s">
-        <v>1907</v>
+        <v>1883</v>
       </c>
       <c r="K616" s="11">
-        <v>19.260200000000001</v>
+        <v>38.520499999999998</v>
       </c>
       <c r="L616" s="22">
-        <v>453.9</v>
+        <v>1141.9000000000001</v>
       </c>
       <c r="M616" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="617" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A617" s="28" t="s">
-        <v>450</v>
+      <c r="A617" s="14" t="s">
+        <v>101</v>
       </c>
       <c r="B617" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C617" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D617" s="10" t="s">
-        <v>1908</v>
+        <v>1884</v>
       </c>
       <c r="E617" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F617" s="10" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G617" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H617" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>100</v>
+      </c>
+      <c r="I617" s="48">
+        <v>4</v>
       </c>
       <c r="J617" s="23" t="s">
-        <v>1909</v>
+        <v>1885</v>
       </c>
       <c r="K617" s="11">
-        <v>19.25</v>
+        <v>38.520499999999998</v>
       </c>
       <c r="L617" s="22">
-        <v>677.96</v>
+        <v>1095.52</v>
       </c>
       <c r="M617" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="618" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A618" s="28" t="s">
-        <v>181</v>
+      <c r="A618" s="12" t="s">
+        <v>215</v>
       </c>
       <c r="B618" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C618" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D618" s="10" t="s">
-        <v>1910</v>
+        <v>1886</v>
       </c>
       <c r="E618" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F618" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G618" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H618" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>50</v>
+      </c>
+      <c r="I618" s="48">
+        <v>4</v>
       </c>
       <c r="J618" s="23" t="s">
-        <v>1911</v>
+        <v>1887</v>
       </c>
       <c r="K618" s="11">
-        <v>38.520499999999998</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L618" s="22">
-        <v>1303.5</v>
+        <v>659.36</v>
       </c>
       <c r="M618" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="619" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A619" s="28" t="s">
-        <v>180</v>
+      <c r="A619" s="12" t="s">
+        <v>449</v>
       </c>
       <c r="B619" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C619" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D619" s="10" t="s">
-        <v>1912</v>
+        <v>1888</v>
       </c>
       <c r="E619" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F619" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G619" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H619" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>15</v>
+      </c>
+      <c r="I619" s="48">
+        <v>14</v>
       </c>
       <c r="J619" s="23" t="s">
-        <v>1913</v>
+        <v>1889</v>
       </c>
       <c r="K619" s="11">
-        <v>38.520499999999998</v>
+        <v>6.5773999999999999</v>
       </c>
       <c r="L619" s="22">
-        <v>1257.1199999999999</v>
+        <v>254.5</v>
       </c>
       <c r="M619" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="620" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A620" s="28" t="s">
-        <v>48</v>
+      <c r="A620" s="12" t="s">
+        <v>202</v>
       </c>
       <c r="B620" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C620" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D620" s="10" t="s">
-        <v>1914</v>
+        <v>1890</v>
       </c>
       <c r="E620" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F620" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G620" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H620" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>30</v>
+      </c>
+      <c r="I620" s="48">
+        <v>7</v>
       </c>
       <c r="J620" s="23" t="s">
-        <v>1915</v>
+        <v>1891</v>
       </c>
       <c r="K620" s="11">
-        <v>5.7781000000000002</v>
+        <v>13.1548</v>
       </c>
       <c r="L620" s="22">
-        <v>194.9</v>
+        <v>282.92</v>
       </c>
       <c r="M620" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="621" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A621" s="12" t="s">
-        <v>211</v>
+        <v>450</v>
       </c>
       <c r="B621" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C621" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D621" s="10" t="s">
-        <v>1916</v>
+        <v>1892</v>
       </c>
       <c r="E621" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F621" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G621" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H621" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>35</v>
+      </c>
+      <c r="I621" s="48">
+        <v>7</v>
       </c>
       <c r="J621" s="23" t="s">
-        <v>1917</v>
+        <v>1893</v>
       </c>
       <c r="K621" s="11">
-        <v>7.7041000000000004</v>
+        <v>15.347200000000001</v>
       </c>
       <c r="L621" s="22">
-        <v>236.98</v>
+        <v>408.48</v>
       </c>
       <c r="M621" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="622" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A622" s="28" t="s">
-        <v>44</v>
+      <c r="A622" s="12" t="s">
+        <v>121</v>
       </c>
       <c r="B622" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C622" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D622" s="10" t="s">
-        <v>1918</v>
+        <v>1894</v>
       </c>
       <c r="E622" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F622" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G622" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H622" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I622" s="48">
+        <v>5</v>
       </c>
       <c r="J622" s="23" t="s">
-        <v>1919</v>
+        <v>1895</v>
       </c>
       <c r="K622" s="11">
-        <v>9.6301000000000005</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L622" s="22">
-        <v>261.58</v>
+        <v>523.54</v>
       </c>
       <c r="M622" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="623" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A623" s="28" t="s">
-        <v>81</v>
+      <c r="A623" s="12" t="s">
+        <v>97</v>
       </c>
       <c r="B623" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C623" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D623" s="10" t="s">
-        <v>1920</v>
+        <v>1896</v>
       </c>
       <c r="E623" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F623" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G623" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H623" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I623" s="48">
+        <v>5</v>
       </c>
       <c r="J623" s="23" t="s">
-        <v>1921</v>
+        <v>1897</v>
       </c>
       <c r="K623" s="11">
-        <v>9.6301000000000005</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L623" s="22">
-        <v>215.22</v>
+        <v>438.88</v>
       </c>
       <c r="M623" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="624" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A624" s="28" t="s">
-        <v>52</v>
+      <c r="A624" s="12" t="s">
+        <v>675</v>
       </c>
       <c r="B624" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C624" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D624" s="10" t="s">
-        <v>1922</v>
+        <v>1898</v>
       </c>
       <c r="E624" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F624" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G624" s="10" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="H624" s="25">
         <v>30</v>
       </c>
-      <c r="I624" s="54">
-        <v>12</v>
+      <c r="I624" s="48">
+        <v>5</v>
       </c>
       <c r="J624" s="23" t="s">
-        <v>1923</v>
+        <v>1899</v>
       </c>
       <c r="K624" s="11">
-        <v>11.556100000000001</v>
+        <v>13.1548</v>
       </c>
       <c r="L624" s="22">
-        <v>295.56</v>
+        <v>381.9</v>
       </c>
       <c r="M624" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="625" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A625" s="13" t="s">
-        <v>42</v>
+      <c r="A625" s="12" t="s">
+        <v>164</v>
       </c>
       <c r="B625" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C625" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D625" s="10" t="s">
-        <v>1924</v>
+        <v>1900</v>
       </c>
       <c r="E625" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F625" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G625" s="10" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="H625" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I625" s="48">
+        <v>4</v>
       </c>
       <c r="J625" s="23" t="s">
-        <v>1925</v>
+        <v>1901</v>
       </c>
       <c r="K625" s="11">
-        <v>11.556100000000001</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L625" s="22">
-        <v>249.18</v>
+        <v>616.66</v>
       </c>
       <c r="M625" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="626" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A626" s="28" t="s">
-        <v>28</v>
+      <c r="A626" s="12" t="s">
+        <v>133</v>
       </c>
       <c r="B626" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C626" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D626" s="10" t="s">
-        <v>1926</v>
+        <v>1902</v>
       </c>
       <c r="E626" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F626" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G626" s="10" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="H626" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I626" s="48">
+        <v>4</v>
       </c>
       <c r="J626" s="23" t="s">
-        <v>1927</v>
+        <v>1903</v>
       </c>
       <c r="K626" s="11">
-        <v>13.482200000000001</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L626" s="22">
-        <v>344.14</v>
+        <v>532</v>
       </c>
       <c r="M626" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="627" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A627" s="28" t="s">
-        <v>19</v>
+      <c r="A627" s="12" t="s">
+        <v>423</v>
       </c>
       <c r="B627" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C627" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D627" s="10" t="s">
-        <v>1928</v>
+        <v>1904</v>
       </c>
       <c r="E627" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F627" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G627" s="10" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="H627" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I627" s="48">
+        <v>1</v>
       </c>
       <c r="J627" s="23" t="s">
-        <v>1929</v>
+        <v>1905</v>
       </c>
       <c r="K627" s="11">
-        <v>19.260200000000001</v>
+        <v>43.849200000000003</v>
       </c>
       <c r="L627" s="22">
-        <v>435.04</v>
+        <v>1063.98</v>
       </c>
       <c r="M627" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="628" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A628" s="28" t="s">
-        <v>25</v>
+      <c r="A628" s="12" t="s">
+        <v>158</v>
       </c>
       <c r="B628" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C628" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D628" s="10" t="s">
-        <v>1930</v>
+        <v>1906</v>
       </c>
       <c r="E628" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F628" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G628" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H628" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>30</v>
+      </c>
+      <c r="I628" s="48">
+        <v>12</v>
       </c>
       <c r="J628" s="23" t="s">
-        <v>1931</v>
+        <v>1907</v>
       </c>
       <c r="K628" s="11">
-        <v>19.260200000000001</v>
+        <v>13.1548</v>
       </c>
       <c r="L628" s="22">
-        <v>388.66</v>
+        <v>280.38</v>
       </c>
       <c r="M628" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="629" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A629" s="28" t="s">
-        <v>151</v>
+      <c r="A629" s="12" t="s">
+        <v>153</v>
       </c>
       <c r="B629" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C629" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D629" s="10" t="s">
-        <v>1932</v>
+        <v>1908</v>
       </c>
       <c r="E629" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F629" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G629" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H629" s="25">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I629" s="54">
+        <v>35</v>
+      </c>
+      <c r="I629" s="48">
         <v>8</v>
       </c>
       <c r="J629" s="23" t="s">
-        <v>1933</v>
+        <v>1909</v>
       </c>
       <c r="K629" s="11">
-        <v>19.260200000000001</v>
+        <v>15.347200000000001</v>
       </c>
       <c r="L629" s="22">
-        <v>612.72</v>
+        <v>406.64</v>
       </c>
       <c r="M629" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="630" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A630" s="28" t="s">
-        <v>190</v>
+      <c r="A630" s="12" t="s">
+        <v>107</v>
       </c>
       <c r="B630" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C630" s="15" t="s">
-        <v>860</v>
-[...11 lines deleted...]
-        <v>762</v>
+        <v>842</v>
+      </c>
+      <c r="D630" s="10" t="s">
+        <v>1910</v>
+      </c>
+      <c r="E630" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F630" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G630" s="10" t="s">
+        <v>744</v>
       </c>
       <c r="H630" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>50</v>
+      </c>
+      <c r="I630" s="48">
+        <v>7</v>
       </c>
       <c r="J630" s="23" t="s">
-        <v>1934</v>
+        <v>1911</v>
       </c>
       <c r="K630" s="11">
-        <v>38.520499999999998</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L630" s="22">
-        <v>1141.9000000000001</v>
+        <v>519.6</v>
       </c>
       <c r="M630" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="631" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A631" s="14" t="s">
-        <v>101</v>
+      <c r="A631" s="12" t="s">
+        <v>62</v>
       </c>
       <c r="B631" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C631" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D631" s="10" t="s">
-        <v>1935</v>
+        <v>1912</v>
       </c>
       <c r="E631" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F631" s="10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="G631" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="H631" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>50</v>
+      </c>
+      <c r="I631" s="48">
+        <v>7</v>
       </c>
       <c r="J631" s="23" t="s">
-        <v>1936</v>
+        <v>1913</v>
       </c>
       <c r="K631" s="11">
-        <v>38.520499999999998</v>
+        <v>21.924600000000002</v>
       </c>
       <c r="L631" s="22">
-        <v>1095.52</v>
+        <v>434.94</v>
       </c>
       <c r="M631" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="632" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A632" s="28" t="s">
-        <v>217</v>
+      <c r="A632" s="12" t="s">
+        <v>499</v>
       </c>
       <c r="B632" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C632" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D632" s="10" t="s">
-        <v>1937</v>
+        <v>1914</v>
       </c>
       <c r="E632" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F632" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G632" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H632" s="25">
         <v>50</v>
       </c>
-      <c r="I632" s="54">
+      <c r="I632" s="48">
         <v>4</v>
       </c>
       <c r="J632" s="23" t="s">
-        <v>1938</v>
+        <v>2133</v>
       </c>
       <c r="K632" s="11">
-        <v>21.924600000000002</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L632" s="22">
-        <v>659.36</v>
+        <v>860.62</v>
       </c>
       <c r="M632" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="633" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A633" s="28" t="s">
-        <v>464</v>
+      <c r="A633" s="12" t="s">
+        <v>428</v>
       </c>
       <c r="B633" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C633" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D633" s="10" t="s">
-        <v>1939</v>
+        <v>1915</v>
       </c>
       <c r="E633" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F633" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G633" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H633" s="25">
         <v>15</v>
       </c>
-      <c r="I633" s="54">
+      <c r="I633" s="48">
         <v>14</v>
       </c>
       <c r="J633" s="23" t="s">
-        <v>1940</v>
+        <v>1916</v>
       </c>
       <c r="K633" s="11">
-        <v>6.5773999999999999</v>
+        <v>8.8292000000000002</v>
       </c>
       <c r="L633" s="22">
-        <v>254.5</v>
+        <v>216.26</v>
       </c>
       <c r="M633" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="634" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A634" s="28" t="s">
-        <v>204</v>
+      <c r="A634" s="12" t="s">
+        <v>430</v>
       </c>
       <c r="B634" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C634" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D634" s="10" t="s">
-        <v>1941</v>
+        <v>1917</v>
       </c>
       <c r="E634" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F634" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G634" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H634" s="25">
         <v>30</v>
       </c>
-      <c r="I634" s="54">
+      <c r="I634" s="48">
         <v>7</v>
       </c>
       <c r="J634" s="23" t="s">
-        <v>1942</v>
+        <v>1918</v>
       </c>
       <c r="K634" s="11">
-        <v>13.1548</v>
+        <v>17.658300000000001</v>
       </c>
       <c r="L634" s="22">
-        <v>282.92</v>
+        <v>375</v>
       </c>
       <c r="M634" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="635" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A635" s="28" t="s">
-        <v>465</v>
+      <c r="A635" s="12" t="s">
+        <v>425</v>
       </c>
       <c r="B635" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C635" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D635" s="10" t="s">
-        <v>1943</v>
+        <v>1919</v>
       </c>
       <c r="E635" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F635" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G635" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H635" s="25">
         <v>35</v>
       </c>
-      <c r="I635" s="54">
+      <c r="I635" s="48">
         <v>7</v>
       </c>
       <c r="J635" s="23" t="s">
-        <v>1944</v>
+        <v>1920</v>
       </c>
       <c r="K635" s="11">
-        <v>15.347200000000001</v>
+        <v>20.601400000000002</v>
       </c>
       <c r="L635" s="22">
-        <v>408.48</v>
+        <v>418.34</v>
       </c>
       <c r="M635" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="636" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A636" s="28" t="s">
-        <v>123</v>
+      <c r="A636" s="12" t="s">
+        <v>205</v>
       </c>
       <c r="B636" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C636" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D636" s="10" t="s">
-        <v>1945</v>
+        <v>1921</v>
       </c>
       <c r="E636" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F636" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G636" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H636" s="25">
         <v>50</v>
       </c>
-      <c r="I636" s="54">
+      <c r="I636" s="48">
         <v>5</v>
       </c>
       <c r="J636" s="23" t="s">
-        <v>1946</v>
+        <v>1922</v>
       </c>
       <c r="K636" s="11">
-        <v>21.924600000000002</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L636" s="22">
-        <v>523.54</v>
+        <v>885.38</v>
       </c>
       <c r="M636" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="637" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A637" s="12" t="s">
-        <v>97</v>
+        <v>136</v>
       </c>
       <c r="B637" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C637" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D637" s="10" t="s">
-        <v>1947</v>
+        <v>1923</v>
       </c>
       <c r="E637" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F637" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G637" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H637" s="25">
         <v>50</v>
       </c>
-      <c r="I637" s="54">
+      <c r="I637" s="48">
         <v>5</v>
       </c>
       <c r="J637" s="23" t="s">
-        <v>1948</v>
+        <v>1924</v>
       </c>
       <c r="K637" s="11">
-        <v>21.924600000000002</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L637" s="22">
-        <v>438.88</v>
+        <v>617.32000000000005</v>
       </c>
       <c r="M637" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="638" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A638" s="28" t="s">
-        <v>693</v>
+      <c r="A638" s="12" t="s">
+        <v>132</v>
       </c>
       <c r="B638" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C638" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D638" s="10" t="s">
-        <v>1949</v>
+        <v>1925</v>
       </c>
       <c r="E638" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F638" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G638" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H638" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I638" s="48">
+        <v>4</v>
       </c>
       <c r="J638" s="23" t="s">
-        <v>1950</v>
+        <v>1926</v>
       </c>
       <c r="K638" s="11">
-        <v>13.1548</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L638" s="22">
-        <v>381.9</v>
+        <v>649.04</v>
       </c>
       <c r="M638" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="639" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A639" s="28" t="s">
-        <v>166</v>
+      <c r="A639" s="12" t="s">
+        <v>427</v>
       </c>
       <c r="B639" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C639" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D639" s="10" t="s">
-        <v>1951</v>
+        <v>1927</v>
       </c>
       <c r="E639" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F639" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G639" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H639" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>100</v>
+      </c>
+      <c r="I639" s="48">
+        <v>1</v>
       </c>
       <c r="J639" s="23" t="s">
-        <v>1952</v>
+        <v>1928</v>
       </c>
       <c r="K639" s="11">
-        <v>21.924600000000002</v>
+        <v>58.8611</v>
       </c>
       <c r="L639" s="22">
-        <v>616.66</v>
+        <v>1654.66</v>
       </c>
       <c r="M639" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="640" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A640" s="28" t="s">
-        <v>135</v>
+      <c r="A640" s="12" t="s">
+        <v>206</v>
       </c>
       <c r="B640" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C640" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D640" s="10" t="s">
-        <v>1953</v>
+        <v>1929</v>
       </c>
       <c r="E640" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F640" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G640" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H640" s="25">
         <v>50</v>
       </c>
-      <c r="I640" s="54">
-        <v>4</v>
+      <c r="I640" s="48">
+        <v>7</v>
       </c>
       <c r="J640" s="23" t="s">
-        <v>1954</v>
+        <v>1930</v>
       </c>
       <c r="K640" s="11">
-        <v>21.924600000000002</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L640" s="22">
-        <v>532</v>
+        <v>879.82</v>
       </c>
       <c r="M640" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="641" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A641" s="28" t="s">
-        <v>433</v>
+      <c r="A641" s="12" t="s">
+        <v>80</v>
       </c>
       <c r="B641" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C641" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D641" s="10" t="s">
-        <v>1955</v>
+        <v>1931</v>
       </c>
       <c r="E641" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F641" s="10" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="G641" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H641" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>50</v>
+      </c>
+      <c r="I641" s="48">
+        <v>7</v>
       </c>
       <c r="J641" s="23" t="s">
-        <v>1956</v>
+        <v>1932</v>
       </c>
       <c r="K641" s="11">
-        <v>43.849200000000003</v>
+        <v>29.430499999999999</v>
       </c>
       <c r="L641" s="22">
-        <v>1063.98</v>
+        <v>611.76</v>
       </c>
       <c r="M641" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="642" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A642" s="28" t="s">
-        <v>160</v>
+      <c r="A642" s="12" t="s">
+        <v>204</v>
       </c>
       <c r="B642" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C642" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D642" s="10" t="s">
-        <v>1957</v>
+        <v>1933</v>
       </c>
       <c r="E642" s="10" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="F642" s="10" t="s">
-        <v>790</v>
+        <v>834</v>
       </c>
       <c r="G642" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H642" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I642" s="48">
+        <v>4</v>
       </c>
       <c r="J642" s="23" t="s">
-        <v>1958</v>
+        <v>1934</v>
       </c>
       <c r="K642" s="11">
-        <v>13.1548</v>
+        <v>39.450000000000003</v>
       </c>
       <c r="L642" s="22">
-        <v>280.38</v>
+        <v>847.74</v>
       </c>
       <c r="M642" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="643" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A643" s="28" t="s">
-        <v>155</v>
+      <c r="A643" s="12" t="s">
+        <v>429</v>
       </c>
       <c r="B643" s="15" t="s">
-        <v>1240</v>
+        <v>1207</v>
       </c>
       <c r="C643" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D643" s="10" t="s">
-        <v>1959</v>
+        <v>1935</v>
       </c>
       <c r="E643" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="F643" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="G643" s="10" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="H643" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>50</v>
+      </c>
+      <c r="I643" s="48">
+        <v>4</v>
       </c>
       <c r="J643" s="23" t="s">
-        <v>1960</v>
+        <v>1936</v>
       </c>
       <c r="K643" s="11">
-        <v>15.347200000000001</v>
+        <v>24.360600000000002</v>
       </c>
       <c r="L643" s="22">
-        <v>406.64</v>
+        <v>747.94</v>
       </c>
       <c r="M643" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="644" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A644" s="28" t="s">
-        <v>107</v>
+      <c r="A644" s="12" t="s">
+        <v>708</v>
       </c>
       <c r="B644" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C644" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D644" s="10" t="s">
-        <v>1961</v>
+        <v>1938</v>
       </c>
       <c r="E644" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F644" s="10" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="G644" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H644" s="25">
         <v>50</v>
       </c>
-      <c r="I644" s="54">
-        <v>7</v>
+      <c r="I644" s="48">
+        <v>5</v>
       </c>
       <c r="J644" s="23" t="s">
-        <v>1962</v>
+        <v>1940</v>
       </c>
       <c r="K644" s="11">
-        <v>21.924600000000002</v>
+        <v>4.0190000000000001</v>
       </c>
       <c r="L644" s="22">
-        <v>519.6</v>
+        <v>285.27999999999997</v>
       </c>
       <c r="M644" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="645" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A645" s="28" t="s">
-        <v>62</v>
+      <c r="A645" s="12" t="s">
+        <v>562</v>
       </c>
       <c r="B645" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C645" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D645" s="10" t="s">
-        <v>1963</v>
+        <v>2195</v>
       </c>
       <c r="E645" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F645" s="10" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="G645" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H645" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>100</v>
+      </c>
+      <c r="I645" s="48">
+        <v>4</v>
       </c>
       <c r="J645" s="23" t="s">
-        <v>1964</v>
+        <v>1941</v>
       </c>
       <c r="K645" s="11">
-        <v>21.924600000000002</v>
+        <v>8.0388000000000002</v>
       </c>
       <c r="L645" s="22">
-        <v>434.94</v>
+        <v>607.22</v>
       </c>
       <c r="M645" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="646" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A646" s="12" t="s">
-        <v>516</v>
+        <v>532</v>
       </c>
       <c r="B646" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C646" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D646" s="10" t="s">
-        <v>1965</v>
+        <v>1942</v>
       </c>
       <c r="E646" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F646" s="10" t="s">
-        <v>825</v>
+        <v>743</v>
       </c>
       <c r="G646" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H646" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="I646" s="48">
+        <v>14</v>
       </c>
       <c r="J646" s="23" t="s">
-        <v>2193</v>
+        <v>1943</v>
       </c>
       <c r="K646" s="11">
-        <v>29.430499999999999</v>
+        <v>1.2058</v>
       </c>
       <c r="L646" s="22">
-        <v>860.62</v>
+        <v>61.94</v>
       </c>
       <c r="M646" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="647" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A647" s="28" t="s">
-        <v>440</v>
+      <c r="A647" s="12" t="s">
+        <v>692</v>
       </c>
       <c r="B647" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C647" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D647" s="10" t="s">
-        <v>1966</v>
+        <v>1944</v>
       </c>
       <c r="E647" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F647" s="10" t="s">
-        <v>825</v>
+        <v>743</v>
       </c>
       <c r="G647" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H647" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I647" s="48">
+        <v>12</v>
       </c>
       <c r="J647" s="23" t="s">
-        <v>1967</v>
+        <v>1945</v>
       </c>
       <c r="K647" s="11">
-        <v>8.8292000000000002</v>
+        <v>4.0190000000000001</v>
       </c>
       <c r="L647" s="22">
-        <v>216.26</v>
+        <v>156.34</v>
       </c>
       <c r="M647" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" ref="M647:M703" si="10">L647*$B$5</f>
         <v>0</v>
       </c>
     </row>
     <row r="648" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A648" s="28" t="s">
-        <v>442</v>
+      <c r="A648" s="12" t="s">
+        <v>494</v>
       </c>
       <c r="B648" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C648" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D648" s="10" t="s">
-        <v>1968</v>
+        <v>1946</v>
       </c>
       <c r="E648" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F648" s="10" t="s">
-        <v>825</v>
+        <v>743</v>
       </c>
       <c r="G648" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H648" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>100</v>
+      </c>
+      <c r="I648" s="48">
+        <v>5</v>
       </c>
       <c r="J648" s="23" t="s">
-        <v>1969</v>
+        <v>1947</v>
       </c>
       <c r="K648" s="11">
-        <v>17.658300000000001</v>
+        <v>8.0388000000000002</v>
       </c>
       <c r="L648" s="22">
-        <v>375</v>
+        <v>339.28</v>
       </c>
       <c r="M648" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="649" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A649" s="28" t="s">
-        <v>436</v>
+      <c r="A649" s="12" t="s">
+        <v>2150</v>
       </c>
       <c r="B649" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C649" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D649" s="10" t="s">
-        <v>1970</v>
+        <v>2152</v>
       </c>
       <c r="E649" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F649" s="10" t="s">
-        <v>825</v>
+        <v>743</v>
       </c>
       <c r="G649" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H649" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>164</v>
+      </c>
+      <c r="I649" s="48">
+        <v>5</v>
       </c>
       <c r="J649" s="23" t="s">
-        <v>1971</v>
+        <v>2155</v>
       </c>
       <c r="K649" s="11">
-        <v>20.601400000000002</v>
+        <v>13.183999999999999</v>
       </c>
       <c r="L649" s="22">
-        <v>418.34</v>
+        <v>420.49</v>
       </c>
       <c r="M649" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="650" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A650" s="28" t="s">
-        <v>207</v>
+      <c r="A650" s="12" t="s">
+        <v>671</v>
       </c>
       <c r="B650" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C650" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D650" s="10" t="s">
-        <v>1972</v>
+        <v>1948</v>
       </c>
       <c r="E650" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F650" s="10" t="s">
-        <v>825</v>
+        <v>743</v>
       </c>
       <c r="G650" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H650" s="25">
         <v>50</v>
       </c>
-      <c r="I650" s="54">
-        <v>5</v>
+      <c r="I650" s="48">
+        <v>8</v>
       </c>
       <c r="J650" s="23" t="s">
-        <v>1973</v>
+        <v>1949</v>
       </c>
       <c r="K650" s="11">
-        <v>29.430499999999999</v>
+        <v>4.0190000000000001</v>
       </c>
       <c r="L650" s="22">
-        <v>885.38</v>
+        <v>192.2</v>
       </c>
       <c r="M650" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="651" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A651" s="28" t="s">
-        <v>138</v>
+      <c r="A651" s="12" t="s">
+        <v>673</v>
       </c>
       <c r="B651" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C651" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D651" s="10" t="s">
-        <v>1974</v>
+        <v>1950</v>
       </c>
       <c r="E651" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F651" s="10" t="s">
-        <v>825</v>
+        <v>743</v>
       </c>
       <c r="G651" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H651" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>100</v>
+      </c>
+      <c r="I651" s="48">
+        <v>4</v>
       </c>
       <c r="J651" s="23" t="s">
-        <v>1975</v>
+        <v>1951</v>
       </c>
       <c r="K651" s="11">
-        <v>29.430499999999999</v>
+        <v>8.0388000000000002</v>
       </c>
       <c r="L651" s="22">
-        <v>617.32000000000005</v>
+        <v>427.28</v>
       </c>
       <c r="M651" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="652" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A652" s="28" t="s">
-        <v>134</v>
+      <c r="A652" s="12" t="s">
+        <v>590</v>
       </c>
       <c r="B652" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C652" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D652" s="10" t="s">
-        <v>1976</v>
+        <v>1952</v>
       </c>
       <c r="E652" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F652" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G652" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H652" s="25">
         <v>50</v>
       </c>
-      <c r="I652" s="54">
-        <v>4</v>
+      <c r="I652" s="48">
+        <v>5</v>
       </c>
       <c r="J652" s="23" t="s">
-        <v>1977</v>
+        <v>1953</v>
       </c>
       <c r="K652" s="11">
-        <v>29.430499999999999</v>
+        <v>6.6840000000000002</v>
       </c>
       <c r="L652" s="22">
-        <v>649.04</v>
+        <v>397.84</v>
       </c>
       <c r="M652" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="653" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A653" s="28" t="s">
-        <v>439</v>
+      <c r="A653" s="12" t="s">
+        <v>658</v>
       </c>
       <c r="B653" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C653" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D653" s="10" t="s">
-        <v>1978</v>
+        <v>2196</v>
       </c>
       <c r="E653" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F653" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G653" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H653" s="25">
         <v>100</v>
       </c>
-      <c r="I653" s="54">
-        <v>1</v>
+      <c r="I653" s="48">
+        <v>4</v>
       </c>
       <c r="J653" s="23" t="s">
-        <v>1979</v>
+        <v>1954</v>
       </c>
       <c r="K653" s="11">
-        <v>58.8611</v>
+        <v>13.3688</v>
       </c>
       <c r="L653" s="22">
-        <v>1654.66</v>
+        <v>850.18</v>
       </c>
       <c r="M653" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="654" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A654" s="28" t="s">
-        <v>208</v>
+      <c r="A654" s="12" t="s">
+        <v>659</v>
       </c>
       <c r="B654" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C654" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D654" s="10" t="s">
-        <v>1980</v>
+        <v>1955</v>
       </c>
       <c r="E654" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F654" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G654" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H654" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="I654" s="48">
+        <v>14</v>
       </c>
       <c r="J654" s="23" t="s">
-        <v>1981</v>
+        <v>1956</v>
       </c>
       <c r="K654" s="11">
-        <v>29.430499999999999</v>
+        <v>2.0053000000000001</v>
       </c>
       <c r="L654" s="22">
-        <v>879.82</v>
+        <v>94.16</v>
       </c>
       <c r="M654" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="655" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A655" s="28" t="s">
-        <v>80</v>
+      <c r="A655" s="12" t="s">
+        <v>649</v>
       </c>
       <c r="B655" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C655" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D655" s="10" t="s">
-        <v>1982</v>
+        <v>1957</v>
       </c>
       <c r="E655" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F655" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G655" s="10" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="H655" s="25">
         <v>50</v>
       </c>
-      <c r="I655" s="54">
-        <v>7</v>
+      <c r="I655" s="48">
+        <v>8</v>
       </c>
       <c r="J655" s="23" t="s">
-        <v>1983</v>
+        <v>1958</v>
       </c>
       <c r="K655" s="11">
-        <v>29.430499999999999</v>
+        <v>6.6840000000000002</v>
       </c>
       <c r="L655" s="22">
-        <v>611.76</v>
+        <v>224.9</v>
       </c>
       <c r="M655" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="656" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A656" s="28" t="s">
-        <v>206</v>
+      <c r="A656" s="12" t="s">
+        <v>484</v>
       </c>
       <c r="B656" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C656" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D656" s="10" t="s">
-        <v>1984</v>
+        <v>1959</v>
       </c>
       <c r="E656" s="10" t="s">
-        <v>762</v>
+        <v>1939</v>
       </c>
       <c r="F656" s="10" t="s">
-        <v>852</v>
+        <v>744</v>
       </c>
       <c r="G656" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H656" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>100</v>
+      </c>
+      <c r="I656" s="48">
+        <v>5</v>
       </c>
       <c r="J656" s="23" t="s">
-        <v>1985</v>
+        <v>1960</v>
       </c>
       <c r="K656" s="11">
-        <v>39.450000000000003</v>
+        <v>13.3688</v>
       </c>
       <c r="L656" s="22">
-        <v>847.74</v>
+        <v>492.83</v>
       </c>
       <c r="M656" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="657" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A657" s="28" t="s">
-        <v>441</v>
+      <c r="A657" s="12" t="s">
+        <v>2147</v>
       </c>
       <c r="B657" s="15" t="s">
-        <v>1240</v>
+        <v>1937</v>
       </c>
       <c r="C657" s="15" t="s">
-        <v>860</v>
+        <v>2126</v>
       </c>
       <c r="D657" s="10" t="s">
-        <v>1986</v>
+        <v>2151</v>
       </c>
       <c r="E657" s="10" t="s">
-        <v>763</v>
+        <v>1939</v>
       </c>
       <c r="F657" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="G657" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H657" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>164</v>
+      </c>
+      <c r="I657" s="48">
+        <v>5</v>
       </c>
       <c r="J657" s="23" t="s">
-        <v>1987</v>
+        <v>2156</v>
       </c>
       <c r="K657" s="11">
-        <v>24.360600000000002</v>
+        <v>21.925000000000001</v>
       </c>
       <c r="L657" s="22">
-        <v>747.94</v>
+        <v>604.89</v>
       </c>
       <c r="M657" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="658" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A658" s="28" t="s">
-        <v>726</v>
+      <c r="A658" s="12" t="s">
+        <v>609</v>
       </c>
       <c r="B658" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C658" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D658" s="10" t="s">
-        <v>1989</v>
+        <v>1961</v>
       </c>
       <c r="E658" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F658" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="G658" s="10" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H658" s="25">
         <v>50</v>
       </c>
-      <c r="I658" s="54">
+      <c r="I658" s="48">
         <v>5</v>
       </c>
       <c r="J658" s="23" t="s">
-        <v>1991</v>
+        <v>1962</v>
       </c>
       <c r="K658" s="11">
-        <v>4.0190000000000001</v>
+        <v>6.6840000000000002</v>
       </c>
       <c r="L658" s="22">
-        <v>285.27999999999997</v>
+        <v>260.18</v>
       </c>
       <c r="M658" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="659" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A659" s="28" t="s">
-        <v>579</v>
+      <c r="A659" s="12" t="s">
+        <v>610</v>
       </c>
       <c r="B659" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C659" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D659" s="10" t="s">
-        <v>2275</v>
+        <v>1963</v>
       </c>
       <c r="E659" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F659" s="10" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="G659" s="10" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H659" s="25">
         <v>100</v>
       </c>
-      <c r="I659" s="54">
+      <c r="I659" s="48">
         <v>4</v>
       </c>
       <c r="J659" s="23" t="s">
-        <v>1992</v>
+        <v>1964</v>
       </c>
       <c r="K659" s="11">
-        <v>8.0388000000000002</v>
+        <v>13.3688</v>
       </c>
       <c r="L659" s="22">
-        <v>607.22</v>
+        <v>570.65</v>
       </c>
       <c r="M659" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="660" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A660" s="28" t="s">
-        <v>549</v>
+      <c r="A660" s="12" t="s">
+        <v>724</v>
       </c>
       <c r="B660" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C660" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D660" s="10" t="s">
-        <v>1993</v>
+        <v>1965</v>
       </c>
       <c r="E660" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F660" s="10" t="s">
-        <v>761</v>
+        <v>745</v>
       </c>
       <c r="G660" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H660" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I660" s="48">
+        <v>4</v>
       </c>
       <c r="J660" s="23" t="s">
-        <v>1994</v>
+        <v>1966</v>
       </c>
       <c r="K660" s="11">
-        <v>1.2058</v>
+        <v>9.1199999999999992</v>
       </c>
       <c r="L660" s="22">
-        <v>61.94</v>
+        <v>411.62</v>
       </c>
       <c r="M660" s="22">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="661" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A661" s="28" t="s">
-        <v>710</v>
+      <c r="A661" s="12" t="s">
+        <v>709</v>
       </c>
       <c r="B661" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C661" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D661" s="10" t="s">
-        <v>1995</v>
+        <v>2197</v>
       </c>
       <c r="E661" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F661" s="10" t="s">
-        <v>761</v>
+        <v>745</v>
       </c>
       <c r="G661" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H661" s="25">
+        <v>100</v>
+      </c>
+      <c r="I661" s="48">
+        <v>4</v>
+      </c>
+      <c r="J661" s="23" t="s">
+        <v>1967</v>
+      </c>
+      <c r="K661" s="11">
+        <v>18.2408</v>
+      </c>
+      <c r="L661" s="22">
+        <v>880.76</v>
+      </c>
+      <c r="M661" s="22">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A662" s="12" t="s">
+        <v>678</v>
+      </c>
+      <c r="B662" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C662" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D662" s="10" t="s">
+        <v>1968</v>
+      </c>
+      <c r="E662" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F662" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G662" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H662" s="25">
         <v>50</v>
       </c>
-      <c r="I661" s="54">
-[...42 lines deleted...]
-        <v>5</v>
+      <c r="I662" s="48">
+        <v>7</v>
       </c>
       <c r="J662" s="23" t="s">
-        <v>1998</v>
+        <v>1969</v>
       </c>
       <c r="K662" s="11">
-        <v>8.0388000000000002</v>
+        <v>9.1199999999999992</v>
       </c>
       <c r="L662" s="22">
-        <v>339.28</v>
+        <v>256.76</v>
       </c>
       <c r="M662" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="663" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>763</v>
+    <row r="663" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A663" s="12" t="s">
+        <v>608</v>
+      </c>
+      <c r="B663" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C663" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D663" s="10" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E663" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F663" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G663" s="10" t="s">
+        <v>745</v>
       </c>
       <c r="H663" s="25">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="I663" s="54">
+        <v>100</v>
+      </c>
+      <c r="I663" s="48">
         <v>5</v>
       </c>
-      <c r="J663" s="56" t="s">
-[...3 lines deleted...]
-        <v>12.058</v>
+      <c r="J663" s="23" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K663" s="11">
+        <v>18.2408</v>
       </c>
       <c r="L663" s="22">
-        <v>384.6</v>
+        <v>598.34</v>
       </c>
       <c r="M663" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="664" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>763</v>
+    <row r="664" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A664" s="12" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B664" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C664" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D664" s="10" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E664" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F664" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G664" s="10" t="s">
+        <v>745</v>
       </c>
       <c r="H664" s="25">
         <v>164</v>
       </c>
-      <c r="I664" s="54">
-[...6 lines deleted...]
-        <v>13.183999999999999</v>
+      <c r="I664" s="48">
+        <v>4</v>
+      </c>
+      <c r="J664" s="23" t="s">
+        <v>2157</v>
+      </c>
+      <c r="K664" s="11">
+        <v>29.914999999999999</v>
       </c>
       <c r="L664" s="22">
-        <v>420.49</v>
+        <v>808.49</v>
       </c>
       <c r="M664" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="665" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A665" s="28" t="s">
-        <v>689</v>
+      <c r="A665" s="12" t="s">
+        <v>650</v>
       </c>
       <c r="B665" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C665" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D665" s="10" t="s">
-        <v>1999</v>
+        <v>1972</v>
       </c>
       <c r="E665" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F665" s="10" t="s">
-        <v>761</v>
+        <v>745</v>
       </c>
       <c r="G665" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H665" s="25">
         <v>50</v>
       </c>
-      <c r="I665" s="54">
-        <v>8</v>
+      <c r="I665" s="48">
+        <v>5</v>
       </c>
       <c r="J665" s="23" t="s">
-        <v>2000</v>
+        <v>1973</v>
       </c>
       <c r="K665" s="11">
-        <v>4.0190000000000001</v>
+        <v>9.1199999999999992</v>
       </c>
       <c r="L665" s="22">
-        <v>192.2</v>
+        <v>298.36</v>
       </c>
       <c r="M665" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="666" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A666" s="28" t="s">
-        <v>691</v>
+      <c r="A666" s="12" t="s">
+        <v>651</v>
       </c>
       <c r="B666" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C666" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D666" s="10" t="s">
-        <v>2001</v>
+        <v>2198</v>
       </c>
       <c r="E666" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F666" s="10" t="s">
-        <v>761</v>
+        <v>745</v>
       </c>
       <c r="G666" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H666" s="25">
         <v>100</v>
       </c>
-      <c r="I666" s="54">
+      <c r="I666" s="48">
         <v>4</v>
       </c>
       <c r="J666" s="23" t="s">
-        <v>2002</v>
+        <v>1974</v>
       </c>
       <c r="K666" s="11">
-        <v>8.0388000000000002</v>
+        <v>18.2408</v>
       </c>
       <c r="L666" s="22">
-        <v>427.28</v>
+        <v>688.74</v>
       </c>
       <c r="M666" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="667" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>790</v>
+    <row r="667" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A667" s="12" t="s">
+        <v>490</v>
+      </c>
+      <c r="B667" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C667" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D667" s="10" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E667" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F667" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G667" s="10" t="s">
+        <v>753</v>
       </c>
       <c r="H667" s="25">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="I667" s="54">
+        <v>50</v>
+      </c>
+      <c r="I667" s="48">
         <v>4</v>
       </c>
-      <c r="J667" s="56" t="s">
-[...3 lines deleted...]
-        <v>12.058</v>
+      <c r="J667" s="23" t="s">
+        <v>1976</v>
+      </c>
+      <c r="K667" s="11">
+        <v>12.576000000000001</v>
       </c>
       <c r="L667" s="22">
-        <v>518.94000000000005</v>
+        <v>441.36</v>
       </c>
       <c r="M667" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="668" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A668" s="28" t="s">
-        <v>608</v>
+      <c r="A668" s="12" t="s">
+        <v>633</v>
       </c>
       <c r="B668" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C668" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D668" s="10" t="s">
-        <v>2003</v>
+        <v>1977</v>
       </c>
       <c r="E668" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F668" s="10" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="G668" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H668" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>100</v>
+      </c>
+      <c r="I668" s="48">
+        <v>1</v>
       </c>
       <c r="J668" s="23" t="s">
-        <v>2004</v>
+        <v>1978</v>
       </c>
       <c r="K668" s="11">
-        <v>6.6840000000000002</v>
+        <v>25.151700000000002</v>
       </c>
       <c r="L668" s="22">
-        <v>397.84</v>
+        <v>964.12</v>
       </c>
       <c r="M668" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="669" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A669" s="28" t="s">
-        <v>676</v>
+      <c r="A669" s="12" t="s">
+        <v>528</v>
       </c>
       <c r="B669" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C669" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D669" s="10" t="s">
-        <v>2276</v>
+        <v>1979</v>
       </c>
       <c r="E669" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F669" s="10" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="G669" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H669" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>50</v>
+      </c>
+      <c r="I669" s="48">
+        <v>7</v>
       </c>
       <c r="J669" s="23" t="s">
-        <v>2005</v>
+        <v>1980</v>
       </c>
       <c r="K669" s="11">
-        <v>13.3688</v>
+        <v>12.576000000000001</v>
       </c>
       <c r="L669" s="22">
-        <v>850.18</v>
+        <v>303.44</v>
       </c>
       <c r="M669" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="670" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A670" s="28" t="s">
-        <v>677</v>
+      <c r="A670" s="12" t="s">
+        <v>529</v>
       </c>
       <c r="B670" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C670" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D670" s="10" t="s">
-        <v>2006</v>
+        <v>1981</v>
       </c>
       <c r="E670" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F670" s="10" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="G670" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H670" s="25">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>100</v>
+      </c>
+      <c r="I670" s="48">
+        <v>4</v>
       </c>
       <c r="J670" s="23" t="s">
-        <v>2007</v>
+        <v>1982</v>
       </c>
       <c r="K670" s="11">
-        <v>2.0053000000000001</v>
+        <v>25.151700000000002</v>
       </c>
       <c r="L670" s="22">
-        <v>94.16</v>
+        <v>757.43</v>
       </c>
       <c r="M670" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="671" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A671" s="28" t="s">
-        <v>667</v>
+      <c r="A671" s="12" t="s">
+        <v>2149</v>
       </c>
       <c r="B671" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C671" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D671" s="10" t="s">
-        <v>2008</v>
+        <v>2154</v>
       </c>
       <c r="E671" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F671" s="10" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="G671" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H671" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>164</v>
+      </c>
+      <c r="I671" s="48">
+        <v>4</v>
       </c>
       <c r="J671" s="23" t="s">
-        <v>2009</v>
+        <v>2158</v>
       </c>
       <c r="K671" s="11">
-        <v>6.6840000000000002</v>
+        <v>41.249000000000002</v>
       </c>
       <c r="L671" s="22">
-        <v>224.9</v>
+        <v>1025.1400000000001</v>
       </c>
       <c r="M671" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="672" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A672" s="28" t="s">
-        <v>500</v>
+      <c r="A672" s="12" t="s">
+        <v>507</v>
       </c>
       <c r="B672" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C672" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D672" s="10" t="s">
-        <v>2010</v>
+        <v>1983</v>
       </c>
       <c r="E672" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F672" s="10" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="G672" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H672" s="25">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="I672" s="54">
+        <v>50</v>
+      </c>
+      <c r="I672" s="48">
         <v>5</v>
       </c>
       <c r="J672" s="23" t="s">
-        <v>2011</v>
+        <v>1984</v>
       </c>
       <c r="K672" s="11">
-        <v>13.3688</v>
+        <v>12.576000000000001</v>
       </c>
       <c r="L672" s="22">
-        <v>492.83</v>
+        <v>352.02</v>
       </c>
       <c r="M672" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="673" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>763</v>
+    <row r="673" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A673" s="12" t="s">
+        <v>508</v>
+      </c>
+      <c r="B673" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C673" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D673" s="10" t="s">
+        <v>2199</v>
+      </c>
+      <c r="E673" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F673" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G673" s="10" t="s">
+        <v>772</v>
       </c>
       <c r="H673" s="25">
-        <v>150</v>
-[...8 lines deleted...]
-        <v>20.053000000000001</v>
+        <v>100</v>
+      </c>
+      <c r="I673" s="48">
+        <v>4</v>
+      </c>
+      <c r="J673" s="23" t="s">
+        <v>1985</v>
+      </c>
+      <c r="K673" s="11">
+        <v>25.151700000000002</v>
       </c>
       <c r="L673" s="22">
-        <v>553.25</v>
+        <v>883.1</v>
       </c>
       <c r="M673" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="674" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>763</v>
+    <row r="674" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A674" s="12" t="s">
+        <v>481</v>
+      </c>
+      <c r="B674" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C674" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D674" s="10" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E674" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F674" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G674" s="10" t="s">
+        <v>753</v>
       </c>
       <c r="H674" s="25">
-        <v>164</v>
-[...8 lines deleted...]
-        <v>21.925000000000001</v>
+        <v>50</v>
+      </c>
+      <c r="I674" s="48">
+        <v>4</v>
+      </c>
+      <c r="J674" s="23" t="s">
+        <v>1987</v>
+      </c>
+      <c r="K674" s="11">
+        <v>15.24</v>
       </c>
       <c r="L674" s="22">
-        <v>604.89</v>
+        <v>512.46</v>
       </c>
       <c r="M674" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="675" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A675" s="28" t="s">
-        <v>627</v>
+      <c r="A675" s="12" t="s">
+        <v>552</v>
       </c>
       <c r="B675" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C675" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D675" s="10" t="s">
         <v>1988</v>
       </c>
-      <c r="C675" s="15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E675" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F675" s="10" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="G675" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H675" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>100</v>
+      </c>
+      <c r="I675" s="48">
+        <v>1</v>
       </c>
       <c r="J675" s="23" t="s">
-        <v>2013</v>
+        <v>1989</v>
       </c>
       <c r="K675" s="11">
-        <v>6.6840000000000002</v>
+        <v>30.480499999999999</v>
       </c>
       <c r="L675" s="22">
-        <v>260.18</v>
+        <v>1112.3399999999999</v>
       </c>
       <c r="M675" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="676" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A676" s="28" t="s">
-        <v>628</v>
+      <c r="A676" s="12" t="s">
+        <v>623</v>
       </c>
       <c r="B676" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C676" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D676" s="10" t="s">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="E676" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F676" s="10" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="G676" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H676" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>50</v>
+      </c>
+      <c r="I676" s="48">
+        <v>5</v>
       </c>
       <c r="J676" s="23" t="s">
-        <v>2015</v>
+        <v>1991</v>
       </c>
       <c r="K676" s="11">
-        <v>13.3688</v>
+        <v>15.24</v>
       </c>
       <c r="L676" s="22">
-        <v>570.65</v>
+        <v>384.48</v>
       </c>
       <c r="M676" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="677" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>790</v>
+    <row r="677" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A677" s="12" t="s">
+        <v>624</v>
+      </c>
+      <c r="B677" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C677" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D677" s="10" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E677" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F677" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="G677" s="10" t="s">
+        <v>745</v>
       </c>
       <c r="H677" s="25">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="I677" s="54">
+        <v>100</v>
+      </c>
+      <c r="I677" s="48">
         <v>4</v>
       </c>
-      <c r="J677" s="56" t="s">
-[...3 lines deleted...]
-        <v>20.053000000000001</v>
+      <c r="J677" s="23" t="s">
+        <v>1993</v>
+      </c>
+      <c r="K677" s="11">
+        <v>30.480499999999999</v>
       </c>
       <c r="L677" s="22">
-        <v>702.49</v>
+        <v>941.55</v>
       </c>
       <c r="M677" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="678" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A678" s="28" t="s">
-        <v>742</v>
+      <c r="A678" s="12" t="s">
+        <v>631</v>
       </c>
       <c r="B678" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C678" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D678" s="10" t="s">
-        <v>2016</v>
+        <v>1994</v>
       </c>
       <c r="E678" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F678" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="G678" s="10" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H678" s="25">
         <v>50</v>
       </c>
-      <c r="I678" s="54">
+      <c r="I678" s="48">
         <v>4</v>
       </c>
       <c r="J678" s="23" t="s">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="K678" s="11">
-        <v>9.1199999999999992</v>
+        <v>15.24</v>
       </c>
       <c r="L678" s="22">
-        <v>411.62</v>
+        <v>461.4</v>
       </c>
       <c r="M678" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="679" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A679" s="28" t="s">
-        <v>727</v>
+      <c r="A679" s="12" t="s">
+        <v>632</v>
       </c>
       <c r="B679" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C679" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D679" s="10" t="s">
-        <v>2277</v>
+        <v>1996</v>
       </c>
       <c r="E679" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F679" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="G679" s="10" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H679" s="25">
         <v>100</v>
       </c>
-      <c r="I679" s="54">
-        <v>4</v>
+      <c r="I679" s="48">
+        <v>1</v>
       </c>
       <c r="J679" s="23" t="s">
-        <v>2018</v>
+        <v>1997</v>
       </c>
       <c r="K679" s="11">
-        <v>18.2408</v>
+        <v>30.480499999999999</v>
       </c>
       <c r="L679" s="22">
-        <v>880.76</v>
+        <v>1060.54</v>
       </c>
       <c r="M679" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="680" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A680" s="28" t="s">
-        <v>696</v>
+      <c r="A680" s="12" t="s">
+        <v>652</v>
       </c>
       <c r="B680" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C680" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D680" s="10" t="s">
-        <v>2019</v>
+        <v>1998</v>
       </c>
       <c r="E680" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F680" s="10" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="G680" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H680" s="25">
         <v>50</v>
       </c>
-      <c r="I680" s="54">
-        <v>7</v>
+      <c r="I680" s="48">
+        <v>4</v>
       </c>
       <c r="J680" s="23" t="s">
-        <v>2020</v>
+        <v>1999</v>
       </c>
       <c r="K680" s="11">
-        <v>9.1199999999999992</v>
+        <v>22.745999999999999</v>
       </c>
       <c r="L680" s="22">
-        <v>256.76</v>
+        <v>681.54</v>
       </c>
       <c r="M680" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="681" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A681" s="28" t="s">
-        <v>626</v>
+      <c r="A681" s="12" t="s">
+        <v>579</v>
       </c>
       <c r="B681" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C681" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D681" s="10" t="s">
-        <v>2021</v>
+        <v>2000</v>
       </c>
       <c r="E681" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F681" s="10" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="G681" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H681" s="25">
         <v>100</v>
       </c>
-      <c r="I681" s="54">
-        <v>5</v>
+      <c r="I681" s="48">
+        <v>1</v>
       </c>
       <c r="J681" s="23" t="s">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="K681" s="11">
-        <v>18.2408</v>
+        <v>45.4923</v>
       </c>
       <c r="L681" s="22">
-        <v>598.34</v>
+        <v>1539.66</v>
       </c>
       <c r="M681" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="682" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>763</v>
+    <row r="682" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A682" s="12" t="s">
+        <v>564</v>
+      </c>
+      <c r="B682" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C682" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D682" s="10" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E682" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F682" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G682" s="10" t="s">
+        <v>745</v>
       </c>
       <c r="H682" s="25">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="I682" s="54">
+        <v>50</v>
+      </c>
+      <c r="I682" s="48">
         <v>5</v>
       </c>
-      <c r="J682" s="56" t="s">
-[...3 lines deleted...]
-        <v>27.361000000000001</v>
+      <c r="J682" s="23" t="s">
+        <v>2003</v>
+      </c>
+      <c r="K682" s="11">
+        <v>22.745999999999999</v>
       </c>
       <c r="L682" s="22">
-        <v>739.47</v>
+        <v>509.72</v>
       </c>
       <c r="M682" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="683" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>763</v>
+    <row r="683" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A683" s="12" t="s">
+        <v>566</v>
+      </c>
+      <c r="B683" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C683" s="15" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D683" s="10" t="s">
+        <v>2004</v>
+      </c>
+      <c r="E683" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F683" s="10" t="s">
+        <v>807</v>
+      </c>
+      <c r="G683" s="10" t="s">
+        <v>745</v>
       </c>
       <c r="H683" s="25">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="I683" s="54">
+        <v>100</v>
+      </c>
+      <c r="I683" s="48">
         <v>4</v>
       </c>
-      <c r="J683" s="56" t="s">
-[...3 lines deleted...]
-        <v>29.914999999999999</v>
+      <c r="J683" s="23" t="s">
+        <v>2005</v>
+      </c>
+      <c r="K683" s="11">
+        <v>45.4923</v>
       </c>
       <c r="L683" s="22">
-        <v>808.49</v>
+        <v>1289.1099999999999</v>
       </c>
       <c r="M683" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="684" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A684" s="28" t="s">
-        <v>668</v>
+      <c r="A684" s="16" t="s">
+        <v>568</v>
       </c>
       <c r="B684" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C684" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D684" s="10" t="s">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="E684" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F684" s="10" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="G684" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H684" s="25">
         <v>50</v>
       </c>
-      <c r="I684" s="54">
-        <v>5</v>
+      <c r="I684" s="48">
+        <v>4</v>
       </c>
       <c r="J684" s="23" t="s">
-        <v>2024</v>
+        <v>2007</v>
       </c>
       <c r="K684" s="11">
-        <v>9.1199999999999992</v>
+        <v>22.745999999999999</v>
       </c>
       <c r="L684" s="22">
-        <v>298.36</v>
+        <v>595.82000000000005</v>
       </c>
       <c r="M684" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="685" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A685" s="28" t="s">
-        <v>669</v>
+      <c r="A685" s="12" t="s">
+        <v>569</v>
       </c>
       <c r="B685" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C685" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D685" s="10" t="s">
-        <v>2278</v>
+        <v>2008</v>
       </c>
       <c r="E685" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F685" s="10" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="G685" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H685" s="25">
         <v>100</v>
       </c>
-      <c r="I685" s="54">
-        <v>4</v>
+      <c r="I685" s="48">
+        <v>1</v>
       </c>
       <c r="J685" s="23" t="s">
-        <v>2025</v>
+        <v>2009</v>
       </c>
       <c r="K685" s="11">
-        <v>18.2408</v>
+        <v>45.4923</v>
       </c>
       <c r="L685" s="22">
-        <v>688.74</v>
+        <v>1349.4</v>
       </c>
       <c r="M685" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="686" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A686" s="28" t="s">
-        <v>506</v>
+      <c r="A686" s="14" t="s">
+        <v>495</v>
       </c>
       <c r="B686" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C686" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D686" s="10" t="s">
-        <v>2026</v>
+        <v>2010</v>
       </c>
       <c r="E686" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F686" s="10" t="s">
-        <v>768</v>
+        <v>834</v>
       </c>
       <c r="G686" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H686" s="25">
         <v>50</v>
       </c>
-      <c r="I686" s="54">
+      <c r="I686" s="48">
         <v>4</v>
       </c>
       <c r="J686" s="23" t="s">
-        <v>2027</v>
+        <v>2011</v>
       </c>
       <c r="K686" s="11">
-        <v>12.576000000000001</v>
+        <v>32.733800000000002</v>
       </c>
       <c r="L686" s="22">
-        <v>441.36</v>
+        <v>1008.2</v>
       </c>
       <c r="M686" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="687" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A687" s="28" t="s">
-        <v>651</v>
+      <c r="A687" s="12" t="s">
+        <v>628</v>
       </c>
       <c r="B687" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C687" s="15" t="s">
-        <v>2186</v>
+        <v>2126</v>
       </c>
       <c r="D687" s="10" t="s">
-        <v>2028</v>
+        <v>2012</v>
       </c>
       <c r="E687" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F687" s="10" t="s">
-        <v>768</v>
+        <v>834</v>
       </c>
       <c r="G687" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H687" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>50</v>
+      </c>
+      <c r="I687" s="48">
+        <v>4</v>
       </c>
       <c r="J687" s="23" t="s">
-        <v>2029</v>
+        <v>2013</v>
       </c>
       <c r="K687" s="11">
-        <v>25.151700000000002</v>
+        <v>32.729999999999997</v>
       </c>
       <c r="L687" s="22">
-        <v>964.12</v>
+        <v>813.1</v>
       </c>
       <c r="M687" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="688" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A688" s="28" t="s">
-        <v>545</v>
+      <c r="A688" s="12" t="s">
+        <v>431</v>
       </c>
       <c r="B688" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C688" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D688" s="10" t="s">
-        <v>2030</v>
+        <v>2014</v>
       </c>
       <c r="E688" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F688" s="10" t="s">
-        <v>768</v>
+        <v>743</v>
       </c>
       <c r="G688" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H688" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>25</v>
+      </c>
+      <c r="I688" s="48">
+        <v>8</v>
       </c>
       <c r="J688" s="23" t="s">
-        <v>2031</v>
+        <v>2015</v>
       </c>
       <c r="K688" s="11">
-        <v>12.576000000000001</v>
+        <v>2.0097</v>
       </c>
       <c r="L688" s="22">
-        <v>303.44</v>
+        <v>120.16</v>
       </c>
       <c r="M688" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="689" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A689" s="28" t="s">
-        <v>546</v>
+      <c r="A689" s="12" t="s">
+        <v>453</v>
       </c>
       <c r="B689" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C689" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D689" s="10" t="s">
-        <v>2032</v>
+        <v>2016</v>
       </c>
       <c r="E689" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F689" s="10" t="s">
-        <v>768</v>
+        <v>743</v>
       </c>
       <c r="G689" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H689" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>50</v>
+      </c>
+      <c r="I689" s="48">
+        <v>7</v>
       </c>
       <c r="J689" s="23" t="s">
-        <v>2033</v>
+        <v>2017</v>
       </c>
       <c r="K689" s="11">
-        <v>25.151700000000002</v>
+        <v>4.0194000000000001</v>
       </c>
       <c r="L689" s="22">
-        <v>757.43</v>
+        <v>251.06</v>
       </c>
       <c r="M689" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="690" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>763</v>
+    <row r="690" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A690" s="12" t="s">
+        <v>199</v>
+      </c>
+      <c r="B690" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C690" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D690" s="10" t="s">
+        <v>2200</v>
+      </c>
+      <c r="E690" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F690" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="G690" s="10" t="s">
+        <v>753</v>
       </c>
       <c r="H690" s="25">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="I690" s="54">
+        <v>100</v>
+      </c>
+      <c r="I690" s="48">
         <v>4</v>
       </c>
-      <c r="J690" s="56" t="s">
-[...3 lines deleted...]
-        <v>37.728000000000002</v>
+      <c r="J690" s="23" t="s">
+        <v>2018</v>
+      </c>
+      <c r="K690" s="11">
+        <v>8.0388000000000002</v>
       </c>
       <c r="L690" s="22">
-        <v>937.63</v>
+        <v>534.34</v>
       </c>
       <c r="M690" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="691" spans="1:13" s="58" customFormat="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>763</v>
+    <row r="691" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A691" s="12" t="s">
+        <v>454</v>
+      </c>
+      <c r="B691" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C691" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D691" s="10" t="s">
+        <v>2019</v>
+      </c>
+      <c r="E691" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F691" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="G691" s="10" t="s">
+        <v>745</v>
       </c>
       <c r="H691" s="25">
-        <v>164</v>
-[...8 lines deleted...]
-        <v>41.249000000000002</v>
+        <v>20</v>
+      </c>
+      <c r="I691" s="48">
+        <v>14</v>
+      </c>
+      <c r="J691" s="23" t="s">
+        <v>2020</v>
+      </c>
+      <c r="K691" s="11">
+        <v>1.6077999999999999</v>
       </c>
       <c r="L691" s="22">
-        <v>1025.1400000000001</v>
+        <v>69.180000000000007</v>
       </c>
       <c r="M691" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="692" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A692" s="12" t="s">
-        <v>524</v>
+        <v>432</v>
       </c>
       <c r="B692" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C692" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D692" s="10" t="s">
-        <v>2034</v>
+        <v>2021</v>
       </c>
       <c r="E692" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F692" s="10" t="s">
-        <v>768</v>
+        <v>743</v>
       </c>
       <c r="G692" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H692" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>30</v>
+      </c>
+      <c r="I692" s="48">
+        <v>14</v>
       </c>
       <c r="J692" s="23" t="s">
-        <v>2035</v>
+        <v>2022</v>
       </c>
       <c r="K692" s="11">
-        <v>12.576000000000001</v>
+        <v>2.4116</v>
       </c>
       <c r="L692" s="22">
-        <v>352.02</v>
+        <v>92.36</v>
       </c>
       <c r="M692" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="693" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A693" s="28" t="s">
-        <v>525</v>
+      <c r="A693" s="12" t="s">
+        <v>112</v>
       </c>
       <c r="B693" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C693" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D693" s="10" t="s">
-        <v>2279</v>
+        <v>2023</v>
       </c>
       <c r="E693" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F693" s="10" t="s">
-        <v>768</v>
+        <v>743</v>
       </c>
       <c r="G693" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H693" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>50</v>
+      </c>
+      <c r="I693" s="48">
+        <v>12</v>
       </c>
       <c r="J693" s="23" t="s">
-        <v>2036</v>
+        <v>2024</v>
       </c>
       <c r="K693" s="11">
-        <v>25.151700000000002</v>
+        <v>4.0194000000000001</v>
       </c>
       <c r="L693" s="22">
-        <v>883.1</v>
+        <v>137.58000000000001</v>
       </c>
       <c r="M693" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="694" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A694" s="28" t="s">
-        <v>497</v>
+      <c r="A694" s="14" t="s">
+        <v>177</v>
       </c>
       <c r="B694" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C694" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D694" s="10" t="s">
-        <v>2037</v>
+        <v>2025</v>
       </c>
       <c r="E694" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F694" s="10" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="G694" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H694" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>100</v>
+      </c>
+      <c r="I694" s="48">
+        <v>5</v>
       </c>
       <c r="J694" s="23" t="s">
-        <v>2038</v>
+        <v>2026</v>
       </c>
       <c r="K694" s="11">
-        <v>15.24</v>
+        <v>8.0388000000000002</v>
       </c>
       <c r="L694" s="22">
-        <v>512.46</v>
+        <v>298.57</v>
       </c>
       <c r="M694" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="695" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A695" s="28" t="s">
-        <v>569</v>
+      <c r="A695" s="12" t="s">
+        <v>670</v>
       </c>
       <c r="B695" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C695" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D695" s="10" t="s">
-        <v>2039</v>
+        <v>2027</v>
       </c>
       <c r="E695" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F695" s="10" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="G695" s="10" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H695" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>25</v>
+      </c>
+      <c r="I695" s="48">
+        <v>12</v>
       </c>
       <c r="J695" s="23" t="s">
-        <v>2040</v>
+        <v>2028</v>
       </c>
       <c r="K695" s="11">
-        <v>30.480499999999999</v>
+        <v>2.0097</v>
       </c>
       <c r="L695" s="22">
-        <v>1112.3399999999999</v>
+        <v>90</v>
       </c>
       <c r="M695" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="696" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A696" s="28" t="s">
-        <v>641</v>
+      <c r="A696" s="12" t="s">
+        <v>157</v>
       </c>
       <c r="B696" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C696" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D696" s="10" t="s">
-        <v>2041</v>
+        <v>2029</v>
       </c>
       <c r="E696" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F696" s="10" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="G696" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H696" s="25">
         <v>50</v>
       </c>
-      <c r="I696" s="54">
-        <v>5</v>
+      <c r="I696" s="48">
+        <v>8</v>
       </c>
       <c r="J696" s="23" t="s">
-        <v>2042</v>
+        <v>2030</v>
       </c>
       <c r="K696" s="11">
-        <v>15.24</v>
+        <v>4.0194000000000001</v>
       </c>
       <c r="L696" s="22">
-        <v>384.48</v>
+        <v>169.14</v>
       </c>
       <c r="M696" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="697" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A697" s="28" t="s">
-        <v>642</v>
+      <c r="A697" s="12" t="s">
+        <v>672</v>
       </c>
       <c r="B697" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C697" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D697" s="10" t="s">
-        <v>2043</v>
+        <v>2031</v>
       </c>
       <c r="E697" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F697" s="10" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="G697" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H697" s="25">
         <v>100</v>
       </c>
-      <c r="I697" s="54">
+      <c r="I697" s="48">
         <v>4</v>
       </c>
       <c r="J697" s="23" t="s">
-        <v>2044</v>
+        <v>2032</v>
       </c>
       <c r="K697" s="11">
-        <v>30.480499999999999</v>
+        <v>8.0388000000000002</v>
       </c>
       <c r="L697" s="22">
-        <v>941.55</v>
+        <v>376.01</v>
       </c>
       <c r="M697" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="698" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A698" s="28" t="s">
-        <v>649</v>
+      <c r="A698" s="12" t="s">
+        <v>626</v>
       </c>
       <c r="B698" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C698" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D698" s="10" t="s">
-        <v>2045</v>
+        <v>2246</v>
       </c>
       <c r="E698" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F698" s="10" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="G698" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="H698" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>100</v>
+      </c>
+      <c r="I698" s="48">
+        <v>5</v>
       </c>
       <c r="J698" s="23" t="s">
-        <v>2046</v>
+        <v>2033</v>
       </c>
       <c r="K698" s="11">
-        <v>15.24</v>
+        <v>8.0388000000000002</v>
       </c>
       <c r="L698" s="22">
-        <v>461.4</v>
+        <v>300.98</v>
       </c>
       <c r="M698" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="699" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A699" s="28" t="s">
-        <v>650</v>
+      <c r="A699" s="12" t="s">
+        <v>424</v>
       </c>
       <c r="B699" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C699" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D699" s="10" t="s">
-        <v>2047</v>
+        <v>2034</v>
       </c>
       <c r="E699" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F699" s="10" t="s">
-        <v>790</v>
+        <v>744</v>
       </c>
       <c r="G699" s="10" t="s">
-        <v>790</v>
+        <v>753</v>
       </c>
       <c r="H699" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>25</v>
+      </c>
+      <c r="I699" s="48">
+        <v>8</v>
       </c>
       <c r="J699" s="23" t="s">
-        <v>2048</v>
+        <v>2035</v>
       </c>
       <c r="K699" s="11">
-        <v>30.480499999999999</v>
+        <v>3.3422000000000001</v>
       </c>
       <c r="L699" s="22">
-        <v>1060.54</v>
+        <v>176.44</v>
       </c>
       <c r="M699" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="700" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A700" s="28" t="s">
-        <v>670</v>
+      <c r="A700" s="12" t="s">
+        <v>455</v>
       </c>
       <c r="B700" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C700" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D700" s="10" t="s">
-        <v>2049</v>
+        <v>2036</v>
       </c>
       <c r="E700" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F700" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G700" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H700" s="25">
         <v>50</v>
       </c>
-      <c r="I700" s="54">
-        <v>4</v>
+      <c r="I700" s="48">
+        <v>5</v>
       </c>
       <c r="J700" s="23" t="s">
-        <v>2050</v>
+        <v>2037</v>
       </c>
       <c r="K700" s="11">
-        <v>22.745999999999999</v>
+        <v>6.6844000000000001</v>
       </c>
       <c r="L700" s="22">
-        <v>681.54</v>
+        <v>350.1</v>
       </c>
       <c r="M700" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="701" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A701" s="28" t="s">
-        <v>597</v>
+      <c r="A701" s="12" t="s">
+        <v>190</v>
       </c>
       <c r="B701" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C701" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D701" s="10" t="s">
-        <v>2051</v>
+        <v>2201</v>
       </c>
       <c r="E701" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F701" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G701" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H701" s="25">
         <v>100</v>
       </c>
-      <c r="I701" s="54">
-        <v>1</v>
+      <c r="I701" s="48">
+        <v>4</v>
       </c>
       <c r="J701" s="23" t="s">
-        <v>2052</v>
+        <v>2038</v>
       </c>
       <c r="K701" s="11">
-        <v>45.4923</v>
+        <v>13.3688</v>
       </c>
       <c r="L701" s="22">
-        <v>1539.66</v>
+        <v>748.16</v>
       </c>
       <c r="M701" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="702" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A702" s="28" t="s">
-        <v>581</v>
+      <c r="A702" s="12" t="s">
+        <v>456</v>
       </c>
       <c r="B702" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C702" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D702" s="10" t="s">
-        <v>2053</v>
+        <v>2039</v>
       </c>
       <c r="E702" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F702" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G702" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H702" s="25">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>20</v>
+      </c>
+      <c r="I702" s="48">
+        <v>14</v>
       </c>
       <c r="J702" s="23" t="s">
-        <v>2054</v>
+        <v>2040</v>
       </c>
       <c r="K702" s="11">
-        <v>22.745999999999999</v>
+        <v>2.6738</v>
       </c>
       <c r="L702" s="22">
-        <v>509.72</v>
+        <v>100.66</v>
       </c>
       <c r="M702" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="703" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A703" s="28" t="s">
-        <v>583</v>
+      <c r="A703" s="12" t="s">
+        <v>457</v>
       </c>
       <c r="B703" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C703" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D703" s="10" t="s">
-        <v>2055</v>
+        <v>2041</v>
       </c>
       <c r="E703" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F703" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G703" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H703" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>30</v>
+      </c>
+      <c r="I703" s="48">
+        <v>14</v>
       </c>
       <c r="J703" s="23" t="s">
-        <v>2056</v>
+        <v>2042</v>
       </c>
       <c r="K703" s="11">
-        <v>45.4923</v>
+        <v>4.0106000000000002</v>
       </c>
       <c r="L703" s="22">
-        <v>1289.1099999999999</v>
+        <v>135.12</v>
       </c>
       <c r="M703" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="704" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A704" s="16" t="s">
-        <v>585</v>
+      <c r="A704" s="12" t="s">
+        <v>95</v>
       </c>
       <c r="B704" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C704" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D704" s="10" t="s">
-        <v>2057</v>
+        <v>2043</v>
       </c>
       <c r="E704" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F704" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G704" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H704" s="25">
         <v>50</v>
       </c>
-      <c r="I704" s="54">
-        <v>4</v>
+      <c r="I704" s="48">
+        <v>8</v>
       </c>
       <c r="J704" s="23" t="s">
-        <v>2058</v>
+        <v>2044</v>
       </c>
       <c r="K704" s="11">
-        <v>22.745999999999999</v>
+        <v>6.6844000000000001</v>
       </c>
       <c r="L704" s="22">
-        <v>595.82000000000005</v>
+        <v>197.92</v>
       </c>
       <c r="M704" s="22">
-        <f t="shared" si="10"/>
+        <f t="shared" ref="M704:M747" si="11">L704*$B$5</f>
         <v>0</v>
       </c>
     </row>
     <row r="705" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A705" s="12" t="s">
-        <v>586</v>
+        <v>172</v>
       </c>
       <c r="B705" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C705" s="15" t="s">
-        <v>2186</v>
+        <v>842</v>
       </c>
       <c r="D705" s="10" t="s">
-        <v>2059</v>
+        <v>2045</v>
       </c>
       <c r="E705" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F705" s="10" t="s">
-        <v>825</v>
+        <v>744</v>
       </c>
       <c r="G705" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H705" s="25">
         <v>100</v>
       </c>
-      <c r="I705" s="54">
-        <v>1</v>
+      <c r="I705" s="48">
+        <v>5</v>
       </c>
       <c r="J705" s="23" t="s">
+        <v>2046</v>
+      </c>
+      <c r="K705" s="11">
+        <v>13.3688</v>
+      </c>
+      <c r="L705" s="22">
+        <v>433.69</v>
+      </c>
+      <c r="M705" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="706" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A706" s="12" t="s">
+        <v>625</v>
+      </c>
+      <c r="B706" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C706" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D706" s="10" t="s">
+        <v>2047</v>
+      </c>
+      <c r="E706" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F706" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="G706" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H706" s="25">
+        <v>25</v>
+      </c>
+      <c r="I706" s="48">
+        <v>12</v>
+      </c>
+      <c r="J706" s="23" t="s">
+        <v>2048</v>
+      </c>
+      <c r="K706" s="11">
+        <v>3.34219</v>
+      </c>
+      <c r="L706" s="22">
+        <v>127.44</v>
+      </c>
+      <c r="M706" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="707" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A707" s="12" t="s">
+        <v>433</v>
+      </c>
+      <c r="B707" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C707" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D707" s="10" t="s">
+        <v>2049</v>
+      </c>
+      <c r="E707" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F707" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="G707" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H707" s="25">
+        <v>30</v>
+      </c>
+      <c r="I707" s="48">
+        <v>7</v>
+      </c>
+      <c r="J707" s="23" t="s">
+        <v>2050</v>
+      </c>
+      <c r="K707" s="11">
+        <v>4.0106000000000002</v>
+      </c>
+      <c r="L707" s="22">
+        <v>152.94</v>
+      </c>
+      <c r="M707" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="708" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A708" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="B708" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C708" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D708" s="10" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E708" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F708" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="G708" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H708" s="25">
+        <v>50</v>
+      </c>
+      <c r="I708" s="48">
+        <v>5</v>
+      </c>
+      <c r="J708" s="23" t="s">
+        <v>2052</v>
+      </c>
+      <c r="K708" s="11">
+        <v>6.6844000000000001</v>
+      </c>
+      <c r="L708" s="22">
+        <v>228.96</v>
+      </c>
+      <c r="M708" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="709" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A709" s="12" t="s">
+        <v>198</v>
+      </c>
+      <c r="B709" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C709" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D709" s="10" t="s">
+        <v>2053</v>
+      </c>
+      <c r="E709" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F709" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="G709" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H709" s="25">
+        <v>100</v>
+      </c>
+      <c r="I709" s="48">
+        <v>4</v>
+      </c>
+      <c r="J709" s="23" t="s">
+        <v>2054</v>
+      </c>
+      <c r="K709" s="11">
+        <v>13.3688</v>
+      </c>
+      <c r="L709" s="22">
+        <v>502.17</v>
+      </c>
+      <c r="M709" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="710" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A710" s="12" t="s">
+        <v>434</v>
+      </c>
+      <c r="B710" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C710" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D710" s="10" t="s">
+        <v>2055</v>
+      </c>
+      <c r="E710" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F710" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="G710" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="H710" s="25">
+        <v>35</v>
+      </c>
+      <c r="I710" s="48">
+        <v>14</v>
+      </c>
+      <c r="J710" s="23" t="s">
+        <v>2056</v>
+      </c>
+      <c r="K710" s="11">
+        <v>4.6791</v>
+      </c>
+      <c r="L710" s="22">
+        <v>146.34</v>
+      </c>
+      <c r="M710" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="711" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A711" s="12" t="s">
+        <v>231</v>
+      </c>
+      <c r="B711" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C711" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D711" s="10" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E711" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F711" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G711" s="10" t="s">
+        <v>753</v>
+      </c>
+      <c r="H711" s="25">
+        <v>25</v>
+      </c>
+      <c r="I711" s="48">
+        <v>8</v>
+      </c>
+      <c r="J711" s="23" t="s">
+        <v>2058</v>
+      </c>
+      <c r="K711" s="11">
+        <v>4.5602</v>
+      </c>
+      <c r="L711" s="22">
+        <v>176.18</v>
+      </c>
+      <c r="M711" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="712" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A712" s="12" t="s">
+        <v>192</v>
+      </c>
+      <c r="B712" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C712" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D712" s="10" t="s">
+        <v>2059</v>
+      </c>
+      <c r="E712" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F712" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G712" s="10" t="s">
+        <v>753</v>
+      </c>
+      <c r="H712" s="25">
+        <v>50</v>
+      </c>
+      <c r="I712" s="48">
+        <v>5</v>
+      </c>
+      <c r="J712" s="23" t="s">
         <v>2060</v>
       </c>
-      <c r="K705" s="11">
-[...20 lines deleted...]
-      <c r="D706" s="10" t="s">
+      <c r="K712" s="11">
+        <v>9.1204000000000001</v>
+      </c>
+      <c r="L712" s="22">
+        <v>362.24</v>
+      </c>
+      <c r="M712" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="713" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A713" s="12" t="s">
+        <v>185</v>
+      </c>
+      <c r="B713" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C713" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D713" s="10" t="s">
+        <v>2202</v>
+      </c>
+      <c r="E713" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F713" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G713" s="10" t="s">
+        <v>753</v>
+      </c>
+      <c r="H713" s="25">
+        <v>100</v>
+      </c>
+      <c r="I713" s="48">
+        <v>4</v>
+      </c>
+      <c r="J713" s="23" t="s">
         <v>2061</v>
       </c>
-      <c r="E706" s="10" t="s">
-[...8 lines deleted...]
-      <c r="H706" s="25">
+      <c r="K713" s="11">
+        <v>18.2408</v>
+      </c>
+      <c r="L713" s="22">
+        <v>775.08</v>
+      </c>
+      <c r="M713" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="714" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A714" s="12" t="s">
+        <v>458</v>
+      </c>
+      <c r="B714" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C714" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D714" s="10" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E714" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F714" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G714" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H714" s="25">
+        <v>20</v>
+      </c>
+      <c r="I714" s="48">
+        <v>14</v>
+      </c>
+      <c r="J714" s="23" t="s">
+        <v>2063</v>
+      </c>
+      <c r="K714" s="11">
+        <v>3.6482000000000001</v>
+      </c>
+      <c r="L714" s="22">
+        <v>108.36</v>
+      </c>
+      <c r="M714" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="715" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A715" s="12" t="s">
+        <v>459</v>
+      </c>
+      <c r="B715" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C715" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D715" s="10" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E715" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F715" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G715" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H715" s="25">
+        <v>30</v>
+      </c>
+      <c r="I715" s="48">
+        <v>14</v>
+      </c>
+      <c r="J715" s="23" t="s">
+        <v>2065</v>
+      </c>
+      <c r="K715" s="11">
+        <v>5.4722</v>
+      </c>
+      <c r="L715" s="22">
+        <v>142.18</v>
+      </c>
+      <c r="M715" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A716" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="B716" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C716" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D716" s="10" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E716" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F716" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G716" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H716" s="25">
         <v>50</v>
       </c>
-      <c r="I706" s="54">
+      <c r="I716" s="48">
+        <v>7</v>
+      </c>
+      <c r="J716" s="23" t="s">
+        <v>2067</v>
+      </c>
+      <c r="K716" s="11">
+        <v>9.1204000000000001</v>
+      </c>
+      <c r="L716" s="22">
+        <v>225.94</v>
+      </c>
+      <c r="M716" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A717" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="B717" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C717" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D717" s="10" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E717" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F717" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G717" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H717" s="25">
+        <v>100</v>
+      </c>
+      <c r="I717" s="48">
+        <v>5</v>
+      </c>
+      <c r="J717" s="23" t="s">
+        <v>2069</v>
+      </c>
+      <c r="K717" s="11">
+        <v>18.2408</v>
+      </c>
+      <c r="L717" s="22">
+        <v>526.54</v>
+      </c>
+      <c r="M717" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A718" s="12" t="s">
+        <v>422</v>
+      </c>
+      <c r="B718" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C718" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D718" s="10" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E718" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F718" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G718" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H718" s="25">
+        <v>30</v>
+      </c>
+      <c r="I718" s="48">
+        <v>7</v>
+      </c>
+      <c r="J718" s="23" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K718" s="11">
+        <v>5.4722</v>
+      </c>
+      <c r="L718" s="22">
+        <v>181.8</v>
+      </c>
+      <c r="M718" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A719" s="12" t="s">
+        <v>119</v>
+      </c>
+      <c r="B719" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C719" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D719" s="10" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E719" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F719" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G719" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H719" s="25">
+        <v>50</v>
+      </c>
+      <c r="I719" s="48">
+        <v>5</v>
+      </c>
+      <c r="J719" s="23" t="s">
+        <v>2073</v>
+      </c>
+      <c r="K719" s="11">
+        <v>9.1204000000000001</v>
+      </c>
+      <c r="L719" s="22">
+        <v>262.56</v>
+      </c>
+      <c r="M719" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="720" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A720" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="B720" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C720" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D720" s="10" t="s">
+        <v>2203</v>
+      </c>
+      <c r="E720" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F720" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G720" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="H720" s="25">
+        <v>100</v>
+      </c>
+      <c r="I720" s="48">
         <v>4</v>
       </c>
-      <c r="J706" s="23" t="s">
-[...35 lines deleted...]
-      <c r="H707" s="25">
+      <c r="J720" s="23" t="s">
+        <v>2074</v>
+      </c>
+      <c r="K720" s="11">
+        <v>18.2408</v>
+      </c>
+      <c r="L720" s="22">
+        <v>606.09</v>
+      </c>
+      <c r="M720" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A721" s="14" t="s">
+        <v>436</v>
+      </c>
+      <c r="B721" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C721" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D721" s="10" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E721" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F721" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="G721" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="H721" s="25">
+        <v>35</v>
+      </c>
+      <c r="I721" s="48">
+        <v>12</v>
+      </c>
+      <c r="J721" s="23" t="s">
+        <v>2076</v>
+      </c>
+      <c r="K721" s="11">
+        <v>6.3842999999999996</v>
+      </c>
+      <c r="L721" s="22">
+        <v>167.66</v>
+      </c>
+      <c r="M721" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A722" s="12" t="s">
+        <v>426</v>
+      </c>
+      <c r="B722" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C722" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D722" s="10" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E722" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F722" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G722" s="10" t="s">
+        <v>753</v>
+      </c>
+      <c r="H722" s="25">
+        <v>25</v>
+      </c>
+      <c r="I722" s="48">
+        <v>5</v>
+      </c>
+      <c r="J722" s="23" t="s">
+        <v>2078</v>
+      </c>
+      <c r="K722" s="11">
+        <v>6.2878999999999996</v>
+      </c>
+      <c r="L722" s="22">
+        <v>215.18</v>
+      </c>
+      <c r="M722" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="723" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A723" s="12" t="s">
+        <v>212</v>
+      </c>
+      <c r="B723" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C723" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D723" s="10" t="s">
+        <v>2079</v>
+      </c>
+      <c r="E723" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F723" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G723" s="10" t="s">
+        <v>753</v>
+      </c>
+      <c r="H723" s="25">
         <v>50</v>
       </c>
-      <c r="I707" s="54">
+      <c r="I723" s="48">
+        <v>5</v>
+      </c>
+      <c r="J723" s="23" t="s">
+        <v>2080</v>
+      </c>
+      <c r="K723" s="11">
+        <v>12.575900000000001</v>
+      </c>
+      <c r="L723" s="22">
+        <v>388.4</v>
+      </c>
+      <c r="M723" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A724" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="B724" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C724" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D724" s="10" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E724" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F724" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G724" s="10" t="s">
+        <v>753</v>
+      </c>
+      <c r="H724" s="25">
+        <v>100</v>
+      </c>
+      <c r="I724" s="48">
         <v>4</v>
       </c>
-      <c r="J707" s="23" t="s">
-[...38 lines deleted...]
-      <c r="I708" s="54">
+      <c r="J724" s="23" t="s">
+        <v>2081</v>
+      </c>
+      <c r="K724" s="11">
+        <v>25.151700000000002</v>
+      </c>
+      <c r="L724" s="22">
+        <v>848.42</v>
+      </c>
+      <c r="M724" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A725" s="12" t="s">
+        <v>460</v>
+      </c>
+      <c r="B725" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C725" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D725" s="10" t="s">
+        <v>2082</v>
+      </c>
+      <c r="E725" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F725" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G725" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H725" s="25">
+        <v>20</v>
+      </c>
+      <c r="I725" s="48">
+        <v>14</v>
+      </c>
+      <c r="J725" s="23" t="s">
+        <v>2083</v>
+      </c>
+      <c r="K725" s="11">
+        <v>5.0303000000000004</v>
+      </c>
+      <c r="L725" s="22">
+        <v>127</v>
+      </c>
+      <c r="M725" s="22">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A726" s="12" t="s">
+        <v>461</v>
+      </c>
+      <c r="B726" s="15" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C726" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="D726" s="10" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E726" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F726" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="G726" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="H726" s="25">
+        <v>30</v>
+      </c>
+      <c r="I726" s="48">
         <v>8</v>
       </c>
-      <c r="J708" s="23" t="s">
-[...419 lines deleted...]
-      <c r="J718" s="23" t="s">
+      <c r="J726" s="23" t="s">
         <v>2085</v>
       </c>
-      <c r="K718" s="11">
-[...334 lines deleted...]
-      </c>
       <c r="K726" s="11">
-        <v>8.0213000000000001</v>
+        <v>7.5454999999999997</v>
       </c>
       <c r="L726" s="22">
-        <v>267.38</v>
+        <v>167.88</v>
       </c>
       <c r="M726" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="727" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A727" s="28" t="s">
-        <v>174</v>
+      <c r="A727" s="12" t="s">
+        <v>64</v>
       </c>
       <c r="B727" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C727" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D727" s="10" t="s">
-        <v>2101</v>
+        <v>2086</v>
       </c>
       <c r="E727" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F727" s="10" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="G727" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H727" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I727" s="48">
+        <v>7</v>
       </c>
       <c r="J727" s="23" t="s">
-        <v>2102</v>
+        <v>2087</v>
       </c>
       <c r="K727" s="11">
-        <v>13.3688</v>
+        <v>12.575900000000001</v>
       </c>
       <c r="L727" s="22">
-        <v>433.69</v>
+        <v>267.02</v>
       </c>
       <c r="M727" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="728" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A728" s="28" t="s">
-        <v>643</v>
+      <c r="A728" s="12" t="s">
+        <v>144</v>
       </c>
       <c r="B728" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C728" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D728" s="10" t="s">
-        <v>2103</v>
+        <v>2088</v>
       </c>
       <c r="E728" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F728" s="10" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="G728" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H728" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>100</v>
+      </c>
+      <c r="I728" s="48">
+        <v>4</v>
       </c>
       <c r="J728" s="23" t="s">
-        <v>2104</v>
+        <v>2089</v>
       </c>
       <c r="K728" s="11">
-        <v>3.34219</v>
+        <v>25.151700000000002</v>
       </c>
       <c r="L728" s="22">
-        <v>127.44</v>
+        <v>666.54</v>
       </c>
       <c r="M728" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="729" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A729" s="28" t="s">
-        <v>445</v>
+      <c r="A729" s="12" t="s">
+        <v>419</v>
       </c>
       <c r="B729" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C729" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D729" s="10" t="s">
-        <v>2105</v>
+        <v>2090</v>
       </c>
       <c r="E729" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F729" s="10" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="G729" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H729" s="25">
         <v>30</v>
       </c>
-      <c r="I729" s="54">
+      <c r="I729" s="48">
         <v>7</v>
       </c>
       <c r="J729" s="23" t="s">
-        <v>2106</v>
+        <v>2091</v>
       </c>
       <c r="K729" s="11">
-        <v>4.0106000000000002</v>
+        <v>7.5454999999999997</v>
       </c>
       <c r="L729" s="22">
-        <v>152.94</v>
+        <v>214.66</v>
       </c>
       <c r="M729" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="730" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A730" s="28" t="s">
-        <v>133</v>
+      <c r="A730" s="12" t="s">
+        <v>111</v>
       </c>
       <c r="B730" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C730" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D730" s="10" t="s">
-        <v>2107</v>
+        <v>2092</v>
       </c>
       <c r="E730" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F730" s="10" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="G730" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H730" s="25">
         <v>50</v>
       </c>
-      <c r="I730" s="54">
+      <c r="I730" s="48">
         <v>5</v>
       </c>
       <c r="J730" s="23" t="s">
-        <v>2108</v>
+        <v>2093</v>
       </c>
       <c r="K730" s="11">
-        <v>6.6844000000000001</v>
+        <v>12.575900000000001</v>
       </c>
       <c r="L730" s="22">
-        <v>228.96</v>
+        <v>309.77999999999997</v>
       </c>
       <c r="M730" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="731" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A731" s="28" t="s">
-        <v>200</v>
+      <c r="A731" s="12" t="s">
+        <v>152</v>
       </c>
       <c r="B731" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C731" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D731" s="10" t="s">
-        <v>2109</v>
+        <v>2205</v>
       </c>
       <c r="E731" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F731" s="10" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="G731" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H731" s="25">
         <v>100</v>
       </c>
-      <c r="I731" s="54">
+      <c r="I731" s="48">
         <v>4</v>
       </c>
       <c r="J731" s="23" t="s">
-        <v>2110</v>
+        <v>2094</v>
       </c>
       <c r="K731" s="11">
-        <v>13.3688</v>
+        <v>25.151700000000002</v>
       </c>
       <c r="L731" s="22">
-        <v>502.17</v>
+        <v>777.13</v>
       </c>
       <c r="M731" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="732" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A732" s="28" t="s">
-        <v>446</v>
+      <c r="A732" s="12" t="s">
+        <v>213</v>
       </c>
       <c r="B732" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C732" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D732" s="10" t="s">
-        <v>2111</v>
+        <v>2095</v>
       </c>
       <c r="E732" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F732" s="10" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="G732" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H732" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I732" s="48">
+        <v>4</v>
       </c>
       <c r="J732" s="23" t="s">
-        <v>2112</v>
+        <v>2096</v>
       </c>
       <c r="K732" s="11">
-        <v>4.6791</v>
+        <v>15.2402</v>
       </c>
       <c r="L732" s="22">
-        <v>146.34</v>
+        <v>450.96</v>
       </c>
       <c r="M732" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="733" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A733" s="28" t="s">
-        <v>233</v>
+      <c r="A733" s="12" t="s">
+        <v>551</v>
       </c>
       <c r="B733" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C733" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D733" s="10" t="s">
-        <v>2113</v>
+        <v>2097</v>
       </c>
       <c r="E733" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F733" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="G733" s="10" t="s">
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="H733" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="I733" s="48">
+        <v>1</v>
       </c>
       <c r="J733" s="23" t="s">
-        <v>2114</v>
+        <v>2098</v>
       </c>
       <c r="K733" s="11">
-        <v>4.5602</v>
+        <v>30.480499999999999</v>
       </c>
       <c r="L733" s="22">
-        <v>176.18</v>
+        <v>978.86</v>
       </c>
       <c r="M733" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="734" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A734" s="28" t="s">
-        <v>194</v>
+      <c r="A734" s="12" t="s">
+        <v>7</v>
       </c>
       <c r="B734" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C734" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D734" s="10" t="s">
-        <v>2115</v>
+        <v>2099</v>
       </c>
       <c r="E734" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F734" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="G734" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H734" s="25">
         <v>50</v>
       </c>
-      <c r="I734" s="54">
+      <c r="I734" s="48">
         <v>5</v>
       </c>
       <c r="J734" s="23" t="s">
-        <v>2116</v>
+        <v>2100</v>
       </c>
       <c r="K734" s="11">
-        <v>9.1204000000000001</v>
+        <v>15.2402</v>
       </c>
       <c r="L734" s="22">
-        <v>362.24</v>
+        <v>338.34</v>
       </c>
       <c r="M734" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="735" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A735" s="28" t="s">
-        <v>187</v>
+      <c r="A735" s="12" t="s">
+        <v>221</v>
       </c>
       <c r="B735" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C735" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D735" s="10" t="s">
-        <v>2282</v>
+        <v>2101</v>
       </c>
       <c r="E735" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F735" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="G735" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H735" s="25">
         <v>100</v>
       </c>
-      <c r="I735" s="54">
+      <c r="I735" s="48">
         <v>4</v>
       </c>
       <c r="J735" s="23" t="s">
-        <v>2117</v>
+        <v>2102</v>
       </c>
       <c r="K735" s="11">
-        <v>18.2408</v>
+        <v>30.480499999999999</v>
       </c>
       <c r="L735" s="22">
-        <v>775.08</v>
+        <v>828.56</v>
       </c>
       <c r="M735" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="736" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A736" s="28" t="s">
-        <v>473</v>
+      <c r="A736" s="12" t="s">
+        <v>6</v>
       </c>
       <c r="B736" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C736" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D736" s="10" t="s">
-        <v>2118</v>
+        <v>2103</v>
       </c>
       <c r="E736" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F736" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="G736" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H736" s="25">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>50</v>
+      </c>
+      <c r="I736" s="48">
+        <v>4</v>
       </c>
       <c r="J736" s="23" t="s">
-        <v>2119</v>
+        <v>2104</v>
       </c>
       <c r="K736" s="11">
-        <v>3.6482000000000001</v>
+        <v>15.2402</v>
       </c>
       <c r="L736" s="22">
-        <v>108.36</v>
+        <v>406.04</v>
       </c>
       <c r="M736" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="737" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A737" s="28" t="s">
-        <v>474</v>
+      <c r="A737" s="12" t="s">
+        <v>462</v>
       </c>
       <c r="B737" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C737" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D737" s="10" t="s">
-        <v>2120</v>
+        <v>1022</v>
       </c>
       <c r="E737" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F737" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="G737" s="10" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="H737" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>100</v>
+      </c>
+      <c r="I737" s="48">
+        <v>1</v>
       </c>
       <c r="J737" s="23" t="s">
-        <v>2121</v>
+        <v>2105</v>
       </c>
       <c r="K737" s="11">
-        <v>5.4722</v>
+        <v>30.480499999999999</v>
       </c>
       <c r="L737" s="22">
-        <v>142.18</v>
+        <v>933.28</v>
       </c>
       <c r="M737" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="738" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A738" s="28" t="s">
-        <v>74</v>
+      <c r="A738" s="12" t="s">
+        <v>463</v>
       </c>
       <c r="B738" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C738" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D738" s="10" t="s">
-        <v>2122</v>
+        <v>2106</v>
       </c>
       <c r="E738" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F738" s="10" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="G738" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H738" s="25">
         <v>50</v>
       </c>
-      <c r="I738" s="54">
-        <v>7</v>
+      <c r="I738" s="48">
+        <v>4</v>
       </c>
       <c r="J738" s="23" t="s">
-        <v>2123</v>
+        <v>2107</v>
       </c>
       <c r="K738" s="11">
-        <v>9.1204000000000001</v>
+        <v>22.746200000000002</v>
       </c>
       <c r="L738" s="22">
-        <v>225.94</v>
+        <v>599.76</v>
       </c>
       <c r="M738" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="739" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A739" s="28" t="s">
-        <v>427</v>
+      <c r="A739" s="12" t="s">
+        <v>578</v>
       </c>
       <c r="B739" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C739" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D739" s="10" t="s">
-        <v>2124</v>
+        <v>2108</v>
       </c>
       <c r="E739" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F739" s="10" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="G739" s="10" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="H739" s="25">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>100</v>
+      </c>
+      <c r="I739" s="48">
+        <v>1</v>
       </c>
       <c r="J739" s="23" t="s">
-        <v>2125</v>
+        <v>2109</v>
       </c>
       <c r="K739" s="11">
-        <v>10.9445</v>
+        <v>45.4923</v>
       </c>
       <c r="L739" s="22">
-        <v>296</v>
+        <v>1354.9</v>
       </c>
       <c r="M739" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="740" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A740" s="9" t="s">
-        <v>156</v>
+      <c r="A740" s="12" t="s">
+        <v>5</v>
       </c>
       <c r="B740" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C740" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D740" s="10" t="s">
-        <v>2126</v>
+        <v>2110</v>
       </c>
       <c r="E740" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F740" s="10" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="G740" s="10" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="H740" s="25">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="I740" s="54">
+        <v>50</v>
+      </c>
+      <c r="I740" s="48">
         <v>5</v>
       </c>
       <c r="J740" s="23" t="s">
-        <v>2127</v>
+        <v>2111</v>
       </c>
       <c r="K740" s="11">
-        <v>18.2408</v>
+        <v>22.746200000000002</v>
       </c>
       <c r="L740" s="22">
-        <v>526.54</v>
+        <v>448.56</v>
       </c>
       <c r="M740" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="741" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A741" s="28" t="s">
-        <v>432</v>
+      <c r="A741" s="12" t="s">
+        <v>4</v>
       </c>
       <c r="B741" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C741" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D741" s="10" t="s">
-        <v>2128</v>
+        <v>2112</v>
       </c>
       <c r="E741" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F741" s="10" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="G741" s="10" t="s">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="H741" s="25">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>100</v>
+      </c>
+      <c r="I741" s="48">
+        <v>4</v>
       </c>
       <c r="J741" s="23" t="s">
-        <v>2129</v>
+        <v>2113</v>
       </c>
       <c r="K741" s="11">
-        <v>5.4722</v>
+        <v>45.4923</v>
       </c>
       <c r="L741" s="22">
-        <v>181.8</v>
+        <v>1134.42</v>
       </c>
       <c r="M741" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="742" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A742" s="28" t="s">
-        <v>121</v>
+      <c r="A742" s="12" t="s">
+        <v>3</v>
       </c>
       <c r="B742" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C742" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D742" s="10" t="s">
-        <v>2130</v>
+        <v>2114</v>
       </c>
       <c r="E742" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F742" s="10" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="G742" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H742" s="25">
         <v>50</v>
       </c>
-      <c r="I742" s="54">
-        <v>5</v>
+      <c r="I742" s="48">
+        <v>4</v>
       </c>
       <c r="J742" s="23" t="s">
-        <v>2131</v>
+        <v>2115</v>
       </c>
       <c r="K742" s="11">
-        <v>9.1204000000000001</v>
+        <v>22.746200000000002</v>
       </c>
       <c r="L742" s="22">
-        <v>262.56</v>
+        <v>524.32000000000005</v>
       </c>
       <c r="M742" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="743" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A743" s="28" t="s">
-        <v>182</v>
+      <c r="A743" s="12" t="s">
+        <v>420</v>
       </c>
       <c r="B743" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C743" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D743" s="10" t="s">
-        <v>2283</v>
+        <v>1109</v>
       </c>
       <c r="E743" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F743" s="10" t="s">
-        <v>763</v>
+        <v>807</v>
       </c>
       <c r="G743" s="10" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H743" s="25">
         <v>100</v>
       </c>
-      <c r="I743" s="54">
-        <v>4</v>
+      <c r="I743" s="48">
+        <v>1</v>
       </c>
       <c r="J743" s="23" t="s">
-        <v>2132</v>
+        <v>2116</v>
       </c>
       <c r="K743" s="11">
-        <v>18.2408</v>
+        <v>45.4923</v>
       </c>
       <c r="L743" s="22">
-        <v>606.09</v>
+        <v>1187.47</v>
       </c>
       <c r="M743" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="744" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A744" s="14" t="s">
-        <v>448</v>
+      <c r="A744" s="12" t="s">
+        <v>421</v>
       </c>
       <c r="B744" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C744" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D744" s="10" t="s">
-        <v>2133</v>
+        <v>2117</v>
       </c>
       <c r="E744" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F744" s="10" t="s">
-        <v>763</v>
+        <v>834</v>
       </c>
       <c r="G744" s="10" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H744" s="25">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>50</v>
+      </c>
+      <c r="I744" s="48">
+        <v>4</v>
       </c>
       <c r="J744" s="23" t="s">
-        <v>2134</v>
+        <v>2118</v>
       </c>
       <c r="K744" s="11">
-        <v>6.3842999999999996</v>
+        <v>32.733800000000002</v>
       </c>
       <c r="L744" s="22">
-        <v>167.66</v>
+        <v>887.22</v>
       </c>
       <c r="M744" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="745" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A745" s="28" t="s">
-        <v>437</v>
+      <c r="A745" s="12" t="s">
+        <v>2</v>
       </c>
       <c r="B745" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C745" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D745" s="10" t="s">
-        <v>2135</v>
+        <v>2119</v>
       </c>
       <c r="E745" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F745" s="10" t="s">
-        <v>768</v>
+        <v>834</v>
       </c>
       <c r="G745" s="10" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
       <c r="H745" s="25">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>50</v>
+      </c>
+      <c r="I745" s="48">
+        <v>4</v>
       </c>
       <c r="J745" s="23" t="s">
-        <v>2136</v>
+        <v>2120</v>
       </c>
       <c r="K745" s="11">
-        <v>6.2878999999999996</v>
+        <v>32.733800000000002</v>
       </c>
       <c r="L745" s="22">
-        <v>215.18</v>
+        <v>715.53</v>
       </c>
       <c r="M745" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="746" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A746" s="28" t="s">
-        <v>214</v>
+      <c r="A746" s="12" t="s">
+        <v>1</v>
       </c>
       <c r="B746" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C746" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D746" s="10" t="s">
-        <v>2137</v>
+        <v>2121</v>
       </c>
       <c r="E746" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F746" s="10" t="s">
-        <v>768</v>
+        <v>834</v>
       </c>
       <c r="G746" s="10" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H746" s="25">
         <v>50</v>
       </c>
-      <c r="I746" s="54">
-        <v>5</v>
+      <c r="I746" s="48">
+        <v>4</v>
       </c>
       <c r="J746" s="23" t="s">
-        <v>2138</v>
+        <v>2122</v>
       </c>
       <c r="K746" s="11">
-        <v>12.575900000000001</v>
+        <v>32.733800000000002</v>
       </c>
       <c r="L746" s="22">
-        <v>388.4</v>
+        <v>832.88</v>
       </c>
       <c r="M746" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="747" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A747" s="28" t="s">
-        <v>185</v>
+      <c r="A747" s="12" t="s">
+        <v>0</v>
       </c>
       <c r="B747" s="15" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="C747" s="15" t="s">
-        <v>860</v>
+        <v>842</v>
       </c>
       <c r="D747" s="10" t="s">
-        <v>2284</v>
+        <v>2123</v>
       </c>
       <c r="E747" s="10" t="s">
-        <v>1990</v>
+        <v>1939</v>
       </c>
       <c r="F747" s="10" t="s">
-        <v>768</v>
+        <v>834</v>
       </c>
       <c r="G747" s="10" t="s">
-        <v>771</v>
+        <v>744</v>
       </c>
       <c r="H747" s="25">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>50</v>
+      </c>
+      <c r="I747" s="48">
+        <v>5</v>
       </c>
       <c r="J747" s="23" t="s">
-        <v>2139</v>
+        <v>2124</v>
       </c>
       <c r="K747" s="11">
-        <v>25.151700000000002</v>
+        <v>32.733800000000002</v>
       </c>
       <c r="L747" s="22">
-        <v>848.42</v>
+        <v>672.72</v>
       </c>
       <c r="M747" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="748" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A748" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A748" s="32"/>
+      <c r="B748" s="32"/>
+      <c r="C748" s="32"/>
+      <c r="H748" s="33"/>
+      <c r="I748" s="49"/>
+      <c r="J748" s="34"/>
+      <c r="K748" s="35"/>
+      <c r="L748" s="36"/>
+      <c r="M748" s="36"/>
     </row>
     <row r="749" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A749" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A749" s="52" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B749" s="52"/>
+      <c r="C749" s="52"/>
+      <c r="D749" s="52"/>
+      <c r="E749" s="52"/>
+      <c r="H749" s="33"/>
+      <c r="I749" s="49"/>
+      <c r="J749" s="34"/>
+      <c r="K749" s="35"/>
+      <c r="L749" s="36"/>
+      <c r="M749" s="36"/>
     </row>
     <row r="750" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A750" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A750" s="32"/>
+      <c r="B750" s="32"/>
+      <c r="C750" s="32"/>
+      <c r="H750" s="33"/>
+      <c r="I750" s="49"/>
+      <c r="J750" s="34"/>
+      <c r="K750" s="35"/>
+      <c r="L750" s="36"/>
+      <c r="M750" s="36"/>
     </row>
     <row r="751" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A751" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A751" s="32"/>
+      <c r="B751" s="32"/>
+      <c r="C751" s="32"/>
+      <c r="H751" s="33"/>
+      <c r="I751" s="49"/>
+      <c r="J751" s="34"/>
+      <c r="K751" s="35"/>
+      <c r="L751" s="36"/>
+      <c r="M751" s="36"/>
     </row>
     <row r="752" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A752" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A752" s="32"/>
+      <c r="B752" s="32"/>
+      <c r="C752" s="32"/>
+      <c r="H752" s="33"/>
+      <c r="I752" s="49"/>
+      <c r="J752" s="34"/>
+      <c r="K752" s="35"/>
+      <c r="L752" s="36"/>
+      <c r="M752" s="36"/>
     </row>
     <row r="753" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A753" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A753" s="32"/>
+      <c r="B753" s="32"/>
+      <c r="C753" s="32"/>
+      <c r="H753" s="33"/>
+      <c r="I753" s="49"/>
+      <c r="J753" s="34"/>
+      <c r="K753" s="35"/>
+      <c r="L753" s="36"/>
+      <c r="M753" s="36"/>
     </row>
     <row r="754" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A754" s="12" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A754" s="32"/>
+      <c r="B754" s="32"/>
+      <c r="C754" s="32"/>
+      <c r="H754" s="33"/>
+      <c r="I754" s="49"/>
+      <c r="J754" s="34"/>
+      <c r="K754" s="35"/>
+      <c r="L754" s="36"/>
+      <c r="M754" s="36"/>
     </row>
     <row r="755" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A755" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A755" s="32"/>
+      <c r="B755" s="32"/>
+      <c r="C755" s="32"/>
+      <c r="H755" s="33"/>
+      <c r="I755" s="49"/>
+      <c r="J755" s="34"/>
+      <c r="K755" s="35"/>
+      <c r="L755" s="36"/>
+      <c r="M755" s="36"/>
     </row>
     <row r="756" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A756" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A756" s="32"/>
+      <c r="B756" s="32"/>
+      <c r="C756" s="32"/>
+      <c r="H756" s="33"/>
+      <c r="I756" s="49"/>
+      <c r="J756" s="34"/>
+      <c r="K756" s="35"/>
+      <c r="L756" s="36"/>
+      <c r="M756" s="36"/>
     </row>
     <row r="757" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A757" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A757" s="32"/>
+      <c r="B757" s="32"/>
+      <c r="C757" s="32"/>
+      <c r="H757" s="33"/>
+      <c r="I757" s="49"/>
+      <c r="J757" s="34"/>
+      <c r="K757" s="35"/>
+      <c r="L757" s="36"/>
+      <c r="M757" s="36"/>
     </row>
     <row r="758" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A758" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A758" s="32"/>
+      <c r="B758" s="32"/>
+      <c r="C758" s="32"/>
+      <c r="H758" s="33"/>
+      <c r="I758" s="49"/>
+      <c r="J758" s="34"/>
+      <c r="K758" s="35"/>
+      <c r="L758" s="36"/>
+      <c r="M758" s="36"/>
     </row>
     <row r="759" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A759" s="12" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A759" s="32"/>
+      <c r="B759" s="32"/>
+      <c r="C759" s="32"/>
+      <c r="H759" s="33"/>
+      <c r="I759" s="49"/>
+      <c r="J759" s="34"/>
+      <c r="K759" s="35"/>
+      <c r="L759" s="36"/>
+      <c r="M759" s="36"/>
     </row>
     <row r="760" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A760" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A760" s="32"/>
+      <c r="B760" s="32"/>
+      <c r="C760" s="32"/>
+      <c r="H760" s="33"/>
+      <c r="I760" s="49"/>
+      <c r="J760" s="34"/>
+      <c r="K760" s="35"/>
+      <c r="L760" s="36"/>
+      <c r="M760" s="36"/>
     </row>
     <row r="761" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A761" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A761" s="32"/>
+      <c r="B761" s="32"/>
+      <c r="C761" s="32"/>
+      <c r="H761" s="33"/>
+      <c r="I761" s="49"/>
+      <c r="J761" s="34"/>
+      <c r="K761" s="35"/>
+      <c r="L761" s="36"/>
+      <c r="M761" s="36"/>
     </row>
     <row r="762" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A762" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A762" s="32"/>
+      <c r="B762" s="32"/>
+      <c r="C762" s="32"/>
+      <c r="H762" s="33"/>
+      <c r="I762" s="49"/>
+      <c r="J762" s="34"/>
+      <c r="K762" s="35"/>
+      <c r="L762" s="36"/>
+      <c r="M762" s="36"/>
     </row>
     <row r="763" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A763" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A763" s="32"/>
+      <c r="B763" s="32"/>
+      <c r="C763" s="32"/>
+      <c r="H763" s="33"/>
+      <c r="I763" s="49"/>
+      <c r="J763" s="34"/>
+      <c r="K763" s="35"/>
+      <c r="L763" s="36"/>
+      <c r="M763" s="36"/>
     </row>
     <row r="764" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A764" s="12" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A764" s="32"/>
+      <c r="B764" s="32"/>
+      <c r="C764" s="32"/>
+      <c r="H764" s="33"/>
+      <c r="I764" s="49"/>
+      <c r="J764" s="34"/>
+      <c r="K764" s="35"/>
+      <c r="L764" s="36"/>
+      <c r="M764" s="36"/>
     </row>
     <row r="765" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A765" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A765" s="32"/>
+      <c r="B765" s="32"/>
+      <c r="C765" s="32"/>
+      <c r="H765" s="33"/>
+      <c r="I765" s="49"/>
+      <c r="J765" s="34"/>
+      <c r="K765" s="35"/>
+      <c r="L765" s="36"/>
+      <c r="M765" s="36"/>
     </row>
     <row r="766" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A766" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A766" s="32"/>
+      <c r="B766" s="32"/>
+      <c r="C766" s="32"/>
+      <c r="H766" s="33"/>
+      <c r="I766" s="49"/>
+      <c r="J766" s="34"/>
+      <c r="K766" s="35"/>
+      <c r="L766" s="36"/>
+      <c r="M766" s="36"/>
     </row>
     <row r="767" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A767" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A767" s="32"/>
+      <c r="B767" s="32"/>
+      <c r="C767" s="32"/>
+      <c r="H767" s="33"/>
+      <c r="I767" s="49"/>
+      <c r="J767" s="34"/>
+      <c r="K767" s="35"/>
+      <c r="L767" s="36"/>
+      <c r="M767" s="36"/>
     </row>
     <row r="768" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A768" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A768" s="32"/>
+      <c r="B768" s="32"/>
+      <c r="C768" s="32"/>
+      <c r="H768" s="33"/>
+      <c r="I768" s="49"/>
+      <c r="J768" s="34"/>
+      <c r="K768" s="35"/>
+      <c r="L768" s="36"/>
+      <c r="M768" s="36"/>
     </row>
     <row r="769" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A769" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A769" s="32"/>
+      <c r="B769" s="32"/>
+      <c r="C769" s="32"/>
+      <c r="H769" s="33"/>
+      <c r="I769" s="49"/>
+      <c r="J769" s="34"/>
+      <c r="K769" s="35"/>
+      <c r="L769" s="36"/>
+      <c r="M769" s="36"/>
     </row>
     <row r="770" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A770" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A770" s="32"/>
+      <c r="B770" s="32"/>
+      <c r="C770" s="32"/>
+      <c r="H770" s="33"/>
+      <c r="I770" s="49"/>
+      <c r="J770" s="34"/>
+      <c r="K770" s="35"/>
+      <c r="L770" s="36"/>
+      <c r="M770" s="36"/>
     </row>
     <row r="771" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A771" s="28" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="A771" s="32"/>
+      <c r="B771" s="32"/>
+      <c r="C771" s="32"/>
+      <c r="H771" s="33"/>
+      <c r="I771" s="49"/>
+      <c r="J771" s="34"/>
+      <c r="K771" s="35"/>
+      <c r="L771" s="36"/>
+      <c r="M771" s="36"/>
     </row>
     <row r="772" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A772" s="33"/>
-[...7 lines deleted...]
-      <c r="M772" s="38"/>
+      <c r="A772" s="32"/>
+      <c r="B772" s="32"/>
+      <c r="C772" s="32"/>
+      <c r="H772" s="33"/>
+      <c r="I772" s="49"/>
+      <c r="J772" s="34"/>
+      <c r="K772" s="35"/>
+      <c r="L772" s="36"/>
+      <c r="M772" s="36"/>
     </row>
     <row r="773" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A773" s="65" t="s">
-[...11 lines deleted...]
-      <c r="M773" s="38"/>
+      <c r="A773" s="32"/>
+      <c r="B773" s="32"/>
+      <c r="C773" s="32"/>
+      <c r="H773" s="33"/>
+      <c r="I773" s="49"/>
+      <c r="J773" s="34"/>
+      <c r="K773" s="35"/>
+      <c r="L773" s="36"/>
+      <c r="M773" s="36"/>
     </row>
     <row r="774" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A774" s="33"/>
-[...7 lines deleted...]
-      <c r="M774" s="38"/>
+      <c r="A774" s="32"/>
+      <c r="B774" s="32"/>
+      <c r="C774" s="32"/>
+      <c r="H774" s="33"/>
+      <c r="I774" s="49"/>
+      <c r="J774" s="34"/>
+      <c r="K774" s="35"/>
+      <c r="L774" s="36"/>
+      <c r="M774" s="36"/>
     </row>
     <row r="775" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A775" s="33"/>
-[...7 lines deleted...]
-      <c r="M775" s="38"/>
+      <c r="A775" s="32"/>
+      <c r="B775" s="32"/>
+      <c r="C775" s="32"/>
+      <c r="H775" s="33"/>
+      <c r="I775" s="49"/>
+      <c r="J775" s="34"/>
+      <c r="K775" s="35"/>
+      <c r="L775" s="36"/>
+      <c r="M775" s="36"/>
     </row>
     <row r="776" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A776" s="33"/>
-[...7 lines deleted...]
-      <c r="M776" s="38"/>
+      <c r="A776" s="32"/>
+      <c r="B776" s="32"/>
+      <c r="C776" s="32"/>
+      <c r="H776" s="33"/>
+      <c r="I776" s="49"/>
+      <c r="J776" s="34"/>
+      <c r="K776" s="35"/>
+      <c r="L776" s="36"/>
+      <c r="M776" s="36"/>
     </row>
     <row r="777" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A777" s="33"/>
-[...7 lines deleted...]
-      <c r="M777" s="38"/>
+      <c r="A777" s="32"/>
+      <c r="B777" s="32"/>
+      <c r="C777" s="32"/>
+      <c r="H777" s="33"/>
+      <c r="I777" s="49"/>
+      <c r="J777" s="34"/>
+      <c r="K777" s="35"/>
+      <c r="L777" s="36"/>
+      <c r="M777" s="36"/>
     </row>
     <row r="778" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A778" s="33"/>
-[...7 lines deleted...]
-      <c r="M778" s="38"/>
+      <c r="A778" s="32"/>
+      <c r="B778" s="32"/>
+      <c r="C778" s="32"/>
+      <c r="H778" s="33"/>
+      <c r="I778" s="49"/>
+      <c r="J778" s="34"/>
+      <c r="K778" s="35"/>
+      <c r="L778" s="36"/>
+      <c r="M778" s="36"/>
     </row>
     <row r="779" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A779" s="33"/>
-[...7 lines deleted...]
-      <c r="M779" s="38"/>
+      <c r="A779" s="32"/>
+      <c r="B779" s="32"/>
+      <c r="C779" s="32"/>
+      <c r="H779" s="33"/>
+      <c r="I779" s="49"/>
+      <c r="J779" s="34"/>
+      <c r="K779" s="35"/>
+      <c r="L779" s="36"/>
+      <c r="M779" s="36"/>
     </row>
     <row r="780" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A780" s="33"/>
-[...7 lines deleted...]
-      <c r="M780" s="38"/>
+      <c r="A780" s="32"/>
+      <c r="B780" s="32"/>
+      <c r="C780" s="32"/>
+      <c r="H780" s="33"/>
+      <c r="I780" s="49"/>
+      <c r="J780" s="34"/>
+      <c r="K780" s="35"/>
+      <c r="L780" s="36"/>
+      <c r="M780" s="36"/>
     </row>
     <row r="781" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A781" s="33"/>
-[...7 lines deleted...]
-      <c r="M781" s="38"/>
+      <c r="A781" s="32"/>
+      <c r="B781" s="32"/>
+      <c r="C781" s="32"/>
+      <c r="H781" s="33"/>
+      <c r="I781" s="49"/>
+      <c r="J781" s="34"/>
+      <c r="K781" s="35"/>
+      <c r="L781" s="36"/>
+      <c r="M781" s="36"/>
     </row>
     <row r="782" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A782" s="33"/>
-[...7 lines deleted...]
-      <c r="M782" s="38"/>
+      <c r="A782" s="32"/>
+      <c r="B782" s="32"/>
+      <c r="C782" s="32"/>
+      <c r="H782" s="33"/>
+      <c r="I782" s="49"/>
+      <c r="J782" s="34"/>
+      <c r="K782" s="35"/>
+      <c r="L782" s="36"/>
+      <c r="M782" s="36"/>
     </row>
     <row r="783" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A783" s="33"/>
-[...7 lines deleted...]
-      <c r="M783" s="38"/>
+      <c r="A783" s="32"/>
+      <c r="B783" s="32"/>
+      <c r="C783" s="32"/>
+      <c r="H783" s="33"/>
+      <c r="I783" s="49"/>
+      <c r="J783" s="34"/>
+      <c r="K783" s="35"/>
+      <c r="L783" s="36"/>
+      <c r="M783" s="36"/>
     </row>
     <row r="784" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A784" s="33"/>
-[...7 lines deleted...]
-      <c r="M784" s="38"/>
+      <c r="A784" s="32"/>
+      <c r="B784" s="32"/>
+      <c r="C784" s="32"/>
+      <c r="H784" s="33"/>
+      <c r="I784" s="49"/>
+      <c r="J784" s="34"/>
+      <c r="K784" s="35"/>
+      <c r="L784" s="36"/>
+      <c r="M784" s="36"/>
     </row>
     <row r="785" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A785" s="33"/>
-[...7 lines deleted...]
-      <c r="M785" s="38"/>
+      <c r="A785" s="32"/>
+      <c r="B785" s="32"/>
+      <c r="C785" s="32"/>
+      <c r="H785" s="33"/>
+      <c r="I785" s="49"/>
+      <c r="J785" s="34"/>
+      <c r="K785" s="35"/>
+      <c r="L785" s="36"/>
+      <c r="M785" s="36"/>
     </row>
     <row r="786" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A786" s="33"/>
-[...7 lines deleted...]
-      <c r="M786" s="38"/>
+      <c r="A786" s="32"/>
+      <c r="B786" s="32"/>
+      <c r="C786" s="32"/>
+      <c r="H786" s="33"/>
+      <c r="I786" s="49"/>
+      <c r="J786" s="34"/>
+      <c r="K786" s="35"/>
+      <c r="L786" s="36"/>
+      <c r="M786" s="36"/>
     </row>
     <row r="787" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A787" s="33"/>
-[...7 lines deleted...]
-      <c r="M787" s="38"/>
+      <c r="A787" s="32"/>
+      <c r="B787" s="32"/>
+      <c r="C787" s="32"/>
+      <c r="H787" s="33"/>
+      <c r="I787" s="49"/>
+      <c r="J787" s="34"/>
+      <c r="K787" s="35"/>
+      <c r="L787" s="36"/>
+      <c r="M787" s="36"/>
     </row>
     <row r="788" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A788" s="33"/>
-[...7 lines deleted...]
-      <c r="M788" s="38"/>
+      <c r="A788" s="32"/>
+      <c r="B788" s="32"/>
+      <c r="C788" s="32"/>
+      <c r="H788" s="33"/>
+      <c r="I788" s="49"/>
+      <c r="J788" s="34"/>
+      <c r="K788" s="35"/>
+      <c r="L788" s="36"/>
+      <c r="M788" s="36"/>
     </row>
     <row r="789" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A789" s="33"/>
-[...7 lines deleted...]
-      <c r="M789" s="38"/>
+      <c r="A789" s="32"/>
+      <c r="B789" s="32"/>
+      <c r="C789" s="32"/>
+      <c r="H789" s="33"/>
+      <c r="I789" s="49"/>
+      <c r="J789" s="34"/>
+      <c r="K789" s="35"/>
+      <c r="L789" s="36"/>
+      <c r="M789" s="36"/>
     </row>
     <row r="790" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A790" s="33"/>
-[...7 lines deleted...]
-      <c r="M790" s="38"/>
+      <c r="A790" s="32"/>
+      <c r="B790" s="32"/>
+      <c r="C790" s="32"/>
+      <c r="H790" s="33"/>
+      <c r="I790" s="49"/>
+      <c r="J790" s="34"/>
+      <c r="K790" s="35"/>
+      <c r="L790" s="36"/>
+      <c r="M790" s="36"/>
     </row>
     <row r="791" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A791" s="33"/>
-[...7 lines deleted...]
-      <c r="M791" s="38"/>
+      <c r="A791" s="32"/>
+      <c r="B791" s="32"/>
+      <c r="C791" s="32"/>
+      <c r="H791" s="33"/>
+      <c r="I791" s="49"/>
+      <c r="J791" s="34"/>
+      <c r="K791" s="35"/>
+      <c r="L791" s="36"/>
+      <c r="M791" s="36"/>
     </row>
     <row r="792" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A792" s="33"/>
-[...7 lines deleted...]
-      <c r="M792" s="38"/>
+      <c r="A792" s="32"/>
+      <c r="B792" s="32"/>
+      <c r="C792" s="32"/>
+      <c r="H792" s="33"/>
+      <c r="I792" s="49"/>
+      <c r="J792" s="34"/>
+      <c r="K792" s="35"/>
+      <c r="L792" s="36"/>
+      <c r="M792" s="36"/>
     </row>
     <row r="793" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A793" s="33"/>
-[...7 lines deleted...]
-      <c r="M793" s="38"/>
+      <c r="A793" s="32"/>
+      <c r="B793" s="32"/>
+      <c r="C793" s="32"/>
+      <c r="H793" s="33"/>
+      <c r="I793" s="49"/>
+      <c r="J793" s="34"/>
+      <c r="K793" s="35"/>
+      <c r="L793" s="36"/>
+      <c r="M793" s="36"/>
     </row>
     <row r="794" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A794" s="33"/>
-[...7 lines deleted...]
-      <c r="M794" s="38"/>
+      <c r="A794" s="32"/>
+      <c r="B794" s="32"/>
+      <c r="C794" s="32"/>
+      <c r="H794" s="33"/>
+      <c r="I794" s="49"/>
+      <c r="J794" s="34"/>
+      <c r="K794" s="35"/>
+      <c r="L794" s="36"/>
+      <c r="M794" s="36"/>
     </row>
     <row r="795" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A795" s="33"/>
-[...7 lines deleted...]
-      <c r="M795" s="38"/>
+      <c r="A795" s="32"/>
+      <c r="B795" s="32"/>
+      <c r="C795" s="32"/>
+      <c r="H795" s="33"/>
+      <c r="I795" s="49"/>
+      <c r="J795" s="34"/>
+      <c r="K795" s="35"/>
+      <c r="L795" s="36"/>
+      <c r="M795" s="36"/>
     </row>
     <row r="796" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A796" s="33"/>
-[...7 lines deleted...]
-      <c r="M796" s="38"/>
+      <c r="A796" s="32"/>
+      <c r="B796" s="32"/>
+      <c r="C796" s="32"/>
+      <c r="H796" s="33"/>
+      <c r="I796" s="49"/>
+      <c r="J796" s="34"/>
+      <c r="K796" s="35"/>
+      <c r="L796" s="36"/>
+      <c r="M796" s="36"/>
     </row>
     <row r="797" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A797" s="33"/>
-[...7 lines deleted...]
-      <c r="M797" s="38"/>
+      <c r="A797" s="32"/>
+      <c r="B797" s="32"/>
+      <c r="C797" s="32"/>
+      <c r="H797" s="33"/>
+      <c r="I797" s="49"/>
+      <c r="J797" s="34"/>
+      <c r="K797" s="35"/>
+      <c r="L797" s="36"/>
+      <c r="M797" s="36"/>
     </row>
     <row r="798" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A798" s="33"/>
-[...7 lines deleted...]
-      <c r="M798" s="38"/>
+      <c r="A798" s="32"/>
+      <c r="B798" s="32"/>
+      <c r="C798" s="32"/>
+      <c r="H798" s="33"/>
+      <c r="I798" s="49"/>
+      <c r="J798" s="34"/>
+      <c r="K798" s="35"/>
+      <c r="L798" s="36"/>
+      <c r="M798" s="36"/>
     </row>
     <row r="799" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A799" s="33"/>
-[...7 lines deleted...]
-      <c r="M799" s="38"/>
+      <c r="A799" s="32"/>
+      <c r="B799" s="32"/>
+      <c r="C799" s="32"/>
+      <c r="H799" s="33"/>
+      <c r="I799" s="49"/>
+      <c r="J799" s="34"/>
+      <c r="K799" s="35"/>
+      <c r="L799" s="36"/>
+      <c r="M799" s="36"/>
     </row>
     <row r="800" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A800" s="33"/>
-[...7 lines deleted...]
-      <c r="M800" s="38"/>
+      <c r="A800" s="32"/>
+      <c r="B800" s="32"/>
+      <c r="C800" s="32"/>
+      <c r="H800" s="33"/>
+      <c r="I800" s="49"/>
+      <c r="J800" s="34"/>
+      <c r="K800" s="35"/>
+      <c r="L800" s="36"/>
+      <c r="M800" s="36"/>
     </row>
     <row r="801" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A801" s="33"/>
-[...7 lines deleted...]
-      <c r="M801" s="38"/>
+      <c r="A801" s="32"/>
+      <c r="B801" s="32"/>
+      <c r="C801" s="32"/>
+      <c r="H801" s="33"/>
+      <c r="I801" s="49"/>
+      <c r="J801" s="34"/>
+      <c r="K801" s="35"/>
+      <c r="L801" s="36"/>
+      <c r="M801" s="36"/>
     </row>
     <row r="802" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A802" s="33"/>
-[...7 lines deleted...]
-      <c r="M802" s="38"/>
+      <c r="A802" s="32"/>
+      <c r="B802" s="32"/>
+      <c r="C802" s="32"/>
+      <c r="H802" s="33"/>
+      <c r="I802" s="49"/>
+      <c r="J802" s="34"/>
+      <c r="K802" s="35"/>
+      <c r="L802" s="36"/>
+      <c r="M802" s="36"/>
     </row>
     <row r="803" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A803" s="33"/>
-[...7 lines deleted...]
-      <c r="M803" s="38"/>
+      <c r="A803" s="32"/>
+      <c r="B803" s="32"/>
+      <c r="C803" s="32"/>
+      <c r="H803" s="33"/>
+      <c r="I803" s="49"/>
+      <c r="J803" s="34"/>
+      <c r="K803" s="35"/>
+      <c r="L803" s="36"/>
+      <c r="M803" s="36"/>
     </row>
     <row r="804" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A804" s="33"/>
-[...7 lines deleted...]
-      <c r="M804" s="38"/>
+      <c r="A804" s="32"/>
+      <c r="B804" s="32"/>
+      <c r="C804" s="32"/>
+      <c r="H804" s="33"/>
+      <c r="I804" s="49"/>
+      <c r="J804" s="34"/>
+      <c r="K804" s="35"/>
+      <c r="L804" s="36"/>
+      <c r="M804" s="36"/>
     </row>
     <row r="805" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A805" s="33"/>
-[...7 lines deleted...]
-      <c r="M805" s="38"/>
+      <c r="A805" s="32"/>
+      <c r="B805" s="32"/>
+      <c r="C805" s="32"/>
+      <c r="H805" s="33"/>
+      <c r="I805" s="49"/>
+      <c r="J805" s="34"/>
+      <c r="K805" s="35"/>
+      <c r="L805" s="36"/>
+      <c r="M805" s="36"/>
     </row>
     <row r="806" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A806" s="33"/>
-[...7 lines deleted...]
-      <c r="M806" s="38"/>
+      <c r="A806" s="32"/>
+      <c r="B806" s="32"/>
+      <c r="C806" s="32"/>
+      <c r="H806" s="33"/>
+      <c r="I806" s="49"/>
+      <c r="J806" s="34"/>
+      <c r="K806" s="35"/>
+      <c r="L806" s="36"/>
+      <c r="M806" s="36"/>
     </row>
     <row r="807" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A807" s="33"/>
-[...7 lines deleted...]
-      <c r="M807" s="38"/>
+      <c r="A807" s="32"/>
+      <c r="B807" s="32"/>
+      <c r="C807" s="32"/>
+      <c r="H807" s="33"/>
+      <c r="I807" s="49"/>
+      <c r="J807" s="34"/>
+      <c r="K807" s="35"/>
+      <c r="L807" s="36"/>
+      <c r="M807" s="36"/>
     </row>
     <row r="808" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A808" s="33"/>
-[...7 lines deleted...]
-      <c r="M808" s="38"/>
+      <c r="A808" s="32"/>
+      <c r="B808" s="32"/>
+      <c r="C808" s="32"/>
+      <c r="H808" s="33"/>
+      <c r="I808" s="49"/>
+      <c r="J808" s="34"/>
+      <c r="K808" s="35"/>
+      <c r="L808" s="36"/>
+      <c r="M808" s="36"/>
     </row>
     <row r="809" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A809" s="33"/>
-[...7 lines deleted...]
-      <c r="M809" s="38"/>
+      <c r="A809" s="32"/>
+      <c r="B809" s="32"/>
+      <c r="C809" s="32"/>
+      <c r="H809" s="33"/>
+      <c r="I809" s="49"/>
+      <c r="J809" s="34"/>
+      <c r="K809" s="35"/>
+      <c r="L809" s="36"/>
+      <c r="M809" s="36"/>
     </row>
     <row r="810" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A810" s="33"/>
-[...7 lines deleted...]
-      <c r="M810" s="38"/>
+      <c r="A810" s="32"/>
+      <c r="B810" s="32"/>
+      <c r="C810" s="32"/>
+      <c r="H810" s="33"/>
+      <c r="I810" s="49"/>
+      <c r="J810" s="34"/>
+      <c r="K810" s="35"/>
+      <c r="L810" s="36"/>
+      <c r="M810" s="36"/>
     </row>
     <row r="811" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A811" s="33"/>
-[...7 lines deleted...]
-      <c r="M811" s="38"/>
+      <c r="A811" s="32"/>
+      <c r="B811" s="32"/>
+      <c r="C811" s="32"/>
+      <c r="H811" s="33"/>
+      <c r="I811" s="49"/>
+      <c r="J811" s="34"/>
+      <c r="K811" s="35"/>
+      <c r="L811" s="36"/>
+      <c r="M811" s="36"/>
     </row>
     <row r="812" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A812" s="33"/>
-[...7 lines deleted...]
-      <c r="M812" s="38"/>
+      <c r="A812" s="32"/>
+      <c r="B812" s="32"/>
+      <c r="C812" s="32"/>
+      <c r="H812" s="33"/>
+      <c r="I812" s="49"/>
+      <c r="J812" s="34"/>
+      <c r="K812" s="35"/>
+      <c r="L812" s="36"/>
+      <c r="M812" s="36"/>
     </row>
     <row r="813" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A813" s="39"/>
-[...7 lines deleted...]
-      <c r="M813" s="38"/>
+      <c r="A813" s="32"/>
+      <c r="B813" s="32"/>
+      <c r="C813" s="32"/>
+      <c r="H813" s="33"/>
+      <c r="I813" s="49"/>
+      <c r="J813" s="34"/>
+      <c r="K813" s="35"/>
+      <c r="L813" s="36"/>
+      <c r="M813" s="36"/>
     </row>
     <row r="814" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A814" s="33"/>
-[...7 lines deleted...]
-      <c r="M814" s="38"/>
+      <c r="A814" s="32"/>
+      <c r="B814" s="32"/>
+      <c r="C814" s="32"/>
+      <c r="H814" s="33"/>
+      <c r="I814" s="49"/>
+      <c r="J814" s="34"/>
+      <c r="K814" s="35"/>
+      <c r="L814" s="36"/>
+      <c r="M814" s="36"/>
     </row>
     <row r="815" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A815" s="33"/>
-[...7 lines deleted...]
-      <c r="M815" s="38"/>
+      <c r="A815" s="32"/>
+      <c r="B815" s="32"/>
+      <c r="C815" s="32"/>
+      <c r="H815" s="33"/>
+      <c r="I815" s="49"/>
+      <c r="J815" s="34"/>
+      <c r="K815" s="35"/>
+      <c r="L815" s="36"/>
+      <c r="M815" s="36"/>
     </row>
     <row r="816" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A816" s="33"/>
-[...7 lines deleted...]
-      <c r="M816" s="38"/>
+      <c r="A816" s="37"/>
+      <c r="B816" s="32"/>
+      <c r="C816" s="32"/>
+      <c r="H816" s="33"/>
+      <c r="I816" s="49"/>
+      <c r="J816" s="34"/>
+      <c r="K816" s="35"/>
+      <c r="L816" s="36"/>
+      <c r="M816" s="36"/>
     </row>
     <row r="817" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A817" s="33"/>
-[...7 lines deleted...]
-      <c r="M817" s="38"/>
+      <c r="A817" s="32"/>
+      <c r="B817" s="32"/>
+      <c r="C817" s="32"/>
+      <c r="H817" s="33"/>
+      <c r="I817" s="49"/>
+      <c r="J817" s="34"/>
+      <c r="K817" s="35"/>
+      <c r="L817" s="36"/>
+      <c r="M817" s="36"/>
     </row>
     <row r="818" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A818" s="33"/>
-[...7 lines deleted...]
-      <c r="M818" s="38"/>
+      <c r="A818" s="32"/>
+      <c r="B818" s="32"/>
+      <c r="C818" s="32"/>
+      <c r="H818" s="33"/>
+      <c r="I818" s="49"/>
+      <c r="J818" s="34"/>
+      <c r="K818" s="35"/>
+      <c r="L818" s="36"/>
+      <c r="M818" s="36"/>
     </row>
     <row r="819" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A819" s="33"/>
-[...7 lines deleted...]
-      <c r="M819" s="38"/>
+      <c r="A819" s="32"/>
+      <c r="B819" s="32"/>
+      <c r="C819" s="32"/>
+      <c r="H819" s="33"/>
+      <c r="I819" s="49"/>
+      <c r="J819" s="34"/>
+      <c r="K819" s="35"/>
+      <c r="L819" s="36"/>
+      <c r="M819" s="36"/>
     </row>
     <row r="820" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A820" s="33"/>
-[...7 lines deleted...]
-      <c r="M820" s="38"/>
+      <c r="A820" s="32"/>
+      <c r="B820" s="32"/>
+      <c r="C820" s="32"/>
+      <c r="H820" s="33"/>
+      <c r="I820" s="49"/>
+      <c r="J820" s="34"/>
+      <c r="K820" s="35"/>
+      <c r="L820" s="36"/>
+      <c r="M820" s="36"/>
     </row>
     <row r="821" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A821" s="33"/>
-[...7 lines deleted...]
-      <c r="M821" s="38"/>
+      <c r="A821" s="32"/>
+      <c r="B821" s="32"/>
+      <c r="C821" s="32"/>
+      <c r="H821" s="33"/>
+      <c r="I821" s="49"/>
+      <c r="J821" s="34"/>
+      <c r="K821" s="35"/>
+      <c r="L821" s="36"/>
+      <c r="M821" s="36"/>
     </row>
     <row r="822" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A822" s="33"/>
-[...7 lines deleted...]
-      <c r="M822" s="38"/>
+      <c r="A822" s="32"/>
+      <c r="B822" s="32"/>
+      <c r="C822" s="32"/>
+      <c r="H822" s="33"/>
+      <c r="I822" s="49"/>
+      <c r="J822" s="34"/>
+      <c r="K822" s="35"/>
+      <c r="L822" s="36"/>
+      <c r="M822" s="36"/>
     </row>
     <row r="823" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A823" s="33"/>
-[...7 lines deleted...]
-      <c r="M823" s="38"/>
+      <c r="A823" s="32"/>
+      <c r="B823" s="32"/>
+      <c r="C823" s="32"/>
+      <c r="H823" s="33"/>
+      <c r="I823" s="49"/>
+      <c r="J823" s="34"/>
+      <c r="K823" s="35"/>
+      <c r="L823" s="36"/>
+      <c r="M823" s="36"/>
     </row>
     <row r="824" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A824" s="33"/>
-[...7 lines deleted...]
-      <c r="M824" s="38"/>
+      <c r="A824" s="32"/>
+      <c r="B824" s="32"/>
+      <c r="C824" s="32"/>
+      <c r="H824" s="33"/>
+      <c r="I824" s="49"/>
+      <c r="J824" s="34"/>
+      <c r="K824" s="35"/>
+      <c r="L824" s="36"/>
+      <c r="M824" s="36"/>
     </row>
     <row r="825" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A825" s="33"/>
-[...7 lines deleted...]
-      <c r="M825" s="38"/>
+      <c r="A825" s="32"/>
+      <c r="B825" s="32"/>
+      <c r="C825" s="32"/>
+      <c r="H825" s="33"/>
+      <c r="I825" s="49"/>
+      <c r="J825" s="34"/>
+      <c r="K825" s="35"/>
+      <c r="L825" s="36"/>
+      <c r="M825" s="36"/>
     </row>
     <row r="826" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A826" s="33"/>
-[...7 lines deleted...]
-      <c r="M826" s="38"/>
+      <c r="A826" s="32"/>
+      <c r="B826" s="32"/>
+      <c r="C826" s="32"/>
+      <c r="H826" s="33"/>
+      <c r="I826" s="49"/>
+      <c r="J826" s="34"/>
+      <c r="K826" s="35"/>
+      <c r="L826" s="36"/>
+      <c r="M826" s="36"/>
     </row>
     <row r="827" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A827" s="33"/>
-[...7 lines deleted...]
-      <c r="M827" s="38"/>
+      <c r="A827" s="32"/>
+      <c r="B827" s="32"/>
+      <c r="C827" s="32"/>
+      <c r="H827" s="33"/>
+      <c r="I827" s="49"/>
+      <c r="J827" s="34"/>
+      <c r="K827" s="35"/>
+      <c r="L827" s="36"/>
+      <c r="M827" s="36"/>
     </row>
     <row r="828" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A828" s="33"/>
-[...7 lines deleted...]
-      <c r="M828" s="38"/>
+      <c r="A828" s="32"/>
+      <c r="B828" s="32"/>
+      <c r="C828" s="32"/>
+      <c r="H828" s="33"/>
+      <c r="I828" s="49"/>
+      <c r="J828" s="34"/>
+      <c r="K828" s="35"/>
+      <c r="L828" s="36"/>
+      <c r="M828" s="36"/>
     </row>
     <row r="829" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A829" s="39"/>
-[...7 lines deleted...]
-      <c r="M829" s="38"/>
+      <c r="A829" s="32"/>
+      <c r="B829" s="32"/>
+      <c r="C829" s="32"/>
+      <c r="H829" s="33"/>
+      <c r="I829" s="49"/>
+      <c r="J829" s="34"/>
+      <c r="K829" s="35"/>
+      <c r="L829" s="36"/>
+      <c r="M829" s="36"/>
     </row>
     <row r="830" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A830" s="33"/>
-[...7 lines deleted...]
-      <c r="M830" s="38"/>
+      <c r="A830" s="32"/>
+      <c r="B830" s="32"/>
+      <c r="C830" s="32"/>
+      <c r="H830" s="33"/>
+      <c r="I830" s="49"/>
+      <c r="J830" s="34"/>
+      <c r="K830" s="35"/>
+      <c r="L830" s="36"/>
+      <c r="M830" s="36"/>
     </row>
     <row r="831" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A831" s="33"/>
-[...7 lines deleted...]
-      <c r="M831" s="38"/>
+      <c r="A831" s="32"/>
+      <c r="B831" s="32"/>
+      <c r="C831" s="32"/>
+      <c r="H831" s="33"/>
+      <c r="I831" s="49"/>
+      <c r="J831" s="34"/>
+      <c r="K831" s="35"/>
+      <c r="L831" s="36"/>
+      <c r="M831" s="36"/>
     </row>
     <row r="832" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A832" s="33"/>
-[...7 lines deleted...]
-      <c r="M832" s="38"/>
+      <c r="A832" s="32"/>
+      <c r="B832" s="32"/>
+      <c r="C832" s="32"/>
+      <c r="H832" s="33"/>
+      <c r="I832" s="49"/>
+      <c r="J832" s="34"/>
+      <c r="K832" s="35"/>
+      <c r="L832" s="36"/>
+      <c r="M832" s="36"/>
     </row>
     <row r="833" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A833" s="33"/>
-[...7 lines deleted...]
-      <c r="M833" s="38"/>
+      <c r="A833" s="32"/>
+      <c r="B833" s="32"/>
+      <c r="C833" s="32"/>
+      <c r="H833" s="33"/>
+      <c r="I833" s="49"/>
+      <c r="J833" s="34"/>
+      <c r="K833" s="35"/>
+      <c r="L833" s="36"/>
+      <c r="M833" s="36"/>
     </row>
     <row r="834" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A834" s="33"/>
-[...7 lines deleted...]
-      <c r="M834" s="38"/>
+      <c r="A834" s="32"/>
+      <c r="B834" s="32"/>
+      <c r="C834" s="32"/>
+      <c r="H834" s="33"/>
+      <c r="I834" s="49"/>
+      <c r="J834" s="34"/>
+      <c r="K834" s="35"/>
+      <c r="L834" s="36"/>
+      <c r="M834" s="36"/>
     </row>
     <row r="835" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A835" s="33"/>
-[...7 lines deleted...]
-      <c r="M835" s="38"/>
+      <c r="A835" s="32"/>
+      <c r="B835" s="32"/>
+      <c r="C835" s="32"/>
+      <c r="H835" s="33"/>
+      <c r="I835" s="49"/>
+      <c r="J835" s="34"/>
+      <c r="K835" s="35"/>
+      <c r="L835" s="36"/>
+      <c r="M835" s="36"/>
     </row>
     <row r="836" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A836" s="33"/>
-[...7 lines deleted...]
-      <c r="M836" s="38"/>
+      <c r="A836" s="32"/>
+      <c r="B836" s="32"/>
+      <c r="C836" s="32"/>
+      <c r="H836" s="33"/>
+      <c r="I836" s="49"/>
+      <c r="J836" s="34"/>
+      <c r="K836" s="35"/>
+      <c r="L836" s="36"/>
+      <c r="M836" s="36"/>
     </row>
     <row r="837" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A837" s="33"/>
-[...7 lines deleted...]
-      <c r="M837" s="38"/>
+      <c r="A837" s="32"/>
+      <c r="B837" s="32"/>
+      <c r="C837" s="32"/>
+      <c r="H837" s="33"/>
+      <c r="I837" s="49"/>
+      <c r="J837" s="34"/>
+      <c r="K837" s="35"/>
+      <c r="L837" s="36"/>
+      <c r="M837" s="36"/>
     </row>
     <row r="838" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A838" s="33"/>
-[...7 lines deleted...]
-      <c r="M838" s="38"/>
+      <c r="A838" s="32"/>
+      <c r="B838" s="32"/>
+      <c r="C838" s="32"/>
+      <c r="H838" s="33"/>
+      <c r="I838" s="49"/>
+      <c r="J838" s="34"/>
+      <c r="K838" s="35"/>
+      <c r="L838" s="36"/>
+      <c r="M838" s="36"/>
     </row>
     <row r="839" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A839" s="33"/>
-[...7 lines deleted...]
-      <c r="M839" s="38"/>
+      <c r="A839" s="32"/>
+      <c r="B839" s="32"/>
+      <c r="C839" s="32"/>
+      <c r="H839" s="33"/>
+      <c r="I839" s="49"/>
+      <c r="J839" s="34"/>
+      <c r="K839" s="35"/>
+      <c r="L839" s="36"/>
+      <c r="M839" s="36"/>
     </row>
     <row r="840" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A840" s="40"/>
-[...7 lines deleted...]
-      <c r="M840" s="38"/>
+      <c r="A840" s="32"/>
+      <c r="B840" s="32"/>
+      <c r="C840" s="32"/>
+      <c r="H840" s="33"/>
+      <c r="I840" s="49"/>
+      <c r="J840" s="34"/>
+      <c r="K840" s="35"/>
+      <c r="L840" s="36"/>
+      <c r="M840" s="36"/>
     </row>
     <row r="841" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A841" s="33"/>
-[...7 lines deleted...]
-      <c r="M841" s="38"/>
+      <c r="A841" s="32"/>
+      <c r="B841" s="32"/>
+      <c r="C841" s="32"/>
+      <c r="H841" s="33"/>
+      <c r="I841" s="49"/>
+      <c r="J841" s="34"/>
+      <c r="K841" s="35"/>
+      <c r="L841" s="36"/>
+      <c r="M841" s="36"/>
     </row>
     <row r="842" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A842" s="33"/>
-[...7 lines deleted...]
-      <c r="M842" s="38"/>
+      <c r="A842" s="32"/>
+      <c r="B842" s="32"/>
+      <c r="C842" s="32"/>
+      <c r="H842" s="33"/>
+      <c r="I842" s="49"/>
+      <c r="J842" s="34"/>
+      <c r="K842" s="35"/>
+      <c r="L842" s="36"/>
+      <c r="M842" s="36"/>
     </row>
     <row r="843" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A843" s="33"/>
-[...7 lines deleted...]
-      <c r="M843" s="38"/>
+      <c r="A843" s="32"/>
+      <c r="B843" s="32"/>
+      <c r="C843" s="32"/>
+      <c r="H843" s="33"/>
+      <c r="I843" s="49"/>
+      <c r="J843" s="34"/>
+      <c r="K843" s="35"/>
+      <c r="L843" s="36"/>
+      <c r="M843" s="36"/>
     </row>
     <row r="844" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A844" s="33"/>
-[...7 lines deleted...]
-      <c r="M844" s="38"/>
+      <c r="A844" s="32"/>
+      <c r="B844" s="32"/>
+      <c r="C844" s="32"/>
+      <c r="H844" s="33"/>
+      <c r="I844" s="49"/>
+      <c r="J844" s="34"/>
+      <c r="K844" s="35"/>
+      <c r="L844" s="36"/>
+      <c r="M844" s="36"/>
     </row>
     <row r="845" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A845" s="33"/>
-[...7 lines deleted...]
-      <c r="M845" s="38"/>
+      <c r="A845" s="32"/>
+      <c r="B845" s="32"/>
+      <c r="C845" s="32"/>
+      <c r="H845" s="33"/>
+      <c r="I845" s="49"/>
+      <c r="J845" s="34"/>
+      <c r="K845" s="35"/>
+      <c r="L845" s="36"/>
+      <c r="M845" s="36"/>
     </row>
     <row r="846" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A846" s="33"/>
-[...7 lines deleted...]
-      <c r="M846" s="38"/>
+      <c r="A846" s="32"/>
+      <c r="B846" s="32"/>
+      <c r="C846" s="32"/>
+      <c r="H846" s="33"/>
+      <c r="I846" s="49"/>
+      <c r="J846" s="34"/>
+      <c r="K846" s="35"/>
+      <c r="L846" s="36"/>
+      <c r="M846" s="36"/>
     </row>
     <row r="847" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A847" s="39"/>
-[...7 lines deleted...]
-      <c r="M847" s="38"/>
+      <c r="A847" s="32"/>
+      <c r="B847" s="32"/>
+      <c r="C847" s="32"/>
+      <c r="H847" s="33"/>
+      <c r="I847" s="49"/>
+      <c r="J847" s="34"/>
+      <c r="K847" s="35"/>
+      <c r="L847" s="36"/>
+      <c r="M847" s="36"/>
     </row>
     <row r="848" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A848" s="33"/>
-[...7 lines deleted...]
-      <c r="M848" s="38"/>
+      <c r="A848" s="32"/>
+      <c r="B848" s="32"/>
+      <c r="C848" s="32"/>
+      <c r="H848" s="33"/>
+      <c r="I848" s="49"/>
+      <c r="J848" s="34"/>
+      <c r="K848" s="35"/>
+      <c r="L848" s="36"/>
+      <c r="M848" s="36"/>
     </row>
     <row r="849" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A849" s="33"/>
-[...7 lines deleted...]
-      <c r="M849" s="38"/>
+      <c r="A849" s="32"/>
+      <c r="B849" s="32"/>
+      <c r="C849" s="32"/>
+      <c r="H849" s="33"/>
+      <c r="I849" s="49"/>
+      <c r="J849" s="34"/>
+      <c r="K849" s="35"/>
+      <c r="L849" s="36"/>
+      <c r="M849" s="36"/>
     </row>
     <row r="850" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A850" s="33"/>
-[...7 lines deleted...]
-      <c r="M850" s="38"/>
+      <c r="A850" s="32"/>
+      <c r="B850" s="32"/>
+      <c r="C850" s="32"/>
+      <c r="H850" s="33"/>
+      <c r="I850" s="49"/>
+      <c r="J850" s="34"/>
+      <c r="K850" s="35"/>
+      <c r="L850" s="36"/>
+      <c r="M850" s="36"/>
     </row>
     <row r="851" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A851" s="33"/>
-[...7 lines deleted...]
-      <c r="M851" s="38"/>
+      <c r="A851" s="32"/>
+      <c r="B851" s="32"/>
+      <c r="C851" s="32"/>
+      <c r="H851" s="33"/>
+      <c r="I851" s="49"/>
+      <c r="J851" s="34"/>
+      <c r="K851" s="35"/>
+      <c r="L851" s="36"/>
+      <c r="M851" s="36"/>
     </row>
     <row r="852" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A852" s="33"/>
-[...7 lines deleted...]
-      <c r="M852" s="38"/>
+      <c r="A852" s="32"/>
+      <c r="B852" s="32"/>
+      <c r="C852" s="32"/>
+      <c r="H852" s="33"/>
+      <c r="I852" s="49"/>
+      <c r="J852" s="34"/>
+      <c r="K852" s="35"/>
+      <c r="L852" s="36"/>
+      <c r="M852" s="36"/>
     </row>
     <row r="853" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A853" s="33"/>
-[...7 lines deleted...]
-      <c r="M853" s="38"/>
+      <c r="A853" s="32"/>
+      <c r="B853" s="32"/>
+      <c r="C853" s="32"/>
+      <c r="H853" s="33"/>
+      <c r="I853" s="49"/>
+      <c r="J853" s="34"/>
+      <c r="K853" s="35"/>
+      <c r="L853" s="36"/>
+      <c r="M853" s="36"/>
     </row>
     <row r="854" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A854" s="33"/>
-[...7 lines deleted...]
-      <c r="M854" s="38"/>
+      <c r="A854" s="32"/>
+      <c r="B854" s="32"/>
+      <c r="C854" s="32"/>
+      <c r="H854" s="33"/>
+      <c r="I854" s="49"/>
+      <c r="J854" s="34"/>
+      <c r="K854" s="35"/>
+      <c r="L854" s="36"/>
+      <c r="M854" s="36"/>
     </row>
     <row r="855" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A855" s="33"/>
-[...7 lines deleted...]
-      <c r="M855" s="38"/>
+      <c r="A855" s="32"/>
+      <c r="B855" s="32"/>
+      <c r="C855" s="32"/>
+      <c r="H855" s="33"/>
+      <c r="I855" s="49"/>
+      <c r="J855" s="34"/>
+      <c r="K855" s="35"/>
+      <c r="L855" s="36"/>
+      <c r="M855" s="36"/>
     </row>
     <row r="856" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A856" s="33"/>
-[...7 lines deleted...]
-      <c r="M856" s="38"/>
+      <c r="A856" s="32"/>
+      <c r="B856" s="32"/>
+      <c r="C856" s="32"/>
+      <c r="H856" s="33"/>
+      <c r="I856" s="49"/>
+      <c r="J856" s="34"/>
+      <c r="K856" s="35"/>
+      <c r="L856" s="36"/>
+      <c r="M856" s="36"/>
     </row>
     <row r="857" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A857" s="33"/>
-[...7 lines deleted...]
-      <c r="M857" s="38"/>
+      <c r="A857" s="32"/>
+      <c r="B857" s="32"/>
+      <c r="C857" s="32"/>
+      <c r="H857" s="33"/>
+      <c r="I857" s="49"/>
+      <c r="J857" s="34"/>
+      <c r="K857" s="35"/>
+      <c r="L857" s="36"/>
+      <c r="M857" s="36"/>
     </row>
     <row r="858" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A858" s="33"/>
-[...7 lines deleted...]
-      <c r="M858" s="38"/>
+      <c r="A858" s="32"/>
+      <c r="B858" s="32"/>
+      <c r="C858" s="32"/>
+      <c r="H858" s="33"/>
+      <c r="I858" s="49"/>
+      <c r="J858" s="34"/>
+      <c r="K858" s="35"/>
+      <c r="L858" s="36"/>
+      <c r="M858" s="36"/>
     </row>
     <row r="859" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A859" s="33"/>
-[...7 lines deleted...]
-      <c r="M859" s="38"/>
+      <c r="A859" s="32"/>
+      <c r="B859" s="32"/>
+      <c r="C859" s="32"/>
+      <c r="H859" s="33"/>
+      <c r="I859" s="49"/>
+      <c r="J859" s="34"/>
+      <c r="K859" s="35"/>
+      <c r="L859" s="36"/>
+      <c r="M859" s="36"/>
     </row>
     <row r="860" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A860" s="33"/>
-[...7 lines deleted...]
-      <c r="M860" s="38"/>
+      <c r="A860" s="32"/>
+      <c r="B860" s="32"/>
+      <c r="C860" s="32"/>
+      <c r="H860" s="33"/>
+      <c r="I860" s="49"/>
+      <c r="J860" s="34"/>
+      <c r="K860" s="35"/>
+      <c r="L860" s="36"/>
+      <c r="M860" s="36"/>
     </row>
     <row r="861" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A861" s="33"/>
-[...7 lines deleted...]
-      <c r="M861" s="38"/>
+      <c r="A861" s="32"/>
+      <c r="B861" s="32"/>
+      <c r="C861" s="32"/>
+      <c r="H861" s="33"/>
+      <c r="I861" s="49"/>
+      <c r="J861" s="34"/>
+      <c r="K861" s="35"/>
+      <c r="L861" s="36"/>
+      <c r="M861" s="36"/>
     </row>
     <row r="862" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A862" s="33"/>
-[...7 lines deleted...]
-      <c r="M862" s="38"/>
+      <c r="A862" s="32"/>
+      <c r="B862" s="32"/>
+      <c r="C862" s="32"/>
+      <c r="H862" s="33"/>
+      <c r="I862" s="49"/>
+      <c r="J862" s="34"/>
+      <c r="K862" s="35"/>
+      <c r="L862" s="36"/>
+      <c r="M862" s="36"/>
     </row>
     <row r="863" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A863" s="39"/>
-[...7 lines deleted...]
-      <c r="M863" s="38"/>
+      <c r="A863" s="32"/>
+      <c r="B863" s="32"/>
+      <c r="C863" s="32"/>
+      <c r="H863" s="33"/>
+      <c r="I863" s="49"/>
+      <c r="J863" s="34"/>
+      <c r="K863" s="35"/>
+      <c r="L863" s="36"/>
+      <c r="M863" s="36"/>
     </row>
     <row r="864" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A864" s="33"/>
-[...7 lines deleted...]
-      <c r="M864" s="38"/>
+      <c r="A864" s="32"/>
+      <c r="B864" s="32"/>
+      <c r="C864" s="32"/>
+      <c r="H864" s="33"/>
+      <c r="I864" s="49"/>
+      <c r="J864" s="34"/>
+      <c r="K864" s="35"/>
+      <c r="L864" s="36"/>
+      <c r="M864" s="36"/>
     </row>
     <row r="865" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A865" s="33"/>
-[...7 lines deleted...]
-      <c r="M865" s="38"/>
+      <c r="A865" s="32"/>
+      <c r="B865" s="32"/>
+      <c r="C865" s="32"/>
+      <c r="H865" s="33"/>
+      <c r="I865" s="49"/>
+      <c r="J865" s="34"/>
+      <c r="K865" s="35"/>
+      <c r="L865" s="36"/>
+      <c r="M865" s="36"/>
     </row>
     <row r="866" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A866" s="33"/>
-[...7 lines deleted...]
-      <c r="M866" s="38"/>
+      <c r="A866" s="32"/>
+      <c r="B866" s="32"/>
+      <c r="C866" s="32"/>
+      <c r="H866" s="33"/>
+      <c r="I866" s="49"/>
+      <c r="J866" s="34"/>
+      <c r="K866" s="35"/>
+      <c r="L866" s="36"/>
+      <c r="M866" s="36"/>
     </row>
     <row r="867" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A867" s="33"/>
-[...7 lines deleted...]
-      <c r="M867" s="38"/>
+      <c r="A867" s="32"/>
+      <c r="B867" s="32"/>
+      <c r="C867" s="32"/>
+      <c r="H867" s="33"/>
+      <c r="I867" s="49"/>
+      <c r="J867" s="34"/>
+      <c r="K867" s="35"/>
+      <c r="L867" s="36"/>
+      <c r="M867" s="36"/>
     </row>
     <row r="868" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A868" s="33"/>
-[...7 lines deleted...]
-      <c r="M868" s="38"/>
+      <c r="A868" s="32"/>
+      <c r="B868" s="32"/>
+      <c r="C868" s="32"/>
+      <c r="H868" s="33"/>
+      <c r="I868" s="49"/>
+      <c r="J868" s="34"/>
+      <c r="K868" s="35"/>
+      <c r="L868" s="36"/>
+      <c r="M868" s="36"/>
     </row>
     <row r="869" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A869" s="33"/>
-[...7 lines deleted...]
-      <c r="M869" s="38"/>
+      <c r="A869" s="32"/>
+      <c r="B869" s="32"/>
+      <c r="C869" s="32"/>
+      <c r="H869" s="33"/>
+      <c r="I869" s="49"/>
+      <c r="J869" s="34"/>
+      <c r="K869" s="35"/>
+      <c r="L869" s="36"/>
+      <c r="M869" s="36"/>
     </row>
     <row r="870" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A870" s="33"/>
-[...7 lines deleted...]
-      <c r="M870" s="38"/>
+      <c r="A870" s="32"/>
+      <c r="B870" s="32"/>
+      <c r="C870" s="32"/>
+      <c r="H870" s="33"/>
+      <c r="I870" s="49"/>
+      <c r="J870" s="34"/>
+      <c r="K870" s="35"/>
+      <c r="L870" s="36"/>
+      <c r="M870" s="36"/>
     </row>
     <row r="871" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A871" s="33"/>
-[...7 lines deleted...]
-      <c r="M871" s="38"/>
+      <c r="A871" s="32"/>
+      <c r="B871" s="32"/>
+      <c r="C871" s="32"/>
+      <c r="H871" s="33"/>
+      <c r="I871" s="49"/>
+      <c r="J871" s="34"/>
+      <c r="K871" s="35"/>
+      <c r="L871" s="36"/>
+      <c r="M871" s="36"/>
     </row>
     <row r="872" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A872" s="33"/>
-[...7 lines deleted...]
-      <c r="M872" s="38"/>
+      <c r="A872" s="32"/>
+      <c r="B872" s="32"/>
+      <c r="C872" s="32"/>
+      <c r="H872" s="33"/>
+      <c r="I872" s="49"/>
+      <c r="J872" s="34"/>
+      <c r="K872" s="35"/>
+      <c r="L872" s="36"/>
+      <c r="M872" s="36"/>
     </row>
     <row r="873" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A873" s="33"/>
-[...7 lines deleted...]
-      <c r="M873" s="38"/>
+      <c r="A873" s="32"/>
+      <c r="B873" s="32"/>
+      <c r="C873" s="32"/>
+      <c r="H873" s="33"/>
+      <c r="I873" s="49"/>
+      <c r="J873" s="34"/>
+      <c r="K873" s="35"/>
+      <c r="L873" s="36"/>
+      <c r="M873" s="36"/>
     </row>
     <row r="874" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A874" s="33"/>
-[...7 lines deleted...]
-      <c r="M874" s="38"/>
+      <c r="A874" s="32"/>
+      <c r="B874" s="32"/>
+      <c r="C874" s="32"/>
+      <c r="H874" s="33"/>
+      <c r="I874" s="49"/>
+      <c r="J874" s="34"/>
+      <c r="K874" s="35"/>
+      <c r="L874" s="36"/>
+      <c r="M874" s="36"/>
     </row>
     <row r="875" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A875" s="33"/>
-[...7 lines deleted...]
-      <c r="M875" s="38"/>
+      <c r="B875" s="32"/>
+      <c r="C875" s="32"/>
+      <c r="H875" s="33"/>
+      <c r="I875" s="49"/>
+      <c r="J875" s="34"/>
+      <c r="K875" s="35"/>
+      <c r="L875" s="36"/>
+      <c r="M875" s="36"/>
     </row>
     <row r="876" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A876" s="33"/>
-[...7 lines deleted...]
-      <c r="M876" s="38"/>
+      <c r="B876" s="32"/>
+      <c r="C876" s="32"/>
+      <c r="H876" s="33"/>
+      <c r="I876" s="49"/>
+      <c r="J876" s="34"/>
+      <c r="K876" s="35"/>
+      <c r="L876" s="36"/>
+      <c r="M876" s="36"/>
     </row>
     <row r="877" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A877" s="33"/>
-[...7 lines deleted...]
-      <c r="M877" s="38"/>
+      <c r="B877" s="32"/>
+      <c r="C877" s="32"/>
+      <c r="H877" s="33"/>
+      <c r="I877" s="49"/>
+      <c r="J877" s="34"/>
+      <c r="K877" s="35"/>
+      <c r="L877" s="36"/>
+      <c r="M877" s="36"/>
     </row>
     <row r="878" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A878" s="33"/>
-[...7 lines deleted...]
-      <c r="M878" s="38"/>
+      <c r="B878" s="32"/>
+      <c r="C878" s="32"/>
+      <c r="H878" s="33"/>
+      <c r="I878" s="49"/>
+      <c r="J878" s="34"/>
+      <c r="K878" s="35"/>
+      <c r="L878" s="36"/>
+      <c r="M878" s="36"/>
     </row>
     <row r="879" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A879" s="33"/>
-[...7 lines deleted...]
-      <c r="M879" s="38"/>
+      <c r="B879" s="32"/>
+      <c r="C879" s="32"/>
+      <c r="H879" s="33"/>
+      <c r="I879" s="49"/>
+      <c r="J879" s="34"/>
+      <c r="K879" s="35"/>
+      <c r="L879" s="36"/>
+      <c r="M879" s="36"/>
     </row>
     <row r="880" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A880" s="33"/>
-[...345 lines deleted...]
-      <c r="M912" s="38"/>
+      <c r="B880" s="32"/>
+      <c r="C880" s="32"/>
+      <c r="H880" s="33"/>
+      <c r="I880" s="49"/>
+      <c r="J880" s="34"/>
+      <c r="K880" s="35"/>
+      <c r="L880" s="36"/>
+      <c r="M880" s="36"/>
+    </row>
+    <row r="881" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B881" s="32"/>
+      <c r="C881" s="32"/>
+      <c r="H881" s="33"/>
+      <c r="I881" s="49"/>
+      <c r="J881" s="34"/>
+      <c r="K881" s="35"/>
+      <c r="L881" s="36"/>
+      <c r="M881" s="36"/>
+    </row>
+    <row r="882" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B882" s="32"/>
+      <c r="C882" s="32"/>
+      <c r="H882" s="33"/>
+      <c r="I882" s="49"/>
+      <c r="J882" s="34"/>
+      <c r="K882" s="35"/>
+      <c r="L882" s="36"/>
+      <c r="M882" s="36"/>
+    </row>
+    <row r="883" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B883" s="32"/>
+      <c r="C883" s="32"/>
+      <c r="H883" s="33"/>
+      <c r="I883" s="49"/>
+      <c r="J883" s="34"/>
+      <c r="K883" s="35"/>
+      <c r="L883" s="36"/>
+      <c r="M883" s="36"/>
+    </row>
+    <row r="884" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B884" s="32"/>
+      <c r="C884" s="32"/>
+      <c r="H884" s="33"/>
+      <c r="I884" s="49"/>
+      <c r="J884" s="34"/>
+      <c r="K884" s="35"/>
+      <c r="L884" s="36"/>
+      <c r="M884" s="36"/>
+    </row>
+    <row r="885" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B885" s="32"/>
+      <c r="C885" s="32"/>
+      <c r="H885" s="33"/>
+      <c r="I885" s="49"/>
+      <c r="J885" s="34"/>
+      <c r="K885" s="35"/>
+      <c r="L885" s="36"/>
+      <c r="M885" s="36"/>
+    </row>
+    <row r="886" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B886" s="32"/>
+      <c r="C886" s="32"/>
+      <c r="H886" s="33"/>
+      <c r="I886" s="49"/>
+      <c r="J886" s="34"/>
+      <c r="K886" s="35"/>
+      <c r="L886" s="36"/>
+      <c r="M886" s="36"/>
+    </row>
+    <row r="887" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B887" s="32"/>
+      <c r="C887" s="32"/>
+      <c r="H887" s="33"/>
+      <c r="I887" s="49"/>
+      <c r="J887" s="34"/>
+      <c r="K887" s="35"/>
+      <c r="L887" s="36"/>
+      <c r="M887" s="36"/>
+    </row>
+    <row r="888" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B888" s="32"/>
+      <c r="C888" s="32"/>
+      <c r="H888" s="33"/>
+      <c r="I888" s="49"/>
+      <c r="J888" s="34"/>
+      <c r="K888" s="35"/>
+      <c r="L888" s="36"/>
+      <c r="M888" s="36"/>
+    </row>
+    <row r="889" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B889" s="32"/>
+      <c r="C889" s="32"/>
+      <c r="H889" s="33"/>
+      <c r="I889" s="49"/>
+      <c r="J889" s="34"/>
+      <c r="K889" s="35"/>
+      <c r="L889" s="36"/>
+      <c r="M889" s="36"/>
+    </row>
+    <row r="890" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B890" s="32"/>
+      <c r="C890" s="32"/>
+      <c r="H890" s="33"/>
+      <c r="I890" s="49"/>
+      <c r="J890" s="34"/>
+      <c r="K890" s="35"/>
+      <c r="L890" s="36"/>
+      <c r="M890" s="36"/>
+    </row>
+    <row r="891" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B891" s="32"/>
+      <c r="C891" s="32"/>
+      <c r="H891" s="33"/>
+      <c r="I891" s="49"/>
+      <c r="J891" s="34"/>
+      <c r="K891" s="35"/>
+      <c r="L891" s="36"/>
+      <c r="M891" s="36"/>
+    </row>
+    <row r="892" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B892" s="32"/>
+      <c r="C892" s="32"/>
+      <c r="H892" s="33"/>
+      <c r="I892" s="49"/>
+      <c r="J892" s="34"/>
+      <c r="K892" s="35"/>
+      <c r="L892" s="36"/>
+      <c r="M892" s="36"/>
+    </row>
+    <row r="893" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B893" s="32"/>
+      <c r="C893" s="32"/>
+      <c r="H893" s="33"/>
+      <c r="I893" s="49"/>
+      <c r="J893" s="34"/>
+      <c r="K893" s="35"/>
+      <c r="L893" s="36"/>
+      <c r="M893" s="36"/>
+    </row>
+    <row r="894" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B894" s="32"/>
+      <c r="C894" s="32"/>
+      <c r="H894" s="33"/>
+      <c r="I894" s="49"/>
+      <c r="J894" s="34"/>
+      <c r="K894" s="35"/>
+      <c r="L894" s="36"/>
+      <c r="M894" s="36"/>
+    </row>
+    <row r="895" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B895" s="32"/>
+      <c r="C895" s="32"/>
+      <c r="H895" s="33"/>
+      <c r="I895" s="49"/>
+      <c r="J895" s="34"/>
+      <c r="K895" s="35"/>
+      <c r="L895" s="36"/>
+      <c r="M895" s="36"/>
+    </row>
+    <row r="896" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B896" s="32"/>
+      <c r="C896" s="32"/>
+      <c r="H896" s="33"/>
+      <c r="I896" s="49"/>
+      <c r="J896" s="34"/>
+      <c r="K896" s="35"/>
+      <c r="L896" s="36"/>
+      <c r="M896" s="36"/>
+    </row>
+    <row r="897" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B897" s="32"/>
+      <c r="C897" s="32"/>
+      <c r="H897" s="33"/>
+      <c r="I897" s="49"/>
+      <c r="J897" s="34"/>
+      <c r="K897" s="35"/>
+      <c r="L897" s="36"/>
+      <c r="M897" s="36"/>
+    </row>
+    <row r="898" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B898" s="32"/>
+      <c r="C898" s="32"/>
+      <c r="H898" s="33"/>
+      <c r="I898" s="49"/>
+      <c r="J898" s="34"/>
+      <c r="K898" s="35"/>
+      <c r="L898" s="36"/>
+      <c r="M898" s="36"/>
+    </row>
+    <row r="899" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B899" s="32"/>
+      <c r="C899" s="32"/>
+      <c r="H899" s="33"/>
+      <c r="I899" s="49"/>
+      <c r="J899" s="34"/>
+      <c r="K899" s="35"/>
+      <c r="L899" s="36"/>
+      <c r="M899" s="36"/>
+    </row>
+    <row r="900" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B900" s="32"/>
+      <c r="C900" s="32"/>
+      <c r="H900" s="33"/>
+      <c r="I900" s="49"/>
+      <c r="J900" s="34"/>
+      <c r="K900" s="35"/>
+      <c r="L900" s="36"/>
+      <c r="M900" s="36"/>
+    </row>
+    <row r="901" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B901" s="32"/>
+      <c r="C901" s="32"/>
+      <c r="H901" s="33"/>
+      <c r="I901" s="49"/>
+      <c r="J901" s="34"/>
+      <c r="K901" s="35"/>
+      <c r="L901" s="36"/>
+      <c r="M901" s="36"/>
+    </row>
+    <row r="902" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B902" s="32"/>
+      <c r="C902" s="32"/>
+      <c r="H902" s="33"/>
+      <c r="I902" s="49"/>
+      <c r="J902" s="34"/>
+      <c r="K902" s="35"/>
+      <c r="L902" s="36"/>
+      <c r="M902" s="36"/>
+    </row>
+    <row r="903" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B903" s="32"/>
+      <c r="C903" s="32"/>
+      <c r="H903" s="33"/>
+      <c r="I903" s="49"/>
+      <c r="J903" s="34"/>
+      <c r="K903" s="35"/>
+      <c r="L903" s="36"/>
+      <c r="M903" s="36"/>
+    </row>
+    <row r="904" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B904" s="32"/>
+      <c r="C904" s="32"/>
+      <c r="H904" s="33"/>
+      <c r="I904" s="49"/>
+      <c r="J904" s="34"/>
+      <c r="K904" s="35"/>
+      <c r="L904" s="36"/>
+      <c r="M904" s="36"/>
+    </row>
+    <row r="905" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B905" s="32"/>
+      <c r="C905" s="32"/>
+      <c r="H905" s="33"/>
+      <c r="I905" s="49"/>
+      <c r="J905" s="34"/>
+      <c r="K905" s="35"/>
+      <c r="L905" s="36"/>
+      <c r="M905" s="36"/>
+    </row>
+    <row r="906" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B906" s="32"/>
+      <c r="C906" s="32"/>
+      <c r="H906" s="33"/>
+      <c r="I906" s="49"/>
+      <c r="J906" s="34"/>
+      <c r="K906" s="35"/>
+      <c r="L906" s="36"/>
+      <c r="M906" s="36"/>
+    </row>
+    <row r="907" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B907" s="32"/>
+      <c r="C907" s="32"/>
+      <c r="H907" s="33"/>
+      <c r="I907" s="49"/>
+      <c r="J907" s="34"/>
+      <c r="K907" s="35"/>
+      <c r="L907" s="36"/>
+      <c r="M907" s="36"/>
+    </row>
+    <row r="908" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B908" s="32"/>
+      <c r="C908" s="32"/>
+      <c r="H908" s="33"/>
+      <c r="I908" s="49"/>
+      <c r="J908" s="34"/>
+      <c r="K908" s="35"/>
+      <c r="L908" s="36"/>
+      <c r="M908" s="36"/>
+    </row>
+    <row r="909" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B909" s="32"/>
+      <c r="C909" s="32"/>
+      <c r="H909" s="33"/>
+      <c r="I909" s="49"/>
+      <c r="J909" s="34"/>
+      <c r="K909" s="35"/>
+      <c r="L909" s="36"/>
+      <c r="M909" s="36"/>
+    </row>
+    <row r="910" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B910" s="32"/>
+      <c r="C910" s="32"/>
+      <c r="H910" s="33"/>
+      <c r="I910" s="49"/>
+      <c r="J910" s="34"/>
+      <c r="K910" s="35"/>
+      <c r="L910" s="36"/>
+      <c r="M910" s="36"/>
+    </row>
+    <row r="911" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B911" s="32"/>
+      <c r="C911" s="32"/>
+      <c r="H911" s="33"/>
+      <c r="I911" s="49"/>
+      <c r="J911" s="34"/>
+      <c r="K911" s="35"/>
+      <c r="L911" s="36"/>
+      <c r="M911" s="36"/>
+    </row>
+    <row r="912" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B912" s="32"/>
+      <c r="C912" s="32"/>
+      <c r="H912" s="33"/>
+      <c r="I912" s="49"/>
+      <c r="J912" s="34"/>
+      <c r="K912" s="35"/>
+      <c r="L912" s="36"/>
+      <c r="M912" s="36"/>
     </row>
     <row r="913" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B913" s="33"/>
-[...6 lines deleted...]
-      <c r="M913" s="38"/>
+      <c r="B913" s="32"/>
+      <c r="C913" s="32"/>
+      <c r="H913" s="33"/>
+      <c r="I913" s="49"/>
+      <c r="J913" s="34"/>
+      <c r="K913" s="35"/>
+      <c r="L913" s="36"/>
+      <c r="M913" s="36"/>
     </row>
     <row r="914" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B914" s="33"/>
-[...6 lines deleted...]
-      <c r="M914" s="38"/>
+      <c r="B914" s="32"/>
+      <c r="C914" s="32"/>
+      <c r="H914" s="33"/>
+      <c r="I914" s="49"/>
+      <c r="J914" s="34"/>
+      <c r="K914" s="35"/>
+      <c r="L914" s="36"/>
+      <c r="M914" s="36"/>
     </row>
     <row r="915" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B915" s="33"/>
-[...6 lines deleted...]
-      <c r="M915" s="38"/>
+      <c r="B915" s="32"/>
+      <c r="C915" s="32"/>
+      <c r="H915" s="33"/>
+      <c r="I915" s="49"/>
+      <c r="J915" s="34"/>
+      <c r="K915" s="35"/>
+      <c r="L915" s="36"/>
+      <c r="M915" s="36"/>
     </row>
     <row r="916" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B916" s="33"/>
-[...6 lines deleted...]
-      <c r="M916" s="38"/>
+      <c r="B916" s="32"/>
+      <c r="C916" s="32"/>
+      <c r="H916" s="33"/>
+      <c r="I916" s="49"/>
+      <c r="J916" s="34"/>
+      <c r="K916" s="35"/>
+      <c r="L916" s="36"/>
+      <c r="M916" s="36"/>
     </row>
     <row r="917" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B917" s="33"/>
-[...6 lines deleted...]
-      <c r="M917" s="38"/>
+      <c r="B917" s="32"/>
+      <c r="C917" s="32"/>
+      <c r="H917" s="33"/>
+      <c r="I917" s="49"/>
+      <c r="J917" s="34"/>
+      <c r="K917" s="35"/>
+      <c r="L917" s="36"/>
+      <c r="M917" s="36"/>
     </row>
     <row r="918" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B918" s="33"/>
-[...6 lines deleted...]
-      <c r="M918" s="38"/>
+      <c r="B918" s="32"/>
+      <c r="C918" s="32"/>
+      <c r="H918" s="33"/>
+      <c r="I918" s="49"/>
+      <c r="J918" s="34"/>
+      <c r="K918" s="35"/>
+      <c r="L918" s="36"/>
+      <c r="M918" s="36"/>
     </row>
     <row r="919" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B919" s="33"/>
-[...6 lines deleted...]
-      <c r="M919" s="38"/>
+      <c r="B919" s="32"/>
+      <c r="C919" s="32"/>
+      <c r="H919" s="33"/>
+      <c r="I919" s="49"/>
+      <c r="J919" s="34"/>
+      <c r="K919" s="35"/>
+      <c r="L919" s="36"/>
+      <c r="M919" s="36"/>
     </row>
     <row r="920" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B920" s="33"/>
-[...6 lines deleted...]
-      <c r="M920" s="38"/>
+      <c r="B920" s="32"/>
+      <c r="C920" s="32"/>
+      <c r="H920" s="33"/>
+      <c r="I920" s="49"/>
+      <c r="J920" s="34"/>
+      <c r="K920" s="35"/>
+      <c r="L920" s="36"/>
+      <c r="M920" s="36"/>
     </row>
     <row r="921" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B921" s="33"/>
-[...6 lines deleted...]
-      <c r="M921" s="38"/>
+      <c r="B921" s="32"/>
+      <c r="C921" s="32"/>
+      <c r="H921" s="33"/>
+      <c r="I921" s="49"/>
+      <c r="J921" s="34"/>
+      <c r="K921" s="35"/>
+      <c r="L921" s="36"/>
+      <c r="M921" s="36"/>
     </row>
     <row r="922" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B922" s="33"/>
-[...6 lines deleted...]
-      <c r="M922" s="38"/>
+      <c r="B922" s="32"/>
+      <c r="C922" s="32"/>
+      <c r="H922" s="33"/>
+      <c r="I922" s="49"/>
+      <c r="J922" s="34"/>
+      <c r="K922" s="35"/>
+      <c r="L922" s="36"/>
+      <c r="M922" s="36"/>
     </row>
     <row r="923" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B923" s="33"/>
-[...6 lines deleted...]
-      <c r="M923" s="38"/>
+      <c r="B923" s="32"/>
+      <c r="C923" s="32"/>
+      <c r="H923" s="33"/>
+      <c r="I923" s="49"/>
+      <c r="J923" s="34"/>
+      <c r="K923" s="35"/>
+      <c r="L923" s="36"/>
+      <c r="M923" s="36"/>
     </row>
     <row r="924" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B924" s="33"/>
-[...6 lines deleted...]
-      <c r="M924" s="38"/>
+      <c r="B924" s="32"/>
+      <c r="C924" s="32"/>
+      <c r="H924" s="33"/>
+      <c r="I924" s="49"/>
+      <c r="J924" s="34"/>
+      <c r="K924" s="35"/>
+      <c r="L924" s="36"/>
+      <c r="M924" s="36"/>
     </row>
     <row r="925" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B925" s="33"/>
-[...6 lines deleted...]
-      <c r="M925" s="38"/>
+      <c r="B925" s="32"/>
+      <c r="C925" s="32"/>
+      <c r="H925" s="33"/>
+      <c r="I925" s="49"/>
+      <c r="J925" s="34"/>
+      <c r="K925" s="35"/>
+      <c r="L925" s="36"/>
+      <c r="M925" s="36"/>
     </row>
     <row r="926" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B926" s="33"/>
-[...6 lines deleted...]
-      <c r="M926" s="38"/>
+      <c r="B926" s="32"/>
+      <c r="C926" s="32"/>
+      <c r="H926" s="33"/>
+      <c r="I926" s="49"/>
+      <c r="J926" s="34"/>
+      <c r="K926" s="35"/>
+      <c r="L926" s="36"/>
+      <c r="M926" s="36"/>
     </row>
     <row r="927" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B927" s="33"/>
-[...6 lines deleted...]
-      <c r="M927" s="38"/>
+      <c r="B927" s="32"/>
+      <c r="C927" s="32"/>
+      <c r="H927" s="33"/>
+      <c r="I927" s="49"/>
+      <c r="J927" s="34"/>
+      <c r="K927" s="35"/>
+      <c r="L927" s="36"/>
+      <c r="M927" s="36"/>
     </row>
     <row r="928" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B928" s="33"/>
-[...6 lines deleted...]
-      <c r="M928" s="38"/>
+      <c r="B928" s="32"/>
+      <c r="C928" s="32"/>
+      <c r="H928" s="33"/>
+      <c r="I928" s="49"/>
+      <c r="J928" s="34"/>
+      <c r="K928" s="35"/>
+      <c r="L928" s="36"/>
+      <c r="M928" s="36"/>
     </row>
     <row r="929" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B929" s="33"/>
-[...6 lines deleted...]
-      <c r="M929" s="38"/>
+      <c r="B929" s="32"/>
+      <c r="C929" s="32"/>
+      <c r="H929" s="33"/>
+      <c r="I929" s="49"/>
+      <c r="J929" s="34"/>
+      <c r="K929" s="35"/>
+      <c r="L929" s="36"/>
+      <c r="M929" s="36"/>
     </row>
     <row r="930" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B930" s="33"/>
-[...6 lines deleted...]
-      <c r="M930" s="38"/>
+      <c r="B930" s="32"/>
+      <c r="C930" s="32"/>
+      <c r="H930" s="33"/>
+      <c r="I930" s="49"/>
+      <c r="J930" s="34"/>
+      <c r="K930" s="35"/>
+      <c r="L930" s="36"/>
+      <c r="M930" s="36"/>
     </row>
     <row r="931" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B931" s="33"/>
-[...6 lines deleted...]
-      <c r="M931" s="38"/>
+      <c r="B931" s="32"/>
+      <c r="C931" s="32"/>
+      <c r="H931" s="33"/>
+      <c r="I931" s="49"/>
+      <c r="J931" s="34"/>
+      <c r="K931" s="35"/>
+      <c r="L931" s="36"/>
+      <c r="M931" s="36"/>
     </row>
     <row r="932" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B932" s="33"/>
-[...6 lines deleted...]
-      <c r="M932" s="38"/>
+      <c r="B932" s="32"/>
+      <c r="C932" s="32"/>
+      <c r="H932" s="33"/>
+      <c r="I932" s="49"/>
+      <c r="J932" s="34"/>
+      <c r="K932" s="35"/>
+      <c r="L932" s="36"/>
+      <c r="M932" s="36"/>
     </row>
     <row r="933" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B933" s="33"/>
-[...6 lines deleted...]
-      <c r="M933" s="38"/>
+      <c r="B933" s="32"/>
+      <c r="C933" s="32"/>
+      <c r="H933" s="33"/>
+      <c r="I933" s="49"/>
+      <c r="J933" s="34"/>
+      <c r="K933" s="35"/>
+      <c r="L933" s="36"/>
+      <c r="M933" s="36"/>
     </row>
     <row r="934" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B934" s="33"/>
-[...6 lines deleted...]
-      <c r="M934" s="38"/>
+      <c r="B934" s="32"/>
+      <c r="C934" s="32"/>
+      <c r="H934" s="33"/>
+      <c r="I934" s="49"/>
+      <c r="J934" s="34"/>
+      <c r="K934" s="35"/>
+      <c r="L934" s="36"/>
+      <c r="M934" s="36"/>
     </row>
     <row r="935" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B935" s="33"/>
-[...6 lines deleted...]
-      <c r="M935" s="38"/>
+      <c r="B935" s="32"/>
+      <c r="C935" s="32"/>
+      <c r="H935" s="33"/>
+      <c r="I935" s="49"/>
+      <c r="J935" s="34"/>
+      <c r="K935" s="35"/>
+      <c r="L935" s="36"/>
+      <c r="M935" s="36"/>
     </row>
     <row r="936" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B936" s="33"/>
-[...6 lines deleted...]
-      <c r="M936" s="38"/>
+      <c r="B936" s="32"/>
+      <c r="C936" s="32"/>
+      <c r="H936" s="33"/>
+      <c r="I936" s="49"/>
+      <c r="J936" s="34"/>
+      <c r="K936" s="35"/>
+      <c r="L936" s="36"/>
+      <c r="M936" s="36"/>
     </row>
     <row r="937" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B937" s="33"/>
-[...6 lines deleted...]
-      <c r="M937" s="38"/>
+      <c r="B937" s="32"/>
+      <c r="C937" s="32"/>
+      <c r="H937" s="33"/>
+      <c r="I937" s="49"/>
+      <c r="J937" s="34"/>
+      <c r="K937" s="35"/>
+      <c r="L937" s="36"/>
+      <c r="M937" s="36"/>
     </row>
     <row r="938" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B938" s="33"/>
-[...6 lines deleted...]
-      <c r="M938" s="38"/>
+      <c r="B938" s="32"/>
+      <c r="C938" s="32"/>
+      <c r="H938" s="33"/>
+      <c r="I938" s="49"/>
+      <c r="J938" s="34"/>
+      <c r="K938" s="35"/>
+      <c r="L938" s="36"/>
+      <c r="M938" s="36"/>
     </row>
     <row r="939" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B939" s="33"/>
-[...6 lines deleted...]
-      <c r="M939" s="38"/>
+      <c r="B939" s="32"/>
+      <c r="C939" s="32"/>
+      <c r="H939" s="33"/>
+      <c r="I939" s="49"/>
+      <c r="J939" s="34"/>
+      <c r="K939" s="35"/>
+      <c r="L939" s="36"/>
+      <c r="M939" s="36"/>
     </row>
     <row r="940" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B940" s="33"/>
-[...6 lines deleted...]
-      <c r="M940" s="38"/>
+      <c r="B940" s="32"/>
+      <c r="C940" s="32"/>
+      <c r="H940" s="33"/>
+      <c r="I940" s="49"/>
+      <c r="J940" s="34"/>
+      <c r="K940" s="35"/>
+      <c r="L940" s="36"/>
+      <c r="M940" s="36"/>
     </row>
     <row r="941" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B941" s="33"/>
-[...6 lines deleted...]
-      <c r="M941" s="38"/>
+      <c r="B941" s="32"/>
+      <c r="C941" s="32"/>
+      <c r="H941" s="33"/>
+      <c r="I941" s="49"/>
+      <c r="J941" s="34"/>
+      <c r="K941" s="35"/>
+      <c r="L941" s="36"/>
+      <c r="M941" s="36"/>
     </row>
     <row r="942" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B942" s="33"/>
-[...6 lines deleted...]
-      <c r="M942" s="38"/>
+      <c r="B942" s="32"/>
+      <c r="C942" s="32"/>
+      <c r="H942" s="33"/>
+      <c r="I942" s="49"/>
+      <c r="J942" s="34"/>
+      <c r="K942" s="35"/>
+      <c r="L942" s="36"/>
+      <c r="M942" s="36"/>
     </row>
     <row r="943" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B943" s="33"/>
-[...6 lines deleted...]
-      <c r="M943" s="38"/>
+      <c r="B943" s="32"/>
+      <c r="C943" s="32"/>
+      <c r="H943" s="33"/>
+      <c r="I943" s="49"/>
+      <c r="J943" s="34"/>
+      <c r="K943" s="35"/>
+      <c r="L943" s="36"/>
+      <c r="M943" s="36"/>
     </row>
     <row r="944" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B944" s="33"/>
-[...6 lines deleted...]
-      <c r="M944" s="38"/>
+      <c r="B944" s="32"/>
+      <c r="C944" s="32"/>
+      <c r="H944" s="33"/>
+      <c r="I944" s="49"/>
+      <c r="J944" s="34"/>
+      <c r="K944" s="35"/>
+      <c r="L944" s="36"/>
+      <c r="M944" s="36"/>
     </row>
     <row r="945" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B945" s="33"/>
-[...6 lines deleted...]
-      <c r="M945" s="38"/>
+      <c r="B945" s="32"/>
+      <c r="C945" s="32"/>
+      <c r="H945" s="33"/>
+      <c r="I945" s="49"/>
+      <c r="J945" s="34"/>
+      <c r="K945" s="35"/>
+      <c r="L945" s="36"/>
+      <c r="M945" s="36"/>
     </row>
     <row r="946" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B946" s="33"/>
-[...6 lines deleted...]
-      <c r="M946" s="38"/>
+      <c r="B946" s="32"/>
+      <c r="C946" s="32"/>
+      <c r="H946" s="33"/>
+      <c r="I946" s="49"/>
+      <c r="J946" s="34"/>
+      <c r="K946" s="35"/>
+      <c r="L946" s="36"/>
+      <c r="M946" s="36"/>
     </row>
     <row r="947" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B947" s="33"/>
-[...6 lines deleted...]
-      <c r="M947" s="38"/>
+      <c r="B947" s="32"/>
+      <c r="C947" s="32"/>
+      <c r="H947" s="33"/>
+      <c r="I947" s="49"/>
+      <c r="J947" s="34"/>
+      <c r="K947" s="35"/>
+      <c r="L947" s="36"/>
+      <c r="M947" s="36"/>
     </row>
     <row r="948" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B948" s="33"/>
-[...6 lines deleted...]
-      <c r="M948" s="38"/>
+      <c r="B948" s="32"/>
+      <c r="C948" s="32"/>
+      <c r="H948" s="33"/>
+      <c r="I948" s="49"/>
+      <c r="J948" s="34"/>
+      <c r="K948" s="35"/>
+      <c r="L948" s="36"/>
+      <c r="M948" s="36"/>
     </row>
     <row r="949" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B949" s="33"/>
-[...6 lines deleted...]
-      <c r="M949" s="38"/>
+      <c r="B949" s="32"/>
+      <c r="C949" s="32"/>
+      <c r="H949" s="33"/>
+      <c r="I949" s="49"/>
+      <c r="J949" s="34"/>
+      <c r="K949" s="35"/>
+      <c r="L949" s="36"/>
+      <c r="M949" s="36"/>
     </row>
     <row r="950" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B950" s="33"/>
-[...6 lines deleted...]
-      <c r="M950" s="38"/>
+      <c r="B950" s="32"/>
+      <c r="C950" s="32"/>
+      <c r="H950" s="33"/>
+      <c r="I950" s="49"/>
+      <c r="J950" s="34"/>
+      <c r="K950" s="35"/>
+      <c r="L950" s="36"/>
+      <c r="M950" s="36"/>
     </row>
     <row r="951" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B951" s="33"/>
-[...6 lines deleted...]
-      <c r="M951" s="38"/>
+      <c r="B951" s="32"/>
+      <c r="C951" s="32"/>
+      <c r="H951" s="33"/>
+      <c r="I951" s="49"/>
+      <c r="J951" s="34"/>
+      <c r="K951" s="35"/>
+      <c r="L951" s="36"/>
+      <c r="M951" s="36"/>
     </row>
     <row r="952" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B952" s="33"/>
-[...6 lines deleted...]
-      <c r="M952" s="38"/>
+      <c r="B952" s="32"/>
+      <c r="C952" s="32"/>
+      <c r="H952" s="33"/>
+      <c r="I952" s="49"/>
+      <c r="J952" s="34"/>
+      <c r="K952" s="35"/>
+      <c r="L952" s="36"/>
+      <c r="M952" s="36"/>
     </row>
     <row r="953" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B953" s="33"/>
-[...6 lines deleted...]
-      <c r="M953" s="38"/>
+      <c r="B953" s="32"/>
+      <c r="C953" s="32"/>
+      <c r="H953" s="33"/>
+      <c r="I953" s="49"/>
+      <c r="J953" s="34"/>
+      <c r="K953" s="35"/>
+      <c r="L953" s="36"/>
+      <c r="M953" s="36"/>
     </row>
     <row r="954" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B954" s="33"/>
-[...6 lines deleted...]
-      <c r="M954" s="38"/>
+      <c r="B954" s="32"/>
+      <c r="C954" s="32"/>
+      <c r="H954" s="33"/>
+      <c r="I954" s="49"/>
+      <c r="J954" s="34"/>
+      <c r="K954" s="35"/>
+      <c r="L954" s="36"/>
+      <c r="M954" s="36"/>
     </row>
     <row r="955" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B955" s="33"/>
-[...6 lines deleted...]
-      <c r="M955" s="38"/>
+      <c r="B955" s="32"/>
+      <c r="C955" s="32"/>
+      <c r="H955" s="33"/>
+      <c r="I955" s="49"/>
+      <c r="J955" s="34"/>
+      <c r="K955" s="35"/>
+      <c r="L955" s="36"/>
+      <c r="M955" s="36"/>
     </row>
     <row r="956" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B956" s="33"/>
-[...6 lines deleted...]
-      <c r="M956" s="38"/>
+      <c r="B956" s="32"/>
+      <c r="C956" s="32"/>
+      <c r="H956" s="33"/>
+      <c r="I956" s="49"/>
+      <c r="J956" s="34"/>
+      <c r="K956" s="35"/>
+      <c r="L956" s="36"/>
+      <c r="M956" s="36"/>
     </row>
     <row r="957" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B957" s="33"/>
-[...6 lines deleted...]
-      <c r="M957" s="38"/>
+      <c r="B957" s="32"/>
+      <c r="C957" s="32"/>
+      <c r="H957" s="33"/>
+      <c r="I957" s="49"/>
+      <c r="J957" s="34"/>
+      <c r="K957" s="35"/>
+      <c r="L957" s="36"/>
+      <c r="M957" s="36"/>
     </row>
     <row r="958" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B958" s="33"/>
-[...6 lines deleted...]
-      <c r="M958" s="38"/>
+      <c r="B958" s="32"/>
+      <c r="C958" s="32"/>
+      <c r="H958" s="33"/>
+      <c r="I958" s="49"/>
+      <c r="J958" s="34"/>
+      <c r="K958" s="35"/>
+      <c r="L958" s="36"/>
+      <c r="M958" s="36"/>
     </row>
     <row r="959" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B959" s="33"/>
-[...6 lines deleted...]
-      <c r="M959" s="38"/>
+      <c r="B959" s="32"/>
+      <c r="C959" s="32"/>
+      <c r="H959" s="33"/>
+      <c r="I959" s="49"/>
+      <c r="J959" s="34"/>
+      <c r="K959" s="35"/>
+      <c r="L959" s="36"/>
+      <c r="M959" s="36"/>
     </row>
     <row r="960" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B960" s="33"/>
-[...6 lines deleted...]
-      <c r="M960" s="38"/>
+      <c r="B960" s="32"/>
+      <c r="C960" s="32"/>
+      <c r="H960" s="33"/>
+      <c r="I960" s="49"/>
+      <c r="J960" s="34"/>
+      <c r="K960" s="35"/>
+      <c r="L960" s="36"/>
+      <c r="M960" s="36"/>
     </row>
     <row r="961" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B961" s="33"/>
-[...6 lines deleted...]
-      <c r="M961" s="38"/>
+      <c r="B961" s="32"/>
+      <c r="C961" s="32"/>
+      <c r="H961" s="33"/>
+      <c r="I961" s="49"/>
+      <c r="J961" s="34"/>
+      <c r="K961" s="35"/>
+      <c r="L961" s="36"/>
+      <c r="M961" s="36"/>
     </row>
     <row r="962" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B962" s="33"/>
-[...6 lines deleted...]
-      <c r="M962" s="38"/>
+      <c r="B962" s="32"/>
+      <c r="C962" s="32"/>
+      <c r="H962" s="33"/>
+      <c r="I962" s="49"/>
+      <c r="J962" s="34"/>
+      <c r="K962" s="35"/>
+      <c r="L962" s="36"/>
+      <c r="M962" s="36"/>
     </row>
     <row r="963" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B963" s="33"/>
-[...6 lines deleted...]
-      <c r="M963" s="38"/>
+      <c r="B963" s="32"/>
+      <c r="C963" s="32"/>
+      <c r="H963" s="33"/>
+      <c r="I963" s="49"/>
+      <c r="J963" s="34"/>
+      <c r="K963" s="35"/>
+      <c r="L963" s="36"/>
+      <c r="M963" s="36"/>
     </row>
     <row r="964" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B964" s="33"/>
-[...6 lines deleted...]
-      <c r="M964" s="38"/>
+      <c r="B964" s="32"/>
+      <c r="C964" s="32"/>
+      <c r="H964" s="33"/>
+      <c r="I964" s="49"/>
+      <c r="J964" s="34"/>
+      <c r="K964" s="35"/>
+      <c r="L964" s="36"/>
+      <c r="M964" s="36"/>
     </row>
     <row r="965" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B965" s="33"/>
-[...6 lines deleted...]
-      <c r="M965" s="38"/>
+      <c r="B965" s="32"/>
+      <c r="C965" s="32"/>
+      <c r="H965" s="33"/>
+      <c r="I965" s="49"/>
+      <c r="J965" s="34"/>
+      <c r="K965" s="35"/>
+      <c r="L965" s="36"/>
+      <c r="M965" s="36"/>
     </row>
     <row r="966" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B966" s="33"/>
-[...6 lines deleted...]
-      <c r="M966" s="38"/>
+      <c r="B966" s="32"/>
+      <c r="C966" s="32"/>
+      <c r="H966" s="33"/>
+      <c r="I966" s="49"/>
+      <c r="J966" s="34"/>
+      <c r="K966" s="35"/>
+      <c r="L966" s="36"/>
+      <c r="M966" s="36"/>
     </row>
     <row r="967" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B967" s="33"/>
-[...6 lines deleted...]
-      <c r="M967" s="38"/>
+      <c r="B967" s="32"/>
+      <c r="C967" s="32"/>
+      <c r="H967" s="33"/>
+      <c r="I967" s="49"/>
+      <c r="J967" s="34"/>
+      <c r="K967" s="35"/>
+      <c r="L967" s="36"/>
+      <c r="M967" s="36"/>
     </row>
     <row r="968" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B968" s="33"/>
-[...6 lines deleted...]
-      <c r="M968" s="38"/>
+      <c r="B968" s="32"/>
+      <c r="C968" s="32"/>
+      <c r="H968" s="33"/>
+      <c r="I968" s="49"/>
+      <c r="J968" s="34"/>
+      <c r="K968" s="35"/>
+      <c r="L968" s="36"/>
+      <c r="M968" s="36"/>
     </row>
     <row r="969" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B969" s="33"/>
-[...6 lines deleted...]
-      <c r="M969" s="38"/>
+      <c r="B969" s="32"/>
+      <c r="C969" s="32"/>
+      <c r="H969" s="33"/>
+      <c r="I969" s="49"/>
+      <c r="J969" s="34"/>
+      <c r="K969" s="35"/>
+      <c r="L969" s="36"/>
+      <c r="M969" s="36"/>
     </row>
     <row r="970" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B970" s="33"/>
-[...6 lines deleted...]
-      <c r="M970" s="38"/>
+      <c r="B970" s="32"/>
+      <c r="C970" s="32"/>
+      <c r="H970" s="33"/>
+      <c r="I970" s="49"/>
+      <c r="J970" s="34"/>
+      <c r="K970" s="35"/>
+      <c r="L970" s="36"/>
+      <c r="M970" s="36"/>
     </row>
     <row r="971" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B971" s="33"/>
-[...6 lines deleted...]
-      <c r="M971" s="38"/>
+      <c r="B971" s="32"/>
+      <c r="C971" s="32"/>
+      <c r="H971" s="33"/>
+      <c r="I971" s="49"/>
+      <c r="J971" s="34"/>
+      <c r="K971" s="35"/>
+      <c r="L971" s="36"/>
+      <c r="M971" s="36"/>
     </row>
     <row r="972" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B972" s="33"/>
-[...6 lines deleted...]
-      <c r="M972" s="38"/>
+      <c r="B972" s="32"/>
+      <c r="C972" s="32"/>
+      <c r="H972" s="33"/>
+      <c r="I972" s="49"/>
+      <c r="J972" s="34"/>
+      <c r="K972" s="35"/>
+      <c r="L972" s="36"/>
+      <c r="M972" s="36"/>
     </row>
     <row r="973" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B973" s="33"/>
-[...6 lines deleted...]
-      <c r="M973" s="38"/>
+      <c r="B973" s="32"/>
+      <c r="C973" s="32"/>
+      <c r="H973" s="33"/>
+      <c r="I973" s="49"/>
+      <c r="J973" s="34"/>
+      <c r="K973" s="35"/>
+      <c r="L973" s="36"/>
+      <c r="M973" s="36"/>
     </row>
     <row r="974" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B974" s="33"/>
-[...6 lines deleted...]
-      <c r="M974" s="38"/>
+      <c r="B974" s="32"/>
+      <c r="C974" s="32"/>
+      <c r="H974" s="33"/>
+      <c r="I974" s="49"/>
+      <c r="J974" s="34"/>
+      <c r="K974" s="35"/>
+      <c r="L974" s="36"/>
+      <c r="M974" s="36"/>
     </row>
     <row r="975" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B975" s="33"/>
-[...6 lines deleted...]
-      <c r="M975" s="38"/>
+      <c r="B975" s="32"/>
+      <c r="C975" s="32"/>
+      <c r="H975" s="33"/>
+      <c r="I975" s="49"/>
+      <c r="J975" s="34"/>
+      <c r="K975" s="35"/>
+      <c r="L975" s="36"/>
+      <c r="M975" s="36"/>
     </row>
     <row r="976" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B976" s="33"/>
-[...6 lines deleted...]
-      <c r="M976" s="38"/>
+      <c r="B976" s="32"/>
+      <c r="C976" s="32"/>
+      <c r="H976" s="33"/>
+      <c r="I976" s="49"/>
+      <c r="J976" s="34"/>
+      <c r="K976" s="35"/>
+      <c r="L976" s="36"/>
+      <c r="M976" s="36"/>
     </row>
     <row r="977" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B977" s="33"/>
-[...6 lines deleted...]
-      <c r="M977" s="38"/>
+      <c r="B977" s="32"/>
+      <c r="C977" s="32"/>
+      <c r="H977" s="33"/>
+      <c r="I977" s="49"/>
+      <c r="J977" s="34"/>
+      <c r="K977" s="35"/>
+      <c r="L977" s="36"/>
+      <c r="M977" s="36"/>
     </row>
     <row r="978" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B978" s="33"/>
-[...6 lines deleted...]
-      <c r="M978" s="38"/>
+      <c r="B978" s="32"/>
+      <c r="C978" s="32"/>
+      <c r="H978" s="33"/>
+      <c r="I978" s="49"/>
+      <c r="J978" s="34"/>
+      <c r="K978" s="35"/>
+      <c r="L978" s="36"/>
+      <c r="M978" s="36"/>
     </row>
     <row r="979" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B979" s="33"/>
-[...6 lines deleted...]
-      <c r="M979" s="38"/>
+      <c r="B979" s="32"/>
+      <c r="C979" s="32"/>
+      <c r="H979" s="33"/>
+      <c r="I979" s="49"/>
+      <c r="J979" s="34"/>
+      <c r="K979" s="35"/>
+      <c r="L979" s="36"/>
+      <c r="M979" s="36"/>
     </row>
     <row r="980" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B980" s="33"/>
-[...6 lines deleted...]
-      <c r="M980" s="38"/>
+      <c r="B980" s="32"/>
+      <c r="C980" s="32"/>
+      <c r="H980" s="33"/>
+      <c r="I980" s="49"/>
+      <c r="J980" s="34"/>
+      <c r="K980" s="35"/>
+      <c r="L980" s="36"/>
+      <c r="M980" s="36"/>
     </row>
     <row r="981" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B981" s="33"/>
-[...6 lines deleted...]
-      <c r="M981" s="38"/>
+      <c r="B981" s="32"/>
+      <c r="C981" s="32"/>
+      <c r="H981" s="33"/>
+      <c r="I981" s="49"/>
+      <c r="J981" s="34"/>
+      <c r="K981" s="35"/>
+      <c r="L981" s="36"/>
+      <c r="M981" s="36"/>
     </row>
     <row r="982" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B982" s="33"/>
-[...6 lines deleted...]
-      <c r="M982" s="38"/>
+      <c r="B982" s="32"/>
+      <c r="C982" s="32"/>
+      <c r="H982" s="33"/>
+      <c r="I982" s="49"/>
+      <c r="J982" s="34"/>
+      <c r="K982" s="35"/>
+      <c r="L982" s="36"/>
+      <c r="M982" s="36"/>
     </row>
     <row r="983" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B983" s="33"/>
-[...6 lines deleted...]
-      <c r="M983" s="38"/>
+      <c r="B983" s="32"/>
+      <c r="C983" s="32"/>
+      <c r="H983" s="33"/>
+      <c r="I983" s="49"/>
+      <c r="J983" s="34"/>
+      <c r="K983" s="35"/>
+      <c r="L983" s="36"/>
+      <c r="M983" s="36"/>
     </row>
     <row r="984" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B984" s="33"/>
-[...6 lines deleted...]
-      <c r="M984" s="38"/>
+      <c r="B984" s="32"/>
+      <c r="C984" s="32"/>
+      <c r="H984" s="33"/>
+      <c r="I984" s="49"/>
+      <c r="J984" s="34"/>
+      <c r="K984" s="35"/>
+      <c r="L984" s="36"/>
+      <c r="M984" s="36"/>
     </row>
     <row r="985" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B985" s="33"/>
-[...6 lines deleted...]
-      <c r="M985" s="38"/>
+      <c r="B985" s="32"/>
+      <c r="C985" s="32"/>
+      <c r="H985" s="33"/>
+      <c r="I985" s="49"/>
+      <c r="J985" s="34"/>
+      <c r="K985" s="35"/>
+      <c r="L985" s="36"/>
+      <c r="M985" s="36"/>
     </row>
     <row r="986" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B986" s="33"/>
-[...6 lines deleted...]
-      <c r="M986" s="38"/>
+      <c r="B986" s="32"/>
+      <c r="C986" s="32"/>
+      <c r="H986" s="33"/>
+      <c r="I986" s="49"/>
+      <c r="J986" s="34"/>
+      <c r="K986" s="35"/>
+      <c r="L986" s="36"/>
+      <c r="M986" s="36"/>
     </row>
     <row r="987" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B987" s="33"/>
-[...6 lines deleted...]
-      <c r="M987" s="38"/>
+      <c r="B987" s="32"/>
+      <c r="C987" s="32"/>
+      <c r="H987" s="33"/>
+      <c r="I987" s="49"/>
+      <c r="J987" s="34"/>
+      <c r="K987" s="35"/>
+      <c r="L987" s="36"/>
+      <c r="M987" s="36"/>
     </row>
     <row r="988" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B988" s="33"/>
-[...6 lines deleted...]
-      <c r="M988" s="38"/>
+      <c r="B988" s="32"/>
+      <c r="C988" s="32"/>
+      <c r="H988" s="33"/>
+      <c r="I988" s="49"/>
+      <c r="J988" s="34"/>
+      <c r="K988" s="35"/>
+      <c r="L988" s="36"/>
+      <c r="M988" s="36"/>
     </row>
     <row r="989" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B989" s="33"/>
-[...6 lines deleted...]
-      <c r="M989" s="38"/>
+      <c r="B989" s="32"/>
+      <c r="C989" s="32"/>
+      <c r="H989" s="33"/>
+      <c r="I989" s="49"/>
+      <c r="J989" s="34"/>
+      <c r="K989" s="35"/>
+      <c r="L989" s="36"/>
+      <c r="M989" s="36"/>
     </row>
     <row r="990" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B990" s="33"/>
-[...6 lines deleted...]
-      <c r="M990" s="38"/>
+      <c r="B990" s="32"/>
+      <c r="C990" s="32"/>
+      <c r="H990" s="33"/>
+      <c r="I990" s="49"/>
+      <c r="J990" s="34"/>
+      <c r="K990" s="35"/>
+      <c r="L990" s="36"/>
+      <c r="M990" s="36"/>
     </row>
     <row r="991" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B991" s="33"/>
-[...6 lines deleted...]
-      <c r="M991" s="38"/>
+      <c r="B991" s="32"/>
+      <c r="C991" s="32"/>
+      <c r="H991" s="33"/>
+      <c r="I991" s="49"/>
+      <c r="J991" s="34"/>
+      <c r="K991" s="35"/>
+      <c r="L991" s="36"/>
+      <c r="M991" s="36"/>
     </row>
     <row r="992" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B992" s="33"/>
-[...6 lines deleted...]
-      <c r="M992" s="38"/>
+      <c r="B992" s="32"/>
+      <c r="C992" s="32"/>
+      <c r="H992" s="33"/>
+      <c r="I992" s="49"/>
+      <c r="J992" s="34"/>
+      <c r="K992" s="35"/>
+      <c r="L992" s="36"/>
+      <c r="M992" s="36"/>
     </row>
     <row r="993" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B993" s="33"/>
-[...6 lines deleted...]
-      <c r="M993" s="38"/>
+      <c r="B993" s="32"/>
+      <c r="C993" s="32"/>
+      <c r="H993" s="33"/>
+      <c r="I993" s="49"/>
+      <c r="J993" s="34"/>
+      <c r="K993" s="35"/>
+      <c r="L993" s="36"/>
+      <c r="M993" s="36"/>
     </row>
     <row r="994" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B994" s="33"/>
-[...6 lines deleted...]
-      <c r="M994" s="38"/>
+      <c r="B994" s="32"/>
+      <c r="C994" s="32"/>
+      <c r="H994" s="33"/>
+      <c r="I994" s="49"/>
+      <c r="J994" s="34"/>
+      <c r="K994" s="35"/>
+      <c r="L994" s="36"/>
+      <c r="M994" s="36"/>
     </row>
     <row r="995" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B995" s="33"/>
-[...6 lines deleted...]
-      <c r="M995" s="38"/>
+      <c r="B995" s="32"/>
+      <c r="C995" s="32"/>
+      <c r="H995" s="33"/>
+      <c r="I995" s="49"/>
+      <c r="J995" s="34"/>
+      <c r="K995" s="35"/>
+      <c r="L995" s="36"/>
+      <c r="M995" s="36"/>
     </row>
     <row r="996" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B996" s="33"/>
-[...6 lines deleted...]
-      <c r="M996" s="38"/>
+      <c r="B996" s="32"/>
+      <c r="C996" s="32"/>
+      <c r="H996" s="33"/>
+      <c r="I996" s="49"/>
+      <c r="J996" s="34"/>
+      <c r="K996" s="35"/>
+      <c r="L996" s="36"/>
+      <c r="M996" s="36"/>
     </row>
     <row r="997" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B997" s="33"/>
-[...6 lines deleted...]
-      <c r="M997" s="38"/>
+      <c r="B997" s="32"/>
+      <c r="C997" s="32"/>
+      <c r="H997" s="33"/>
+      <c r="I997" s="49"/>
+      <c r="J997" s="34"/>
+      <c r="K997" s="35"/>
+      <c r="L997" s="36"/>
+      <c r="M997" s="36"/>
     </row>
     <row r="998" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B998" s="33"/>
-[...6 lines deleted...]
-      <c r="M998" s="38"/>
+      <c r="B998" s="32"/>
+      <c r="C998" s="32"/>
+      <c r="H998" s="33"/>
+      <c r="I998" s="49"/>
+      <c r="J998" s="34"/>
+      <c r="K998" s="35"/>
+      <c r="L998" s="36"/>
+      <c r="M998" s="36"/>
     </row>
     <row r="999" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B999" s="33"/>
-[...6 lines deleted...]
-      <c r="M999" s="38"/>
+      <c r="B999" s="32"/>
+      <c r="C999" s="32"/>
+      <c r="H999" s="33"/>
+      <c r="I999" s="49"/>
+      <c r="J999" s="34"/>
+      <c r="K999" s="35"/>
+      <c r="L999" s="36"/>
+      <c r="M999" s="36"/>
     </row>
     <row r="1000" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1000" s="33"/>
-[...6 lines deleted...]
-      <c r="M1000" s="38"/>
+      <c r="B1000" s="32"/>
+      <c r="C1000" s="32"/>
+      <c r="H1000" s="33"/>
+      <c r="I1000" s="49"/>
+      <c r="J1000" s="34"/>
+      <c r="K1000" s="35"/>
+      <c r="L1000" s="36"/>
+      <c r="M1000" s="36"/>
     </row>
     <row r="1001" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1001" s="33"/>
-[...6 lines deleted...]
-      <c r="M1001" s="38"/>
+      <c r="B1001" s="32"/>
+      <c r="C1001" s="32"/>
+      <c r="H1001" s="33"/>
+      <c r="I1001" s="49"/>
+      <c r="J1001" s="34"/>
+      <c r="K1001" s="35"/>
+      <c r="L1001" s="36"/>
+      <c r="M1001" s="36"/>
     </row>
     <row r="1002" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1002" s="33"/>
-[...6 lines deleted...]
-      <c r="M1002" s="38"/>
+      <c r="B1002" s="32"/>
+      <c r="C1002" s="32"/>
+      <c r="H1002" s="33"/>
+      <c r="I1002" s="49"/>
+      <c r="J1002" s="34"/>
+      <c r="K1002" s="35"/>
+      <c r="L1002" s="36"/>
+      <c r="M1002" s="36"/>
     </row>
     <row r="1003" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1003" s="33"/>
-[...6 lines deleted...]
-      <c r="M1003" s="38"/>
+      <c r="B1003" s="32"/>
+      <c r="C1003" s="32"/>
+      <c r="H1003" s="33"/>
+      <c r="I1003" s="49"/>
+      <c r="J1003" s="34"/>
+      <c r="K1003" s="35"/>
+      <c r="L1003" s="36"/>
+      <c r="M1003" s="36"/>
     </row>
     <row r="1004" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1004" s="33"/>
-[...6 lines deleted...]
-      <c r="M1004" s="38"/>
+      <c r="B1004" s="32"/>
+      <c r="C1004" s="32"/>
+      <c r="H1004" s="33"/>
+      <c r="I1004" s="49"/>
+      <c r="J1004" s="34"/>
+      <c r="K1004" s="35"/>
+      <c r="L1004" s="36"/>
+      <c r="M1004" s="36"/>
     </row>
     <row r="1005" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1005" s="33"/>
-[...6 lines deleted...]
-      <c r="M1005" s="38"/>
+      <c r="B1005" s="32"/>
+      <c r="C1005" s="32"/>
+      <c r="H1005" s="33"/>
+      <c r="I1005" s="49"/>
+      <c r="J1005" s="34"/>
+      <c r="K1005" s="35"/>
+      <c r="L1005" s="36"/>
+      <c r="M1005" s="36"/>
     </row>
     <row r="1006" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1006" s="33"/>
-[...6 lines deleted...]
-      <c r="M1006" s="38"/>
+      <c r="B1006" s="32"/>
+      <c r="C1006" s="32"/>
+      <c r="H1006" s="33"/>
+      <c r="I1006" s="49"/>
+      <c r="J1006" s="34"/>
+      <c r="K1006" s="35"/>
+      <c r="L1006" s="36"/>
+      <c r="M1006" s="36"/>
     </row>
     <row r="1007" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1007" s="33"/>
-[...6 lines deleted...]
-      <c r="M1007" s="38"/>
+      <c r="B1007" s="32"/>
+      <c r="C1007" s="32"/>
+      <c r="H1007" s="33"/>
+      <c r="I1007" s="49"/>
+      <c r="J1007" s="34"/>
+      <c r="K1007" s="35"/>
+      <c r="L1007" s="36"/>
+      <c r="M1007" s="36"/>
     </row>
     <row r="1008" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1008" s="33"/>
-[...6 lines deleted...]
-      <c r="M1008" s="38"/>
+      <c r="B1008" s="32"/>
+      <c r="C1008" s="32"/>
+      <c r="H1008" s="33"/>
+      <c r="I1008" s="49"/>
+      <c r="J1008" s="34"/>
+      <c r="K1008" s="35"/>
+      <c r="L1008" s="36"/>
+      <c r="M1008" s="36"/>
     </row>
     <row r="1009" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1009" s="33"/>
-[...6 lines deleted...]
-      <c r="M1009" s="38"/>
+      <c r="B1009" s="32"/>
+      <c r="C1009" s="32"/>
+      <c r="H1009" s="33"/>
+      <c r="I1009" s="49"/>
+      <c r="J1009" s="34"/>
+      <c r="K1009" s="35"/>
+      <c r="L1009" s="36"/>
+      <c r="M1009" s="36"/>
     </row>
     <row r="1010" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1010" s="33"/>
-[...6 lines deleted...]
-      <c r="M1010" s="38"/>
+      <c r="B1010" s="32"/>
+      <c r="C1010" s="32"/>
+      <c r="H1010" s="33"/>
+      <c r="I1010" s="49"/>
+      <c r="J1010" s="34"/>
+      <c r="K1010" s="35"/>
+      <c r="L1010" s="36"/>
+      <c r="M1010" s="36"/>
     </row>
     <row r="1011" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1011" s="33"/>
-[...6 lines deleted...]
-      <c r="M1011" s="38"/>
+      <c r="B1011" s="32"/>
+      <c r="C1011" s="32"/>
+      <c r="H1011" s="33"/>
+      <c r="I1011" s="49"/>
+      <c r="J1011" s="34"/>
+      <c r="K1011" s="35"/>
+      <c r="L1011" s="36"/>
+      <c r="M1011" s="36"/>
     </row>
     <row r="1012" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1012" s="33"/>
-[...6 lines deleted...]
-      <c r="M1012" s="38"/>
+      <c r="B1012" s="32"/>
+      <c r="C1012" s="32"/>
+      <c r="H1012" s="33"/>
+      <c r="I1012" s="49"/>
+      <c r="J1012" s="34"/>
+      <c r="K1012" s="35"/>
+      <c r="L1012" s="36"/>
+      <c r="M1012" s="36"/>
     </row>
     <row r="1013" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1013" s="33"/>
-[...6 lines deleted...]
-      <c r="M1013" s="38"/>
+      <c r="B1013" s="32"/>
+      <c r="C1013" s="32"/>
+      <c r="H1013" s="33"/>
+      <c r="I1013" s="49"/>
+      <c r="J1013" s="34"/>
+      <c r="K1013" s="35"/>
+      <c r="L1013" s="36"/>
+      <c r="M1013" s="36"/>
     </row>
     <row r="1014" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1014" s="33"/>
-[...6 lines deleted...]
-      <c r="M1014" s="38"/>
+      <c r="B1014" s="32"/>
+      <c r="C1014" s="32"/>
+      <c r="H1014" s="33"/>
+      <c r="I1014" s="49"/>
+      <c r="J1014" s="34"/>
+      <c r="K1014" s="35"/>
+      <c r="L1014" s="36"/>
+      <c r="M1014" s="36"/>
     </row>
     <row r="1015" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1015" s="33"/>
-[...6 lines deleted...]
-      <c r="M1015" s="38"/>
+      <c r="B1015" s="32"/>
+      <c r="C1015" s="32"/>
+      <c r="H1015" s="33"/>
+      <c r="I1015" s="49"/>
+      <c r="J1015" s="34"/>
+      <c r="K1015" s="35"/>
+      <c r="L1015" s="36"/>
+      <c r="M1015" s="36"/>
     </row>
     <row r="1016" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1016" s="33"/>
-[...6 lines deleted...]
-      <c r="M1016" s="38"/>
+      <c r="B1016" s="32"/>
+      <c r="C1016" s="32"/>
+      <c r="H1016" s="33"/>
+      <c r="I1016" s="49"/>
+      <c r="J1016" s="34"/>
+      <c r="K1016" s="35"/>
+      <c r="L1016" s="36"/>
+      <c r="M1016" s="36"/>
     </row>
     <row r="1017" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1017" s="33"/>
-[...6 lines deleted...]
-      <c r="M1017" s="38"/>
+      <c r="B1017" s="32"/>
+      <c r="C1017" s="32"/>
+      <c r="H1017" s="33"/>
+      <c r="I1017" s="49"/>
+      <c r="J1017" s="34"/>
+      <c r="K1017" s="35"/>
+      <c r="L1017" s="36"/>
+      <c r="M1017" s="36"/>
     </row>
     <row r="1018" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1018" s="33"/>
-[...6 lines deleted...]
-      <c r="M1018" s="38"/>
+      <c r="B1018" s="32"/>
+      <c r="C1018" s="32"/>
+      <c r="H1018" s="33"/>
+      <c r="I1018" s="49"/>
+      <c r="J1018" s="34"/>
+      <c r="K1018" s="35"/>
+      <c r="L1018" s="36"/>
+      <c r="M1018" s="36"/>
     </row>
     <row r="1019" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1019" s="33"/>
-[...6 lines deleted...]
-      <c r="M1019" s="38"/>
+      <c r="B1019" s="32"/>
+      <c r="C1019" s="32"/>
+      <c r="H1019" s="33"/>
+      <c r="I1019" s="49"/>
+      <c r="J1019" s="34"/>
+      <c r="K1019" s="35"/>
+      <c r="L1019" s="36"/>
+      <c r="M1019" s="36"/>
     </row>
     <row r="1020" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1020" s="33"/>
-[...6 lines deleted...]
-      <c r="M1020" s="38"/>
+      <c r="B1020" s="32"/>
+      <c r="C1020" s="32"/>
+      <c r="H1020" s="33"/>
+      <c r="I1020" s="49"/>
+      <c r="J1020" s="34"/>
+      <c r="K1020" s="35"/>
+      <c r="L1020" s="36"/>
+      <c r="M1020" s="36"/>
     </row>
     <row r="1021" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1021" s="33"/>
-[...6 lines deleted...]
-      <c r="M1021" s="38"/>
+      <c r="B1021" s="32"/>
+      <c r="C1021" s="32"/>
+      <c r="H1021" s="33"/>
+      <c r="I1021" s="49"/>
+      <c r="J1021" s="34"/>
+      <c r="K1021" s="35"/>
+      <c r="L1021" s="36"/>
+      <c r="M1021" s="36"/>
     </row>
     <row r="1022" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1022" s="33"/>
-[...6 lines deleted...]
-      <c r="M1022" s="38"/>
+      <c r="B1022" s="32"/>
+      <c r="C1022" s="32"/>
+      <c r="H1022" s="33"/>
+      <c r="I1022" s="49"/>
+      <c r="J1022" s="34"/>
+      <c r="K1022" s="35"/>
+      <c r="L1022" s="36"/>
+      <c r="M1022" s="36"/>
     </row>
     <row r="1023" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1023" s="33"/>
-[...6 lines deleted...]
-      <c r="M1023" s="38"/>
+      <c r="B1023" s="32"/>
+      <c r="C1023" s="32"/>
+      <c r="H1023" s="33"/>
+      <c r="I1023" s="49"/>
+      <c r="J1023" s="34"/>
+      <c r="K1023" s="35"/>
+      <c r="L1023" s="36"/>
+      <c r="M1023" s="36"/>
     </row>
     <row r="1024" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1024" s="33"/>
-[...6 lines deleted...]
-      <c r="M1024" s="38"/>
+      <c r="B1024" s="32"/>
+      <c r="C1024" s="32"/>
+      <c r="H1024" s="33"/>
+      <c r="I1024" s="49"/>
+      <c r="J1024" s="34"/>
+      <c r="K1024" s="35"/>
+      <c r="L1024" s="36"/>
+      <c r="M1024" s="36"/>
     </row>
     <row r="1025" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1025" s="33"/>
-[...6 lines deleted...]
-      <c r="M1025" s="38"/>
+      <c r="B1025" s="32"/>
+      <c r="C1025" s="32"/>
+      <c r="H1025" s="33"/>
+      <c r="I1025" s="49"/>
+      <c r="J1025" s="34"/>
+      <c r="K1025" s="35"/>
+      <c r="L1025" s="36"/>
+      <c r="M1025" s="36"/>
     </row>
     <row r="1026" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1026" s="33"/>
-[...6 lines deleted...]
-      <c r="M1026" s="38"/>
+      <c r="B1026" s="32"/>
+      <c r="C1026" s="32"/>
+      <c r="H1026" s="33"/>
+      <c r="I1026" s="49"/>
+      <c r="J1026" s="34"/>
+      <c r="K1026" s="35"/>
+      <c r="L1026" s="36"/>
+      <c r="M1026" s="36"/>
     </row>
     <row r="1027" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1027" s="33"/>
-[...6 lines deleted...]
-      <c r="M1027" s="38"/>
+      <c r="B1027" s="32"/>
+      <c r="C1027" s="32"/>
+      <c r="H1027" s="33"/>
+      <c r="I1027" s="49"/>
+      <c r="J1027" s="34"/>
+      <c r="K1027" s="35"/>
+      <c r="L1027" s="36"/>
+      <c r="M1027" s="36"/>
     </row>
     <row r="1028" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1028" s="33"/>
-[...6 lines deleted...]
-      <c r="M1028" s="38"/>
+      <c r="B1028" s="32"/>
+      <c r="C1028" s="32"/>
+      <c r="H1028" s="33"/>
+      <c r="I1028" s="49"/>
+      <c r="J1028" s="34"/>
+      <c r="K1028" s="35"/>
+      <c r="L1028" s="36"/>
+      <c r="M1028" s="36"/>
     </row>
     <row r="1029" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1029" s="33"/>
-[...6 lines deleted...]
-      <c r="M1029" s="38"/>
+      <c r="B1029" s="32"/>
+      <c r="C1029" s="32"/>
+      <c r="H1029" s="33"/>
+      <c r="I1029" s="49"/>
+      <c r="J1029" s="34"/>
+      <c r="K1029" s="35"/>
+      <c r="L1029" s="36"/>
+      <c r="M1029" s="36"/>
     </row>
     <row r="1030" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1030" s="33"/>
-[...6 lines deleted...]
-      <c r="M1030" s="38"/>
+      <c r="B1030" s="32"/>
+      <c r="C1030" s="32"/>
+      <c r="H1030" s="33"/>
+      <c r="I1030" s="49"/>
+      <c r="J1030" s="34"/>
+      <c r="K1030" s="35"/>
+      <c r="L1030" s="36"/>
+      <c r="M1030" s="36"/>
     </row>
     <row r="1031" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1031" s="33"/>
-[...6 lines deleted...]
-      <c r="M1031" s="38"/>
+      <c r="B1031" s="32"/>
+      <c r="C1031" s="32"/>
+      <c r="H1031" s="33"/>
+      <c r="I1031" s="49"/>
+      <c r="J1031" s="34"/>
+      <c r="K1031" s="35"/>
+      <c r="L1031" s="36"/>
+      <c r="M1031" s="36"/>
     </row>
     <row r="1032" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1032" s="33"/>
-[...6 lines deleted...]
-      <c r="M1032" s="38"/>
+      <c r="B1032" s="32"/>
+      <c r="C1032" s="32"/>
+      <c r="H1032" s="33"/>
+      <c r="I1032" s="49"/>
+      <c r="J1032" s="34"/>
+      <c r="K1032" s="35"/>
+      <c r="L1032" s="36"/>
+      <c r="M1032" s="36"/>
     </row>
     <row r="1033" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1033" s="33"/>
-[...6 lines deleted...]
-      <c r="M1033" s="38"/>
+      <c r="B1033" s="32"/>
+      <c r="C1033" s="32"/>
+      <c r="H1033" s="33"/>
+      <c r="I1033" s="49"/>
+      <c r="J1033" s="34"/>
+      <c r="K1033" s="35"/>
+      <c r="L1033" s="36"/>
+      <c r="M1033" s="36"/>
     </row>
     <row r="1034" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1034" s="33"/>
-[...6 lines deleted...]
-      <c r="M1034" s="38"/>
+      <c r="B1034" s="32"/>
+      <c r="C1034" s="32"/>
+      <c r="H1034" s="33"/>
+      <c r="I1034" s="49"/>
+      <c r="J1034" s="34"/>
+      <c r="K1034" s="35"/>
+      <c r="L1034" s="36"/>
+      <c r="M1034" s="36"/>
     </row>
     <row r="1035" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1035" s="33"/>
-[...6 lines deleted...]
-      <c r="M1035" s="38"/>
+      <c r="B1035" s="32"/>
+      <c r="C1035" s="32"/>
+      <c r="H1035" s="33"/>
+      <c r="I1035" s="49"/>
+      <c r="J1035" s="34"/>
+      <c r="K1035" s="35"/>
+      <c r="L1035" s="36"/>
+      <c r="M1035" s="36"/>
     </row>
     <row r="1036" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1036" s="33"/>
-[...6 lines deleted...]
-      <c r="M1036" s="38"/>
+      <c r="B1036" s="32"/>
+      <c r="C1036" s="32"/>
+      <c r="H1036" s="33"/>
+      <c r="I1036" s="49"/>
+      <c r="J1036" s="34"/>
+      <c r="K1036" s="35"/>
+      <c r="L1036" s="36"/>
+      <c r="M1036" s="36"/>
     </row>
     <row r="1037" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1037" s="33"/>
-[...6 lines deleted...]
-      <c r="M1037" s="38"/>
+      <c r="B1037" s="32"/>
+      <c r="C1037" s="32"/>
+      <c r="H1037" s="33"/>
+      <c r="I1037" s="49"/>
+      <c r="J1037" s="34"/>
+      <c r="K1037" s="35"/>
+      <c r="L1037" s="36"/>
+      <c r="M1037" s="36"/>
     </row>
     <row r="1038" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1038" s="33"/>
-[...6 lines deleted...]
-      <c r="M1038" s="38"/>
+      <c r="B1038" s="32"/>
+      <c r="C1038" s="32"/>
+      <c r="H1038" s="33"/>
+      <c r="I1038" s="49"/>
+      <c r="J1038" s="34"/>
+      <c r="K1038" s="35"/>
+      <c r="L1038" s="36"/>
+      <c r="M1038" s="36"/>
     </row>
     <row r="1039" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1039" s="33"/>
-[...6 lines deleted...]
-      <c r="M1039" s="38"/>
+      <c r="B1039" s="32"/>
+      <c r="C1039" s="32"/>
+      <c r="H1039" s="33"/>
+      <c r="I1039" s="49"/>
+      <c r="J1039" s="34"/>
+      <c r="K1039" s="35"/>
+      <c r="L1039" s="36"/>
+      <c r="M1039" s="36"/>
     </row>
     <row r="1040" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1040" s="33"/>
-[...6 lines deleted...]
-      <c r="M1040" s="38"/>
+      <c r="B1040" s="32"/>
+      <c r="C1040" s="32"/>
+      <c r="H1040" s="33"/>
+      <c r="I1040" s="49"/>
+      <c r="J1040" s="34"/>
+      <c r="K1040" s="35"/>
+      <c r="L1040" s="36"/>
+      <c r="M1040" s="36"/>
     </row>
     <row r="1041" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1041" s="33"/>
-[...6 lines deleted...]
-      <c r="M1041" s="38"/>
+      <c r="B1041" s="32"/>
+      <c r="C1041" s="32"/>
+      <c r="H1041" s="33"/>
+      <c r="I1041" s="49"/>
+      <c r="J1041" s="34"/>
+      <c r="K1041" s="35"/>
+      <c r="L1041" s="36"/>
+      <c r="M1041" s="36"/>
     </row>
     <row r="1042" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1042" s="33"/>
-[...6 lines deleted...]
-      <c r="M1042" s="38"/>
+      <c r="B1042" s="32"/>
+      <c r="C1042" s="32"/>
+      <c r="H1042" s="33"/>
+      <c r="I1042" s="49"/>
+      <c r="J1042" s="34"/>
+      <c r="K1042" s="35"/>
+      <c r="L1042" s="36"/>
+      <c r="M1042" s="36"/>
     </row>
     <row r="1043" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1043" s="33"/>
-[...6 lines deleted...]
-      <c r="M1043" s="38"/>
+      <c r="B1043" s="32"/>
+      <c r="C1043" s="32"/>
+      <c r="H1043" s="33"/>
+      <c r="I1043" s="49"/>
+      <c r="J1043" s="34"/>
+      <c r="K1043" s="35"/>
+      <c r="L1043" s="36"/>
+      <c r="M1043" s="36"/>
     </row>
     <row r="1044" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1044" s="33"/>
-[...6 lines deleted...]
-      <c r="M1044" s="38"/>
+      <c r="B1044" s="32"/>
+      <c r="C1044" s="32"/>
+      <c r="H1044" s="33"/>
+      <c r="I1044" s="49"/>
+      <c r="J1044" s="34"/>
+      <c r="K1044" s="35"/>
+      <c r="L1044" s="36"/>
+      <c r="M1044" s="36"/>
     </row>
     <row r="1045" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1045" s="33"/>
-[...6 lines deleted...]
-      <c r="M1045" s="38"/>
+      <c r="B1045" s="32"/>
+      <c r="C1045" s="32"/>
+      <c r="H1045" s="33"/>
+      <c r="I1045" s="49"/>
+      <c r="J1045" s="34"/>
+      <c r="K1045" s="35"/>
+      <c r="L1045" s="36"/>
+      <c r="M1045" s="36"/>
     </row>
     <row r="1046" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1046" s="33"/>
-[...6 lines deleted...]
-      <c r="M1046" s="38"/>
+      <c r="B1046" s="32"/>
+      <c r="C1046" s="32"/>
+      <c r="H1046" s="33"/>
+      <c r="I1046" s="49"/>
+      <c r="J1046" s="34"/>
+      <c r="K1046" s="35"/>
+      <c r="L1046" s="36"/>
+      <c r="M1046" s="36"/>
     </row>
     <row r="1047" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1047" s="33"/>
-[...6 lines deleted...]
-      <c r="M1047" s="38"/>
+      <c r="B1047" s="32"/>
+      <c r="C1047" s="32"/>
+      <c r="H1047" s="33"/>
+      <c r="I1047" s="49"/>
+      <c r="J1047" s="34"/>
+      <c r="K1047" s="35"/>
+      <c r="L1047" s="36"/>
+      <c r="M1047" s="36"/>
     </row>
     <row r="1048" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1048" s="33"/>
-[...6 lines deleted...]
-      <c r="M1048" s="38"/>
+      <c r="B1048" s="32"/>
+      <c r="C1048" s="32"/>
+      <c r="H1048" s="33"/>
+      <c r="I1048" s="49"/>
+      <c r="J1048" s="34"/>
+      <c r="K1048" s="35"/>
+      <c r="L1048" s="36"/>
+      <c r="M1048" s="36"/>
     </row>
     <row r="1049" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1049" s="33"/>
-[...6 lines deleted...]
-      <c r="M1049" s="38"/>
+      <c r="B1049" s="32"/>
+      <c r="C1049" s="32"/>
+      <c r="H1049" s="33"/>
+      <c r="I1049" s="49"/>
+      <c r="J1049" s="34"/>
+      <c r="K1049" s="35"/>
+      <c r="L1049" s="36"/>
+      <c r="M1049" s="36"/>
     </row>
     <row r="1050" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1050" s="33"/>
-[...6 lines deleted...]
-      <c r="M1050" s="38"/>
+      <c r="B1050" s="32"/>
+      <c r="C1050" s="32"/>
+      <c r="H1050" s="33"/>
+      <c r="I1050" s="49"/>
+      <c r="J1050" s="34"/>
+      <c r="K1050" s="35"/>
+      <c r="L1050" s="36"/>
+      <c r="M1050" s="36"/>
     </row>
     <row r="1051" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1051" s="33"/>
-[...6 lines deleted...]
-      <c r="M1051" s="38"/>
+      <c r="B1051" s="32"/>
+      <c r="C1051" s="32"/>
+      <c r="H1051" s="33"/>
+      <c r="I1051" s="49"/>
+      <c r="J1051" s="34"/>
+      <c r="K1051" s="35"/>
+      <c r="L1051" s="36"/>
+      <c r="M1051" s="36"/>
     </row>
     <row r="1052" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1052" s="33"/>
-[...6 lines deleted...]
-      <c r="M1052" s="38"/>
+      <c r="B1052" s="32"/>
+      <c r="C1052" s="32"/>
+      <c r="H1052" s="33"/>
+      <c r="I1052" s="49"/>
+      <c r="J1052" s="34"/>
+      <c r="K1052" s="35"/>
+      <c r="L1052" s="36"/>
+      <c r="M1052" s="36"/>
     </row>
     <row r="1053" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1053" s="33"/>
-[...6 lines deleted...]
-      <c r="M1053" s="38"/>
+      <c r="B1053" s="32"/>
+      <c r="C1053" s="32"/>
+      <c r="H1053" s="33"/>
+      <c r="I1053" s="49"/>
+      <c r="J1053" s="34"/>
+      <c r="K1053" s="35"/>
+      <c r="L1053" s="36"/>
+      <c r="M1053" s="36"/>
     </row>
     <row r="1054" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1054" s="33"/>
-[...6 lines deleted...]
-      <c r="M1054" s="38"/>
+      <c r="B1054" s="32"/>
+      <c r="C1054" s="32"/>
+      <c r="H1054" s="33"/>
+      <c r="I1054" s="49"/>
+      <c r="J1054" s="34"/>
+      <c r="K1054" s="35"/>
+      <c r="L1054" s="36"/>
+      <c r="M1054" s="36"/>
     </row>
     <row r="1055" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1055" s="33"/>
-[...6 lines deleted...]
-      <c r="M1055" s="38"/>
+      <c r="B1055" s="32"/>
+      <c r="C1055" s="32"/>
+      <c r="H1055" s="33"/>
+      <c r="I1055" s="49"/>
+      <c r="J1055" s="34"/>
+      <c r="K1055" s="35"/>
+      <c r="L1055" s="36"/>
+      <c r="M1055" s="36"/>
     </row>
     <row r="1056" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1056" s="33"/>
-[...6 lines deleted...]
-      <c r="M1056" s="38"/>
+      <c r="B1056" s="32"/>
+      <c r="C1056" s="32"/>
+      <c r="H1056" s="33"/>
+      <c r="I1056" s="49"/>
+      <c r="J1056" s="34"/>
+      <c r="K1056" s="35"/>
+      <c r="L1056" s="36"/>
+      <c r="M1056" s="36"/>
     </row>
     <row r="1057" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1057" s="33"/>
-[...6 lines deleted...]
-      <c r="M1057" s="38"/>
+      <c r="B1057" s="32"/>
+      <c r="C1057" s="32"/>
+      <c r="H1057" s="33"/>
+      <c r="I1057" s="49"/>
+      <c r="J1057" s="34"/>
+      <c r="K1057" s="35"/>
+      <c r="L1057" s="36"/>
+      <c r="M1057" s="36"/>
     </row>
     <row r="1058" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1058" s="33"/>
-[...6 lines deleted...]
-      <c r="M1058" s="38"/>
+      <c r="B1058" s="32"/>
+      <c r="C1058" s="32"/>
+      <c r="H1058" s="33"/>
+      <c r="I1058" s="49"/>
+      <c r="J1058" s="34"/>
+      <c r="K1058" s="35"/>
+      <c r="L1058" s="36"/>
+      <c r="M1058" s="36"/>
     </row>
     <row r="1059" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1059" s="33"/>
-[...6 lines deleted...]
-      <c r="M1059" s="38"/>
+      <c r="B1059" s="32"/>
+      <c r="C1059" s="32"/>
+      <c r="H1059" s="33"/>
+      <c r="I1059" s="49"/>
+      <c r="J1059" s="34"/>
+      <c r="K1059" s="35"/>
+      <c r="L1059" s="36"/>
+      <c r="M1059" s="36"/>
     </row>
     <row r="1060" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1060" s="33"/>
-[...6 lines deleted...]
-      <c r="M1060" s="38"/>
+      <c r="B1060" s="32"/>
+      <c r="C1060" s="32"/>
+      <c r="H1060" s="33"/>
+      <c r="I1060" s="49"/>
+      <c r="J1060" s="34"/>
+      <c r="K1060" s="35"/>
+      <c r="L1060" s="36"/>
+      <c r="M1060" s="36"/>
     </row>
     <row r="1061" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1061" s="33"/>
-[...6 lines deleted...]
-      <c r="M1061" s="38"/>
+      <c r="B1061" s="32"/>
+      <c r="C1061" s="32"/>
+      <c r="H1061" s="33"/>
+      <c r="I1061" s="49"/>
+      <c r="J1061" s="34"/>
+      <c r="K1061" s="35"/>
+      <c r="L1061" s="36"/>
+      <c r="M1061" s="36"/>
     </row>
     <row r="1062" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1062" s="33"/>
-[...6 lines deleted...]
-      <c r="M1062" s="38"/>
+      <c r="B1062" s="32"/>
+      <c r="C1062" s="32"/>
+      <c r="H1062" s="33"/>
+      <c r="I1062" s="49"/>
+      <c r="J1062" s="34"/>
+      <c r="K1062" s="35"/>
+      <c r="L1062" s="36"/>
+      <c r="M1062" s="36"/>
     </row>
     <row r="1063" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1063" s="33"/>
-[...6 lines deleted...]
-      <c r="M1063" s="38"/>
+      <c r="B1063" s="32"/>
+      <c r="C1063" s="32"/>
+      <c r="H1063" s="33"/>
+      <c r="I1063" s="49"/>
+      <c r="J1063" s="34"/>
+      <c r="K1063" s="35"/>
+      <c r="L1063" s="36"/>
+      <c r="M1063" s="36"/>
     </row>
     <row r="1064" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1064" s="33"/>
-[...6 lines deleted...]
-      <c r="M1064" s="38"/>
+      <c r="B1064" s="32"/>
+      <c r="C1064" s="32"/>
+      <c r="H1064" s="33"/>
+      <c r="I1064" s="49"/>
+      <c r="J1064" s="34"/>
+      <c r="K1064" s="35"/>
+      <c r="L1064" s="36"/>
+      <c r="M1064" s="36"/>
     </row>
     <row r="1065" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1065" s="33"/>
-[...6 lines deleted...]
-      <c r="M1065" s="38"/>
+      <c r="B1065" s="32"/>
+      <c r="C1065" s="32"/>
+      <c r="H1065" s="33"/>
+      <c r="I1065" s="49"/>
+      <c r="J1065" s="34"/>
+      <c r="K1065" s="35"/>
+      <c r="L1065" s="36"/>
+      <c r="M1065" s="36"/>
     </row>
     <row r="1066" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1066" s="33"/>
-[...6 lines deleted...]
-      <c r="M1066" s="38"/>
+      <c r="B1066" s="32"/>
+      <c r="C1066" s="32"/>
+      <c r="H1066" s="33"/>
+      <c r="I1066" s="49"/>
+      <c r="J1066" s="34"/>
+      <c r="K1066" s="35"/>
+      <c r="L1066" s="36"/>
+      <c r="M1066" s="36"/>
     </row>
     <row r="1067" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1067" s="33"/>
-[...6 lines deleted...]
-      <c r="M1067" s="38"/>
+      <c r="B1067" s="32"/>
+      <c r="C1067" s="32"/>
+      <c r="H1067" s="33"/>
+      <c r="I1067" s="49"/>
+      <c r="J1067" s="34"/>
+      <c r="K1067" s="35"/>
+      <c r="L1067" s="36"/>
+      <c r="M1067" s="36"/>
     </row>
     <row r="1068" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1068" s="33"/>
-[...6 lines deleted...]
-      <c r="M1068" s="38"/>
+      <c r="B1068" s="32"/>
+      <c r="C1068" s="32"/>
+      <c r="H1068" s="33"/>
+      <c r="I1068" s="49"/>
+      <c r="J1068" s="34"/>
+      <c r="K1068" s="35"/>
+      <c r="L1068" s="36"/>
+      <c r="M1068" s="36"/>
     </row>
     <row r="1069" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1069" s="33"/>
-[...6 lines deleted...]
-      <c r="M1069" s="38"/>
+      <c r="B1069" s="32"/>
+      <c r="C1069" s="32"/>
+      <c r="H1069" s="33"/>
+      <c r="I1069" s="49"/>
+      <c r="J1069" s="34"/>
+      <c r="K1069" s="35"/>
+      <c r="L1069" s="36"/>
+      <c r="M1069" s="36"/>
     </row>
     <row r="1070" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1070" s="33"/>
-[...6 lines deleted...]
-      <c r="M1070" s="38"/>
+      <c r="B1070" s="32"/>
+      <c r="C1070" s="32"/>
+      <c r="H1070" s="33"/>
+      <c r="I1070" s="49"/>
+      <c r="J1070" s="34"/>
+      <c r="K1070" s="35"/>
+      <c r="L1070" s="36"/>
+      <c r="M1070" s="36"/>
     </row>
     <row r="1071" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1071" s="33"/>
-[...6 lines deleted...]
-      <c r="M1071" s="38"/>
+      <c r="B1071" s="32"/>
+      <c r="C1071" s="32"/>
+      <c r="H1071" s="33"/>
+      <c r="I1071" s="49"/>
+      <c r="J1071" s="34"/>
+      <c r="K1071" s="35"/>
+      <c r="L1071" s="36"/>
+      <c r="M1071" s="36"/>
     </row>
     <row r="1072" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1072" s="33"/>
-[...6 lines deleted...]
-      <c r="M1072" s="38"/>
+      <c r="B1072" s="32"/>
+      <c r="C1072" s="32"/>
+      <c r="H1072" s="33"/>
+      <c r="I1072" s="49"/>
+      <c r="J1072" s="34"/>
+      <c r="K1072" s="35"/>
+      <c r="L1072" s="36"/>
+      <c r="M1072" s="36"/>
     </row>
     <row r="1073" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1073" s="33"/>
-[...6 lines deleted...]
-      <c r="M1073" s="38"/>
+      <c r="B1073" s="32"/>
+      <c r="C1073" s="32"/>
+      <c r="H1073" s="33"/>
+      <c r="I1073" s="49"/>
+      <c r="J1073" s="34"/>
+      <c r="K1073" s="35"/>
+      <c r="L1073" s="36"/>
+      <c r="M1073" s="36"/>
     </row>
     <row r="1074" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1074" s="33"/>
-[...6 lines deleted...]
-      <c r="M1074" s="38"/>
+      <c r="B1074" s="32"/>
+      <c r="C1074" s="32"/>
+      <c r="H1074" s="33"/>
+      <c r="I1074" s="49"/>
+      <c r="J1074" s="34"/>
+      <c r="K1074" s="35"/>
+      <c r="L1074" s="36"/>
+      <c r="M1074" s="36"/>
     </row>
     <row r="1075" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1075" s="33"/>
-[...6 lines deleted...]
-      <c r="M1075" s="38"/>
+      <c r="B1075" s="32"/>
+      <c r="C1075" s="32"/>
+      <c r="H1075" s="33"/>
+      <c r="I1075" s="49"/>
+      <c r="J1075" s="34"/>
+      <c r="K1075" s="35"/>
+      <c r="L1075" s="36"/>
+      <c r="M1075" s="36"/>
     </row>
     <row r="1076" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1076" s="33"/>
-[...6 lines deleted...]
-      <c r="M1076" s="38"/>
+      <c r="B1076" s="32"/>
+      <c r="C1076" s="32"/>
+      <c r="H1076" s="33"/>
+      <c r="I1076" s="49"/>
+      <c r="J1076" s="34"/>
+      <c r="K1076" s="35"/>
+      <c r="L1076" s="36"/>
+      <c r="M1076" s="36"/>
     </row>
     <row r="1077" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1077" s="33"/>
-[...6 lines deleted...]
-      <c r="M1077" s="38"/>
+      <c r="B1077" s="32"/>
+      <c r="C1077" s="32"/>
+      <c r="H1077" s="33"/>
+      <c r="I1077" s="49"/>
+      <c r="J1077" s="34"/>
+      <c r="K1077" s="35"/>
+      <c r="L1077" s="36"/>
+      <c r="M1077" s="36"/>
     </row>
     <row r="1078" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1078" s="33"/>
-[...6 lines deleted...]
-      <c r="M1078" s="38"/>
+      <c r="B1078" s="32"/>
+      <c r="C1078" s="32"/>
+      <c r="H1078" s="33"/>
+      <c r="I1078" s="49"/>
+      <c r="J1078" s="34"/>
+      <c r="K1078" s="35"/>
+      <c r="L1078" s="36"/>
+      <c r="M1078" s="36"/>
     </row>
     <row r="1079" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1079" s="33"/>
-[...6 lines deleted...]
-      <c r="M1079" s="38"/>
+      <c r="B1079" s="32"/>
+      <c r="C1079" s="32"/>
+      <c r="H1079" s="33"/>
+      <c r="I1079" s="49"/>
+      <c r="J1079" s="34"/>
+      <c r="K1079" s="35"/>
+      <c r="L1079" s="36"/>
+      <c r="M1079" s="36"/>
     </row>
     <row r="1080" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1080" s="33"/>
-[...6 lines deleted...]
-      <c r="M1080" s="38"/>
+      <c r="B1080" s="32"/>
+      <c r="C1080" s="32"/>
+      <c r="H1080" s="33"/>
+      <c r="I1080" s="49"/>
+      <c r="J1080" s="34"/>
+      <c r="K1080" s="35"/>
+      <c r="L1080" s="36"/>
+      <c r="M1080" s="36"/>
     </row>
     <row r="1081" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1081" s="33"/>
-[...6 lines deleted...]
-      <c r="M1081" s="38"/>
+      <c r="B1081" s="32"/>
+      <c r="C1081" s="32"/>
+      <c r="H1081" s="33"/>
+      <c r="I1081" s="49"/>
+      <c r="J1081" s="34"/>
+      <c r="K1081" s="35"/>
+      <c r="L1081" s="36"/>
+      <c r="M1081" s="36"/>
     </row>
     <row r="1082" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1082" s="33"/>
-[...6 lines deleted...]
-      <c r="M1082" s="38"/>
+      <c r="B1082" s="32"/>
+      <c r="C1082" s="32"/>
+      <c r="H1082" s="33"/>
+      <c r="I1082" s="49"/>
+      <c r="J1082" s="34"/>
+      <c r="K1082" s="35"/>
+      <c r="L1082" s="36"/>
+      <c r="M1082" s="36"/>
     </row>
     <row r="1083" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1083" s="33"/>
-[...6 lines deleted...]
-      <c r="M1083" s="38"/>
+      <c r="B1083" s="32"/>
+      <c r="C1083" s="32"/>
+      <c r="H1083" s="33"/>
+      <c r="I1083" s="49"/>
+      <c r="J1083" s="34"/>
+      <c r="K1083" s="35"/>
+      <c r="L1083" s="36"/>
+      <c r="M1083" s="36"/>
     </row>
     <row r="1084" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1084" s="33"/>
-[...6 lines deleted...]
-      <c r="M1084" s="38"/>
+      <c r="B1084" s="32"/>
+      <c r="C1084" s="32"/>
+      <c r="H1084" s="33"/>
+      <c r="I1084" s="49"/>
+      <c r="J1084" s="34"/>
+      <c r="K1084" s="35"/>
+      <c r="L1084" s="36"/>
+      <c r="M1084" s="36"/>
     </row>
     <row r="1085" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1085" s="33"/>
-[...6 lines deleted...]
-      <c r="M1085" s="38"/>
+      <c r="B1085" s="32"/>
+      <c r="C1085" s="32"/>
+      <c r="H1085" s="33"/>
+      <c r="I1085" s="49"/>
+      <c r="J1085" s="34"/>
+      <c r="K1085" s="35"/>
+      <c r="L1085" s="36"/>
+      <c r="M1085" s="36"/>
     </row>
     <row r="1086" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1086" s="33"/>
-[...6 lines deleted...]
-      <c r="M1086" s="38"/>
+      <c r="B1086" s="32"/>
+      <c r="C1086" s="32"/>
+      <c r="H1086" s="33"/>
+      <c r="I1086" s="49"/>
+      <c r="J1086" s="34"/>
+      <c r="K1086" s="35"/>
+      <c r="L1086" s="36"/>
+      <c r="M1086" s="36"/>
     </row>
     <row r="1087" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1087" s="33"/>
-[...6 lines deleted...]
-      <c r="M1087" s="38"/>
+      <c r="B1087" s="32"/>
+      <c r="C1087" s="32"/>
+      <c r="H1087" s="33"/>
+      <c r="I1087" s="49"/>
+      <c r="J1087" s="34"/>
+      <c r="K1087" s="35"/>
+      <c r="L1087" s="36"/>
+      <c r="M1087" s="36"/>
     </row>
     <row r="1088" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1088" s="33"/>
-[...6 lines deleted...]
-      <c r="M1088" s="38"/>
+      <c r="B1088" s="32"/>
+      <c r="C1088" s="32"/>
+      <c r="H1088" s="33"/>
+      <c r="I1088" s="49"/>
+      <c r="J1088" s="34"/>
+      <c r="K1088" s="35"/>
+      <c r="L1088" s="36"/>
+      <c r="M1088" s="36"/>
     </row>
     <row r="1089" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1089" s="33"/>
-[...6 lines deleted...]
-      <c r="M1089" s="38"/>
+      <c r="B1089" s="32"/>
+      <c r="C1089" s="32"/>
+      <c r="H1089" s="33"/>
+      <c r="I1089" s="49"/>
+      <c r="J1089" s="34"/>
+      <c r="K1089" s="35"/>
+      <c r="L1089" s="36"/>
+      <c r="M1089" s="36"/>
     </row>
     <row r="1090" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1090" s="33"/>
-[...6 lines deleted...]
-      <c r="M1090" s="38"/>
+      <c r="B1090" s="32"/>
+      <c r="C1090" s="32"/>
+      <c r="H1090" s="33"/>
+      <c r="I1090" s="49"/>
+      <c r="J1090" s="34"/>
+      <c r="K1090" s="35"/>
+      <c r="L1090" s="36"/>
+      <c r="M1090" s="36"/>
     </row>
     <row r="1091" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1091" s="33"/>
-[...6 lines deleted...]
-      <c r="M1091" s="38"/>
+      <c r="B1091" s="32"/>
+      <c r="C1091" s="32"/>
+      <c r="H1091" s="33"/>
+      <c r="I1091" s="49"/>
+      <c r="J1091" s="34"/>
+      <c r="K1091" s="35"/>
+      <c r="L1091" s="36"/>
+      <c r="M1091" s="36"/>
     </row>
     <row r="1092" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1092" s="33"/>
-[...6 lines deleted...]
-      <c r="M1092" s="38"/>
+      <c r="B1092" s="32"/>
+      <c r="C1092" s="32"/>
+      <c r="H1092" s="33"/>
+      <c r="I1092" s="49"/>
+      <c r="J1092" s="34"/>
+      <c r="K1092" s="35"/>
+      <c r="L1092" s="36"/>
+      <c r="M1092" s="36"/>
     </row>
     <row r="1093" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1093" s="33"/>
-[...6 lines deleted...]
-      <c r="M1093" s="38"/>
+      <c r="B1093" s="32"/>
+      <c r="C1093" s="32"/>
+      <c r="H1093" s="33"/>
+      <c r="I1093" s="49"/>
+      <c r="J1093" s="34"/>
+      <c r="K1093" s="35"/>
+      <c r="L1093" s="36"/>
+      <c r="M1093" s="36"/>
     </row>
     <row r="1094" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1094" s="33"/>
-[...6 lines deleted...]
-      <c r="M1094" s="38"/>
+      <c r="B1094" s="32"/>
+      <c r="C1094" s="32"/>
+      <c r="H1094" s="33"/>
+      <c r="I1094" s="49"/>
+      <c r="J1094" s="34"/>
+      <c r="K1094" s="35"/>
+      <c r="L1094" s="36"/>
+      <c r="M1094" s="36"/>
     </row>
     <row r="1095" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1095" s="33"/>
-[...6 lines deleted...]
-      <c r="M1095" s="38"/>
+      <c r="B1095" s="32"/>
+      <c r="C1095" s="32"/>
+      <c r="H1095" s="33"/>
+      <c r="I1095" s="49"/>
+      <c r="J1095" s="34"/>
+      <c r="K1095" s="35"/>
+      <c r="L1095" s="36"/>
+      <c r="M1095" s="36"/>
     </row>
     <row r="1096" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1096" s="33"/>
-[...6 lines deleted...]
-      <c r="M1096" s="38"/>
+      <c r="B1096" s="32"/>
+      <c r="C1096" s="32"/>
+      <c r="H1096" s="33"/>
+      <c r="I1096" s="49"/>
+      <c r="J1096" s="34"/>
+      <c r="K1096" s="35"/>
+      <c r="L1096" s="36"/>
+      <c r="M1096" s="36"/>
     </row>
     <row r="1097" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1097" s="33"/>
-[...6 lines deleted...]
-      <c r="M1097" s="38"/>
+      <c r="B1097" s="32"/>
+      <c r="C1097" s="32"/>
+      <c r="H1097" s="33"/>
+      <c r="I1097" s="49"/>
+      <c r="J1097" s="34"/>
+      <c r="K1097" s="35"/>
+      <c r="L1097" s="36"/>
+      <c r="M1097" s="36"/>
     </row>
     <row r="1098" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1098" s="33"/>
-[...6 lines deleted...]
-      <c r="M1098" s="38"/>
+      <c r="B1098" s="32"/>
+      <c r="C1098" s="32"/>
+      <c r="H1098" s="33"/>
+      <c r="I1098" s="49"/>
+      <c r="J1098" s="34"/>
+      <c r="K1098" s="35"/>
+      <c r="L1098" s="36"/>
+      <c r="M1098" s="36"/>
     </row>
     <row r="1099" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1099" s="33"/>
-[...6 lines deleted...]
-      <c r="M1099" s="38"/>
+      <c r="B1099" s="32"/>
+      <c r="C1099" s="32"/>
+      <c r="H1099" s="33"/>
+      <c r="I1099" s="49"/>
+      <c r="J1099" s="34"/>
+      <c r="K1099" s="35"/>
+      <c r="L1099" s="36"/>
+      <c r="M1099" s="36"/>
     </row>
     <row r="1100" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1100" s="33"/>
-[...6 lines deleted...]
-      <c r="M1100" s="38"/>
+      <c r="B1100" s="32"/>
+      <c r="C1100" s="32"/>
+      <c r="H1100" s="33"/>
+      <c r="I1100" s="49"/>
+      <c r="J1100" s="34"/>
+      <c r="K1100" s="35"/>
+      <c r="L1100" s="36"/>
+      <c r="M1100" s="36"/>
     </row>
     <row r="1101" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1101" s="33"/>
-[...6 lines deleted...]
-      <c r="M1101" s="38"/>
+      <c r="B1101" s="32"/>
+      <c r="C1101" s="32"/>
+      <c r="H1101" s="33"/>
+      <c r="I1101" s="49"/>
+      <c r="J1101" s="34"/>
+      <c r="K1101" s="35"/>
+      <c r="L1101" s="36"/>
+      <c r="M1101" s="36"/>
     </row>
     <row r="1102" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1102" s="33"/>
-[...6 lines deleted...]
-      <c r="M1102" s="38"/>
+      <c r="B1102" s="32"/>
+      <c r="C1102" s="32"/>
+      <c r="H1102" s="33"/>
+      <c r="I1102" s="49"/>
+      <c r="J1102" s="34"/>
+      <c r="K1102" s="35"/>
+      <c r="L1102" s="36"/>
+      <c r="M1102" s="36"/>
     </row>
     <row r="1103" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1103" s="33"/>
-[...6 lines deleted...]
-      <c r="M1103" s="38"/>
+      <c r="B1103" s="32"/>
+      <c r="C1103" s="32"/>
+      <c r="H1103" s="33"/>
+      <c r="I1103" s="49"/>
+      <c r="J1103" s="34"/>
+      <c r="K1103" s="35"/>
+      <c r="L1103" s="36"/>
+      <c r="M1103" s="36"/>
     </row>
     <row r="1104" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1104" s="33"/>
-[...6 lines deleted...]
-      <c r="M1104" s="38"/>
+      <c r="B1104" s="32"/>
+      <c r="C1104" s="32"/>
+      <c r="H1104" s="33"/>
+      <c r="I1104" s="49"/>
+      <c r="J1104" s="34"/>
+      <c r="K1104" s="35"/>
+      <c r="L1104" s="36"/>
+      <c r="M1104" s="36"/>
     </row>
     <row r="1105" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1105" s="33"/>
-[...6 lines deleted...]
-      <c r="M1105" s="38"/>
+      <c r="B1105" s="32"/>
+      <c r="C1105" s="32"/>
+      <c r="H1105" s="33"/>
+      <c r="I1105" s="49"/>
+      <c r="J1105" s="34"/>
+      <c r="K1105" s="35"/>
+      <c r="L1105" s="36"/>
+      <c r="M1105" s="36"/>
     </row>
     <row r="1106" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1106" s="33"/>
-[...6 lines deleted...]
-      <c r="M1106" s="38"/>
+      <c r="B1106" s="32"/>
+      <c r="C1106" s="32"/>
+      <c r="H1106" s="33"/>
+      <c r="I1106" s="49"/>
+      <c r="J1106" s="34"/>
+      <c r="K1106" s="35"/>
+      <c r="L1106" s="36"/>
+      <c r="M1106" s="36"/>
     </row>
     <row r="1107" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1107" s="33"/>
-[...6 lines deleted...]
-      <c r="M1107" s="38"/>
+      <c r="B1107" s="32"/>
+      <c r="C1107" s="32"/>
+      <c r="H1107" s="33"/>
+      <c r="I1107" s="49"/>
+      <c r="J1107" s="34"/>
+      <c r="K1107" s="35"/>
+      <c r="L1107" s="36"/>
+      <c r="M1107" s="36"/>
     </row>
     <row r="1108" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1108" s="33"/>
-[...6 lines deleted...]
-      <c r="M1108" s="38"/>
+      <c r="B1108" s="32"/>
+      <c r="C1108" s="32"/>
+      <c r="H1108" s="33"/>
+      <c r="I1108" s="49"/>
+      <c r="J1108" s="34"/>
+      <c r="K1108" s="35"/>
+      <c r="L1108" s="36"/>
+      <c r="M1108" s="36"/>
     </row>
     <row r="1109" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1109" s="33"/>
-[...6 lines deleted...]
-      <c r="M1109" s="38"/>
+      <c r="B1109" s="32"/>
+      <c r="C1109" s="32"/>
+      <c r="H1109" s="33"/>
+      <c r="I1109" s="49"/>
+      <c r="J1109" s="34"/>
+      <c r="K1109" s="35"/>
+      <c r="L1109" s="36"/>
+      <c r="M1109" s="36"/>
     </row>
     <row r="1110" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1110" s="33"/>
-[...6 lines deleted...]
-      <c r="M1110" s="38"/>
+      <c r="B1110" s="32"/>
+      <c r="C1110" s="32"/>
+      <c r="H1110" s="33"/>
+      <c r="I1110" s="49"/>
+      <c r="J1110" s="34"/>
+      <c r="K1110" s="35"/>
+      <c r="L1110" s="36"/>
+      <c r="M1110" s="36"/>
     </row>
     <row r="1111" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1111" s="33"/>
-[...6 lines deleted...]
-      <c r="M1111" s="38"/>
+      <c r="B1111" s="32"/>
+      <c r="C1111" s="32"/>
+      <c r="H1111" s="33"/>
+      <c r="I1111" s="49"/>
+      <c r="J1111" s="34"/>
+      <c r="K1111" s="35"/>
+      <c r="L1111" s="36"/>
+      <c r="M1111" s="36"/>
     </row>
     <row r="1112" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1112" s="33"/>
-[...6 lines deleted...]
-      <c r="M1112" s="38"/>
+      <c r="B1112" s="32"/>
+      <c r="C1112" s="32"/>
+      <c r="H1112" s="33"/>
+      <c r="I1112" s="49"/>
+      <c r="J1112" s="34"/>
+      <c r="K1112" s="35"/>
+      <c r="L1112" s="36"/>
+      <c r="M1112" s="36"/>
     </row>
     <row r="1113" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1113" s="33"/>
-[...6 lines deleted...]
-      <c r="M1113" s="38"/>
+      <c r="B1113" s="32"/>
+      <c r="C1113" s="32"/>
+      <c r="H1113" s="33"/>
+      <c r="I1113" s="49"/>
+      <c r="J1113" s="34"/>
+      <c r="K1113" s="35"/>
+      <c r="L1113" s="36"/>
+      <c r="M1113" s="36"/>
     </row>
     <row r="1114" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1114" s="33"/>
-[...6 lines deleted...]
-      <c r="M1114" s="38"/>
+      <c r="B1114" s="32"/>
+      <c r="C1114" s="32"/>
+      <c r="H1114" s="33"/>
+      <c r="I1114" s="49"/>
+      <c r="J1114" s="34"/>
+      <c r="K1114" s="35"/>
+      <c r="L1114" s="36"/>
+      <c r="M1114" s="36"/>
     </row>
     <row r="1115" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1115" s="33"/>
-[...6 lines deleted...]
-      <c r="M1115" s="38"/>
+      <c r="B1115" s="32"/>
+      <c r="C1115" s="32"/>
+      <c r="H1115" s="33"/>
+      <c r="I1115" s="49"/>
+      <c r="J1115" s="34"/>
+      <c r="K1115" s="35"/>
+      <c r="L1115" s="36"/>
+      <c r="M1115" s="36"/>
     </row>
     <row r="1116" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1116" s="33"/>
-[...6 lines deleted...]
-      <c r="M1116" s="38"/>
+      <c r="B1116" s="32"/>
+      <c r="C1116" s="32"/>
+      <c r="H1116" s="33"/>
+      <c r="I1116" s="49"/>
+      <c r="J1116" s="34"/>
+      <c r="K1116" s="35"/>
+      <c r="L1116" s="36"/>
+      <c r="M1116" s="36"/>
     </row>
     <row r="1117" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1117" s="33"/>
-[...6 lines deleted...]
-      <c r="M1117" s="38"/>
+      <c r="B1117" s="32"/>
+      <c r="C1117" s="32"/>
+      <c r="H1117" s="33"/>
+      <c r="I1117" s="49"/>
+      <c r="J1117" s="34"/>
+      <c r="K1117" s="35"/>
+      <c r="L1117" s="36"/>
+      <c r="M1117" s="36"/>
     </row>
     <row r="1118" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1118" s="33"/>
-[...6 lines deleted...]
-      <c r="M1118" s="38"/>
+      <c r="B1118" s="32"/>
+      <c r="C1118" s="32"/>
+      <c r="H1118" s="33"/>
+      <c r="I1118" s="49"/>
+      <c r="J1118" s="34"/>
+      <c r="K1118" s="35"/>
+      <c r="L1118" s="36"/>
+      <c r="M1118" s="36"/>
     </row>
     <row r="1119" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1119" s="33"/>
-[...6 lines deleted...]
-      <c r="M1119" s="38"/>
+      <c r="B1119" s="32"/>
+      <c r="C1119" s="32"/>
+      <c r="H1119" s="33"/>
+      <c r="I1119" s="49"/>
+      <c r="J1119" s="34"/>
+      <c r="K1119" s="35"/>
+      <c r="L1119" s="36"/>
+      <c r="M1119" s="36"/>
     </row>
     <row r="1120" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1120" s="33"/>
-[...6 lines deleted...]
-      <c r="M1120" s="38"/>
+      <c r="B1120" s="32"/>
+      <c r="C1120" s="32"/>
+      <c r="H1120" s="33"/>
+      <c r="I1120" s="49"/>
+      <c r="J1120" s="34"/>
+      <c r="K1120" s="35"/>
+      <c r="L1120" s="36"/>
+      <c r="M1120" s="36"/>
     </row>
     <row r="1121" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1121" s="33"/>
-[...6 lines deleted...]
-      <c r="M1121" s="38"/>
+      <c r="B1121" s="32"/>
+      <c r="C1121" s="32"/>
+      <c r="H1121" s="33"/>
+      <c r="I1121" s="49"/>
+      <c r="J1121" s="34"/>
+      <c r="K1121" s="35"/>
+      <c r="L1121" s="36"/>
+      <c r="M1121" s="36"/>
     </row>
     <row r="1122" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1122" s="33"/>
-[...6 lines deleted...]
-      <c r="M1122" s="38"/>
+      <c r="B1122" s="32"/>
+      <c r="C1122" s="32"/>
+      <c r="H1122" s="33"/>
+      <c r="I1122" s="49"/>
+      <c r="J1122" s="34"/>
+      <c r="K1122" s="35"/>
+      <c r="L1122" s="36"/>
+      <c r="M1122" s="36"/>
     </row>
     <row r="1123" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1123" s="33"/>
-[...6 lines deleted...]
-      <c r="M1123" s="38"/>
+      <c r="B1123" s="32"/>
+      <c r="C1123" s="32"/>
+      <c r="H1123" s="33"/>
+      <c r="I1123" s="49"/>
+      <c r="J1123" s="34"/>
+      <c r="K1123" s="35"/>
+      <c r="L1123" s="36"/>
+      <c r="M1123" s="36"/>
     </row>
     <row r="1124" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1124" s="33"/>
-[...6 lines deleted...]
-      <c r="M1124" s="38"/>
+      <c r="B1124" s="32"/>
+      <c r="C1124" s="32"/>
+      <c r="H1124" s="33"/>
+      <c r="I1124" s="49"/>
+      <c r="J1124" s="34"/>
+      <c r="K1124" s="35"/>
+      <c r="L1124" s="36"/>
+      <c r="M1124" s="36"/>
     </row>
     <row r="1125" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1125" s="33"/>
-[...6 lines deleted...]
-      <c r="M1125" s="38"/>
+      <c r="B1125" s="32"/>
+      <c r="C1125" s="32"/>
+      <c r="H1125" s="33"/>
+      <c r="I1125" s="49"/>
+      <c r="J1125" s="34"/>
+      <c r="K1125" s="35"/>
+      <c r="L1125" s="36"/>
+      <c r="M1125" s="36"/>
     </row>
     <row r="1126" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1126" s="33"/>
-[...6 lines deleted...]
-      <c r="M1126" s="38"/>
+      <c r="B1126" s="32"/>
+      <c r="C1126" s="32"/>
+      <c r="H1126" s="33"/>
+      <c r="I1126" s="49"/>
+      <c r="J1126" s="34"/>
+      <c r="K1126" s="35"/>
+      <c r="L1126" s="36"/>
+      <c r="M1126" s="36"/>
     </row>
     <row r="1127" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1127" s="33"/>
-[...6 lines deleted...]
-      <c r="M1127" s="38"/>
+      <c r="B1127" s="32"/>
+      <c r="C1127" s="32"/>
+      <c r="H1127" s="33"/>
+      <c r="I1127" s="49"/>
+      <c r="J1127" s="34"/>
+      <c r="K1127" s="35"/>
+      <c r="L1127" s="36"/>
+      <c r="M1127" s="36"/>
     </row>
     <row r="1128" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1128" s="33"/>
-[...6 lines deleted...]
-      <c r="M1128" s="38"/>
+      <c r="B1128" s="32"/>
+      <c r="C1128" s="32"/>
+      <c r="H1128" s="33"/>
+      <c r="I1128" s="49"/>
+      <c r="J1128" s="34"/>
+      <c r="K1128" s="35"/>
+      <c r="L1128" s="36"/>
+      <c r="M1128" s="36"/>
     </row>
     <row r="1129" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1129" s="33"/>
-[...6 lines deleted...]
-      <c r="M1129" s="38"/>
+      <c r="B1129" s="32"/>
+      <c r="C1129" s="32"/>
+      <c r="H1129" s="33"/>
+      <c r="I1129" s="49"/>
+      <c r="J1129" s="34"/>
+      <c r="K1129" s="35"/>
+      <c r="L1129" s="36"/>
+      <c r="M1129" s="36"/>
     </row>
     <row r="1130" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1130" s="33"/>
-[...6 lines deleted...]
-      <c r="M1130" s="38"/>
+      <c r="B1130" s="32"/>
+      <c r="C1130" s="32"/>
+      <c r="H1130" s="33"/>
+      <c r="I1130" s="49"/>
+      <c r="J1130" s="34"/>
+      <c r="K1130" s="35"/>
+      <c r="L1130" s="36"/>
+      <c r="M1130" s="36"/>
     </row>
     <row r="1131" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1131" s="33"/>
-[...6 lines deleted...]
-      <c r="M1131" s="38"/>
+      <c r="B1131" s="32"/>
+      <c r="C1131" s="32"/>
+      <c r="H1131" s="33"/>
+      <c r="I1131" s="49"/>
+      <c r="J1131" s="34"/>
+      <c r="K1131" s="35"/>
+      <c r="L1131" s="36"/>
+      <c r="M1131" s="36"/>
     </row>
     <row r="1132" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1132" s="33"/>
-[...6 lines deleted...]
-      <c r="M1132" s="38"/>
+      <c r="B1132" s="32"/>
+      <c r="C1132" s="32"/>
+      <c r="H1132" s="33"/>
+      <c r="I1132" s="49"/>
+      <c r="J1132" s="34"/>
+      <c r="K1132" s="35"/>
+      <c r="L1132" s="36"/>
+      <c r="M1132" s="36"/>
     </row>
     <row r="1133" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1133" s="33"/>
-[...6 lines deleted...]
-      <c r="M1133" s="38"/>
+      <c r="B1133" s="32"/>
+      <c r="C1133" s="32"/>
+      <c r="H1133" s="33"/>
+      <c r="I1133" s="49"/>
+      <c r="J1133" s="34"/>
+      <c r="K1133" s="35"/>
+      <c r="L1133" s="36"/>
+      <c r="M1133" s="36"/>
     </row>
     <row r="1134" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1134" s="33"/>
-[...6 lines deleted...]
-      <c r="M1134" s="38"/>
+      <c r="B1134" s="32"/>
+      <c r="C1134" s="32"/>
+      <c r="H1134" s="33"/>
+      <c r="I1134" s="49"/>
+      <c r="J1134" s="34"/>
+      <c r="K1134" s="35"/>
+      <c r="L1134" s="36"/>
+      <c r="M1134" s="36"/>
     </row>
     <row r="1135" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1135" s="33"/>
-[...6 lines deleted...]
-      <c r="M1135" s="38"/>
+      <c r="B1135" s="32"/>
+      <c r="C1135" s="32"/>
+      <c r="H1135" s="33"/>
+      <c r="I1135" s="49"/>
+      <c r="J1135" s="34"/>
+      <c r="K1135" s="35"/>
+      <c r="L1135" s="36"/>
+      <c r="M1135" s="36"/>
     </row>
     <row r="1136" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1136" s="33"/>
-[...6 lines deleted...]
-      <c r="M1136" s="38"/>
+      <c r="B1136" s="32"/>
+      <c r="C1136" s="32"/>
+      <c r="H1136" s="33"/>
+      <c r="I1136" s="49"/>
+      <c r="J1136" s="34"/>
+      <c r="K1136" s="35"/>
+      <c r="L1136" s="36"/>
+      <c r="M1136" s="36"/>
     </row>
     <row r="1137" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1137" s="33"/>
-[...6 lines deleted...]
-      <c r="M1137" s="38"/>
+      <c r="B1137" s="32"/>
+      <c r="C1137" s="32"/>
+      <c r="H1137" s="33"/>
+      <c r="I1137" s="49"/>
+      <c r="J1137" s="34"/>
+      <c r="K1137" s="35"/>
+      <c r="L1137" s="36"/>
+      <c r="M1137" s="36"/>
     </row>
     <row r="1138" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1138" s="33"/>
-[...6 lines deleted...]
-      <c r="M1138" s="38"/>
+      <c r="B1138" s="32"/>
+      <c r="C1138" s="32"/>
+      <c r="H1138" s="33"/>
+      <c r="I1138" s="49"/>
+      <c r="J1138" s="34"/>
+      <c r="K1138" s="35"/>
+      <c r="L1138" s="36"/>
+      <c r="M1138" s="36"/>
     </row>
     <row r="1139" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1139" s="33"/>
-[...6 lines deleted...]
-      <c r="M1139" s="38"/>
+      <c r="B1139" s="32"/>
+      <c r="C1139" s="32"/>
+      <c r="H1139" s="33"/>
+      <c r="I1139" s="49"/>
+      <c r="J1139" s="34"/>
+      <c r="K1139" s="35"/>
+      <c r="L1139" s="36"/>
+      <c r="M1139" s="36"/>
     </row>
     <row r="1140" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1140" s="33"/>
-[...6 lines deleted...]
-      <c r="M1140" s="38"/>
+      <c r="B1140" s="32"/>
+      <c r="C1140" s="32"/>
+      <c r="H1140" s="33"/>
+      <c r="I1140" s="49"/>
+      <c r="J1140" s="34"/>
+      <c r="K1140" s="35"/>
+      <c r="L1140" s="36"/>
+      <c r="M1140" s="36"/>
     </row>
     <row r="1141" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1141" s="33"/>
-[...6 lines deleted...]
-      <c r="M1141" s="38"/>
+      <c r="B1141" s="32"/>
+      <c r="C1141" s="32"/>
+      <c r="H1141" s="33"/>
+      <c r="I1141" s="49"/>
+      <c r="J1141" s="34"/>
+      <c r="K1141" s="35"/>
+      <c r="L1141" s="36"/>
+      <c r="M1141" s="36"/>
     </row>
     <row r="1142" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1142" s="33"/>
-[...6 lines deleted...]
-      <c r="M1142" s="38"/>
+      <c r="B1142" s="32"/>
+      <c r="C1142" s="32"/>
+      <c r="H1142" s="33"/>
+      <c r="I1142" s="49"/>
+      <c r="J1142" s="34"/>
+      <c r="K1142" s="35"/>
+      <c r="L1142" s="36"/>
+      <c r="M1142" s="36"/>
     </row>
     <row r="1143" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1143" s="33"/>
-[...6 lines deleted...]
-      <c r="M1143" s="38"/>
+      <c r="B1143" s="32"/>
+      <c r="C1143" s="32"/>
+      <c r="H1143" s="33"/>
+      <c r="I1143" s="49"/>
+      <c r="J1143" s="34"/>
+      <c r="K1143" s="35"/>
+      <c r="L1143" s="36"/>
+      <c r="M1143" s="36"/>
     </row>
     <row r="1144" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1144" s="33"/>
-[...6 lines deleted...]
-      <c r="M1144" s="38"/>
+      <c r="B1144" s="32"/>
+      <c r="C1144" s="32"/>
+      <c r="H1144" s="33"/>
+      <c r="I1144" s="49"/>
+      <c r="J1144" s="34"/>
+      <c r="K1144" s="35"/>
+      <c r="L1144" s="36"/>
+      <c r="M1144" s="36"/>
     </row>
     <row r="1145" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1145" s="33"/>
-[...6 lines deleted...]
-      <c r="M1145" s="38"/>
+      <c r="B1145" s="32"/>
+      <c r="C1145" s="32"/>
+      <c r="H1145" s="33"/>
+      <c r="I1145" s="49"/>
+      <c r="J1145" s="34"/>
+      <c r="K1145" s="35"/>
+      <c r="L1145" s="36"/>
+      <c r="M1145" s="36"/>
     </row>
     <row r="1146" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1146" s="33"/>
-[...6 lines deleted...]
-      <c r="M1146" s="38"/>
+      <c r="B1146" s="32"/>
+      <c r="C1146" s="32"/>
+      <c r="H1146" s="33"/>
+      <c r="I1146" s="49"/>
+      <c r="J1146" s="34"/>
+      <c r="K1146" s="35"/>
+      <c r="L1146" s="36"/>
+      <c r="M1146" s="36"/>
     </row>
     <row r="1147" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1147" s="33"/>
-[...6 lines deleted...]
-      <c r="M1147" s="38"/>
+      <c r="B1147" s="32"/>
+      <c r="C1147" s="32"/>
+      <c r="H1147" s="33"/>
+      <c r="I1147" s="49"/>
+      <c r="J1147" s="34"/>
+      <c r="K1147" s="35"/>
+      <c r="L1147" s="36"/>
+      <c r="M1147" s="36"/>
     </row>
     <row r="1148" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1148" s="33"/>
-[...6 lines deleted...]
-      <c r="M1148" s="38"/>
+      <c r="B1148" s="32"/>
+      <c r="C1148" s="32"/>
+      <c r="H1148" s="33"/>
+      <c r="I1148" s="49"/>
+      <c r="J1148" s="34"/>
+      <c r="K1148" s="35"/>
+      <c r="L1148" s="36"/>
+      <c r="M1148" s="36"/>
     </row>
     <row r="1149" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1149" s="33"/>
-[...6 lines deleted...]
-      <c r="M1149" s="38"/>
+      <c r="B1149" s="32"/>
+      <c r="C1149" s="32"/>
+      <c r="H1149" s="33"/>
+      <c r="I1149" s="49"/>
+      <c r="J1149" s="34"/>
+      <c r="K1149" s="35"/>
+      <c r="L1149" s="36"/>
+      <c r="M1149" s="36"/>
     </row>
     <row r="1150" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1150" s="33"/>
-[...6 lines deleted...]
-      <c r="M1150" s="38"/>
+      <c r="B1150" s="32"/>
+      <c r="C1150" s="32"/>
+      <c r="H1150" s="33"/>
+      <c r="I1150" s="49"/>
+      <c r="J1150" s="34"/>
+      <c r="K1150" s="35"/>
+      <c r="L1150" s="36"/>
+      <c r="M1150" s="36"/>
     </row>
     <row r="1151" spans="2:13" x14ac:dyDescent="0.25">
-      <c r="B1151" s="33"/>
-[...246 lines deleted...]
-      <c r="M1175" s="38"/>
+      <c r="B1151" s="32"/>
+      <c r="C1151" s="32"/>
+      <c r="H1151" s="33"/>
+      <c r="I1151" s="49"/>
+      <c r="J1151" s="34"/>
+      <c r="K1151" s="35"/>
+      <c r="L1151" s="36"/>
+      <c r="M1151" s="36"/>
     </row>
   </sheetData>
-  <autoFilter ref="A7:M771"/>
-[...3 lines deleted...]
-    <sortCondition ref="A7:A752"/>
+  <autoFilter ref="A7:M747" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:M728">
+    <sortCondition ref="B7:B728"/>
+    <sortCondition ref="C7:C728"/>
+    <sortCondition ref="A7:A728"/>
   </sortState>
   <mergeCells count="7">
-    <mergeCell ref="A773:E773"/>
+    <mergeCell ref="A749:E749"/>
     <mergeCell ref="L1:M1"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="G4:M4"/>
     <mergeCell ref="F5:M5"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="80" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>