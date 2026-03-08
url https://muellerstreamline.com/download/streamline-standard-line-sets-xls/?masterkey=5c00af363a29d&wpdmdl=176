--- v1 (2026-01-07)
+++ v2 (2026-03-08)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://muellerindustriesinc1-my.sharepoint.com/personal/hwjones_muellerstreamline_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="25" documentId="11_DE4B9DF4344E1CCFBCE48FA9BD1C4F94DD6DDB26" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{268FF627-4B10-4E43-A9C0-327ABACC7C3D}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{48DED83E-5C32-4E27-B4A6-8F8BAD59F7FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Line Sets" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Line Sets'!$A$7:$M$747</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -7226,53 +7225,50 @@
   <si>
     <t>685768449744</t>
   </si>
   <si>
     <t>len</t>
   </si>
   <si>
     <t>30-612-3/8 (10)</t>
   </si>
   <si>
     <t>30-612-3/8B  (10)</t>
   </si>
   <si>
     <t>25-614-3/8 (10)</t>
   </si>
   <si>
     <t>25-614-3/8B  (10)</t>
   </si>
   <si>
     <t>100-406-1/2 B3B6 (5)</t>
   </si>
   <si>
     <t>100-408-1/2 M144 (5)</t>
   </si>
   <si>
-    <t>100-408-1/2" B3B6 (5)</t>
-[...1 lines deleted...]
-  <si>
     <t>100-410-1/2 B3B6 (4)</t>
   </si>
   <si>
     <t>100-610-1/2  B3B6 (4)</t>
   </si>
   <si>
     <t>100-610-3/8  B3B6 (4)</t>
   </si>
   <si>
     <t>35-612-3/8 (10)</t>
   </si>
   <si>
     <t>35-612-3/8B  (10)</t>
   </si>
   <si>
     <t>00621640C</t>
   </si>
   <si>
     <t>00821640C</t>
   </si>
   <si>
     <t>01021640C</t>
   </si>
   <si>
     <t>00421640C</t>
@@ -7557,50 +7553,53 @@
     <t>Revised November 6, 2025</t>
   </si>
   <si>
     <t>100-614-3/8  (4)</t>
   </si>
   <si>
     <t>25-612-3/4 B6 CER (5)</t>
   </si>
   <si>
     <t>100-004-3/8  (5)</t>
   </si>
   <si>
     <t>15-610-1/2 B8M144 (12)</t>
   </si>
   <si>
     <t>25-406-1/2 M144 CER (14)</t>
   </si>
   <si>
     <t>50-614-1 B6 CER (2)</t>
   </si>
   <si>
     <t>50-612-1 B6 CER (2)</t>
   </si>
   <si>
     <t>50-610-1 B3B6 CER (2)</t>
+  </si>
+  <si>
+    <t>100-408-1/2" B3B6 (4)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
@@ -7880,55 +7879,51 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8214,84 +8209,84 @@
     <col min="3" max="3" width="19.85546875" customWidth="1"/>
     <col min="4" max="4" width="24.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="6.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="5.85546875" customWidth="1"/>
     <col min="9" max="9" width="10.28515625" customWidth="1"/>
     <col min="10" max="10" width="17.28515625" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="57" t="s">
         <v>242</v>
       </c>
       <c r="B1" s="57"/>
       <c r="C1" s="29"/>
       <c r="D1" s="40"/>
       <c r="E1" s="40"/>
       <c r="F1" s="41"/>
       <c r="G1" s="42"/>
       <c r="H1" s="43"/>
       <c r="I1" s="43"/>
       <c r="L1" s="53" t="s">
-        <v>2165</v>
+        <v>2164</v>
       </c>
       <c r="M1" s="53"/>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="58" t="s">
         <v>241</v>
       </c>
       <c r="B2" s="58"/>
       <c r="C2" s="30"/>
       <c r="D2" s="44"/>
       <c r="E2" s="44"/>
       <c r="F2" s="41"/>
       <c r="G2" s="45"/>
       <c r="H2" s="46"/>
       <c r="I2" s="43"/>
       <c r="L2" s="54" t="s">
         <v>479</v>
       </c>
       <c r="M2" s="54"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3" s="30"/>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="44"/>
       <c r="E3" s="44"/>
       <c r="F3" s="41"/>
       <c r="G3" s="45"/>
       <c r="H3" s="46"/>
       <c r="I3" s="43"/>
       <c r="L3" s="47"/>
       <c r="M3" s="47" t="s">
-        <v>2243</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="46"/>
       <c r="F4" s="38"/>
       <c r="G4" s="55" t="s">
         <v>480</v>
       </c>
       <c r="H4" s="55"/>
       <c r="I4" s="55"/>
       <c r="J4" s="55"/>
       <c r="K4" s="55"/>
       <c r="L4" s="55"/>
       <c r="M4" s="55"/>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" s="26" t="s">
         <v>477</v>
       </c>
       <c r="B5" s="27">
         <v>0</v>
       </c>
@@ -8471,551 +8466,551 @@
       <c r="G10" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H10" s="25">
         <v>50</v>
       </c>
       <c r="I10" s="48">
         <v>7</v>
       </c>
       <c r="J10" s="23" t="s">
         <v>751</v>
       </c>
       <c r="K10" s="11">
         <v>16.595300000000002</v>
       </c>
       <c r="L10" s="22">
         <v>420.12</v>
       </c>
       <c r="M10" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
-        <v>2206</v>
+        <v>2205</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>2218</v>
+        <v>2217</v>
       </c>
       <c r="E11" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H11" s="25">
         <v>25</v>
       </c>
       <c r="I11" s="48">
         <v>10</v>
       </c>
       <c r="J11" s="50" t="s">
-        <v>2231</v>
+        <v>2230</v>
       </c>
       <c r="K11" s="11">
         <v>10.353</v>
       </c>
       <c r="L11" s="22">
         <v>260.73</v>
       </c>
       <c r="M11" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N11" s="51"/>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
-        <v>2207</v>
+        <v>2206</v>
       </c>
       <c r="B12" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>2219</v>
+        <v>2218</v>
       </c>
       <c r="E12" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F12" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G12" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H12" s="25">
         <v>30</v>
       </c>
       <c r="I12" s="48">
         <v>7</v>
       </c>
       <c r="J12" s="50" t="s">
-        <v>2232</v>
+        <v>2231</v>
       </c>
       <c r="K12" s="11">
         <v>12.423</v>
       </c>
       <c r="L12" s="22">
         <v>305.67</v>
       </c>
       <c r="M12" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="12" t="s">
-        <v>2208</v>
+        <v>2207</v>
       </c>
       <c r="B13" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>2220</v>
+        <v>2219</v>
       </c>
       <c r="E13" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H13" s="25">
         <v>50</v>
       </c>
       <c r="I13" s="48">
         <v>5</v>
       </c>
       <c r="J13" s="50" t="s">
-        <v>2233</v>
+        <v>2232</v>
       </c>
       <c r="K13" s="11">
         <v>20.704999999999998</v>
       </c>
       <c r="L13" s="22">
         <v>472.02</v>
       </c>
       <c r="M13" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N13" s="51"/>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A14" s="12" t="s">
-        <v>2209</v>
+        <v>2208</v>
       </c>
       <c r="B14" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>2221</v>
+        <v>2220</v>
       </c>
       <c r="E14" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F14" s="10" t="s">
         <v>807</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H14" s="25">
         <v>25</v>
       </c>
       <c r="I14" s="48">
         <v>8</v>
       </c>
       <c r="J14" s="50" t="s">
-        <v>2234</v>
+        <v>2233</v>
       </c>
       <c r="K14" s="11">
         <v>14.105</v>
       </c>
       <c r="L14" s="22">
         <v>338.13</v>
       </c>
       <c r="M14" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
-        <v>2210</v>
+        <v>2209</v>
       </c>
       <c r="B15" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D15" s="10" t="s">
-        <v>2222</v>
+        <v>2221</v>
       </c>
       <c r="E15" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F15" s="10" t="s">
         <v>807</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H15" s="25">
         <v>30</v>
       </c>
       <c r="I15" s="48">
         <v>7</v>
       </c>
       <c r="J15" s="50" t="s">
-        <v>2235</v>
+        <v>2234</v>
       </c>
       <c r="K15" s="11">
         <v>16.925999999999998</v>
       </c>
       <c r="L15" s="22">
         <v>396.46</v>
       </c>
       <c r="M15" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N15" s="51"/>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
-        <v>2211</v>
+        <v>2210</v>
       </c>
       <c r="B16" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>2223</v>
+        <v>2222</v>
       </c>
       <c r="E16" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>807</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H16" s="25">
         <v>50</v>
       </c>
       <c r="I16" s="48">
         <v>5</v>
       </c>
       <c r="J16" s="50" t="s">
-        <v>2236</v>
+        <v>2235</v>
       </c>
       <c r="K16" s="11">
         <v>28.21</v>
       </c>
       <c r="L16" s="22">
         <v>612.15</v>
       </c>
       <c r="M16" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
-        <v>2212</v>
+        <v>2211</v>
       </c>
       <c r="B17" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D17" s="10" t="s">
-        <v>2224</v>
+        <v>2223</v>
       </c>
       <c r="E17" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H17" s="25">
         <v>25</v>
       </c>
       <c r="I17" s="48">
         <v>8</v>
       </c>
       <c r="J17" s="50" t="s">
-        <v>2237</v>
+        <v>2236</v>
       </c>
       <c r="K17" s="11">
         <v>10.353</v>
       </c>
       <c r="L17" s="22">
         <v>281.31</v>
       </c>
       <c r="M17" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N17" s="51"/>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
-        <v>2213</v>
+        <v>2212</v>
       </c>
       <c r="B18" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D18" s="10" t="s">
-        <v>2225</v>
+        <v>2224</v>
       </c>
       <c r="E18" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G18" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H18" s="25">
         <v>30</v>
       </c>
       <c r="I18" s="48">
         <v>5</v>
       </c>
       <c r="J18" s="50" t="s">
-        <v>2238</v>
+        <v>2237</v>
       </c>
       <c r="K18" s="11">
         <v>12.423</v>
       </c>
       <c r="L18" s="22">
         <v>332.92</v>
       </c>
       <c r="M18" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A19" s="12" t="s">
-        <v>2214</v>
+        <v>2213</v>
       </c>
       <c r="B19" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D19" s="10" t="s">
-        <v>2226</v>
+        <v>2225</v>
       </c>
       <c r="E19" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G19" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H19" s="25">
         <v>50</v>
       </c>
       <c r="I19" s="48">
         <v>4</v>
       </c>
       <c r="J19" s="50" t="s">
-        <v>2239</v>
+        <v>2238</v>
       </c>
       <c r="K19" s="11">
         <v>20.704999999999998</v>
       </c>
       <c r="L19" s="22">
         <v>541.55999999999995</v>
       </c>
       <c r="M19" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N19" s="51"/>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
-        <v>2215</v>
+        <v>2214</v>
       </c>
       <c r="B20" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D20" s="10" t="s">
-        <v>2227</v>
+        <v>2226</v>
       </c>
       <c r="E20" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F20" s="10" t="s">
         <v>807</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H20" s="25">
         <v>25</v>
       </c>
       <c r="I20" s="48">
         <v>7</v>
       </c>
       <c r="J20" s="50" t="s">
-        <v>2240</v>
+        <v>2239</v>
       </c>
       <c r="K20" s="11">
         <v>14.105</v>
       </c>
       <c r="L20" s="22">
         <v>373.08</v>
       </c>
       <c r="M20" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A21" s="12" t="s">
-        <v>2216</v>
+        <v>2215</v>
       </c>
       <c r="B21" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D21" s="10" t="s">
-        <v>2228</v>
+        <v>2227</v>
       </c>
       <c r="E21" s="10" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="F21" s="10" t="s">
         <v>807</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H21" s="25">
         <v>30</v>
       </c>
       <c r="I21" s="48">
         <v>5</v>
       </c>
       <c r="J21" s="50" t="s">
-        <v>2241</v>
+        <v>2240</v>
       </c>
       <c r="K21" s="11">
         <v>16.925999999999998</v>
       </c>
       <c r="L21" s="22">
         <v>431.77</v>
       </c>
       <c r="M21" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N21" s="51"/>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="s">
-        <v>2217</v>
+        <v>2216</v>
       </c>
       <c r="B22" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D22" s="10" t="s">
+        <v>2228</v>
+      </c>
+      <c r="E22" s="10" t="s">
         <v>2229</v>
-      </c>
-[...1 lines deleted...]
-        <v>2230</v>
       </c>
       <c r="F22" s="10" t="s">
         <v>807</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H22" s="25">
         <v>50</v>
       </c>
       <c r="I22" s="48">
         <v>4</v>
       </c>
       <c r="J22" s="50" t="s">
-        <v>2242</v>
+        <v>2241</v>
       </c>
       <c r="K22" s="11">
         <v>28.21</v>
       </c>
       <c r="L22" s="22">
         <v>668.96</v>
       </c>
       <c r="M22" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A23" s="12" t="s">
         <v>622</v>
       </c>
       <c r="B23" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D23" s="10" t="s">
         <v>752</v>
@@ -9668,93 +9663,93 @@
       <c r="J38" s="23" t="s">
         <v>785</v>
       </c>
       <c r="K38" s="11">
         <v>21.95</v>
       </c>
       <c r="L38" s="22">
         <v>592.88</v>
       </c>
       <c r="M38" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A39" s="12" t="s">
         <v>535</v>
       </c>
       <c r="B39" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D39" s="10" t="s">
-        <v>2166</v>
+        <v>2165</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F39" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H39" s="25">
         <v>25</v>
       </c>
       <c r="I39" s="48">
         <v>10</v>
       </c>
       <c r="J39" s="23" t="s">
         <v>786</v>
       </c>
       <c r="K39" s="11">
         <v>10.975</v>
       </c>
       <c r="L39" s="22">
         <v>250.3</v>
       </c>
       <c r="M39" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="12" t="s">
         <v>589</v>
       </c>
       <c r="B40" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D40" s="10" t="s">
-        <v>2167</v>
+        <v>2166</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F40" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H40" s="25">
         <v>25</v>
       </c>
       <c r="I40" s="48">
         <v>10</v>
       </c>
       <c r="J40" s="23" t="s">
         <v>787</v>
       </c>
       <c r="K40" s="11">
         <v>10.962300000000001</v>
       </c>
       <c r="L40" s="22">
         <v>260.3</v>
       </c>
@@ -11390,51 +11385,51 @@
       <c r="J79" s="23" t="s">
         <v>868</v>
       </c>
       <c r="K79" s="11">
         <v>26.279599999999999</v>
       </c>
       <c r="L79" s="22">
         <v>704.2</v>
       </c>
       <c r="M79" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A80" s="12" t="s">
         <v>254</v>
       </c>
       <c r="B80" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D80" s="10" t="s">
-        <v>2168</v>
+        <v>2167</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F80" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H80" s="25">
         <v>50</v>
       </c>
       <c r="I80" s="48">
         <v>5</v>
       </c>
       <c r="J80" s="23" t="s">
         <v>869</v>
       </c>
       <c r="K80" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L80" s="22">
         <v>368.32</v>
       </c>
@@ -13658,93 +13653,93 @@
       <c r="J133" s="23" t="s">
         <v>975</v>
       </c>
       <c r="K133" s="11">
         <v>8.7698</v>
       </c>
       <c r="L133" s="22">
         <v>189.88</v>
       </c>
       <c r="M133" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A134" s="12" t="s">
         <v>304</v>
       </c>
       <c r="B134" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D134" s="10" t="s">
-        <v>2169</v>
+        <v>2168</v>
       </c>
       <c r="E134" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F134" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G134" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H134" s="25">
         <v>25</v>
       </c>
       <c r="I134" s="48">
         <v>10</v>
       </c>
       <c r="J134" s="23" t="s">
         <v>976</v>
       </c>
       <c r="K134" s="11">
         <v>10.962300000000001</v>
       </c>
       <c r="L134" s="22">
         <v>220.26</v>
       </c>
       <c r="M134" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A135" s="12" t="s">
         <v>305</v>
       </c>
       <c r="B135" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D135" s="10" t="s">
-        <v>2170</v>
+        <v>2169</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F135" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H135" s="25">
         <v>25</v>
       </c>
       <c r="I135" s="48">
         <v>10</v>
       </c>
       <c r="J135" s="23" t="s">
         <v>977</v>
       </c>
       <c r="K135" s="11">
         <v>10.962300000000001</v>
       </c>
       <c r="L135" s="22">
         <v>230.26</v>
       </c>
@@ -15086,93 +15081,93 @@
       <c r="J167" s="23" t="s">
         <v>1037</v>
       </c>
       <c r="K167" s="11">
         <v>13.1548</v>
       </c>
       <c r="L167" s="22">
         <v>265.89999999999998</v>
       </c>
       <c r="M167" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A168" s="12" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D168" s="10" t="s">
-        <v>2145</v>
+        <v>2144</v>
       </c>
       <c r="E168" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F168" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>744</v>
       </c>
       <c r="H168" s="25">
         <v>35</v>
       </c>
       <c r="I168" s="48">
         <v>10</v>
       </c>
       <c r="J168" s="23" t="s">
         <v>1038</v>
       </c>
       <c r="K168" s="11">
         <v>15.347200000000001</v>
       </c>
       <c r="L168" s="22">
         <v>293.58</v>
       </c>
       <c r="M168" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A169" s="12" t="s">
         <v>339</v>
       </c>
       <c r="B169" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C169" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D169" s="10" t="s">
-        <v>2146</v>
+        <v>2145</v>
       </c>
       <c r="E169" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F169" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>744</v>
       </c>
       <c r="H169" s="25">
         <v>35</v>
       </c>
       <c r="I169" s="48">
         <v>10</v>
       </c>
       <c r="J169" s="23" t="s">
         <v>1039</v>
       </c>
       <c r="K169" s="11">
         <v>15.347200000000001</v>
       </c>
       <c r="L169" s="22">
         <v>303.58</v>
       </c>
@@ -17228,51 +17223,51 @@
       <c r="J218" s="23" t="s">
         <v>1134</v>
       </c>
       <c r="K218" s="11">
         <v>29.430499999999999</v>
       </c>
       <c r="L218" s="22">
         <v>522.48</v>
       </c>
       <c r="M218" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A219" s="12" t="s">
         <v>556</v>
       </c>
       <c r="B219" s="15" t="s">
         <v>741</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D219" s="10" t="s">
-        <v>2244</v>
+        <v>2243</v>
       </c>
       <c r="E219" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F219" s="10" t="s">
         <v>807</v>
       </c>
       <c r="G219" s="10" t="s">
         <v>744</v>
       </c>
       <c r="H219" s="25">
         <v>100</v>
       </c>
       <c r="I219" s="48">
         <v>4</v>
       </c>
       <c r="J219" s="23" t="s">
         <v>1135</v>
       </c>
       <c r="K219" s="11">
         <v>58.8611</v>
       </c>
       <c r="L219" s="22">
         <v>1435.94</v>
       </c>
@@ -19202,93 +19197,93 @@
       <c r="J265" s="23" t="s">
         <v>1227</v>
       </c>
       <c r="K265" s="11">
         <v>5.36</v>
       </c>
       <c r="L265" s="22">
         <v>207.78</v>
       </c>
       <c r="M265" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A266" s="12" t="s">
         <v>707</v>
       </c>
       <c r="B266" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C266" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D266" s="10" t="s">
-        <v>2248</v>
+        <v>2247</v>
       </c>
       <c r="E266" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F266" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G266" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H266" s="25">
         <v>25</v>
       </c>
       <c r="I266" s="48">
         <v>14</v>
       </c>
       <c r="J266" s="23" t="s">
         <v>1228</v>
       </c>
       <c r="K266" s="11">
         <v>5.36</v>
       </c>
       <c r="L266" s="22">
         <v>355.42</v>
       </c>
       <c r="M266" s="22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A267" s="12" t="s">
         <v>638</v>
       </c>
       <c r="B267" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C267" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D267" s="10" t="s">
-        <v>2171</v>
+        <v>2170</v>
       </c>
       <c r="E267" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F267" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G267" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H267" s="25">
         <v>30</v>
       </c>
       <c r="I267" s="48">
         <v>12</v>
       </c>
       <c r="J267" s="23" t="s">
         <v>1229</v>
       </c>
       <c r="K267" s="11">
         <v>6.4222700000000001</v>
       </c>
       <c r="L267" s="22">
         <v>280.3</v>
       </c>
@@ -19538,93 +19533,93 @@
       <c r="J273" s="23" t="s">
         <v>1241</v>
       </c>
       <c r="K273" s="11">
         <v>10.71</v>
       </c>
       <c r="L273" s="22">
         <v>652.94000000000005</v>
       </c>
       <c r="M273" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A274" s="12" t="s">
         <v>513</v>
       </c>
       <c r="B274" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D274" s="10" t="s">
-        <v>2172</v>
+        <v>2171</v>
       </c>
       <c r="E274" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F274" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G274" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H274" s="25">
         <v>50</v>
       </c>
       <c r="I274" s="48">
         <v>8</v>
       </c>
       <c r="J274" s="23" t="s">
         <v>1242</v>
       </c>
       <c r="K274" s="11">
         <v>10.71</v>
       </c>
       <c r="L274" s="22">
         <v>557.82000000000005</v>
       </c>
       <c r="M274" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A275" s="12" t="s">
         <v>514</v>
       </c>
       <c r="B275" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C275" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D275" s="10" t="s">
-        <v>2173</v>
+        <v>2172</v>
       </c>
       <c r="E275" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F275" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G275" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H275" s="25">
         <v>50</v>
       </c>
       <c r="I275" s="48">
         <v>8</v>
       </c>
       <c r="J275" s="23" t="s">
         <v>1243</v>
       </c>
       <c r="K275" s="11">
         <v>10.72</v>
       </c>
       <c r="L275" s="22">
         <v>380.14</v>
       </c>
@@ -19664,51 +19659,51 @@
       <c r="J276" s="23" t="s">
         <v>1245</v>
       </c>
       <c r="K276" s="11">
         <v>10.71</v>
       </c>
       <c r="L276" s="22">
         <v>689.08</v>
       </c>
       <c r="M276" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A277" s="12" t="s">
         <v>647</v>
       </c>
       <c r="B277" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D277" s="10" t="s">
-        <v>2174</v>
+        <v>2173</v>
       </c>
       <c r="E277" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F277" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G277" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H277" s="25">
         <v>50</v>
       </c>
       <c r="I277" s="48">
         <v>8</v>
       </c>
       <c r="J277" s="23" t="s">
         <v>1246</v>
       </c>
       <c r="K277" s="11">
         <v>10.72</v>
       </c>
       <c r="L277" s="22">
         <v>593.96</v>
       </c>
@@ -19790,51 +19785,51 @@
       <c r="J279" s="23" t="s">
         <v>1250</v>
       </c>
       <c r="K279" s="11">
         <v>5.36</v>
       </c>
       <c r="L279" s="22">
         <v>277.8</v>
       </c>
       <c r="M279" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A280" s="12" t="s">
         <v>497</v>
       </c>
       <c r="B280" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C280" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D280" s="10" t="s">
-        <v>2175</v>
+        <v>2174</v>
       </c>
       <c r="E280" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F280" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G280" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H280" s="25">
         <v>25</v>
       </c>
       <c r="I280" s="48">
         <v>8</v>
       </c>
       <c r="J280" s="23" t="s">
         <v>1252</v>
       </c>
       <c r="K280" s="11">
         <v>5.36</v>
       </c>
       <c r="L280" s="22">
         <v>241.66</v>
       </c>
@@ -20798,93 +20793,93 @@
       <c r="J303" s="23" t="s">
         <v>1296</v>
       </c>
       <c r="K303" s="11">
         <v>13.14</v>
       </c>
       <c r="L303" s="22">
         <v>570.52</v>
       </c>
       <c r="M303" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A304" s="12" t="s">
         <v>599</v>
       </c>
       <c r="B304" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C304" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D304" s="10" t="s">
-        <v>2176</v>
+        <v>2175</v>
       </c>
       <c r="E304" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F304" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G304" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H304" s="25">
         <v>50</v>
       </c>
       <c r="I304" s="48">
         <v>7</v>
       </c>
       <c r="J304" s="23" t="s">
         <v>1297</v>
       </c>
       <c r="K304" s="11">
         <v>13.12</v>
       </c>
       <c r="L304" s="22">
         <v>392.84</v>
       </c>
       <c r="M304" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A305" s="12" t="s">
         <v>716</v>
       </c>
       <c r="B305" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C305" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D305" s="10" t="s">
-        <v>2177</v>
+        <v>2176</v>
       </c>
       <c r="E305" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F305" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G305" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H305" s="25">
         <v>50</v>
       </c>
       <c r="I305" s="48">
         <v>7</v>
       </c>
       <c r="J305" s="23" t="s">
         <v>1298</v>
       </c>
       <c r="K305" s="11">
         <v>13.12</v>
       </c>
       <c r="L305" s="22">
         <v>611.78</v>
       </c>
@@ -21008,51 +21003,51 @@
       <c r="J308" s="23" t="s">
         <v>1304</v>
       </c>
       <c r="K308" s="11">
         <v>6.56</v>
       </c>
       <c r="L308" s="22">
         <v>290.06</v>
       </c>
       <c r="M308" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A309" s="12" t="s">
         <v>505</v>
       </c>
       <c r="B309" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C309" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D309" s="10" t="s">
-        <v>2178</v>
+        <v>2177</v>
       </c>
       <c r="E309" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F309" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G309" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H309" s="25">
         <v>25</v>
       </c>
       <c r="I309" s="48">
         <v>8</v>
       </c>
       <c r="J309" s="23" t="s">
         <v>1305</v>
       </c>
       <c r="K309" s="11">
         <v>6.56</v>
       </c>
       <c r="L309" s="22">
         <v>248.84</v>
       </c>
@@ -21134,51 +21129,51 @@
       <c r="J311" s="23" t="s">
         <v>1309</v>
       </c>
       <c r="K311" s="11">
         <v>13.12</v>
       </c>
       <c r="L311" s="22">
         <v>510.52</v>
       </c>
       <c r="M311" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A312" s="12" t="s">
         <v>705</v>
       </c>
       <c r="B312" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C312" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D312" s="10" t="s">
-        <v>2179</v>
+        <v>2178</v>
       </c>
       <c r="E312" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F312" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G312" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H312" s="25">
         <v>50</v>
       </c>
       <c r="I312" s="48">
         <v>5</v>
       </c>
       <c r="J312" s="23" t="s">
         <v>1310</v>
       </c>
       <c r="K312" s="11">
         <v>13.12</v>
       </c>
       <c r="L312" s="22">
         <v>469.28</v>
       </c>
@@ -22226,51 +22221,51 @@
       <c r="J337" s="23" t="s">
         <v>1360</v>
       </c>
       <c r="K337" s="11">
         <v>16.595300000000002</v>
       </c>
       <c r="L337" s="22">
         <v>557.22</v>
       </c>
       <c r="M337" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A338" s="12" t="s">
         <v>719</v>
       </c>
       <c r="B338" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C338" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D338" s="10" t="s">
-        <v>2180</v>
+        <v>2179</v>
       </c>
       <c r="E338" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F338" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G338" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H338" s="25">
         <v>50</v>
       </c>
       <c r="I338" s="48">
         <v>5</v>
       </c>
       <c r="J338" s="23" t="s">
         <v>2128</v>
       </c>
       <c r="K338" s="11">
         <v>16.595300000000002</v>
       </c>
       <c r="L338" s="22">
         <v>785.94</v>
       </c>
@@ -22352,51 +22347,51 @@
       <c r="J340" s="23" t="s">
         <v>1364</v>
       </c>
       <c r="K340" s="11">
         <v>13.475</v>
       </c>
       <c r="L340" s="22">
         <v>682.36</v>
       </c>
       <c r="M340" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A341" s="12" t="s">
         <v>614</v>
       </c>
       <c r="B341" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C341" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D341" s="10" t="s">
-        <v>2251</v>
+        <v>2250</v>
       </c>
       <c r="E341" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F341" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G341" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H341" s="25">
         <v>50</v>
       </c>
       <c r="I341" s="48">
         <v>2</v>
       </c>
       <c r="J341" s="23" t="s">
         <v>1365</v>
       </c>
       <c r="K341" s="11">
         <v>19.25</v>
       </c>
       <c r="L341" s="22">
         <v>730.52</v>
       </c>
@@ -22520,51 +22515,51 @@
       <c r="J344" s="23" t="s">
         <v>1371</v>
       </c>
       <c r="K344" s="11">
         <v>5.78</v>
       </c>
       <c r="L344" s="22">
         <v>170.3</v>
       </c>
       <c r="M344" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A345" s="12" t="s">
         <v>582</v>
       </c>
       <c r="B345" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C345" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D345" s="10" t="s">
-        <v>2181</v>
+        <v>2180</v>
       </c>
       <c r="E345" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F345" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G345" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H345" s="25">
         <v>25</v>
       </c>
       <c r="I345" s="48">
         <v>8</v>
       </c>
       <c r="J345" s="23" t="s">
         <v>1372</v>
       </c>
       <c r="K345" s="11">
         <v>9.625</v>
       </c>
       <c r="L345" s="22">
         <v>299.48</v>
       </c>
@@ -22688,51 +22683,51 @@
       <c r="J348" s="23" t="s">
         <v>1378</v>
       </c>
       <c r="K348" s="11">
         <v>9.6300000000000008</v>
       </c>
       <c r="L348" s="22">
         <v>527.29999999999995</v>
       </c>
       <c r="M348" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A349" s="12" t="s">
         <v>587</v>
       </c>
       <c r="B349" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C349" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D349" s="10" t="s">
-        <v>2182</v>
+        <v>2181</v>
       </c>
       <c r="E349" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F349" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G349" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H349" s="25">
         <v>25</v>
       </c>
       <c r="I349" s="48">
         <v>8</v>
       </c>
       <c r="J349" s="23" t="s">
         <v>1379</v>
       </c>
       <c r="K349" s="11">
         <v>9.625</v>
       </c>
       <c r="L349" s="22">
         <v>411.02</v>
       </c>
@@ -23444,51 +23439,51 @@
       <c r="J366" s="23" t="s">
         <v>1412</v>
       </c>
       <c r="K366" s="11">
         <v>19.25</v>
       </c>
       <c r="L366" s="22">
         <v>515.79999999999995</v>
       </c>
       <c r="M366" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A367" s="12" t="s">
         <v>693</v>
       </c>
       <c r="B367" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C367" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D367" s="10" t="s">
-        <v>2183</v>
+        <v>2182</v>
       </c>
       <c r="E367" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F367" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G367" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H367" s="25">
         <v>50</v>
       </c>
       <c r="I367" s="48">
         <v>4</v>
       </c>
       <c r="J367" s="23" t="s">
         <v>2130</v>
       </c>
       <c r="K367" s="11">
         <v>19.25</v>
       </c>
       <c r="L367" s="22">
         <v>746.18</v>
       </c>
@@ -23528,51 +23523,51 @@
       <c r="J368" s="23" t="s">
         <v>1414</v>
       </c>
       <c r="K368" s="11">
         <v>15.34</v>
       </c>
       <c r="L368" s="22">
         <v>564.41999999999996</v>
       </c>
       <c r="M368" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A369" s="12" t="s">
         <v>629</v>
       </c>
       <c r="B369" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C369" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D369" s="10" t="s">
-        <v>2250</v>
+        <v>2249</v>
       </c>
       <c r="E369" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F369" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G369" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H369" s="25">
         <v>50</v>
       </c>
       <c r="I369" s="48">
         <v>2</v>
       </c>
       <c r="J369" s="23" t="s">
         <v>1415</v>
       </c>
       <c r="K369" s="11">
         <v>21.92</v>
       </c>
       <c r="L369" s="22">
         <v>749.28</v>
       </c>
@@ -23780,51 +23775,51 @@
       <c r="J374" s="23" t="s">
         <v>1425</v>
       </c>
       <c r="K374" s="11">
         <v>10.96</v>
       </c>
       <c r="L374" s="22">
         <v>389.84</v>
       </c>
       <c r="M374" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A375" s="12" t="s">
         <v>576</v>
       </c>
       <c r="B375" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C375" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D375" s="10" t="s">
-        <v>2245</v>
+        <v>2244</v>
       </c>
       <c r="E375" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F375" s="10" t="s">
         <v>772</v>
       </c>
       <c r="G375" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H375" s="25">
         <v>25</v>
       </c>
       <c r="I375" s="48">
         <v>5</v>
       </c>
       <c r="J375" s="23" t="s">
         <v>1426</v>
       </c>
       <c r="K375" s="11">
         <v>10.96</v>
       </c>
       <c r="L375" s="22">
         <v>305.18</v>
       </c>
@@ -23990,51 +23985,51 @@
       <c r="J379" s="23" t="s">
         <v>1434</v>
       </c>
       <c r="K379" s="11">
         <v>21.92</v>
       </c>
       <c r="L379" s="22">
         <v>604.54</v>
       </c>
       <c r="M379" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A380" s="12" t="s">
         <v>500</v>
       </c>
       <c r="B380" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C380" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D380" s="10" t="s">
-        <v>2249</v>
+        <v>2248</v>
       </c>
       <c r="E380" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F380" s="10" t="s">
         <v>807</v>
       </c>
       <c r="G380" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H380" s="25">
         <v>50</v>
       </c>
       <c r="I380" s="48">
         <v>2</v>
       </c>
       <c r="J380" s="23" t="s">
         <v>1435</v>
       </c>
       <c r="K380" s="11">
         <v>29.42</v>
       </c>
       <c r="L380" s="22">
         <v>977.98</v>
       </c>
@@ -24662,51 +24657,51 @@
       <c r="J395" s="23" t="s">
         <v>1465</v>
       </c>
       <c r="K395" s="11">
         <v>4.2815000000000003</v>
       </c>
       <c r="L395" s="22">
         <v>189.92</v>
       </c>
       <c r="M395" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A396" s="12" t="s">
         <v>41</v>
       </c>
       <c r="B396" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C396" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D396" s="10" t="s">
-        <v>2184</v>
+        <v>2183</v>
       </c>
       <c r="E396" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F396" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G396" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H396" s="25">
         <v>25</v>
       </c>
       <c r="I396" s="48">
         <v>14</v>
       </c>
       <c r="J396" s="23" t="s">
         <v>1466</v>
       </c>
       <c r="K396" s="11">
         <v>5.3518999999999997</v>
       </c>
       <c r="L396" s="22">
         <v>214.62</v>
       </c>
@@ -24830,51 +24825,51 @@
       <c r="J399" s="23" t="s">
         <v>1472</v>
       </c>
       <c r="K399" s="11">
         <v>5.3518999999999997</v>
       </c>
       <c r="L399" s="22">
         <v>326.16000000000003</v>
       </c>
       <c r="M399" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A400" s="12" t="s">
         <v>59</v>
       </c>
       <c r="B400" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C400" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D400" s="10" t="s">
-        <v>2185</v>
+        <v>2184</v>
       </c>
       <c r="E400" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F400" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G400" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H400" s="25">
         <v>30</v>
       </c>
       <c r="I400" s="48">
         <v>12</v>
       </c>
       <c r="J400" s="23" t="s">
         <v>1473</v>
       </c>
       <c r="K400" s="11">
         <v>6.4222999999999999</v>
       </c>
       <c r="L400" s="22">
         <v>246.66</v>
       </c>
@@ -25082,51 +25077,51 @@
       <c r="J405" s="23" t="s">
         <v>1483</v>
       </c>
       <c r="K405" s="11">
         <v>6.4222999999999999</v>
       </c>
       <c r="L405" s="22">
         <v>409.66</v>
       </c>
       <c r="M405" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A406" s="12" t="s">
         <v>87</v>
       </c>
       <c r="B406" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C406" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D406" s="10" t="s">
-        <v>2186</v>
+        <v>2185</v>
       </c>
       <c r="E406" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F406" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G406" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H406" s="25">
         <v>30</v>
       </c>
       <c r="I406" s="48">
         <v>12</v>
       </c>
       <c r="J406" s="23" t="s">
         <v>1484</v>
       </c>
       <c r="K406" s="11">
         <v>6.4222999999999999</v>
       </c>
       <c r="L406" s="22">
         <v>371.44</v>
       </c>
@@ -25334,51 +25329,51 @@
       <c r="J411" s="23" t="s">
         <v>1494</v>
       </c>
       <c r="K411" s="11">
         <v>10.703799999999999</v>
       </c>
       <c r="L411" s="22">
         <v>420.92</v>
       </c>
       <c r="M411" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A412" s="12" t="s">
         <v>75</v>
       </c>
       <c r="B412" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C412" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D412" s="10" t="s">
-        <v>2187</v>
+        <v>2186</v>
       </c>
       <c r="E412" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F412" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G412" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H412" s="25">
         <v>50</v>
       </c>
       <c r="I412" s="48">
         <v>8</v>
       </c>
       <c r="J412" s="23" t="s">
         <v>1495</v>
       </c>
       <c r="K412" s="11">
         <v>10.703799999999999</v>
       </c>
       <c r="L412" s="22">
         <v>334.52</v>
       </c>
@@ -25628,51 +25623,51 @@
       <c r="J418" s="23" t="s">
         <v>1506</v>
       </c>
       <c r="K418" s="11">
         <v>21.407599999999999</v>
       </c>
       <c r="L418" s="22">
         <v>758.36</v>
       </c>
       <c r="M418" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A419" s="12" t="s">
         <v>442</v>
       </c>
       <c r="B419" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C419" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D419" s="10" t="s">
-        <v>2188</v>
+        <v>2187</v>
       </c>
       <c r="E419" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F419" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G419" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H419" s="25">
         <v>25</v>
       </c>
       <c r="I419" s="48">
         <v>8</v>
       </c>
       <c r="J419" s="23" t="s">
         <v>1507</v>
       </c>
       <c r="K419" s="11">
         <v>5.3518999999999997</v>
       </c>
       <c r="L419" s="22">
         <v>244.46</v>
       </c>
@@ -26510,51 +26505,51 @@
       <c r="J439" s="23" t="s">
         <v>1547</v>
       </c>
       <c r="K439" s="11">
         <v>7.8838999999999997</v>
       </c>
       <c r="L439" s="22">
         <v>377.82</v>
       </c>
       <c r="M439" s="22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A440" s="12" t="s">
         <v>540</v>
       </c>
       <c r="B440" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C440" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D440" s="10" t="s">
-        <v>2189</v>
+        <v>2188</v>
       </c>
       <c r="E440" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F440" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G440" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H440" s="25">
         <v>30</v>
       </c>
       <c r="I440" s="48">
         <v>5</v>
       </c>
       <c r="J440" s="23" t="s">
         <v>1548</v>
       </c>
       <c r="K440" s="11">
         <v>7.8838999999999997</v>
       </c>
       <c r="L440" s="22">
         <v>341.52</v>
       </c>
@@ -27812,51 +27807,51 @@
       <c r="J470" s="23" t="s">
         <v>1608</v>
       </c>
       <c r="K470" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L470" s="22">
         <v>455.94</v>
       </c>
       <c r="M470" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A471" s="12" t="s">
         <v>47</v>
       </c>
       <c r="B471" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C471" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D471" s="10" t="s">
-        <v>2190</v>
+        <v>2189</v>
       </c>
       <c r="E471" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F471" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G471" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H471" s="25">
         <v>50</v>
       </c>
       <c r="I471" s="48">
         <v>7</v>
       </c>
       <c r="J471" s="23" t="s">
         <v>1609</v>
       </c>
       <c r="K471" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L471" s="22">
         <v>345.7</v>
       </c>
@@ -28022,66 +28017,66 @@
       <c r="J475" s="23" t="s">
         <v>1617</v>
       </c>
       <c r="K475" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L475" s="22">
         <v>559.67999999999995</v>
       </c>
       <c r="M475" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="476" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A476" s="12" t="s">
         <v>88</v>
       </c>
       <c r="B476" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C476" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D476" s="10" t="s">
-        <v>2141</v>
+        <v>2251</v>
       </c>
       <c r="E476" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F476" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G476" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H476" s="25">
         <v>100</v>
       </c>
       <c r="I476" s="48">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J476" s="23" t="s">
         <v>1618</v>
       </c>
       <c r="K476" s="11">
         <v>26.279599999999999</v>
       </c>
       <c r="L476" s="22">
         <v>820.14</v>
       </c>
       <c r="M476" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A477" s="12" t="s">
         <v>100</v>
       </c>
       <c r="B477" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C477" s="15" t="s">
         <v>842</v>
       </c>
@@ -28148,51 +28143,51 @@
       <c r="J478" s="23" t="s">
         <v>2131</v>
       </c>
       <c r="K478" s="11">
         <v>26.279599999999999</v>
       </c>
       <c r="L478" s="22">
         <v>1136.94</v>
       </c>
       <c r="M478" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="479" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A479" s="12" t="s">
         <v>526</v>
       </c>
       <c r="B479" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C479" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D479" s="10" t="s">
-        <v>2191</v>
+        <v>2190</v>
       </c>
       <c r="E479" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F479" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G479" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H479" s="25">
         <v>15</v>
       </c>
       <c r="I479" s="48">
         <v>14</v>
       </c>
       <c r="J479" s="23" t="s">
         <v>1621</v>
       </c>
       <c r="K479" s="11">
         <v>3.9419</v>
       </c>
       <c r="L479" s="22">
         <v>150.58000000000001</v>
       </c>
@@ -28316,51 +28311,51 @@
       <c r="J482" s="23" t="s">
         <v>1627</v>
       </c>
       <c r="K482" s="11">
         <v>6.5698999999999996</v>
       </c>
       <c r="L482" s="22">
         <v>255.26</v>
       </c>
       <c r="M482" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="483" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A483" s="12" t="s">
         <v>196</v>
       </c>
       <c r="B483" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C483" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D483" s="10" t="s">
-        <v>2192</v>
+        <v>2191</v>
       </c>
       <c r="E483" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F483" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G483" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H483" s="25">
         <v>25</v>
       </c>
       <c r="I483" s="48">
         <v>8</v>
       </c>
       <c r="J483" s="23" t="s">
         <v>1628</v>
       </c>
       <c r="K483" s="11">
         <v>6.5698999999999996</v>
       </c>
       <c r="L483" s="22">
         <v>218.98</v>
       </c>
@@ -28652,51 +28647,51 @@
       <c r="J490" s="23" t="s">
         <v>1642</v>
       </c>
       <c r="K490" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L490" s="22">
         <v>449.26</v>
       </c>
       <c r="M490" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A491" s="12" t="s">
         <v>99</v>
       </c>
       <c r="B491" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C491" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D491" s="10" t="s">
-        <v>2193</v>
+        <v>2192</v>
       </c>
       <c r="E491" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F491" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G491" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H491" s="25">
         <v>50</v>
       </c>
       <c r="I491" s="48">
         <v>5</v>
       </c>
       <c r="J491" s="23" t="s">
         <v>1643</v>
       </c>
       <c r="K491" s="11">
         <v>13.139799999999999</v>
       </c>
       <c r="L491" s="22">
         <v>412.96</v>
       </c>
@@ -30332,93 +30327,93 @@
       <c r="J530" s="23" t="s">
         <v>1721</v>
       </c>
       <c r="K530" s="11">
         <v>16.595300000000002</v>
       </c>
       <c r="L530" s="22">
         <v>612.44000000000005</v>
       </c>
       <c r="M530" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A531" s="12" t="s">
         <v>217</v>
       </c>
       <c r="B531" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C531" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D531" s="10" t="s">
-        <v>2142</v>
+        <v>2141</v>
       </c>
       <c r="E531" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F531" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G531" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H531" s="25">
         <v>100</v>
       </c>
       <c r="I531" s="48">
         <v>4</v>
       </c>
       <c r="J531" s="23" t="s">
         <v>1722</v>
       </c>
       <c r="K531" s="11">
         <v>33.1905</v>
       </c>
       <c r="L531" s="22">
         <v>980.26</v>
       </c>
       <c r="M531" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A532" s="12" t="s">
         <v>191</v>
       </c>
       <c r="B532" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C532" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D532" s="10" t="s">
-        <v>2194</v>
+        <v>2193</v>
       </c>
       <c r="E532" s="10" t="s">
         <v>743</v>
       </c>
       <c r="F532" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G532" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H532" s="25">
         <v>25</v>
       </c>
       <c r="I532" s="48">
         <v>8</v>
       </c>
       <c r="J532" s="23" t="s">
         <v>1723</v>
       </c>
       <c r="K532" s="11">
         <v>8.2975999999999992</v>
       </c>
       <c r="L532" s="22">
         <v>298.10000000000002</v>
       </c>
@@ -31760,51 +31755,51 @@
       <c r="J564" s="23" t="s">
         <v>1786</v>
       </c>
       <c r="K564" s="11">
         <v>5.7781000000000002</v>
       </c>
       <c r="L564" s="22">
         <v>149.86000000000001</v>
       </c>
       <c r="M564" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A565" s="12" t="s">
         <v>601</v>
       </c>
       <c r="B565" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C565" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D565" s="10" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
       <c r="E565" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F565" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G565" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H565" s="25">
         <v>15</v>
       </c>
       <c r="I565" s="48">
         <v>12</v>
       </c>
       <c r="J565" s="23" t="s">
         <v>1787</v>
       </c>
       <c r="K565" s="11">
         <v>5.7781000000000002</v>
       </c>
       <c r="L565" s="22">
         <v>322.64</v>
       </c>
@@ -32003,78 +31998,78 @@
       <c r="G570" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H570" s="25">
         <v>25</v>
       </c>
       <c r="I570" s="48">
         <v>12</v>
       </c>
       <c r="J570" s="23" t="s">
         <v>1797</v>
       </c>
       <c r="K570" s="11">
         <v>9.6301000000000005</v>
       </c>
       <c r="L570" s="22">
         <v>217.18</v>
       </c>
       <c r="M570" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A571" s="12" t="s">
-        <v>2164</v>
+        <v>2163</v>
       </c>
       <c r="B571" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C571" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D571" s="10" t="s">
-        <v>2163</v>
+        <v>2162</v>
       </c>
       <c r="E571" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F571" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G571" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H571" s="25">
         <v>25</v>
       </c>
       <c r="I571" s="48">
         <v>12</v>
       </c>
       <c r="J571" s="23" t="s">
-        <v>2162</v>
+        <v>2161</v>
       </c>
       <c r="K571" s="11">
         <v>9.6301000000000005</v>
       </c>
       <c r="L571" s="22">
         <v>410.42</v>
       </c>
       <c r="M571" s="22">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A572" s="12" t="s">
         <v>58</v>
       </c>
       <c r="B572" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C572" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D572" s="10" t="s">
         <v>1798</v>
       </c>
@@ -32717,78 +32712,78 @@
       <c r="G587" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H587" s="25">
         <v>50</v>
       </c>
       <c r="I587" s="48">
         <v>7</v>
       </c>
       <c r="J587" s="23" t="s">
         <v>1829</v>
       </c>
       <c r="K587" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L587" s="22">
         <v>691.56</v>
       </c>
       <c r="M587" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="588" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A588" s="12" t="s">
-        <v>2159</v>
+        <v>2158</v>
       </c>
       <c r="B588" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C588" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D588" s="10" t="s">
-        <v>2160</v>
+        <v>2159</v>
       </c>
       <c r="E588" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F588" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G588" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H588" s="25">
         <v>50</v>
       </c>
       <c r="I588" s="48">
         <v>7</v>
       </c>
       <c r="J588" s="23" t="s">
-        <v>2161</v>
+        <v>2160</v>
       </c>
       <c r="K588" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L588" s="22">
         <v>666.18</v>
       </c>
       <c r="M588" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="589" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A589" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B589" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C589" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D589" s="10" t="s">
         <v>1830</v>
       </c>
@@ -32810,51 +32805,51 @@
       <c r="J589" s="23" t="s">
         <v>1831</v>
       </c>
       <c r="K589" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L589" s="22">
         <v>616.24</v>
       </c>
       <c r="M589" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="590" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A590" s="12" t="s">
         <v>85</v>
       </c>
       <c r="B590" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C590" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D590" s="10" t="s">
-        <v>2143</v>
+        <v>2142</v>
       </c>
       <c r="E590" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F590" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G590" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H590" s="25">
         <v>100</v>
       </c>
       <c r="I590" s="48">
         <v>4</v>
       </c>
       <c r="J590" s="23" t="s">
         <v>1832</v>
       </c>
       <c r="K590" s="11">
         <v>38.520499999999998</v>
       </c>
       <c r="L590" s="22">
         <v>1151.8399999999999</v>
       </c>
@@ -33902,51 +33897,51 @@
       <c r="J615" s="23" t="s">
         <v>1882</v>
       </c>
       <c r="K615" s="11">
         <v>19.260200000000001</v>
       </c>
       <c r="L615" s="22">
         <v>612.72</v>
       </c>
       <c r="M615" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="616" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A616" s="12" t="s">
         <v>188</v>
       </c>
       <c r="B616" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="C616" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D616" s="10" t="s">
-        <v>2144</v>
+        <v>2143</v>
       </c>
       <c r="E616" s="10" t="s">
         <v>744</v>
       </c>
       <c r="F616" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G616" s="10" t="s">
         <v>744</v>
       </c>
       <c r="H616" s="25">
         <v>100</v>
       </c>
       <c r="I616" s="48">
         <v>4</v>
       </c>
       <c r="J616" s="23" t="s">
         <v>1883</v>
       </c>
       <c r="K616" s="11">
         <v>38.520499999999998</v>
       </c>
       <c r="L616" s="22">
         <v>1141.9000000000001</v>
       </c>
@@ -35120,51 +35115,51 @@
       <c r="J644" s="23" t="s">
         <v>1940</v>
       </c>
       <c r="K644" s="11">
         <v>4.0190000000000001</v>
       </c>
       <c r="L644" s="22">
         <v>285.27999999999997</v>
       </c>
       <c r="M644" s="22">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="645" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A645" s="12" t="s">
         <v>562</v>
       </c>
       <c r="B645" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C645" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D645" s="10" t="s">
-        <v>2195</v>
+        <v>2194</v>
       </c>
       <c r="E645" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F645" s="10" t="s">
         <v>743</v>
       </c>
       <c r="G645" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H645" s="25">
         <v>100</v>
       </c>
       <c r="I645" s="48">
         <v>4</v>
       </c>
       <c r="J645" s="23" t="s">
         <v>1941</v>
       </c>
       <c r="K645" s="11">
         <v>8.0388000000000002</v>
       </c>
       <c r="L645" s="22">
         <v>607.22</v>
       </c>
@@ -35279,78 +35274,78 @@
       <c r="G648" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H648" s="25">
         <v>100</v>
       </c>
       <c r="I648" s="48">
         <v>5</v>
       </c>
       <c r="J648" s="23" t="s">
         <v>1947</v>
       </c>
       <c r="K648" s="11">
         <v>8.0388000000000002</v>
       </c>
       <c r="L648" s="22">
         <v>339.28</v>
       </c>
       <c r="M648" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="649" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A649" s="12" t="s">
-        <v>2150</v>
+        <v>2149</v>
       </c>
       <c r="B649" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C649" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D649" s="10" t="s">
-        <v>2152</v>
+        <v>2151</v>
       </c>
       <c r="E649" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F649" s="10" t="s">
         <v>743</v>
       </c>
       <c r="G649" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H649" s="25">
         <v>164</v>
       </c>
       <c r="I649" s="48">
         <v>5</v>
       </c>
       <c r="J649" s="23" t="s">
-        <v>2155</v>
+        <v>2154</v>
       </c>
       <c r="K649" s="11">
         <v>13.183999999999999</v>
       </c>
       <c r="L649" s="22">
         <v>420.49</v>
       </c>
       <c r="M649" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="650" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A650" s="12" t="s">
         <v>671</v>
       </c>
       <c r="B650" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C650" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D650" s="10" t="s">
         <v>1948</v>
       </c>
@@ -35456,51 +35451,51 @@
       <c r="J652" s="23" t="s">
         <v>1953</v>
       </c>
       <c r="K652" s="11">
         <v>6.6840000000000002</v>
       </c>
       <c r="L652" s="22">
         <v>397.84</v>
       </c>
       <c r="M652" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="653" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A653" s="12" t="s">
         <v>658</v>
       </c>
       <c r="B653" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C653" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D653" s="10" t="s">
-        <v>2196</v>
+        <v>2195</v>
       </c>
       <c r="E653" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F653" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G653" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H653" s="25">
         <v>100</v>
       </c>
       <c r="I653" s="48">
         <v>4</v>
       </c>
       <c r="J653" s="23" t="s">
         <v>1954</v>
       </c>
       <c r="K653" s="11">
         <v>13.3688</v>
       </c>
       <c r="L653" s="22">
         <v>850.18</v>
       </c>
@@ -35615,78 +35610,78 @@
       <c r="G656" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H656" s="25">
         <v>100</v>
       </c>
       <c r="I656" s="48">
         <v>5</v>
       </c>
       <c r="J656" s="23" t="s">
         <v>1960</v>
       </c>
       <c r="K656" s="11">
         <v>13.3688</v>
       </c>
       <c r="L656" s="22">
         <v>492.83</v>
       </c>
       <c r="M656" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="657" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A657" s="12" t="s">
-        <v>2147</v>
+        <v>2146</v>
       </c>
       <c r="B657" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C657" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D657" s="10" t="s">
-        <v>2151</v>
+        <v>2150</v>
       </c>
       <c r="E657" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F657" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G657" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H657" s="25">
         <v>164</v>
       </c>
       <c r="I657" s="48">
         <v>5</v>
       </c>
       <c r="J657" s="23" t="s">
-        <v>2156</v>
+        <v>2155</v>
       </c>
       <c r="K657" s="11">
         <v>21.925000000000001</v>
       </c>
       <c r="L657" s="22">
         <v>604.89</v>
       </c>
       <c r="M657" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="658" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A658" s="12" t="s">
         <v>609</v>
       </c>
       <c r="B658" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C658" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D658" s="10" t="s">
         <v>1961</v>
       </c>
@@ -35792,51 +35787,51 @@
       <c r="J660" s="23" t="s">
         <v>1966</v>
       </c>
       <c r="K660" s="11">
         <v>9.1199999999999992</v>
       </c>
       <c r="L660" s="22">
         <v>411.62</v>
       </c>
       <c r="M660" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="661" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A661" s="12" t="s">
         <v>709</v>
       </c>
       <c r="B661" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C661" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D661" s="10" t="s">
-        <v>2197</v>
+        <v>2196</v>
       </c>
       <c r="E661" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F661" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G661" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H661" s="25">
         <v>100</v>
       </c>
       <c r="I661" s="48">
         <v>4</v>
       </c>
       <c r="J661" s="23" t="s">
         <v>1967</v>
       </c>
       <c r="K661" s="11">
         <v>18.2408</v>
       </c>
       <c r="L661" s="22">
         <v>880.76</v>
       </c>
@@ -35909,78 +35904,78 @@
       <c r="G663" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H663" s="25">
         <v>100</v>
       </c>
       <c r="I663" s="48">
         <v>5</v>
       </c>
       <c r="J663" s="23" t="s">
         <v>1971</v>
       </c>
       <c r="K663" s="11">
         <v>18.2408</v>
       </c>
       <c r="L663" s="22">
         <v>598.34</v>
       </c>
       <c r="M663" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="664" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A664" s="12" t="s">
-        <v>2148</v>
+        <v>2147</v>
       </c>
       <c r="B664" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C664" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D664" s="10" t="s">
-        <v>2153</v>
+        <v>2152</v>
       </c>
       <c r="E664" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F664" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G664" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H664" s="25">
         <v>164</v>
       </c>
       <c r="I664" s="48">
         <v>4</v>
       </c>
       <c r="J664" s="23" t="s">
-        <v>2157</v>
+        <v>2156</v>
       </c>
       <c r="K664" s="11">
         <v>29.914999999999999</v>
       </c>
       <c r="L664" s="22">
         <v>808.49</v>
       </c>
       <c r="M664" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="665" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A665" s="12" t="s">
         <v>650</v>
       </c>
       <c r="B665" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C665" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D665" s="10" t="s">
         <v>1972</v>
       </c>
@@ -36002,51 +35997,51 @@
       <c r="J665" s="23" t="s">
         <v>1973</v>
       </c>
       <c r="K665" s="11">
         <v>9.1199999999999992</v>
       </c>
       <c r="L665" s="22">
         <v>298.36</v>
       </c>
       <c r="M665" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="666" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A666" s="12" t="s">
         <v>651</v>
       </c>
       <c r="B666" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C666" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D666" s="10" t="s">
-        <v>2198</v>
+        <v>2197</v>
       </c>
       <c r="E666" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F666" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G666" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H666" s="25">
         <v>100</v>
       </c>
       <c r="I666" s="48">
         <v>4</v>
       </c>
       <c r="J666" s="23" t="s">
         <v>1974</v>
       </c>
       <c r="K666" s="11">
         <v>18.2408</v>
       </c>
       <c r="L666" s="22">
         <v>688.74</v>
       </c>
@@ -36203,78 +36198,78 @@
       <c r="G670" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H670" s="25">
         <v>100</v>
       </c>
       <c r="I670" s="48">
         <v>4</v>
       </c>
       <c r="J670" s="23" t="s">
         <v>1982</v>
       </c>
       <c r="K670" s="11">
         <v>25.151700000000002</v>
       </c>
       <c r="L670" s="22">
         <v>757.43</v>
       </c>
       <c r="M670" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="671" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A671" s="12" t="s">
-        <v>2149</v>
+        <v>2148</v>
       </c>
       <c r="B671" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C671" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D671" s="10" t="s">
-        <v>2154</v>
+        <v>2153</v>
       </c>
       <c r="E671" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F671" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G671" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H671" s="25">
         <v>164</v>
       </c>
       <c r="I671" s="48">
         <v>4</v>
       </c>
       <c r="J671" s="23" t="s">
-        <v>2158</v>
+        <v>2157</v>
       </c>
       <c r="K671" s="11">
         <v>41.249000000000002</v>
       </c>
       <c r="L671" s="22">
         <v>1025.1400000000001</v>
       </c>
       <c r="M671" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="672" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A672" s="12" t="s">
         <v>507</v>
       </c>
       <c r="B672" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C672" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D672" s="10" t="s">
         <v>1983</v>
       </c>
@@ -36296,51 +36291,51 @@
       <c r="J672" s="23" t="s">
         <v>1984</v>
       </c>
       <c r="K672" s="11">
         <v>12.576000000000001</v>
       </c>
       <c r="L672" s="22">
         <v>352.02</v>
       </c>
       <c r="M672" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="673" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A673" s="12" t="s">
         <v>508</v>
       </c>
       <c r="B673" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C673" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="D673" s="10" t="s">
-        <v>2199</v>
+        <v>2198</v>
       </c>
       <c r="E673" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F673" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G673" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H673" s="25">
         <v>100</v>
       </c>
       <c r="I673" s="48">
         <v>4</v>
       </c>
       <c r="J673" s="23" t="s">
         <v>1985</v>
       </c>
       <c r="K673" s="11">
         <v>25.151700000000002</v>
       </c>
       <c r="L673" s="22">
         <v>883.1</v>
       </c>
@@ -37010,51 +37005,51 @@
       <c r="J689" s="23" t="s">
         <v>2017</v>
       </c>
       <c r="K689" s="11">
         <v>4.0194000000000001</v>
       </c>
       <c r="L689" s="22">
         <v>251.06</v>
       </c>
       <c r="M689" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="690" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A690" s="12" t="s">
         <v>199</v>
       </c>
       <c r="B690" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C690" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D690" s="10" t="s">
-        <v>2200</v>
+        <v>2199</v>
       </c>
       <c r="E690" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F690" s="10" t="s">
         <v>743</v>
       </c>
       <c r="G690" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H690" s="25">
         <v>100</v>
       </c>
       <c r="I690" s="48">
         <v>4</v>
       </c>
       <c r="J690" s="23" t="s">
         <v>2018</v>
       </c>
       <c r="K690" s="11">
         <v>8.0388000000000002</v>
       </c>
       <c r="L690" s="22">
         <v>534.34</v>
       </c>
@@ -37346,51 +37341,51 @@
       <c r="J697" s="23" t="s">
         <v>2032</v>
       </c>
       <c r="K697" s="11">
         <v>8.0388000000000002</v>
       </c>
       <c r="L697" s="22">
         <v>376.01</v>
       </c>
       <c r="M697" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="698" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A698" s="12" t="s">
         <v>626</v>
       </c>
       <c r="B698" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C698" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D698" s="10" t="s">
-        <v>2246</v>
+        <v>2245</v>
       </c>
       <c r="E698" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F698" s="10" t="s">
         <v>743</v>
       </c>
       <c r="G698" s="10" t="s">
         <v>744</v>
       </c>
       <c r="H698" s="25">
         <v>100</v>
       </c>
       <c r="I698" s="48">
         <v>5</v>
       </c>
       <c r="J698" s="23" t="s">
         <v>2033</v>
       </c>
       <c r="K698" s="11">
         <v>8.0388000000000002</v>
       </c>
       <c r="L698" s="22">
         <v>300.98</v>
       </c>
@@ -37472,51 +37467,51 @@
       <c r="J700" s="23" t="s">
         <v>2037</v>
       </c>
       <c r="K700" s="11">
         <v>6.6844000000000001</v>
       </c>
       <c r="L700" s="22">
         <v>350.1</v>
       </c>
       <c r="M700" s="22">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="701" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A701" s="12" t="s">
         <v>190</v>
       </c>
       <c r="B701" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C701" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D701" s="10" t="s">
-        <v>2201</v>
+        <v>2200</v>
       </c>
       <c r="E701" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F701" s="10" t="s">
         <v>744</v>
       </c>
       <c r="G701" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H701" s="25">
         <v>100</v>
       </c>
       <c r="I701" s="48">
         <v>4</v>
       </c>
       <c r="J701" s="23" t="s">
         <v>2038</v>
       </c>
       <c r="K701" s="11">
         <v>13.3688</v>
       </c>
       <c r="L701" s="22">
         <v>748.16</v>
       </c>
@@ -37976,51 +37971,51 @@
       <c r="J712" s="23" t="s">
         <v>2060</v>
       </c>
       <c r="K712" s="11">
         <v>9.1204000000000001</v>
       </c>
       <c r="L712" s="22">
         <v>362.24</v>
       </c>
       <c r="M712" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="713" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A713" s="12" t="s">
         <v>185</v>
       </c>
       <c r="B713" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C713" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D713" s="10" t="s">
-        <v>2202</v>
+        <v>2201</v>
       </c>
       <c r="E713" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F713" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G713" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H713" s="25">
         <v>100</v>
       </c>
       <c r="I713" s="48">
         <v>4</v>
       </c>
       <c r="J713" s="23" t="s">
         <v>2061</v>
       </c>
       <c r="K713" s="11">
         <v>18.2408</v>
       </c>
       <c r="L713" s="22">
         <v>775.08</v>
       </c>
@@ -38270,51 +38265,51 @@
       <c r="J719" s="23" t="s">
         <v>2073</v>
       </c>
       <c r="K719" s="11">
         <v>9.1204000000000001</v>
       </c>
       <c r="L719" s="22">
         <v>262.56</v>
       </c>
       <c r="M719" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="720" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A720" s="12" t="s">
         <v>180</v>
       </c>
       <c r="B720" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C720" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D720" s="10" t="s">
-        <v>2203</v>
+        <v>2202</v>
       </c>
       <c r="E720" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F720" s="10" t="s">
         <v>745</v>
       </c>
       <c r="G720" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H720" s="25">
         <v>100</v>
       </c>
       <c r="I720" s="48">
         <v>4</v>
       </c>
       <c r="J720" s="23" t="s">
         <v>2074</v>
       </c>
       <c r="K720" s="11">
         <v>18.2408</v>
       </c>
       <c r="L720" s="22">
         <v>606.09</v>
       </c>
@@ -38438,51 +38433,51 @@
       <c r="J723" s="23" t="s">
         <v>2080</v>
       </c>
       <c r="K723" s="11">
         <v>12.575900000000001</v>
       </c>
       <c r="L723" s="22">
         <v>388.4</v>
       </c>
       <c r="M723" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="724" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A724" s="12" t="s">
         <v>183</v>
       </c>
       <c r="B724" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C724" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D724" s="10" t="s">
-        <v>2204</v>
+        <v>2203</v>
       </c>
       <c r="E724" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F724" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G724" s="10" t="s">
         <v>753</v>
       </c>
       <c r="H724" s="25">
         <v>100</v>
       </c>
       <c r="I724" s="48">
         <v>4</v>
       </c>
       <c r="J724" s="23" t="s">
         <v>2081</v>
       </c>
       <c r="K724" s="11">
         <v>25.151700000000002</v>
       </c>
       <c r="L724" s="22">
         <v>848.42</v>
       </c>
@@ -38732,51 +38727,51 @@
       <c r="J730" s="23" t="s">
         <v>2093</v>
       </c>
       <c r="K730" s="11">
         <v>12.575900000000001</v>
       </c>
       <c r="L730" s="22">
         <v>309.77999999999997</v>
       </c>
       <c r="M730" s="22">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="731" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A731" s="12" t="s">
         <v>152</v>
       </c>
       <c r="B731" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="C731" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D731" s="10" t="s">
-        <v>2205</v>
+        <v>2204</v>
       </c>
       <c r="E731" s="10" t="s">
         <v>1939</v>
       </c>
       <c r="F731" s="10" t="s">
         <v>750</v>
       </c>
       <c r="G731" s="10" t="s">
         <v>772</v>
       </c>
       <c r="H731" s="25">
         <v>100</v>
       </c>
       <c r="I731" s="48">
         <v>4</v>
       </c>
       <c r="J731" s="23" t="s">
         <v>2094</v>
       </c>
       <c r="K731" s="11">
         <v>25.151700000000002</v>
       </c>
       <c r="L731" s="22">
         <v>777.13</v>
       </c>